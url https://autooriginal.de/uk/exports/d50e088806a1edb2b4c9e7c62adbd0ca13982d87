--- v0 (2025-10-26)
+++ v1 (2025-12-27)
@@ -82,69 +82,69 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" />
     
     
     <Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
     
 </Relationships> 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
-    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="17.714286" style="1"/>
+    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="7.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">26.10.25 12:44</t>
+          <t xml:space="preserve">27.12.25 01:25</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EUR</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -175,7141 +175,7542 @@
         </is>
       </c>
       <c r="C3" s="1">
         <v>33.45</v>
       </c>
       <c r="D3" s="1">
         <v>6</v>
       </c>
       <c r="E3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B4" s="1">
         <v>989920213</v>
       </c>
       <c r="C4" s="1">
         <v>40.5</v>
       </c>
       <c r="D4" s="1">
-        <v>327</v>
+        <v>145</v>
       </c>
       <c r="E4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">053001DPF</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>8.49</v>
+        <v>7.78</v>
       </c>
       <c r="D5" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="E5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053005DPF</t>
+          <t xml:space="preserve">0W2005TFE</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>37.13</v>
+        <v>43.56</v>
       </c>
       <c r="D6" s="1">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="E6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W2005TFE</t>
+          <t xml:space="preserve">0W3001DPF</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>44.75</v>
+        <v>8.07</v>
       </c>
       <c r="D7" s="1">
         <v>11</v>
       </c>
       <c r="E7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W3001DPF</t>
+          <t xml:space="preserve">0W3005DPF</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>8.07</v>
+        <v>38.12</v>
       </c>
       <c r="D8" s="1">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="E8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W3005DPF</t>
+          <t xml:space="preserve">08880-80835</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>38.12</v>
+        <v>33.37</v>
       </c>
       <c r="D9" s="1">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80835</t>
+          <t xml:space="preserve">08880-80836</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>33.37</v>
+        <v>7.38</v>
       </c>
       <c r="D10" s="1">
-        <v>155</v>
+        <v>21</v>
       </c>
       <c r="E10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80836</t>
+          <t xml:space="preserve">08880-80845</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>7.03</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>26.09</v>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80845</t>
+          <t xml:space="preserve">08880-80846</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>26.09</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.94</v>
+      </c>
+      <c r="D12" s="1">
+        <v>540</v>
       </c>
       <c r="E12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80846</t>
+          <t xml:space="preserve">08880-83388</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>5.94</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.06</v>
+      </c>
+      <c r="D13" s="1">
+        <v>375</v>
       </c>
       <c r="E13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">08880-83389</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>7.13</v>
+        <v>31.19</v>
       </c>
       <c r="D14" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
       <c r="E14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83389</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>31.44</v>
+        <v>83.16</v>
       </c>
       <c r="D15" s="1">
-        <v>265</v>
+        <v>26</v>
       </c>
       <c r="E15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08886-81210</t>
+          <t xml:space="preserve">1505B2</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>10.4</v>
+        <v>247.5</v>
       </c>
       <c r="D16" s="1">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="E16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>84.15</v>
+        <v>5.65</v>
       </c>
       <c r="D17" s="1">
-        <v>41</v>
+        <v>501</v>
       </c>
       <c r="E17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B2</t>
+          <t xml:space="preserve">150B6A</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>237.6</v>
+        <v>6.34</v>
       </c>
       <c r="D18" s="1">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="E18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">151C11</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>5.9</v>
+        <v>787.05</v>
       </c>
       <c r="D19" s="1">
-        <v>122</v>
+        <v>9</v>
       </c>
       <c r="E19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">150B6A</t>
+          <t xml:space="preserve">15568E</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>6.32</v>
+        <v>217.8</v>
       </c>
       <c r="D20" s="1">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="E20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>21.5</v>
+        <v>21.67</v>
       </c>
       <c r="D21" s="1">
-        <v>85</v>
+        <v>157</v>
       </c>
       <c r="E21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">1502BA</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>217.8</v>
+        <v>28.07</v>
       </c>
       <c r="D22" s="1">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="E22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B23" s="1">
+        <v>2195</v>
       </c>
       <c r="C23" s="1">
-        <v>21.67</v>
+        <v>35.64</v>
       </c>
       <c r="D23" s="1">
-        <v>85</v>
+        <v>2</v>
       </c>
       <c r="E23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B24" s="1">
+        <v>9047</v>
       </c>
       <c r="C24" s="1">
-        <v>28.62</v>
+        <v>9.86</v>
       </c>
       <c r="D24" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="E24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B25" s="1">
-        <v>2195</v>
+        <v>9089</v>
       </c>
       <c r="C25" s="1">
-        <v>35.64</v>
+        <v>36.63</v>
       </c>
       <c r="D25" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B26" s="1">
-        <v>9047</v>
+        <v>9510</v>
       </c>
       <c r="C26" s="1">
-        <v>10.35</v>
+        <v>9.61</v>
       </c>
       <c r="D26" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B27" s="1">
-        <v>9089</v>
+        <v>9511</v>
       </c>
       <c r="C27" s="1">
-        <v>38.61</v>
+        <v>43.56</v>
       </c>
       <c r="D27" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B28" s="1">
-        <v>9510</v>
+        <v>8972</v>
       </c>
       <c r="C28" s="1">
-        <v>9.61</v>
+        <v>13.47</v>
       </c>
       <c r="D28" s="1">
         <v>2</v>
       </c>
       <c r="E28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>9511</v>
+        <v>105774</v>
       </c>
       <c r="C29" s="1">
-        <v>43.56</v>
+        <v>9.21</v>
       </c>
       <c r="D29" s="1">
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="E29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B30" s="1">
-        <v>8972</v>
+        <v>105782</v>
       </c>
       <c r="C30" s="1">
-        <v>13.47</v>
+        <v>8.04</v>
       </c>
       <c r="D30" s="1">
-        <v>4</v>
+        <v>93</v>
       </c>
       <c r="E30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B31" s="1">
-        <v>105774</v>
+        <v>105785</v>
       </c>
       <c r="C31" s="1">
-        <v>9.18</v>
+        <v>10.2</v>
       </c>
       <c r="D31" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="E31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B32" s="1">
-        <v>105782</v>
+        <v>105880</v>
       </c>
       <c r="C32" s="1">
-        <v>8.72</v>
+        <v>6.59</v>
       </c>
       <c r="D32" s="1">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B33" s="1">
-        <v>105785</v>
+        <v>104092</v>
       </c>
       <c r="C33" s="1">
-        <v>10.7</v>
+        <v>37.62</v>
       </c>
       <c r="D33" s="1">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="E33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B34" s="1">
-        <v>105880</v>
+        <v>102898</v>
       </c>
       <c r="C34" s="1">
-        <v>6.59</v>
+        <v>30.69</v>
       </c>
       <c r="D34" s="1">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="E34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B35" s="1">
-        <v>104068</v>
+        <v>102900</v>
       </c>
       <c r="C35" s="1">
-        <v>27.72</v>
+        <v>346.5</v>
       </c>
       <c r="D35" s="1">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="E35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TEXTAR</t>
         </is>
       </c>
       <c r="B36" s="1">
-        <v>104092</v>
+        <v>96000200</v>
       </c>
       <c r="C36" s="1">
-        <v>37.62</v>
+        <v>2.45</v>
       </c>
       <c r="D36" s="1">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="E36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102900</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-10</t>
+        </is>
       </c>
       <c r="C37" s="1">
-        <v>346.5</v>
+        <v>4.12</v>
       </c>
       <c r="D37" s="1">
-        <v>1</v>
+        <v>95</v>
       </c>
       <c r="E37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR</t>
-[...3 lines deleted...]
-        <v>96000200</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-20</t>
+        </is>
       </c>
       <c r="C38" s="1">
-        <v>2.45</v>
+        <v>13.9</v>
       </c>
       <c r="D38" s="1">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VICTOR REINZ</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">70-31414-10</t>
+          <t xml:space="preserve">70-31415-00</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>4.12</v>
+        <v>5.1</v>
       </c>
       <c r="D39" s="1">
-        <v>34</v>
+        <v>5</v>
       </c>
       <c r="E39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">70-31414-20</t>
+          <t xml:space="preserve">KE90090033</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>13.9</v>
+        <v>6.29</v>
       </c>
       <c r="D40" s="1">
-        <v>31</v>
+        <v>349</v>
       </c>
       <c r="E40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B41" s="1">
+        <v>989950211</v>
       </c>
       <c r="C41" s="1">
-        <v>5.1</v>
+        <v>8.22</v>
       </c>
       <c r="D41" s="1">
-        <v>5</v>
+        <v>610</v>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B42" s="1">
+        <v>194906</v>
       </c>
       <c r="C42" s="1">
-        <v>6.29</v>
+        <v>5.9</v>
       </c>
       <c r="D42" s="1">
-        <v>299</v>
+        <v>708</v>
       </c>
       <c r="E42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B43" s="1">
-        <v>989950211</v>
+        <v>194908</v>
       </c>
       <c r="C43" s="1">
-        <v>8.22</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>26.69</v>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B44" s="1">
-        <v>194906</v>
+        <v>194849</v>
       </c>
       <c r="C44" s="1">
-        <v>5.9</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.75</v>
+      </c>
+      <c r="D44" s="1">
+        <v>268</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B45" s="1">
-        <v>194908</v>
+        <v>150564</v>
       </c>
       <c r="C45" s="1">
-        <v>26.95</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.6</v>
+      </c>
+      <c r="D45" s="1">
+        <v>75</v>
       </c>
       <c r="E45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B46" s="1">
-        <v>150564</v>
+        <v>150565</v>
       </c>
       <c r="C46" s="1">
-        <v>5.6</v>
+        <v>25.5</v>
       </c>
       <c r="D46" s="1">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="E46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150565</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090032</t>
+        </is>
       </c>
       <c r="C47" s="1">
-        <v>25.5</v>
+        <v>6.05</v>
       </c>
       <c r="D47" s="1">
-        <v>19</v>
+        <v>266</v>
       </c>
       <c r="E47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150943</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090042</t>
+        </is>
       </c>
       <c r="C48" s="1">
-        <v>5.6</v>
+        <v>25.78</v>
       </c>
       <c r="D48" s="1">
-        <v>12</v>
+        <v>628</v>
       </c>
       <c r="E48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B49" s="1">
+        <v>194873</v>
       </c>
       <c r="C49" s="1">
-        <v>5.99</v>
+        <v>18.22</v>
       </c>
       <c r="D49" s="1">
-        <v>290</v>
+        <v>229</v>
       </c>
       <c r="E49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B50" s="1">
+        <v>194872</v>
       </c>
       <c r="C50" s="1">
-        <v>25.78</v>
+        <v>22</v>
       </c>
       <c r="D50" s="1">
-        <v>663</v>
+        <v>235</v>
       </c>
       <c r="E50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B51" s="1">
-        <v>194875</v>
+        <v>194839</v>
       </c>
       <c r="C51" s="1">
-        <v>5.05</v>
+        <v>25.6</v>
       </c>
       <c r="D51" s="1">
-        <v>431</v>
+        <v>40</v>
       </c>
       <c r="E51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194873</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D63E</t>
+        </is>
       </c>
       <c r="C52" s="1">
-        <v>17.63</v>
+        <v>35.49</v>
       </c>
       <c r="D52" s="1">
-        <v>79</v>
+        <v>1</v>
       </c>
       <c r="E52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B53" s="1">
-        <v>194872</v>
+        <v>201553</v>
       </c>
       <c r="C53" s="1">
-        <v>22.23</v>
+        <v>20.78</v>
       </c>
       <c r="D53" s="1">
-        <v>599</v>
+        <v>5</v>
       </c>
       <c r="E53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B54" s="1">
-        <v>550040655</v>
+        <v>181711</v>
       </c>
       <c r="C54" s="1">
-        <v>30.65</v>
+        <v>6.34</v>
       </c>
       <c r="D54" s="1">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B55" s="1">
-        <v>550042844</v>
+        <v>181712</v>
       </c>
       <c r="C55" s="1">
-        <v>6.74</v>
+        <v>29.7</v>
       </c>
       <c r="D55" s="1">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="E55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B56" s="1">
-        <v>194839</v>
+        <v>166245</v>
       </c>
       <c r="C56" s="1">
-        <v>26.24</v>
+        <v>5</v>
       </c>
       <c r="D56" s="1">
-        <v>179</v>
+        <v>290</v>
       </c>
       <c r="E56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B57" s="1">
+        <v>156812</v>
       </c>
       <c r="C57" s="1">
-        <v>35.49</v>
+        <v>22.13</v>
       </c>
       <c r="D57" s="1">
-        <v>68</v>
+        <v>331</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B58" s="1">
-        <v>201553</v>
+        <v>156715</v>
       </c>
       <c r="C58" s="1">
-        <v>20.3</v>
+        <v>242.55</v>
       </c>
       <c r="D58" s="1">
-        <v>851</v>
+        <v>3</v>
       </c>
       <c r="E58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B59" s="1">
-        <v>181711</v>
+        <v>166252</v>
       </c>
       <c r="C59" s="1">
-        <v>6.44</v>
+        <v>5.85</v>
       </c>
       <c r="D59" s="1">
-        <v>128</v>
+        <v>772</v>
       </c>
       <c r="E59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181712</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C60" s="1">
-        <v>28.67</v>
+        <v>26.4</v>
       </c>
       <c r="D60" s="1">
-        <v>41</v>
+        <v>288</v>
       </c>
       <c r="E60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>166245</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C61" s="1">
-        <v>5</v>
+        <v>70.79</v>
       </c>
       <c r="D61" s="1">
-        <v>798</v>
+        <v>17</v>
       </c>
       <c r="E61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156812</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568C</t>
+        </is>
       </c>
       <c r="C62" s="1">
-        <v>21.29</v>
+        <v>682</v>
       </c>
       <c r="D62" s="1">
-        <v>379</v>
+        <v>13</v>
       </c>
       <c r="E62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B63" s="1">
-        <v>156715</v>
+        <v>106376</v>
       </c>
       <c r="C63" s="1">
-        <v>242.55</v>
+        <v>8.72</v>
       </c>
       <c r="D63" s="1">
-        <v>4</v>
+        <v>87</v>
       </c>
       <c r="E63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B64" s="1">
-        <v>166252</v>
+        <v>201555</v>
       </c>
       <c r="C64" s="1">
-        <v>5.85</v>
-[...4 lines deleted...]
-        </is>
+        <v>4.86</v>
+      </c>
+      <c r="D64" s="1">
+        <v>82</v>
       </c>
       <c r="E64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B65" s="1">
+        <v>183103</v>
       </c>
       <c r="C65" s="1">
-        <v>26.88</v>
+        <v>7.39</v>
       </c>
       <c r="D65" s="1">
-        <v>23</v>
+        <v>204</v>
       </c>
       <c r="E65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B66" s="1">
+        <v>100093</v>
       </c>
       <c r="C66" s="1">
-        <v>72.8</v>
+        <v>8.52</v>
       </c>
       <c r="D66" s="1">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="E66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568C</t>
+          <t xml:space="preserve">08232P99C1LHE</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>682</v>
+        <v>10.75</v>
       </c>
       <c r="D67" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B68" s="1">
-        <v>83212365935</v>
+        <v>520000120</v>
       </c>
       <c r="C68" s="1">
-        <v>11.39</v>
+        <v>6.24</v>
       </c>
       <c r="D68" s="1">
-        <v>61</v>
+        <v>4</v>
       </c>
       <c r="E68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B69" s="1">
-        <v>106376</v>
+        <v>510000151</v>
       </c>
       <c r="C69" s="1">
-        <v>8.72</v>
+        <v>6.44</v>
       </c>
       <c r="D69" s="1">
-        <v>189</v>
+        <v>2</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B70" s="1">
-        <v>214082</v>
+        <v>102784</v>
       </c>
       <c r="C70" s="1">
-        <v>5.7</v>
+        <v>6.39</v>
       </c>
       <c r="D70" s="1">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="E70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183103</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15570E</t>
+        </is>
       </c>
       <c r="C71" s="1">
-        <v>7.53</v>
+        <v>27.5</v>
       </c>
       <c r="D71" s="1">
-        <v>172</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>100093</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFB401</t>
+        </is>
       </c>
       <c r="C72" s="1">
-        <v>8.42</v>
+        <v>5.38</v>
       </c>
       <c r="D72" s="1">
-        <v>104</v>
+        <v>20</v>
       </c>
       <c r="E72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">TRW</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99C1LHE</t>
+          <t xml:space="preserve">PFB450</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>11.09</v>
+        <v>2.72</v>
       </c>
       <c r="D73" s="1">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">TRW</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99K4LHE</t>
+          <t xml:space="preserve">PFC105</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>44.06</v>
+        <v>2.33</v>
       </c>
       <c r="D74" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="E74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B75" s="1">
-        <v>520000120</v>
+        <v>989690511</v>
       </c>
       <c r="C75" s="1">
-        <v>6.24</v>
+        <v>9.2</v>
       </c>
       <c r="D75" s="1">
-        <v>41</v>
+        <v>256</v>
       </c>
       <c r="E75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B76" s="1">
-        <v>510000151</v>
+        <v>989080413</v>
       </c>
       <c r="C76" s="1">
-        <v>6.44</v>
+        <v>42.08</v>
       </c>
       <c r="D76" s="1">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="E76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102784</v>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999</t>
+        </is>
       </c>
       <c r="C77" s="1">
-        <v>6.39</v>
+        <v>5.45</v>
       </c>
       <c r="D77" s="1">
-        <v>565</v>
+        <v>24</v>
       </c>
       <c r="E77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B78" s="1">
+        <v>1989240309</v>
       </c>
       <c r="C78" s="1">
-        <v>28.22</v>
+        <v>25.65</v>
       </c>
       <c r="D78" s="1">
         <v>12</v>
       </c>
       <c r="E78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B79" s="1">
+        <v>989920211</v>
       </c>
       <c r="C79" s="1">
-        <v>10.5</v>
+        <v>8.55</v>
       </c>
       <c r="D79" s="1">
-        <v>41</v>
+        <v>222</v>
       </c>
       <c r="E79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B80" s="1">
+        <v>989950213</v>
       </c>
       <c r="C80" s="1">
-        <v>5.38</v>
+        <v>40.59</v>
       </c>
       <c r="D80" s="1">
-        <v>18</v>
+        <v>282</v>
       </c>
       <c r="E80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B81" s="1">
+        <v>183106</v>
       </c>
       <c r="C81" s="1">
-        <v>2.72</v>
+        <v>32.95</v>
       </c>
       <c r="D81" s="1">
-        <v>24</v>
+        <v>487</v>
       </c>
       <c r="E81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B82" s="1">
+        <v>198712</v>
       </c>
       <c r="C82" s="1">
-        <v>2.33</v>
+        <v>6.64</v>
       </c>
       <c r="D82" s="1">
-        <v>127</v>
+        <v>3</v>
       </c>
       <c r="E82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989690511</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D7E7</t>
+        </is>
       </c>
       <c r="C83" s="1">
-        <v>9.95</v>
+        <v>7.9</v>
       </c>
       <c r="D83" s="1">
-        <v>227</v>
+        <v>347</v>
       </c>
       <c r="E83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B84" s="1">
+        <v>194810</v>
       </c>
       <c r="C84" s="1">
-        <v>2.16</v>
+        <v>305</v>
       </c>
       <c r="D84" s="1">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="E84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B85" s="1">
+        <v>151453</v>
       </c>
       <c r="C85" s="1">
-        <v>5.45</v>
+        <v>22.77</v>
       </c>
       <c r="D85" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B86" s="1">
-        <v>1989240309</v>
+        <v>153678</v>
       </c>
       <c r="C86" s="1">
-        <v>25.65</v>
+        <v>38.81</v>
       </c>
       <c r="D86" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>601004346</v>
+        <v>83212465849</v>
       </c>
       <c r="C87" s="1">
-        <v>4.5</v>
+        <v>8.96</v>
       </c>
       <c r="D87" s="1">
-        <v>37</v>
+        <v>302</v>
       </c>
       <c r="E87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B88" s="1">
-        <v>601004384</v>
+        <v>83212465854</v>
       </c>
       <c r="C88" s="1">
-        <v>19.31</v>
+        <v>10.7</v>
       </c>
       <c r="D88" s="1">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="E88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B89" s="1">
-        <v>989920211</v>
+        <v>153672</v>
       </c>
       <c r="C89" s="1">
-        <v>8.55</v>
+        <v>7.73</v>
       </c>
       <c r="D89" s="1">
-        <v>421</v>
+        <v>100</v>
       </c>
       <c r="E89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B90" s="1">
-        <v>989950213</v>
+        <v>151528</v>
       </c>
       <c r="C90" s="1">
-        <v>42.08</v>
+        <v>22.08</v>
       </c>
       <c r="D90" s="1">
-        <v>132</v>
+        <v>7</v>
       </c>
       <c r="E90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B91" s="1">
-        <v>183106</v>
+        <v>83212465843</v>
       </c>
       <c r="C91" s="1">
-        <v>33.62</v>
+        <v>9.4</v>
       </c>
       <c r="D91" s="1">
-        <v>219</v>
+        <v>627</v>
       </c>
       <c r="E91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B92" s="1">
-        <v>198712</v>
+        <v>83212465851</v>
       </c>
       <c r="C92" s="1">
-        <v>6.64</v>
+        <v>1105</v>
       </c>
       <c r="D92" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="E92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B93" s="1">
+        <v>601376436</v>
       </c>
       <c r="C93" s="1">
-        <v>7.95</v>
+        <v>6.74</v>
       </c>
       <c r="D93" s="1">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="E93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B94" s="1">
-        <v>194810</v>
+        <v>989680511</v>
       </c>
       <c r="C94" s="1">
-        <v>305</v>
+        <v>9.46</v>
       </c>
       <c r="D94" s="1">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="E94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B95" s="1">
-        <v>151453</v>
+        <v>83212463697</v>
       </c>
       <c r="C95" s="1">
-        <v>22.77</v>
+        <v>11.29</v>
       </c>
       <c r="D95" s="1">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153678</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M2</t>
+        </is>
       </c>
       <c r="C96" s="1">
-        <v>38.81</v>
+        <v>6.84</v>
       </c>
       <c r="D96" s="1">
-        <v>10</v>
+        <v>614</v>
       </c>
       <c r="E96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465849</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
       </c>
       <c r="C97" s="1">
-        <v>9.06</v>
+        <v>29.45</v>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465854</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M4</t>
+        </is>
       </c>
       <c r="C98" s="1">
-        <v>10.7</v>
+        <v>34.36</v>
       </c>
       <c r="D98" s="1">
-        <v>132</v>
+        <v>722</v>
       </c>
       <c r="E98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153672</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M2</t>
+        </is>
       </c>
       <c r="C99" s="1">
-        <v>7.95</v>
+        <v>7.98</v>
       </c>
       <c r="D99" s="1">
-        <v>144</v>
+        <v>701</v>
       </c>
       <c r="E99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B100" s="1">
-        <v>151528</v>
+        <v>213758</v>
       </c>
       <c r="C100" s="1">
-        <v>22.68</v>
+        <v>7.88</v>
       </c>
       <c r="D100" s="1">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="E100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B101" s="1">
-        <v>83212465843</v>
+        <v>213683</v>
       </c>
       <c r="C101" s="1">
-        <v>9.2</v>
-[...4 lines deleted...]
-        </is>
+        <v>26.24</v>
+      </c>
+      <c r="D101" s="1">
+        <v>35</v>
       </c>
       <c r="E101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B102" s="1">
-        <v>83212465851</v>
+        <v>213698</v>
       </c>
       <c r="C102" s="1">
-        <v>1105</v>
+        <v>27.97</v>
       </c>
       <c r="D102" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B103" s="1">
-        <v>601376436</v>
+        <v>213834</v>
       </c>
       <c r="C103" s="1">
-        <v>6.74</v>
+        <v>27.45</v>
       </c>
       <c r="D103" s="1">
-        <v>69</v>
+        <v>27</v>
       </c>
       <c r="E103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B104" s="1">
-        <v>989680511</v>
+        <v>213835</v>
       </c>
       <c r="C104" s="1">
-        <v>9.56</v>
+        <v>25.7</v>
       </c>
       <c r="D104" s="1">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>83212465845</v>
+        <v>214027</v>
       </c>
       <c r="C105" s="1">
-        <v>1366.2</v>
+        <v>6.87</v>
       </c>
       <c r="D105" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B106" s="1">
-        <v>83212463697</v>
+        <v>214145</v>
       </c>
       <c r="C106" s="1">
-        <v>11.29</v>
+        <v>8.42</v>
       </c>
       <c r="D106" s="1">
-        <v>244</v>
+        <v>187</v>
       </c>
       <c r="E106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M2</t>
+          <t xml:space="preserve">S671090255</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>6.75</v>
+        <v>10.75</v>
       </c>
       <c r="D107" s="1">
-        <v>182</v>
+        <v>82</v>
       </c>
       <c r="E107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M4</t>
+          <t xml:space="preserve">1537EE</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>29.51</v>
+        <v>7.43</v>
       </c>
       <c r="D108" s="1">
-        <v>26</v>
+        <v>156</v>
       </c>
       <c r="E108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M2</t>
+          <t xml:space="preserve">15AF7A</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>8</v>
+        <v>9.06</v>
       </c>
       <c r="D109" s="1">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="E109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M4</t>
+          <t xml:space="preserve">15B13F</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>35.9</v>
+        <v>9.41</v>
       </c>
       <c r="D110" s="1">
-        <v>248</v>
+        <v>53</v>
       </c>
       <c r="E110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M2</t>
+          <t xml:space="preserve">15C4ED</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>8.37</v>
+        <v>7.63</v>
       </c>
       <c r="D111" s="1">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B112" s="1">
-        <v>213683</v>
+        <v>213861</v>
       </c>
       <c r="C112" s="1">
-        <v>26.24</v>
+        <v>5.3</v>
       </c>
       <c r="D112" s="1">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="E112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213698</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS60577M2</t>
+        </is>
       </c>
       <c r="C113" s="1">
-        <v>27.97</v>
+        <v>8.67</v>
       </c>
       <c r="D113" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
       <c r="E113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213834</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS60577M4</t>
+        </is>
       </c>
       <c r="C114" s="1">
-        <v>27.72</v>
+        <v>39.11</v>
       </c>
       <c r="D114" s="1">
-        <v>55</v>
+        <v>117</v>
       </c>
       <c r="E114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B115" s="1">
-        <v>213835</v>
+        <v>2989060311</v>
       </c>
       <c r="C115" s="1">
-        <v>25.7</v>
+        <v>21.78</v>
       </c>
       <c r="D115" s="1">
-        <v>250</v>
+        <v>419</v>
       </c>
       <c r="E115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B116" s="1">
-        <v>214027</v>
+        <v>989210717</v>
       </c>
       <c r="C116" s="1">
-        <v>6.82</v>
+        <v>1340</v>
       </c>
       <c r="D116" s="1">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="E116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B117" s="1">
-        <v>214145</v>
+        <v>109102</v>
       </c>
       <c r="C117" s="1">
-        <v>8.42</v>
+        <v>8.82</v>
       </c>
       <c r="D117" s="1">
-        <v>234</v>
+        <v>72</v>
       </c>
       <c r="E117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZF</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B118" s="1">
+        <v>213888</v>
       </c>
       <c r="C118" s="1">
-        <v>10.79</v>
+        <v>5.8</v>
       </c>
       <c r="D118" s="1">
-        <v>43</v>
+        <v>152</v>
       </c>
       <c r="E118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B119" s="1">
+        <v>154294</v>
       </c>
       <c r="C119" s="1">
-        <v>7.43</v>
+        <v>37.38</v>
       </c>
       <c r="D119" s="1">
-        <v>372</v>
+        <v>41</v>
       </c>
       <c r="E119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15AF7A</t>
+          <t xml:space="preserve">15DBC9</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>9.06</v>
+        <v>295.02</v>
       </c>
       <c r="D120" s="1">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="E120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B13F</t>
+          <t xml:space="preserve">83515A6CDD7</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>9.41</v>
+        <v>10.65</v>
       </c>
       <c r="D121" s="1">
-        <v>137</v>
+        <v>180</v>
       </c>
       <c r="E121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15C4ED</t>
+          <t xml:space="preserve">15CF54</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>7.92</v>
+        <v>26.5</v>
       </c>
       <c r="D122" s="1">
-        <v>6</v>
+        <v>201</v>
       </c>
       <c r="E122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213861</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBD0</t>
+        </is>
       </c>
       <c r="C123" s="1">
-        <v>5.4</v>
-[...2 lines deleted...]
-        <v>302</v>
+        <v>6.59</v>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B124" s="1">
-        <v>216671</v>
+        <v>550042826</v>
       </c>
       <c r="C124" s="1">
-        <v>4.75</v>
+        <v>24.01</v>
       </c>
       <c r="D124" s="1">
-        <v>351</v>
+        <v>36</v>
       </c>
       <c r="E124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B125" s="1">
+        <v>550046305</v>
       </c>
       <c r="C125" s="1">
-        <v>39.8</v>
+        <v>7.05</v>
       </c>
       <c r="D125" s="1">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="E125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>2989060311</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537EC</t>
+        </is>
       </c>
       <c r="C126" s="1">
-        <v>23</v>
+        <v>1188</v>
       </c>
       <c r="D126" s="1">
-        <v>86</v>
+        <v>1</v>
       </c>
       <c r="E126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989210717</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M9</t>
+        </is>
       </c>
       <c r="C127" s="1">
-        <v>1340</v>
+        <v>1098.9</v>
       </c>
       <c r="D127" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109102</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C128" s="1">
-        <v>9.16</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>33.5</v>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B129" s="1">
-        <v>213888</v>
+        <v>223519</v>
       </c>
       <c r="C129" s="1">
-        <v>5.8</v>
+        <v>7.13</v>
       </c>
       <c r="D129" s="1">
-        <v>204</v>
+        <v>20</v>
       </c>
       <c r="E129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>154294</v>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CF53</t>
+        </is>
       </c>
       <c r="C130" s="1">
-        <v>37.62</v>
+        <v>5.7</v>
       </c>
       <c r="D130" s="1">
-        <v>46</v>
+        <v>448</v>
       </c>
       <c r="E130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B131" s="1">
-        <v>601411212</v>
+        <v>214108</v>
       </c>
       <c r="C131" s="1">
-        <v>7.88</v>
+        <v>19.61</v>
       </c>
       <c r="D131" s="1">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="E131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B132" s="1">
+        <v>213914</v>
       </c>
       <c r="C132" s="1">
-        <v>297</v>
+        <v>20.79</v>
       </c>
       <c r="D132" s="1">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="E132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">83515A6CDD7</t>
+          <t xml:space="preserve">15DBC7</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>10.65</v>
+        <v>955.35</v>
       </c>
       <c r="D133" s="1">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="E133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B134" s="1">
+        <v>154280</v>
       </c>
       <c r="C134" s="1">
-        <v>27</v>
+        <v>8.12</v>
       </c>
       <c r="D134" s="1">
-        <v>482</v>
+        <v>21</v>
       </c>
       <c r="E134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B135" s="1">
+        <v>601427060</v>
       </c>
       <c r="C135" s="1">
-        <v>6.79</v>
+        <v>7.2</v>
       </c>
       <c r="D135" s="1">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="E135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBCD</t>
+          <t xml:space="preserve">15CFA6</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>26.24</v>
+        <v>32.18</v>
       </c>
       <c r="D136" s="1">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B137" s="1">
-        <v>601426384</v>
+        <v>109471</v>
       </c>
       <c r="C137" s="1">
-        <v>25</v>
+        <v>31.19</v>
       </c>
       <c r="D137" s="1">
-        <v>118</v>
+        <v>172</v>
       </c>
       <c r="E137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B138" s="1">
-        <v>601406928</v>
+        <v>601883194</v>
       </c>
       <c r="C138" s="1">
-        <v>6.66</v>
+        <v>4.95</v>
       </c>
       <c r="D138" s="1">
         <v>24</v>
       </c>
       <c r="E138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B139" s="1">
-        <v>550042826</v>
+        <v>600930660</v>
       </c>
       <c r="C139" s="1">
-        <v>24.01</v>
+        <v>5.1</v>
       </c>
       <c r="D139" s="1">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B140" s="1">
-        <v>550046305</v>
+        <v>108212</v>
       </c>
       <c r="C140" s="1">
-        <v>6.92</v>
+        <v>6.64</v>
       </c>
       <c r="D140" s="1">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="E140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B141" s="1">
+        <v>601432859</v>
       </c>
       <c r="C141" s="1">
-        <v>1188</v>
+        <v>26.24</v>
       </c>
       <c r="D141" s="1">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="E141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B142" s="1">
+        <v>989690513</v>
       </c>
       <c r="C142" s="1">
-        <v>33.5</v>
+        <v>44.36</v>
       </c>
       <c r="D142" s="1">
-        <v>267</v>
+        <v>6</v>
       </c>
       <c r="E142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601452215</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D5FD</t>
+        </is>
       </c>
       <c r="C143" s="1">
-        <v>23.07</v>
+        <v>8.22</v>
       </c>
       <c r="D143" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B144" s="1">
-        <v>601425295</v>
+        <v>194811</v>
       </c>
       <c r="C144" s="1">
-        <v>5.15</v>
+        <v>980.1</v>
       </c>
       <c r="D144" s="1">
-        <v>148</v>
+        <v>3</v>
       </c>
       <c r="E144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B145" s="1">
-        <v>601883217</v>
+        <v>109762</v>
       </c>
       <c r="C145" s="1">
-        <v>22.77</v>
+        <v>34.16</v>
       </c>
       <c r="D145" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B146" s="1">
-        <v>214108</v>
+        <v>109776</v>
       </c>
       <c r="C146" s="1">
-        <v>19.41</v>
+        <v>32.67</v>
       </c>
       <c r="D146" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B147" s="1">
-        <v>214109</v>
+        <v>109474</v>
       </c>
       <c r="C147" s="1">
-        <v>18.98</v>
+        <v>1050</v>
       </c>
       <c r="D147" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B148" s="1">
-        <v>213914</v>
+        <v>550046310</v>
       </c>
       <c r="C148" s="1">
-        <v>20.3</v>
+        <v>15.84</v>
       </c>
       <c r="D148" s="1">
-        <v>3</v>
+        <v>65</v>
       </c>
       <c r="E148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B149" s="1">
-        <v>600481162</v>
+        <v>153685</v>
       </c>
       <c r="C149" s="1">
-        <v>5</v>
+        <v>44.8</v>
       </c>
       <c r="D149" s="1">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="E149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B150" s="1">
-        <v>154280</v>
+        <v>216667</v>
       </c>
       <c r="C150" s="1">
-        <v>8.12</v>
+        <v>20.55</v>
       </c>
       <c r="D150" s="1">
-        <v>30</v>
+        <v>171</v>
       </c>
       <c r="E150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B151" s="1">
-        <v>601427060</v>
+        <v>153790</v>
       </c>
       <c r="C151" s="1">
-        <v>7.2</v>
+        <v>9.21</v>
       </c>
       <c r="D151" s="1">
-        <v>180</v>
+        <v>7</v>
       </c>
       <c r="E151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B152" s="1">
-        <v>601425745</v>
+        <v>213685</v>
       </c>
       <c r="C152" s="1">
         <v>20.7</v>
       </c>
       <c r="D152" s="1">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="E152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B153" s="1">
+        <v>214111</v>
       </c>
       <c r="C153" s="1">
-        <v>32.18</v>
+        <v>4.54</v>
       </c>
       <c r="D153" s="1">
-        <v>98</v>
+        <v>65</v>
       </c>
       <c r="E153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15D5FF</t>
+          <t xml:space="preserve">15DDEC</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>37.38</v>
+        <v>5.35</v>
       </c>
       <c r="D154" s="1">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="E154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B155" s="1">
-        <v>109471</v>
+        <v>182883</v>
       </c>
       <c r="C155" s="1">
-        <v>31.19</v>
+        <v>300</v>
       </c>
       <c r="D155" s="1">
-        <v>378</v>
+        <v>4</v>
       </c>
       <c r="E155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B156" s="1">
-        <v>600930660</v>
+        <v>550046307</v>
       </c>
       <c r="C156" s="1">
-        <v>5.1</v>
+        <v>33.17</v>
       </c>
       <c r="D156" s="1">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="E156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>108212</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">157EC0</t>
+        </is>
       </c>
       <c r="C157" s="1">
-        <v>6.64</v>
+        <v>1168.2</v>
       </c>
       <c r="D157" s="1">
-        <v>81</v>
+        <v>3</v>
       </c>
       <c r="E157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B158" s="1">
-        <v>601432859</v>
+        <v>2989060313</v>
       </c>
       <c r="C158" s="1">
-        <v>26.73</v>
+        <v>89.1</v>
       </c>
       <c r="D158" s="1">
-        <v>46</v>
+        <v>72</v>
       </c>
       <c r="E158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD40450ML</t>
+          <t xml:space="preserve">153BFF</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>5.72</v>
+        <v>7.23</v>
       </c>
       <c r="D159" s="1">
-        <v>37</v>
+        <v>1</v>
       </c>
       <c r="E159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B160" s="1">
+        <v>602007278</v>
       </c>
       <c r="C160" s="1">
-        <v>8.22</v>
+        <v>22.77</v>
       </c>
       <c r="D160" s="1">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="E160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B161" s="1">
-        <v>194811</v>
+        <v>8576</v>
       </c>
       <c r="C161" s="1">
-        <v>980.1</v>
+        <v>10.8</v>
       </c>
       <c r="D161" s="1">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B162" s="1">
-        <v>109762</v>
+        <v>2509</v>
       </c>
       <c r="C162" s="1">
-        <v>34.16</v>
+        <v>11.06</v>
       </c>
       <c r="D162" s="1">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="E162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>109776</v>
+        <v>151521</v>
       </c>
       <c r="C163" s="1">
-        <v>32.67</v>
+        <v>5.45</v>
       </c>
       <c r="D163" s="1">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="E163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B164" s="1">
-        <v>109474</v>
+        <v>151525</v>
       </c>
       <c r="C164" s="1">
-        <v>1025</v>
+        <v>26.67</v>
       </c>
       <c r="D164" s="1">
         <v>1</v>
       </c>
       <c r="E164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B165" s="1">
-        <v>109473</v>
+        <v>104091</v>
       </c>
       <c r="C165" s="1">
-        <v>335</v>
+        <v>9.25</v>
       </c>
       <c r="D165" s="1">
-        <v>1</v>
+        <v>181</v>
       </c>
       <c r="E165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B166" s="1">
-        <v>550046310</v>
+        <v>109171</v>
       </c>
       <c r="C166" s="1">
-        <v>15.84</v>
+        <v>26.73</v>
       </c>
       <c r="D166" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B167" s="1">
-        <v>153685</v>
+        <v>110724</v>
       </c>
       <c r="C167" s="1">
-        <v>46.04</v>
+        <v>9.06</v>
       </c>
       <c r="D167" s="1">
-        <v>5</v>
+        <v>168</v>
       </c>
       <c r="E167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B168" s="1">
-        <v>216667</v>
+        <v>110554</v>
       </c>
       <c r="C168" s="1">
-        <v>20.45</v>
+        <v>40.59</v>
       </c>
       <c r="D168" s="1">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="E168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B169" s="1">
-        <v>153790</v>
+        <v>602045348</v>
       </c>
       <c r="C169" s="1">
-        <v>9.28</v>
+        <v>5.15</v>
       </c>
       <c r="D169" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B170" s="1">
-        <v>213685</v>
+        <v>5139</v>
       </c>
       <c r="C170" s="1">
-        <v>20.7</v>
+        <v>6.44</v>
       </c>
       <c r="D170" s="1">
-        <v>146</v>
+        <v>3</v>
       </c>
       <c r="E170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B171" s="1">
+        <v>601432491</v>
       </c>
       <c r="C171" s="1">
-        <v>5.45</v>
+        <v>5.75</v>
       </c>
       <c r="D171" s="1">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="E171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B172" s="1">
-        <v>182883</v>
+        <v>601432507</v>
       </c>
       <c r="C172" s="1">
-        <v>309.87</v>
+        <v>26.24</v>
       </c>
       <c r="D172" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B173" s="1">
-        <v>550046307</v>
+        <v>601432828</v>
       </c>
       <c r="C173" s="1">
-        <v>33.17</v>
+        <v>5.45</v>
       </c>
       <c r="D173" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="E173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B174" s="1">
+        <v>600519186</v>
       </c>
       <c r="C174" s="1">
-        <v>1168.2</v>
+        <v>615</v>
       </c>
       <c r="D174" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B175" s="1">
-        <v>2989060313</v>
+        <v>601426940</v>
       </c>
       <c r="C175" s="1">
-        <v>91.9</v>
+        <v>6.49</v>
       </c>
       <c r="D175" s="1">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B176" s="1">
+        <v>151519</v>
       </c>
       <c r="C176" s="1">
-        <v>7.23</v>
+        <v>7.1</v>
       </c>
       <c r="D176" s="1">
-        <v>20</v>
+        <v>101</v>
       </c>
       <c r="E176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007278</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFCB</t>
+        </is>
       </c>
       <c r="C177" s="1">
-        <v>22.77</v>
+        <v>6.39</v>
       </c>
       <c r="D177" s="1">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="E177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>8576</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFCC</t>
+        </is>
       </c>
       <c r="C178" s="1">
-        <v>11.28</v>
+        <v>30.3</v>
       </c>
       <c r="D178" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B179" s="1">
-        <v>2509</v>
+        <v>450000115</v>
       </c>
       <c r="C179" s="1">
-        <v>11.06</v>
+        <v>8.52</v>
       </c>
       <c r="D179" s="1">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="E179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151521</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F073</t>
+        </is>
       </c>
       <c r="C180" s="1">
-        <v>5.5</v>
+        <v>630</v>
       </c>
       <c r="D180" s="1">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="E180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151525</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C181" s="1">
-        <v>26.67</v>
+        <v>21.09</v>
       </c>
       <c r="D181" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B182" s="1">
-        <v>109774</v>
+        <v>93165559</v>
       </c>
       <c r="C182" s="1">
-        <v>7.63</v>
+        <v>277.2</v>
       </c>
       <c r="D182" s="1">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="E182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B183" s="1">
-        <v>8536</v>
+        <v>93165555</v>
       </c>
       <c r="C183" s="1">
-        <v>51.48</v>
+        <v>9.81</v>
       </c>
       <c r="D183" s="1">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="E183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B184" s="1">
-        <v>109171</v>
+        <v>93165556</v>
       </c>
       <c r="C184" s="1">
-        <v>27.23</v>
+        <v>19.71</v>
       </c>
       <c r="D184" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="E184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B185" s="1">
-        <v>110724</v>
+        <v>90513468</v>
       </c>
       <c r="C185" s="1">
-        <v>9.06</v>
+        <v>198</v>
       </c>
       <c r="D185" s="1">
-        <v>112</v>
+        <v>11</v>
       </c>
       <c r="E185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B186" s="1">
-        <v>110554</v>
+        <v>93165214</v>
       </c>
       <c r="C186" s="1">
-        <v>40.59</v>
+        <v>7.08</v>
       </c>
       <c r="D186" s="1">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="E186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B187" s="1">
-        <v>602045348</v>
+        <v>93165215</v>
       </c>
       <c r="C187" s="1">
-        <v>5.15</v>
+        <v>14.26</v>
       </c>
       <c r="D187" s="1">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B188" s="1">
-        <v>5139</v>
+        <v>550052791</v>
       </c>
       <c r="C188" s="1">
-        <v>6.44</v>
+        <v>6.72</v>
       </c>
       <c r="D188" s="1">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="E188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B189" s="1">
-        <v>520000620</v>
+        <v>550052835</v>
       </c>
       <c r="C189" s="1">
-        <v>33.66</v>
+        <v>25.45</v>
       </c>
       <c r="D189" s="1">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B190" s="1">
-        <v>601432491</v>
+        <v>602003218</v>
       </c>
       <c r="C190" s="1">
-        <v>5.35</v>
+        <v>19.31</v>
       </c>
       <c r="D190" s="1">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="E190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432507</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F075</t>
+        </is>
       </c>
       <c r="C191" s="1">
-        <v>26.24</v>
+        <v>16.42</v>
       </c>
       <c r="D191" s="1">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="E191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B192" s="1">
-        <v>601432828</v>
+        <v>550046383</v>
       </c>
       <c r="C192" s="1">
-        <v>5.45</v>
+        <v>6.22</v>
       </c>
       <c r="D192" s="1">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>600519186</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C193" s="1">
-        <v>615</v>
+        <v>4.68</v>
       </c>
       <c r="D193" s="1">
-        <v>2</v>
+        <v>69</v>
       </c>
       <c r="E193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B194" s="1">
-        <v>601426940</v>
+        <v>601426384</v>
       </c>
       <c r="C194" s="1">
-        <v>6.49</v>
+        <v>25</v>
       </c>
       <c r="D194" s="1">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="E194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B195" s="1">
-        <v>151519</v>
+        <v>550070413</v>
       </c>
       <c r="C195" s="1">
-        <v>7.1</v>
+        <v>18.67</v>
       </c>
       <c r="D195" s="1">
-        <v>142</v>
+        <v>35</v>
       </c>
       <c r="E195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCB</t>
+          <t xml:space="preserve">1595DA</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>6.39</v>
+        <v>1800</v>
       </c>
       <c r="D196" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="E196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">15F072</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>30.3</v>
+        <v>67.32</v>
       </c>
       <c r="D197" s="1">
         <v>3</v>
       </c>
       <c r="E197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B198" s="1">
-        <v>450000115</v>
+        <v>157411</v>
       </c>
       <c r="C198" s="1">
-        <v>8.52</v>
+        <v>12.63</v>
       </c>
       <c r="D198" s="1">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="E198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B199" s="1">
+        <v>510000141</v>
       </c>
       <c r="C199" s="1">
-        <v>630</v>
+        <v>7.73</v>
       </c>
       <c r="D199" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B200" s="1">
+        <v>510000410</v>
       </c>
       <c r="C200" s="1">
-        <v>20.78</v>
+        <v>18.72</v>
       </c>
       <c r="D200" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="E200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B201" s="1">
-        <v>93165555</v>
+        <v>510000110</v>
       </c>
       <c r="C201" s="1">
-        <v>9.81</v>
+        <v>5.25</v>
       </c>
       <c r="D201" s="1">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="E201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B202" s="1">
-        <v>93165556</v>
+        <v>520000111</v>
       </c>
       <c r="C202" s="1">
-        <v>19.71</v>
+        <v>5.35</v>
       </c>
       <c r="D202" s="1">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B203" s="1">
-        <v>90513468</v>
+        <v>109762</v>
       </c>
       <c r="C203" s="1">
-        <v>198</v>
+        <v>34.16</v>
       </c>
       <c r="D203" s="1">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="E203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B204" s="1">
-        <v>93165214</v>
+        <v>520000411</v>
       </c>
       <c r="C204" s="1">
-        <v>7.08</v>
+        <v>20.3</v>
       </c>
       <c r="D204" s="1">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B205" s="1">
-        <v>93165215</v>
+        <v>510000451</v>
       </c>
       <c r="C205" s="1">
-        <v>14.26</v>
+        <v>23.86</v>
       </c>
       <c r="D205" s="1">
-        <v>94</v>
+        <v>1</v>
       </c>
       <c r="E205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B206" s="1">
-        <v>550052791</v>
+        <v>109761</v>
       </c>
       <c r="C206" s="1">
-        <v>6.72</v>
+        <v>7.28</v>
       </c>
       <c r="D206" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B207" s="1">
-        <v>550052835</v>
+        <v>36311</v>
       </c>
       <c r="C207" s="1">
-        <v>25.45</v>
+        <v>8.36</v>
       </c>
       <c r="D207" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B208" s="1">
-        <v>602003553</v>
+        <v>36301</v>
       </c>
       <c r="C208" s="1">
-        <v>21.98</v>
+        <v>9.66</v>
       </c>
       <c r="D208" s="1">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="E208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B209" s="1">
-        <v>602003218</v>
+        <v>36241</v>
       </c>
       <c r="C209" s="1">
-        <v>19.8</v>
+        <v>6.54</v>
       </c>
       <c r="D209" s="1">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B210" s="1">
-        <v>214244</v>
+        <v>550046268</v>
       </c>
       <c r="C210" s="1">
-        <v>6.79</v>
+        <v>24.26</v>
       </c>
       <c r="D210" s="1">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B211" s="1">
+        <v>602007292</v>
       </c>
       <c r="C211" s="1">
-        <v>16.42</v>
+        <v>4.94</v>
       </c>
       <c r="D211" s="1">
-        <v>151</v>
+        <v>6</v>
       </c>
       <c r="E211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046383</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DC45</t>
+        </is>
       </c>
       <c r="C212" s="1">
-        <v>6.22</v>
+        <v>1525</v>
       </c>
       <c r="D212" s="1">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="E212" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">1502B8</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>4.68</v>
+        <v>6.14</v>
       </c>
       <c r="D213" s="1">
-        <v>191</v>
+        <v>36</v>
       </c>
       <c r="E213" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B214" s="1">
-        <v>194877</v>
+        <v>550070412</v>
       </c>
       <c r="C214" s="1">
-        <v>24.5</v>
+        <v>4.26</v>
       </c>
       <c r="D214" s="1">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="E214" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B215" s="1">
-        <v>601426384</v>
+        <v>214110</v>
       </c>
       <c r="C215" s="1">
-        <v>23.9</v>
+        <v>4.24</v>
       </c>
       <c r="D215" s="1">
-        <v>278</v>
+        <v>52</v>
       </c>
       <c r="E215" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550070413</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C216" s="1">
-        <v>18.67</v>
+        <v>4.36</v>
       </c>
       <c r="D216" s="1">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="E216" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1595DA</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>1800</v>
+        <v>20.3</v>
       </c>
       <c r="D217" s="1">
-        <v>1</v>
+        <v>56</v>
       </c>
       <c r="E217" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F074</t>
+          <t xml:space="preserve">15F76C</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>190.08</v>
+        <v>9.9</v>
       </c>
       <c r="D218" s="1">
-        <v>10</v>
+        <v>263</v>
       </c>
       <c r="E218" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B219" s="1">
+        <v>602008176</v>
       </c>
       <c r="C219" s="1">
-        <v>68.31</v>
+        <v>27.68</v>
       </c>
       <c r="D219" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E219" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B220" s="1">
-        <v>157411</v>
+        <v>112890</v>
       </c>
       <c r="C220" s="1">
-        <v>12.13</v>
+        <v>5.4</v>
       </c>
       <c r="D220" s="1">
-        <v>53</v>
+        <v>337</v>
       </c>
       <c r="E220" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B221" s="1">
-        <v>510000141</v>
+        <v>112892</v>
       </c>
       <c r="C221" s="1">
-        <v>8.12</v>
+        <v>21.74</v>
       </c>
       <c r="D221" s="1">
-        <v>7</v>
+        <v>328</v>
       </c>
       <c r="E221" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000441</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F647</t>
+        </is>
       </c>
       <c r="C222" s="1">
-        <v>29.85</v>
+        <v>6.29</v>
       </c>
       <c r="D222" s="1">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="E222" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000410</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518203AA</t>
+        </is>
       </c>
       <c r="C223" s="1">
-        <v>19.41</v>
+        <v>30.94</v>
       </c>
       <c r="D223" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="E223" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000110</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218057AC</t>
+        </is>
       </c>
       <c r="C224" s="1">
-        <v>5.2</v>
+        <v>7.23</v>
       </c>
       <c r="D224" s="1">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="E224" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B225" s="1">
-        <v>520000111</v>
+        <v>602007780</v>
       </c>
       <c r="C225" s="1">
-        <v>5.35</v>
+        <v>6.42</v>
       </c>
       <c r="D225" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E225" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109762</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090134</t>
+        </is>
       </c>
       <c r="C226" s="1">
-        <v>34.16</v>
+        <v>7.83</v>
       </c>
       <c r="D226" s="1">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="E226" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B227" s="1">
-        <v>520000411</v>
+        <v>214120</v>
       </c>
       <c r="C227" s="1">
-        <v>20.1</v>
+        <v>16.24</v>
       </c>
       <c r="D227" s="1">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E227" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B228" s="1">
-        <v>510000451</v>
+        <v>194785</v>
       </c>
       <c r="C228" s="1">
-        <v>24.1</v>
+        <v>225</v>
       </c>
       <c r="D228" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E228" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B229" s="1">
-        <v>109761</v>
+        <v>213905</v>
       </c>
       <c r="C229" s="1">
-        <v>6.98</v>
+        <v>6.19</v>
       </c>
       <c r="D229" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E229" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B230" s="1">
+        <v>214114</v>
       </c>
       <c r="C230" s="1">
-        <v>3.89</v>
+        <v>18.67</v>
       </c>
       <c r="D230" s="1">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="E230" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD40600ML</t>
+          <t xml:space="preserve">15F6AB</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>7.16</v>
+        <v>9.56</v>
       </c>
       <c r="D231" s="1">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="E231" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36311</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6E6</t>
+        </is>
       </c>
       <c r="C232" s="1">
-        <v>8.36</v>
+        <v>9.13</v>
       </c>
       <c r="D232" s="1">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E232" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36301</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F0BA</t>
+        </is>
       </c>
       <c r="C233" s="1">
-        <v>9.82</v>
+        <v>7.33</v>
       </c>
       <c r="D233" s="1">
-        <v>1</v>
+        <v>84</v>
       </c>
       <c r="E233" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36241</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F205</t>
+        </is>
       </c>
       <c r="C234" s="1">
-        <v>6.54</v>
+        <v>8.52</v>
       </c>
       <c r="D234" s="1">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="E234" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046268</v>
+          <t xml:space="preserve">WD</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WD40150ML</t>
+        </is>
       </c>
       <c r="C235" s="1">
-        <v>24.26</v>
+        <v>2.95</v>
       </c>
       <c r="D235" s="1">
-        <v>56</v>
+        <v>30</v>
       </c>
       <c r="E235" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007292</v>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CF54</t>
+        </is>
       </c>
       <c r="C236" s="1">
-        <v>4.94</v>
+        <v>25.25</v>
       </c>
       <c r="D236" s="1">
-        <v>3</v>
+        <v>718</v>
       </c>
       <c r="E236" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DC45</t>
+          <t xml:space="preserve">15F64B</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1525</v>
+        <v>28.52</v>
       </c>
       <c r="D237" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E237" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502B8</t>
+          <t xml:space="preserve">15F7D2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>6.14</v>
+        <v>23.53</v>
       </c>
       <c r="D238" s="1">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="E238" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B239" s="1">
-        <v>550070412</v>
+        <v>157302</v>
       </c>
       <c r="C239" s="1">
-        <v>4.26</v>
+        <v>20.79</v>
       </c>
       <c r="D239" s="1">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E239" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214110</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7111R</t>
+        </is>
       </c>
       <c r="C240" s="1">
-        <v>4.24</v>
+        <v>4.48</v>
       </c>
       <c r="D240" s="1">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="E240" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B241" s="1">
+        <v>36243</v>
       </c>
       <c r="C241" s="1">
-        <v>4.36</v>
+        <v>25.99</v>
       </c>
       <c r="D241" s="1">
-        <v>218</v>
+        <v>4</v>
       </c>
       <c r="E241" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B242" s="1">
+        <v>36313</v>
       </c>
       <c r="C242" s="1">
-        <v>5.6</v>
+        <v>35.46</v>
       </c>
       <c r="D242" s="1">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="E242" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B243" s="1">
+        <v>36161</v>
       </c>
       <c r="C243" s="1">
-        <v>20.3</v>
+        <v>7.43</v>
       </c>
       <c r="D243" s="1">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="E243" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B244" s="1">
+        <v>36163</v>
       </c>
       <c r="C244" s="1">
-        <v>9.9</v>
+        <v>31</v>
       </c>
       <c r="D244" s="1">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="E244" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B245" s="1">
-        <v>602008176</v>
+        <v>36303</v>
       </c>
       <c r="C245" s="1">
-        <v>28.32</v>
+        <v>43.45</v>
       </c>
       <c r="D245" s="1">
         <v>3</v>
       </c>
       <c r="E245" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B246" s="1">
-        <v>112890</v>
+        <v>35911</v>
       </c>
       <c r="C246" s="1">
-        <v>5.4</v>
+        <v>5.71</v>
       </c>
       <c r="D246" s="1">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="E246" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B247" s="1">
-        <v>112892</v>
+        <v>35791</v>
       </c>
       <c r="C247" s="1">
-        <v>21.74</v>
+        <v>6.1</v>
       </c>
       <c r="D247" s="1">
-        <v>247</v>
+        <v>4</v>
       </c>
       <c r="E247" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B248" s="1">
+        <v>34101</v>
       </c>
       <c r="C248" s="1">
-        <v>6.32</v>
+        <v>7.68</v>
       </c>
       <c r="D248" s="1">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E248" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOPAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B249" s="1">
+        <v>34103</v>
       </c>
       <c r="C249" s="1">
-        <v>7.53</v>
+        <v>32.43</v>
       </c>
       <c r="D249" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="E249" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B250" s="1">
-        <v>602007780</v>
+        <v>35941</v>
       </c>
       <c r="C250" s="1">
-        <v>6.48</v>
+        <v>10.02</v>
       </c>
       <c r="D250" s="1">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="E250" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B251" s="1">
-        <v>602067340</v>
+        <v>36871</v>
       </c>
       <c r="C251" s="1">
-        <v>660</v>
+        <v>10.64</v>
       </c>
       <c r="D251" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E251" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B384</t>
+          <t xml:space="preserve">2007B</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>720</v>
+        <v>18.86</v>
       </c>
       <c r="D252" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E252" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090134</t>
+          <t xml:space="preserve">3216B</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>7.88</v>
+        <v>12.47</v>
       </c>
       <c r="D253" s="1">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="E253" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>214120</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4451E</t>
+        </is>
       </c>
       <c r="C254" s="1">
-        <v>16.24</v>
+        <v>3.4</v>
       </c>
       <c r="D254" s="1">
-        <v>220</v>
+        <v>4</v>
       </c>
       <c r="E254" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B255" s="1">
-        <v>194785</v>
+        <v>157410</v>
       </c>
       <c r="C255" s="1">
-        <v>225</v>
+        <v>3.87</v>
       </c>
       <c r="D255" s="1">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="E255" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B256" s="1">
-        <v>213905</v>
+        <v>700001644</v>
       </c>
       <c r="C256" s="1">
-        <v>6.1</v>
+        <v>7.23</v>
       </c>
       <c r="D256" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="E256" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B257" s="1">
-        <v>214083</v>
+        <v>700001753</v>
       </c>
       <c r="C257" s="1">
-        <v>10.97</v>
+        <v>26.07</v>
       </c>
       <c r="D257" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E257" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B258" s="1">
-        <v>214112</v>
+        <v>700001607</v>
       </c>
       <c r="C258" s="1">
-        <v>4.06</v>
+        <v>7.43</v>
       </c>
       <c r="D258" s="1">
-        <v>46</v>
+        <v>2</v>
       </c>
       <c r="E258" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B259" s="1">
-        <v>214114</v>
+        <v>700001581</v>
       </c>
       <c r="C259" s="1">
-        <v>20.6</v>
+        <v>28.31</v>
       </c>
       <c r="D259" s="1">
         <v>2</v>
       </c>
       <c r="E259" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B260" s="1">
+        <v>700001642</v>
       </c>
       <c r="C260" s="1">
-        <v>9.71</v>
+        <v>4.99</v>
       </c>
       <c r="D260" s="1">
-        <v>186</v>
+        <v>1</v>
       </c>
       <c r="E260" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B261" s="1">
+        <v>700001580</v>
       </c>
       <c r="C261" s="1">
-        <v>9.51</v>
+        <v>21.55</v>
       </c>
       <c r="D261" s="1">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="E261" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B262" s="1">
+        <v>700001746</v>
       </c>
       <c r="C262" s="1">
-        <v>8.62</v>
+        <v>15.35</v>
       </c>
       <c r="D262" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E262" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B263" s="1">
+        <v>700001641</v>
       </c>
       <c r="C263" s="1">
-        <v>1.96</v>
+        <v>4.21</v>
       </c>
       <c r="D263" s="1">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="E263" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B264" s="1">
+        <v>700001576</v>
       </c>
       <c r="C264" s="1">
-        <v>2.95</v>
+        <v>63.58</v>
       </c>
       <c r="D264" s="1">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="E264" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B265" s="1">
+        <v>700001583</v>
       </c>
       <c r="C265" s="1">
-        <v>26.5</v>
+        <v>80.49</v>
       </c>
       <c r="D265" s="1">
-        <v>123</v>
+        <v>1</v>
       </c>
       <c r="E265" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B266" s="1">
+        <v>700001781</v>
       </c>
       <c r="C266" s="1">
-        <v>28.71</v>
+        <v>68.31</v>
       </c>
       <c r="D266" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E266" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B267" s="1">
+        <v>100001516</v>
       </c>
       <c r="C267" s="1">
-        <v>23.76</v>
+        <v>2.85</v>
       </c>
       <c r="D267" s="1">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="E267" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B268" s="1">
-        <v>157302</v>
+        <v>700001683</v>
       </c>
       <c r="C268" s="1">
-        <v>21.29</v>
+        <v>5.14</v>
       </c>
       <c r="D268" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E268" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B269" s="1">
+        <v>700001487</v>
       </c>
       <c r="C269" s="1">
-        <v>4.48</v>
+        <v>36.11</v>
       </c>
       <c r="D269" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E269" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B270" s="1">
-        <v>36243</v>
+        <v>100000840</v>
       </c>
       <c r="C270" s="1">
-        <v>25.99</v>
+        <v>44.63</v>
       </c>
       <c r="D270" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E270" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B271" s="1">
-        <v>36313</v>
+        <v>100001367</v>
       </c>
       <c r="C271" s="1">
-        <v>35.46</v>
+        <v>50.65</v>
       </c>
       <c r="D271" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E271" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B272" s="1">
-        <v>36161</v>
+        <v>100000243</v>
       </c>
       <c r="C272" s="1">
-        <v>7.43</v>
+        <v>3.33</v>
       </c>
       <c r="D272" s="1">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E272" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B273" s="1">
-        <v>36163</v>
+        <v>100000247</v>
       </c>
       <c r="C273" s="1">
-        <v>31</v>
+        <v>3.66</v>
       </c>
       <c r="D273" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E273" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B274" s="1">
-        <v>36303</v>
+        <v>100000282</v>
       </c>
       <c r="C274" s="1">
-        <v>43.45</v>
+        <v>4.66</v>
       </c>
       <c r="D274" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E274" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B275" s="1">
-        <v>35911</v>
+        <v>100001271</v>
       </c>
       <c r="C275" s="1">
-        <v>5.71</v>
+        <v>2.92</v>
       </c>
       <c r="D275" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E275" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B276" s="1">
-        <v>35791</v>
+        <v>100001270</v>
       </c>
       <c r="C276" s="1">
-        <v>6.1</v>
+        <v>20.43</v>
       </c>
       <c r="D276" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E276" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B277" s="1">
-        <v>34101</v>
+        <v>100000809</v>
       </c>
       <c r="C277" s="1">
-        <v>7.78</v>
+        <v>36.97</v>
       </c>
       <c r="D277" s="1">
         <v>1</v>
       </c>
       <c r="E277" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B278" s="1">
-        <v>34103</v>
+        <v>100000589</v>
       </c>
       <c r="C278" s="1">
-        <v>32.73</v>
+        <v>72.9</v>
       </c>
       <c r="D278" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E278" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B279" s="1">
-        <v>35941</v>
+        <v>100001407</v>
       </c>
       <c r="C279" s="1">
-        <v>10.02</v>
+        <v>2.44</v>
       </c>
       <c r="D279" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E279" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B280" s="1">
-        <v>36871</v>
+        <v>100001408</v>
       </c>
       <c r="C280" s="1">
-        <v>10.64</v>
+        <v>9.41</v>
       </c>
       <c r="D280" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E280" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B281" s="1">
+        <v>100001803</v>
       </c>
       <c r="C281" s="1">
-        <v>18.86</v>
+        <v>13.71</v>
       </c>
       <c r="D281" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E281" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B282" s="1">
+        <v>700000807</v>
       </c>
       <c r="C282" s="1">
-        <v>12.47</v>
+        <v>13.7</v>
       </c>
       <c r="D282" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E282" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B283" s="1">
+        <v>100000235</v>
       </c>
       <c r="C283" s="1">
-        <v>3.42</v>
+        <v>3.37</v>
       </c>
       <c r="D283" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E283" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B284" s="1">
-        <v>157410</v>
+        <v>100000607</v>
       </c>
       <c r="C284" s="1">
-        <v>3.87</v>
+        <v>4.42</v>
       </c>
       <c r="D284" s="1">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="E284" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B285" s="1">
-        <v>700001644</v>
+        <v>100000101</v>
       </c>
       <c r="C285" s="1">
-        <v>7.23</v>
+        <v>4.08</v>
       </c>
       <c r="D285" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E285" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B286" s="1">
-        <v>700001753</v>
+        <v>100000461</v>
       </c>
       <c r="C286" s="1">
-        <v>26.07</v>
+        <v>5.7</v>
       </c>
       <c r="D286" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E286" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B287" s="1">
-        <v>700001607</v>
+        <v>100001065</v>
       </c>
       <c r="C287" s="1">
-        <v>7.43</v>
+        <v>75.61</v>
       </c>
       <c r="D287" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E287" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B288" s="1">
-        <v>700001581</v>
+        <v>989920211</v>
       </c>
       <c r="C288" s="1">
-        <v>28.31</v>
+        <v>9</v>
       </c>
       <c r="D288" s="1">
-        <v>2</v>
+        <v>980</v>
       </c>
       <c r="E288" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001642</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80845-BB</t>
+        </is>
       </c>
       <c r="C289" s="1">
-        <v>4.99</v>
+        <v>25.7</v>
       </c>
       <c r="D289" s="1">
-        <v>2</v>
+        <v>545</v>
       </c>
       <c r="E289" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B290" s="1">
-        <v>700001580</v>
+        <v>102051</v>
       </c>
       <c r="C290" s="1">
-        <v>21.55</v>
+        <v>31.68</v>
       </c>
       <c r="D290" s="1">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="E290" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B291" s="1">
-        <v>700001746</v>
+        <v>102208</v>
       </c>
       <c r="C291" s="1">
-        <v>15.35</v>
+        <v>7.25</v>
       </c>
       <c r="D291" s="1">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="E291" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B292" s="1">
-        <v>700001641</v>
+        <v>102210</v>
       </c>
       <c r="C292" s="1">
-        <v>4.21</v>
+        <v>350</v>
       </c>
       <c r="D292" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E292" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B293" s="1">
-        <v>700001576</v>
+        <v>102793</v>
       </c>
       <c r="C293" s="1">
-        <v>63.58</v>
+        <v>8.97</v>
       </c>
       <c r="D293" s="1">
-        <v>1</v>
+        <v>120</v>
       </c>
       <c r="E293" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B294" s="1">
-        <v>700001583</v>
+        <v>102794</v>
       </c>
       <c r="C294" s="1">
-        <v>80.49</v>
+        <v>42.08</v>
       </c>
       <c r="D294" s="1">
-        <v>1</v>
+        <v>41</v>
       </c>
       <c r="E294" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B295" s="1">
-        <v>700001781</v>
+        <v>102870</v>
       </c>
       <c r="C295" s="1">
-        <v>68.31</v>
+        <v>27.92</v>
       </c>
       <c r="D295" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E295" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B296" s="1">
-        <v>100001516</v>
+        <v>93165554</v>
       </c>
       <c r="C296" s="1">
-        <v>2.85</v>
+        <v>5</v>
       </c>
       <c r="D296" s="1">
-        <v>2</v>
+        <v>443</v>
       </c>
       <c r="E296" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B297" s="1">
-        <v>700001683</v>
+        <v>83290429576</v>
       </c>
       <c r="C297" s="1">
-        <v>5.14</v>
+        <v>8.72</v>
       </c>
       <c r="D297" s="1">
-        <v>3</v>
+        <v>232</v>
       </c>
       <c r="E297" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B298" s="1">
-        <v>700001487</v>
+        <v>93165557</v>
       </c>
       <c r="C298" s="1">
-        <v>36.11</v>
+        <v>22.92</v>
       </c>
       <c r="D298" s="1">
-        <v>1</v>
+        <v>523</v>
       </c>
       <c r="E298" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B299" s="1">
-        <v>100000840</v>
+        <v>93165213</v>
       </c>
       <c r="C299" s="1">
-        <v>44.63</v>
+        <v>3.62</v>
       </c>
       <c r="D299" s="1">
-        <v>1</v>
+        <v>150</v>
       </c>
       <c r="E299" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B300" s="1">
-        <v>100001367</v>
+        <v>93165216</v>
       </c>
       <c r="C300" s="1">
-        <v>50.65</v>
+        <v>16.29</v>
       </c>
       <c r="D300" s="1">
-        <v>1</v>
+        <v>618</v>
       </c>
       <c r="E300" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000243</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G052182A2</t>
+        </is>
       </c>
       <c r="C301" s="1">
-        <v>3.33</v>
+        <v>23.5</v>
       </c>
       <c r="D301" s="1">
-        <v>2</v>
+        <v>622</v>
       </c>
       <c r="E301" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000247</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90099942</t>
+        </is>
       </c>
       <c r="C302" s="1">
-        <v>3.66</v>
+        <v>26.82</v>
       </c>
       <c r="D302" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E302" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000282</v>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999-G12</t>
+        </is>
       </c>
       <c r="C303" s="1">
-        <v>4.66</v>
+        <v>5.55</v>
       </c>
       <c r="D303" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E303" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001271</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">0W2001TFE</t>
+        </is>
       </c>
       <c r="C304" s="1">
-        <v>2.92</v>
+        <v>9.03</v>
       </c>
       <c r="D304" s="1">
-        <v>2</v>
+        <v>66</v>
       </c>
       <c r="E304" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001270</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15667C</t>
+        </is>
       </c>
       <c r="C305" s="1">
-        <v>20.43</v>
+        <v>9.41</v>
       </c>
       <c r="D305" s="1">
-        <v>1</v>
+        <v>115</v>
       </c>
       <c r="E305" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000809</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M6</t>
+        </is>
       </c>
       <c r="C306" s="1">
-        <v>36.97</v>
+        <v>321.75</v>
       </c>
       <c r="D306" s="1">
         <v>1</v>
       </c>
       <c r="E306" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B307" s="1">
-        <v>100000589</v>
+        <v>223530</v>
       </c>
       <c r="C307" s="1">
-        <v>72.9</v>
+        <v>35.15</v>
       </c>
       <c r="D307" s="1">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="E307" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B308" s="1">
-        <v>100001407</v>
+        <v>223502</v>
       </c>
       <c r="C308" s="1">
-        <v>2.44</v>
+        <v>350.46</v>
       </c>
       <c r="D308" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E308" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B309" s="1">
-        <v>100001408</v>
+        <v>146412</v>
       </c>
       <c r="C309" s="1">
-        <v>9.41</v>
+        <v>5.7</v>
       </c>
       <c r="D309" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E309" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001803</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1555F2</t>
+        </is>
       </c>
       <c r="C310" s="1">
-        <v>13.71</v>
+        <v>24.66</v>
       </c>
       <c r="D310" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E310" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B311" s="1">
-        <v>700000807</v>
+        <v>206484</v>
       </c>
       <c r="C311" s="1">
-        <v>13.7</v>
+        <v>7.66</v>
       </c>
       <c r="D311" s="1">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="E311" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B312" s="1">
-        <v>100000235</v>
+        <v>989940213</v>
       </c>
       <c r="C312" s="1">
-        <v>3.37</v>
+        <v>39.6</v>
       </c>
       <c r="D312" s="1">
-        <v>2</v>
+        <v>221</v>
       </c>
       <c r="E312" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B313" s="1">
-        <v>100000607</v>
+        <v>989940211</v>
       </c>
       <c r="C313" s="1">
-        <v>4.42</v>
+        <v>8.82</v>
       </c>
       <c r="D313" s="1">
-        <v>2</v>
+        <v>209</v>
       </c>
       <c r="E313" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B314" s="1">
-        <v>100000101</v>
+        <v>106377</v>
       </c>
       <c r="C314" s="1">
-        <v>4.08</v>
+        <v>33</v>
       </c>
       <c r="D314" s="1">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="E314" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B315" s="1">
-        <v>100000461</v>
+        <v>108534</v>
       </c>
       <c r="C315" s="1">
-        <v>5.98</v>
+        <v>8.42</v>
       </c>
       <c r="D315" s="1">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="E315" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001065</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15669E</t>
+        </is>
       </c>
       <c r="C316" s="1">
-        <v>75.61</v>
+        <v>41.58</v>
       </c>
       <c r="D316" s="1">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="E316" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989920211</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537BE</t>
+        </is>
       </c>
       <c r="C317" s="1">
-        <v>9</v>
-[...4 lines deleted...]
-        </is>
+        <v>9.71</v>
+      </c>
+      <c r="D317" s="1">
+        <v>7</v>
       </c>
       <c r="E317" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B318" s="1">
+        <v>109470</v>
       </c>
       <c r="C318" s="1">
-        <v>25.7</v>
+        <v>7.08</v>
       </c>
       <c r="D318" s="1">
-        <v>593</v>
+        <v>89</v>
       </c>
       <c r="E318" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0420W20C501K</t>
+          <t xml:space="preserve">15DBC5</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>11.05</v>
+        <v>98.71</v>
       </c>
       <c r="D319" s="1">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E319" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B320" s="1">
+        <v>550046280</v>
       </c>
       <c r="C320" s="1">
-        <v>50</v>
+        <v>26.73</v>
       </c>
       <c r="D320" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E320" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B321" s="1">
+        <v>989820717</v>
       </c>
       <c r="C321" s="1">
-        <v>10.78</v>
+        <v>1330</v>
       </c>
       <c r="D321" s="1">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E321" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B322" s="1">
+        <v>3715</v>
       </c>
       <c r="C322" s="1">
-        <v>49.59</v>
+        <v>51.48</v>
       </c>
       <c r="D322" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E322" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP04210W40A3B401K</t>
+          <t xml:space="preserve">S671090311</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>7.67</v>
+        <v>268</v>
       </c>
       <c r="D323" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="E323" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP04210W40A3B405K</t>
+          <t xml:space="preserve">15F911</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>34.03</v>
+        <v>22.55</v>
       </c>
       <c r="D324" s="1">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E324" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B325" s="1">
+        <v>102261</v>
       </c>
       <c r="C325" s="1">
-        <v>1311.48</v>
+        <v>405</v>
       </c>
       <c r="D325" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E325" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP04210W40A3B40SK</t>
+          <t xml:space="preserve">08232P99C4LPRO</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>220.82</v>
+        <v>38.32</v>
       </c>
       <c r="D326" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="E326" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0425W30A5B501K</t>
+          <t xml:space="preserve">1552A2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>8.7</v>
+        <v>25</v>
       </c>
       <c r="D327" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="E327" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B328" s="1">
+        <v>105784</v>
       </c>
       <c r="C328" s="1">
-        <v>40.07</v>
+        <v>7.73</v>
       </c>
       <c r="D328" s="1">
-        <v>12</v>
+        <v>228</v>
       </c>
       <c r="E328" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B329" s="1">
+        <v>103218</v>
       </c>
       <c r="C329" s="1">
-        <v>1545.46</v>
+        <v>413</v>
       </c>
       <c r="D329" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E329" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B330" s="1">
+        <v>150944</v>
       </c>
       <c r="C330" s="1">
-        <v>465.81</v>
+        <v>27.53</v>
       </c>
       <c r="D330" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="E330" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B331" s="1">
+        <v>550042845</v>
       </c>
       <c r="C331" s="1">
-        <v>8.74</v>
+        <v>29.21</v>
       </c>
       <c r="D331" s="1">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E331" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B332" s="1">
+        <v>166254</v>
       </c>
       <c r="C332" s="1">
-        <v>39.03</v>
+        <v>6.2</v>
       </c>
       <c r="D332" s="1">
-        <v>12</v>
+        <v>249</v>
       </c>
       <c r="E332" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B333" s="1">
+        <v>5148</v>
       </c>
       <c r="C333" s="1">
-        <v>1539.68</v>
+        <v>5.52</v>
       </c>
       <c r="D333" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E333" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0425W30C30SK</t>
+          <t xml:space="preserve">08880-83886</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>455.81</v>
+        <v>37.58</v>
       </c>
       <c r="D334" s="1">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="E334" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0425W40A3B401K</t>
+          <t xml:space="preserve">08880-83885</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>8.49</v>
+        <v>9.36</v>
       </c>
       <c r="D335" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E335" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B336" s="1">
+        <v>214113</v>
       </c>
       <c r="C336" s="1">
-        <v>37.5</v>
+        <v>14.95</v>
       </c>
       <c r="D336" s="1">
-        <v>12</v>
+        <v>111</v>
       </c>
       <c r="E336" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ZF</t>
+        </is>
+      </c>
+      <c r="B337" s="1">
+        <v>550030472</v>
       </c>
       <c r="C337" s="1">
-        <v>1455.91</v>
+        <v>14.95</v>
       </c>
       <c r="D337" s="1">
-        <v>6</v>
+        <v>480</v>
       </c>
       <c r="E337" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B338" s="1">
+        <v>550046306</v>
       </c>
       <c r="C338" s="1">
-        <v>443.31</v>
+        <v>26.83</v>
       </c>
       <c r="D338" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="E338" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B339" s="1">
+        <v>102786</v>
       </c>
       <c r="C339" s="1">
-        <v>6.25</v>
+        <v>7.92</v>
       </c>
       <c r="D339" s="1">
-        <v>141</v>
+        <v>56</v>
       </c>
       <c r="E339" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B340" s="1">
-        <v>102051</v>
+        <v>8578</v>
       </c>
       <c r="C340" s="1">
-        <v>32.18</v>
+        <v>42.57</v>
       </c>
       <c r="D340" s="1">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="E340" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B341" s="1">
-        <v>102208</v>
+        <v>8354</v>
       </c>
       <c r="C341" s="1">
-        <v>7.13</v>
+        <v>6.92</v>
       </c>
       <c r="D341" s="1">
-        <v>89</v>
+        <v>5</v>
       </c>
       <c r="E341" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B342" s="1">
-        <v>102209</v>
+        <v>601426766</v>
       </c>
       <c r="C342" s="1">
-        <v>30.69</v>
+        <v>7.28</v>
       </c>
       <c r="D342" s="1">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="E342" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102210</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFAB</t>
+        </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>7.6</v>
       </c>
       <c r="D343" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E343" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B344" s="1">
-        <v>102782</v>
+        <v>601846434</v>
       </c>
       <c r="C344" s="1">
-        <v>6.69</v>
+        <v>8.42</v>
       </c>
       <c r="D344" s="1">
-        <v>173</v>
+        <v>24</v>
       </c>
       <c r="E344" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B345" s="1">
-        <v>102793</v>
+        <v>108214</v>
       </c>
       <c r="C345" s="1">
-        <v>8.97</v>
+        <v>30</v>
       </c>
       <c r="D345" s="1">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="E345" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102794</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15668E</t>
+        </is>
       </c>
       <c r="C346" s="1">
-        <v>42.08</v>
+        <v>33.12</v>
       </c>
       <c r="D346" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="E346" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B347" s="1">
-        <v>102870</v>
+        <v>550052677</v>
       </c>
       <c r="C347" s="1">
-        <v>27.92</v>
+        <v>5.55</v>
       </c>
       <c r="D347" s="1">
-        <v>330</v>
+        <v>31</v>
       </c>
       <c r="E347" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165554</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15B19D</t>
+        </is>
       </c>
       <c r="C348" s="1">
-        <v>5</v>
+        <v>31.04</v>
       </c>
       <c r="D348" s="1">
-        <v>531</v>
+        <v>127</v>
       </c>
       <c r="E348" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83290429576</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M9</t>
+        </is>
       </c>
       <c r="C349" s="1">
-        <v>8.91</v>
+        <v>960.3</v>
       </c>
       <c r="D349" s="1">
-        <v>241</v>
+        <v>3</v>
       </c>
       <c r="E349" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B350" s="1">
-        <v>93165557</v>
+        <v>601426964</v>
       </c>
       <c r="C350" s="1">
-        <v>22.92</v>
+        <v>6.84</v>
       </c>
       <c r="D350" s="1">
-        <v>171</v>
+        <v>26</v>
       </c>
       <c r="E350" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B351" s="1">
-        <v>93165213</v>
+        <v>602010537</v>
       </c>
       <c r="C351" s="1">
-        <v>3.62</v>
+        <v>14.3</v>
       </c>
       <c r="D351" s="1">
-        <v>331</v>
+        <v>12</v>
       </c>
       <c r="E351" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B352" s="1">
-        <v>93165216</v>
+        <v>228901</v>
       </c>
       <c r="C352" s="1">
-        <v>16.34</v>
+        <v>79.4</v>
       </c>
       <c r="D352" s="1">
-        <v>632</v>
+        <v>6</v>
       </c>
       <c r="E352" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">G052182A2</t>
+          <t xml:space="preserve">68518202AA</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>23.5</v>
+        <v>6.29</v>
       </c>
       <c r="D353" s="1">
-        <v>321</v>
+        <v>12</v>
       </c>
       <c r="E353" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90099942</t>
+          <t xml:space="preserve">68518204AA</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>26.82</v>
+        <v>6.22</v>
       </c>
       <c r="D354" s="1">
         <v>1</v>
       </c>
       <c r="E354" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">P999-G12</t>
+          <t xml:space="preserve">68518205AA</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>5.65</v>
+        <v>30.3</v>
       </c>
       <c r="D355" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="E355" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B356" s="1">
-        <v>108536</v>
+        <v>5160</v>
       </c>
       <c r="C356" s="1">
-        <v>42.08</v>
+        <v>14.95</v>
       </c>
       <c r="D356" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E356" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B357" s="1">
-        <v>109470</v>
+        <v>213920</v>
       </c>
       <c r="C357" s="1">
-        <v>7.18</v>
+        <v>28.71</v>
       </c>
       <c r="D357" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E357" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>5120</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6EB</t>
+        </is>
       </c>
       <c r="C358" s="1">
-        <v>6.59</v>
+        <v>40.2</v>
       </c>
       <c r="D358" s="1">
         <v>6</v>
       </c>
       <c r="E358" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>9952</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F176</t>
+        </is>
       </c>
       <c r="C359" s="1">
-        <v>47.33</v>
+        <v>5.55</v>
       </c>
       <c r="D359" s="1">
-        <v>4</v>
+        <v>126</v>
       </c>
       <c r="E359" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B360" s="1">
-        <v>8973</v>
+        <v>2506</v>
       </c>
       <c r="C360" s="1">
-        <v>54.45</v>
+        <v>5.88</v>
       </c>
       <c r="D360" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E360" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B361" s="1">
-        <v>5148</v>
+        <v>214138</v>
       </c>
       <c r="C361" s="1">
-        <v>5.52</v>
+        <v>128</v>
       </c>
       <c r="D361" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E361" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>8578</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F7CE</t>
+        </is>
       </c>
       <c r="C362" s="1">
-        <v>42.57</v>
+        <v>18.27</v>
       </c>
       <c r="D362" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="E362" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>8354</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83215B65FA2</t>
+        </is>
       </c>
       <c r="C363" s="1">
-        <v>6.92</v>
+        <v>43.56</v>
       </c>
       <c r="D363" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E363" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F64A</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>24.75</v>
+      </c>
+      <c r="D364" s="1">
+        <v>7</v>
+      </c>
+      <c r="E364" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F7CA</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>5.3</v>
+      </c>
+      <c r="D365" s="1">
+        <v>47</v>
+      </c>
+      <c r="E365" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B366" s="1">
+        <v>157222</v>
+      </c>
+      <c r="C366" s="1">
+        <v>30.5</v>
+      </c>
+      <c r="D366" s="1">
+        <v>16</v>
+      </c>
+      <c r="E366" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B367" s="1">
+        <v>153687</v>
+      </c>
+      <c r="C367" s="1">
+        <v>32.18</v>
+      </c>
+      <c r="D367" s="1">
+        <v>6</v>
+      </c>
+      <c r="E367" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B368" s="1">
+        <v>214146</v>
+      </c>
+      <c r="C368" s="1">
+        <v>157.7</v>
+      </c>
+      <c r="D368" s="1">
+        <v>2</v>
+      </c>
+      <c r="E368" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G060175A2</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>36</v>
+      </c>
+      <c r="D369" s="1">
+        <v>118</v>
+      </c>
+      <c r="E369" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
+        </is>
+      </c>
+      <c r="B370" s="1">
+        <v>48785</v>
+      </c>
+      <c r="C370" s="1">
+        <v>13.5</v>
+      </c>
+      <c r="D370" s="1">
+        <v>7</v>
+      </c>
+      <c r="E370" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B371" s="1">
+        <v>5110</v>
+      </c>
+      <c r="C371" s="1">
+        <v>6.19</v>
+      </c>
+      <c r="D371" s="1">
+        <v>6</v>
+      </c>
+      <c r="E371" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0002</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>5.42</v>
+      </c>
+      <c r="D372" s="1">
+        <v>1</v>
+      </c>
+      <c r="E372" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0164</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>86.72</v>
+      </c>
+      <c r="D373" s="1">
+        <v>1</v>
+      </c>
+      <c r="E373" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0217</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>7.77</v>
+      </c>
+      <c r="D374" s="1">
+        <v>1</v>
+      </c>
+      <c r="E374" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0199</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>7.12</v>
+      </c>
+      <c r="D375" s="1">
+        <v>1</v>
+      </c>
+      <c r="E375" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">YATO</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">YT-0712</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>16.93</v>
+      </c>
+      <c r="D376" s="1">
+        <v>1</v>
+      </c>
+      <c r="E376" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999-GRN</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>5.45</v>
+      </c>
+      <c r="D377" s="1">
+        <v>24</v>
+      </c>
+      <c r="E377" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>28.45</v>
+      </c>
+      <c r="D378" s="1">
+        <v>557</v>
+      </c>
+      <c r="E378" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B379" s="1">
+        <v>888013206</v>
+      </c>
+      <c r="C379" s="1">
+        <v>9.19</v>
+      </c>
+      <c r="D379" s="1">
+        <v>28</v>
+      </c>
+      <c r="E379" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B380" s="1">
+        <v>888013706</v>
+      </c>
+      <c r="C380" s="1">
+        <v>8.9</v>
+      </c>
+      <c r="D380" s="1">
+        <v>42</v>
+      </c>
+      <c r="E380" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B381" s="1">
+        <v>888013705</v>
+      </c>
+      <c r="C381" s="1">
+        <v>32</v>
+      </c>
+      <c r="D381" s="1">
+        <v>35</v>
+      </c>
+      <c r="E381" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B382" s="1">
+        <v>888013205</v>
+      </c>
+      <c r="C382" s="1">
+        <v>35.15</v>
+      </c>
+      <c r="D382" s="1">
+        <v>9</v>
+      </c>
+      <c r="E382" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B383" s="1">
+        <v>106352</v>
+      </c>
+      <c r="C383" s="1">
+        <v>40</v>
+      </c>
+      <c r="D383" s="1">
+        <v>4</v>
+      </c>
+      <c r="E383" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B384" s="1">
+        <v>201541</v>
+      </c>
+      <c r="C384" s="1">
+        <v>216</v>
+      </c>
+      <c r="D384" s="1">
+        <v>2</v>
+      </c>
+      <c r="E384" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>