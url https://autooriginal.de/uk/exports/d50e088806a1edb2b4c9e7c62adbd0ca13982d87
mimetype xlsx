--- v1 (2025-12-27)
+++ v2 (2026-03-16)
@@ -82,69 +82,69 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" />
     
     
     <Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
     
 </Relationships> 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
-    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
+    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="16.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="7.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">27.12.25 01:25</t>
+          <t xml:space="preserve">16.03.26 10:30</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EUR</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -169,7548 +169,6412 @@
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1502BA</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>33.45</v>
       </c>
       <c r="D3" s="1">
         <v>6</v>
       </c>
       <c r="E3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B4" s="1">
-        <v>989920213</v>
+        <v>989940213</v>
       </c>
       <c r="C4" s="1">
-        <v>40.5</v>
+        <v>39.01</v>
       </c>
       <c r="D4" s="1">
-        <v>145</v>
+        <v>718</v>
       </c>
       <c r="E4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053001DPF</t>
+          <t xml:space="preserve">0W2001TFE</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>7.78</v>
+        <v>8.22</v>
       </c>
       <c r="D5" s="1">
-        <v>22</v>
+        <v>111</v>
       </c>
       <c r="E5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">0W2005TFE</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>43.56</v>
+        <v>40.59</v>
       </c>
       <c r="D6" s="1">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">0W3001DPF</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>8.07</v>
       </c>
       <c r="D7" s="1">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">0W3005DPF</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>38.12</v>
+        <v>37.62</v>
       </c>
       <c r="D8" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="E8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80835</t>
+          <t xml:space="preserve">08880-80845</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>33.37</v>
+        <v>25.74</v>
       </c>
       <c r="D9" s="1">
-        <v>8</v>
+        <v>517</v>
       </c>
       <c r="E9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80836</t>
+          <t xml:space="preserve">08880-80846</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>7.38</v>
+        <v>5.94</v>
       </c>
       <c r="D10" s="1">
-        <v>21</v>
+        <v>572</v>
       </c>
       <c r="E10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80845</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>26.09</v>
-[...4 lines deleted...]
-        </is>
+        <v>83.16</v>
+      </c>
+      <c r="D11" s="1">
+        <v>3</v>
       </c>
       <c r="E11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80846</t>
+          <t xml:space="preserve">1505B2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>5.94</v>
+        <v>247.5</v>
       </c>
       <c r="D12" s="1">
-        <v>540</v>
+        <v>15</v>
       </c>
       <c r="E12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>7.06</v>
+        <v>5.55</v>
       </c>
       <c r="D13" s="1">
-        <v>375</v>
+        <v>611</v>
       </c>
       <c r="E13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83389</t>
+          <t xml:space="preserve">150B6A</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>31.19</v>
+        <v>6.19</v>
       </c>
       <c r="D14" s="1">
-        <v>450</v>
+        <v>38</v>
       </c>
       <c r="E14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">151CED</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>83.16</v>
+        <v>6.69</v>
       </c>
       <c r="D15" s="1">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B2</t>
+          <t xml:space="preserve">151CEE</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>247.5</v>
+        <v>6.14</v>
       </c>
       <c r="D16" s="1">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>5.65</v>
+        <v>21.4</v>
       </c>
       <c r="D17" s="1">
-        <v>501</v>
+        <v>188</v>
       </c>
       <c r="E17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">150B6A</t>
+          <t xml:space="preserve">1555F2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>6.34</v>
+        <v>24.66</v>
       </c>
       <c r="D18" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="E18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">151C11</t>
+          <t xml:space="preserve">1555F7</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>787.05</v>
+        <v>23.76</v>
       </c>
       <c r="D19" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>217.8</v>
+        <v>21.3</v>
       </c>
       <c r="D20" s="1">
-        <v>1</v>
+        <v>125</v>
       </c>
       <c r="E20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15569C</t>
+          <t xml:space="preserve">15F7EF</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>21.67</v>
+        <v>8.62</v>
       </c>
       <c r="D21" s="1">
-        <v>157</v>
+        <v>32</v>
       </c>
       <c r="E21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B22" s="1">
+        <v>9089</v>
       </c>
       <c r="C22" s="1">
-        <v>28.07</v>
+        <v>39.11</v>
       </c>
       <c r="D22" s="1">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="E22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B23" s="1">
-        <v>2195</v>
+        <v>9510</v>
       </c>
       <c r="C23" s="1">
-        <v>35.64</v>
+        <v>9.61</v>
       </c>
       <c r="D23" s="1">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="E23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B24" s="1">
-        <v>9047</v>
+        <v>9511</v>
       </c>
       <c r="C24" s="1">
-        <v>9.86</v>
+        <v>43.56</v>
       </c>
       <c r="D24" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B25" s="1">
-        <v>9089</v>
+        <v>9952</v>
       </c>
       <c r="C25" s="1">
-        <v>36.63</v>
+        <v>47.52</v>
       </c>
       <c r="D25" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B26" s="1">
-        <v>9510</v>
+        <v>3715</v>
       </c>
       <c r="C26" s="1">
-        <v>9.61</v>
+        <v>51.34</v>
       </c>
       <c r="D26" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B27" s="1">
-        <v>9511</v>
+        <v>8972</v>
       </c>
       <c r="C27" s="1">
-        <v>43.56</v>
+        <v>13.37</v>
       </c>
       <c r="D27" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B28" s="1">
-        <v>8972</v>
+        <v>8973</v>
       </c>
       <c r="C28" s="1">
-        <v>13.47</v>
+        <v>62.37</v>
       </c>
       <c r="D28" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>105774</v>
+        <v>105782</v>
       </c>
       <c r="C29" s="1">
-        <v>9.21</v>
+        <v>8.27</v>
       </c>
       <c r="D29" s="1">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="E29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B30" s="1">
-        <v>105782</v>
+        <v>105785</v>
       </c>
       <c r="C30" s="1">
-        <v>8.04</v>
+        <v>9.66</v>
       </c>
       <c r="D30" s="1">
-        <v>93</v>
+        <v>53</v>
       </c>
       <c r="E30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B31" s="1">
-        <v>105785</v>
+        <v>105880</v>
       </c>
       <c r="C31" s="1">
-        <v>10.2</v>
+        <v>6.9</v>
       </c>
       <c r="D31" s="1">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B32" s="1">
-        <v>105880</v>
+        <v>106044</v>
       </c>
       <c r="C32" s="1">
-        <v>6.59</v>
+        <v>9.2</v>
       </c>
       <c r="D32" s="1">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="E32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TEXTAR</t>
         </is>
       </c>
       <c r="B33" s="1">
-        <v>104092</v>
+        <v>96000200</v>
       </c>
       <c r="C33" s="1">
-        <v>37.62</v>
+        <v>2.43</v>
       </c>
       <c r="D33" s="1">
-        <v>6</v>
+        <v>32</v>
       </c>
       <c r="E33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102898</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-10</t>
+        </is>
       </c>
       <c r="C34" s="1">
-        <v>30.69</v>
+        <v>4.12</v>
       </c>
       <c r="D34" s="1">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="E34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102900</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-20</t>
+        </is>
       </c>
       <c r="C35" s="1">
-        <v>346.5</v>
+        <v>13.37</v>
       </c>
       <c r="D35" s="1">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="E35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR</t>
-[...3 lines deleted...]
-        <v>96000200</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090033</t>
+        </is>
       </c>
       <c r="C36" s="1">
-        <v>2.45</v>
+        <v>6.29</v>
       </c>
       <c r="D36" s="1">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">70-31414-10</t>
+          <t xml:space="preserve">KE90090043</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>4.12</v>
+        <v>27.72</v>
       </c>
       <c r="D37" s="1">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="E37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B38" s="1">
+        <v>989950211</v>
       </c>
       <c r="C38" s="1">
-        <v>13.9</v>
+        <v>8.45</v>
       </c>
       <c r="D38" s="1">
-        <v>14</v>
+        <v>638</v>
       </c>
       <c r="E38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B39" s="1">
+        <v>194906</v>
       </c>
       <c r="C39" s="1">
-        <v>5.1</v>
+        <v>5.85</v>
       </c>
       <c r="D39" s="1">
-        <v>5</v>
+        <v>473</v>
       </c>
       <c r="E39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B40" s="1">
+        <v>194908</v>
       </c>
       <c r="C40" s="1">
-        <v>6.29</v>
+        <v>25.7</v>
       </c>
       <c r="D40" s="1">
-        <v>349</v>
+        <v>176</v>
       </c>
       <c r="E40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B41" s="1">
-        <v>989950211</v>
+        <v>194849</v>
       </c>
       <c r="C41" s="1">
-        <v>8.22</v>
+        <v>5.8</v>
       </c>
       <c r="D41" s="1">
-        <v>610</v>
+        <v>2</v>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B42" s="1">
-        <v>194906</v>
+        <v>194877</v>
       </c>
       <c r="C42" s="1">
-        <v>5.9</v>
+        <v>26.5</v>
       </c>
       <c r="D42" s="1">
-        <v>708</v>
+        <v>124</v>
       </c>
       <c r="E42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B43" s="1">
-        <v>194908</v>
+        <v>150564</v>
       </c>
       <c r="C43" s="1">
-        <v>26.69</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.6</v>
+      </c>
+      <c r="D43" s="1">
+        <v>17</v>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B44" s="1">
-        <v>194849</v>
+        <v>150943</v>
       </c>
       <c r="C44" s="1">
-        <v>5.75</v>
+        <v>5.55</v>
       </c>
       <c r="D44" s="1">
-        <v>268</v>
+        <v>21</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150564</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090042</t>
+        </is>
       </c>
       <c r="C45" s="1">
-        <v>5.6</v>
+        <v>25.15</v>
       </c>
       <c r="D45" s="1">
-        <v>75</v>
+        <v>362</v>
       </c>
       <c r="E45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B46" s="1">
-        <v>150565</v>
+        <v>194875</v>
       </c>
       <c r="C46" s="1">
-        <v>25.5</v>
+        <v>5.05</v>
       </c>
       <c r="D46" s="1">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="E46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B47" s="1">
+        <v>194873</v>
       </c>
       <c r="C47" s="1">
-        <v>6.05</v>
+        <v>17.82</v>
       </c>
       <c r="D47" s="1">
-        <v>266</v>
+        <v>122</v>
       </c>
       <c r="E47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B48" s="1">
+        <v>194839</v>
       </c>
       <c r="C48" s="1">
-        <v>25.78</v>
+        <v>25.6</v>
       </c>
       <c r="D48" s="1">
-        <v>628</v>
+        <v>38</v>
       </c>
       <c r="E48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B49" s="1">
-        <v>194873</v>
+        <v>201553</v>
       </c>
       <c r="C49" s="1">
-        <v>18.22</v>
+        <v>20.78</v>
       </c>
       <c r="D49" s="1">
-        <v>229</v>
+        <v>2</v>
       </c>
       <c r="E49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B50" s="1">
-        <v>194872</v>
+        <v>181712</v>
       </c>
       <c r="C50" s="1">
-        <v>22</v>
+        <v>28.62</v>
       </c>
       <c r="D50" s="1">
-        <v>235</v>
+        <v>55</v>
       </c>
       <c r="E50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B51" s="1">
-        <v>194839</v>
+        <v>156812</v>
       </c>
       <c r="C51" s="1">
-        <v>25.6</v>
+        <v>22.13</v>
       </c>
       <c r="D51" s="1">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="E51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B52" s="1">
+        <v>156715</v>
       </c>
       <c r="C52" s="1">
-        <v>35.49</v>
+        <v>242.55</v>
       </c>
       <c r="D52" s="1">
         <v>1</v>
       </c>
       <c r="E52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B53" s="1">
-        <v>201553</v>
+        <v>166252</v>
       </c>
       <c r="C53" s="1">
-        <v>20.78</v>
+        <v>5.85</v>
       </c>
       <c r="D53" s="1">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="E53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181711</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C54" s="1">
-        <v>6.34</v>
+        <v>25.74</v>
       </c>
       <c r="D54" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="E54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181712</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568C</t>
+        </is>
       </c>
       <c r="C55" s="1">
-        <v>29.7</v>
+        <v>668.25</v>
       </c>
       <c r="D55" s="1">
-        <v>78</v>
+        <v>9</v>
       </c>
       <c r="E55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B56" s="1">
-        <v>166245</v>
+        <v>83212365935</v>
       </c>
       <c r="C56" s="1">
-        <v>5</v>
+        <v>10.89</v>
       </c>
       <c r="D56" s="1">
-        <v>290</v>
+        <v>223</v>
       </c>
       <c r="E56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B57" s="1">
-        <v>156812</v>
+        <v>214082</v>
       </c>
       <c r="C57" s="1">
-        <v>22.13</v>
+        <v>5.65</v>
       </c>
       <c r="D57" s="1">
-        <v>331</v>
+        <v>507</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156715</v>
+          <t xml:space="preserve">ZF</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">S671090311</t>
+        </is>
       </c>
       <c r="C58" s="1">
-        <v>242.55</v>
+        <v>268</v>
       </c>
       <c r="D58" s="1">
         <v>3</v>
       </c>
       <c r="E58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B59" s="1">
-        <v>166252</v>
+        <v>183103</v>
       </c>
       <c r="C59" s="1">
-        <v>5.85</v>
+        <v>7.28</v>
       </c>
       <c r="D59" s="1">
-        <v>772</v>
+        <v>41</v>
       </c>
       <c r="E59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1529F9</t>
+          <t xml:space="preserve">G060175A2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>26.4</v>
+        <v>33</v>
       </c>
       <c r="D60" s="1">
-        <v>288</v>
+        <v>62</v>
       </c>
       <c r="E60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15BCD2</t>
+          <t xml:space="preserve">08232P99C1LHE</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>70.79</v>
+        <v>10.75</v>
       </c>
       <c r="D61" s="1">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B62" s="1">
+        <v>520000120</v>
       </c>
       <c r="C62" s="1">
-        <v>682</v>
+        <v>6.04</v>
       </c>
       <c r="D62" s="1">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B63" s="1">
-        <v>106376</v>
+        <v>510000151</v>
       </c>
       <c r="C63" s="1">
-        <v>8.72</v>
+        <v>6.44</v>
       </c>
       <c r="D63" s="1">
-        <v>87</v>
+        <v>2</v>
       </c>
       <c r="E63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B64" s="1">
-        <v>201555</v>
+        <v>102784</v>
       </c>
       <c r="C64" s="1">
-        <v>4.86</v>
+        <v>6.54</v>
       </c>
       <c r="D64" s="1">
-        <v>82</v>
+        <v>420</v>
       </c>
       <c r="E64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183103</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15570E</t>
+        </is>
       </c>
       <c r="C65" s="1">
-        <v>7.39</v>
+        <v>25.75</v>
       </c>
       <c r="D65" s="1">
-        <v>204</v>
+        <v>10</v>
       </c>
       <c r="E65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>100093</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFB401</t>
+        </is>
       </c>
       <c r="C66" s="1">
-        <v>8.52</v>
+        <v>5.05</v>
       </c>
       <c r="D66" s="1">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="E66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">TRW</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99C1LHE</t>
+          <t xml:space="preserve">PFB450</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>10.75</v>
+        <v>2.72</v>
       </c>
       <c r="D67" s="1">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B68" s="1">
-        <v>520000120</v>
+        <v>48785</v>
       </c>
       <c r="C68" s="1">
-        <v>6.24</v>
+        <v>12.6</v>
       </c>
       <c r="D68" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000151</v>
+          <t xml:space="preserve">K2</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">W105</t>
+        </is>
       </c>
       <c r="C69" s="1">
-        <v>6.44</v>
+        <v>2.16</v>
       </c>
       <c r="D69" s="1">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B70" s="1">
-        <v>102784</v>
+        <v>989080413</v>
       </c>
       <c r="C70" s="1">
-        <v>6.39</v>
+        <v>42.08</v>
       </c>
       <c r="D70" s="1">
-        <v>233</v>
+        <v>4</v>
       </c>
       <c r="E70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">HEPU</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15570E</t>
+          <t xml:space="preserve">P999</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>27.5</v>
+        <v>5.45</v>
       </c>
       <c r="D71" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B72" s="1">
+        <v>989920211</v>
       </c>
       <c r="C72" s="1">
-        <v>5.38</v>
+        <v>8.72</v>
       </c>
       <c r="D72" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B73" s="1">
+        <v>989950213</v>
       </c>
       <c r="C73" s="1">
-        <v>2.72</v>
+        <v>38.61</v>
       </c>
       <c r="D73" s="1">
-        <v>17</v>
+        <v>373</v>
       </c>
       <c r="E73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B74" s="1">
+        <v>206484</v>
       </c>
       <c r="C74" s="1">
-        <v>2.33</v>
+        <v>7.58</v>
       </c>
       <c r="D74" s="1">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="E74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B75" s="1">
-        <v>989690511</v>
+        <v>183106</v>
       </c>
       <c r="C75" s="1">
-        <v>9.2</v>
+        <v>32.72</v>
       </c>
       <c r="D75" s="1">
-        <v>256</v>
+        <v>352</v>
       </c>
       <c r="E75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989080413</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F1DE</t>
+        </is>
       </c>
       <c r="C76" s="1">
-        <v>42.08</v>
+        <v>7.83</v>
       </c>
       <c r="D76" s="1">
-        <v>27</v>
+        <v>258</v>
       </c>
       <c r="E76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B77" s="1">
+        <v>5148</v>
       </c>
       <c r="C77" s="1">
-        <v>5.45</v>
+        <v>5.52</v>
       </c>
       <c r="D77" s="1">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="E77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B78" s="1">
-        <v>1989240309</v>
+        <v>194810</v>
       </c>
       <c r="C78" s="1">
-        <v>25.65</v>
+        <v>282.15</v>
       </c>
       <c r="D78" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B79" s="1">
-        <v>989920211</v>
+        <v>201541</v>
       </c>
       <c r="C79" s="1">
-        <v>8.55</v>
+        <v>216</v>
       </c>
       <c r="D79" s="1">
-        <v>222</v>
+        <v>1</v>
       </c>
       <c r="E79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B80" s="1">
-        <v>989950213</v>
+        <v>153678</v>
       </c>
       <c r="C80" s="1">
-        <v>40.59</v>
+        <v>37.62</v>
       </c>
       <c r="D80" s="1">
-        <v>282</v>
+        <v>5</v>
       </c>
       <c r="E80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B81" s="1">
-        <v>183106</v>
+        <v>83212465849</v>
       </c>
       <c r="C81" s="1">
-        <v>32.95</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>8.75</v>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B82" s="1">
-        <v>198712</v>
+        <v>153672</v>
       </c>
       <c r="C82" s="1">
-        <v>6.64</v>
+        <v>7.73</v>
       </c>
       <c r="D82" s="1">
-        <v>3</v>
+        <v>78</v>
       </c>
       <c r="E82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B83" s="1">
+        <v>151528</v>
       </c>
       <c r="C83" s="1">
-        <v>7.9</v>
+        <v>22.08</v>
       </c>
       <c r="D83" s="1">
-        <v>347</v>
+        <v>5</v>
       </c>
       <c r="E83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B84" s="1">
-        <v>194810</v>
+        <v>83212465843</v>
       </c>
       <c r="C84" s="1">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>8.96</v>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B85" s="1">
-        <v>151453</v>
+        <v>83212465851</v>
       </c>
       <c r="C85" s="1">
-        <v>22.77</v>
+        <v>1088.01</v>
       </c>
       <c r="D85" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B86" s="1">
-        <v>153678</v>
+        <v>989680511</v>
       </c>
       <c r="C86" s="1">
-        <v>38.81</v>
+        <v>8.91</v>
       </c>
       <c r="D86" s="1">
-        <v>14</v>
+        <v>159</v>
       </c>
       <c r="E86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>83212465849</v>
+        <v>83212463697</v>
       </c>
       <c r="C87" s="1">
-        <v>8.96</v>
+        <v>11.18</v>
       </c>
       <c r="D87" s="1">
-        <v>302</v>
+        <v>93</v>
       </c>
       <c r="E87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465854</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
       </c>
       <c r="C88" s="1">
-        <v>10.7</v>
+        <v>28.22</v>
       </c>
       <c r="D88" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
       <c r="E88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153672</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M2</t>
+        </is>
       </c>
       <c r="C89" s="1">
-        <v>7.73</v>
+        <v>7.92</v>
       </c>
       <c r="D89" s="1">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="E89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151528</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M4</t>
+        </is>
       </c>
       <c r="C90" s="1">
-        <v>22.08</v>
+        <v>33.91</v>
       </c>
       <c r="D90" s="1">
-        <v>7</v>
+        <v>494</v>
       </c>
       <c r="E90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465843</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M2</t>
+        </is>
       </c>
       <c r="C91" s="1">
-        <v>9.4</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>7.73</v>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B92" s="1">
-        <v>83212465851</v>
+        <v>213758</v>
       </c>
       <c r="C92" s="1">
-        <v>1105</v>
+        <v>7.88</v>
       </c>
       <c r="D92" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B93" s="1">
-        <v>601376436</v>
+        <v>213835</v>
       </c>
       <c r="C93" s="1">
-        <v>6.74</v>
+        <v>25.7</v>
       </c>
       <c r="D93" s="1">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="E93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B94" s="1">
-        <v>989680511</v>
+        <v>214113</v>
       </c>
       <c r="C94" s="1">
-        <v>9.46</v>
+        <v>14.36</v>
       </c>
       <c r="D94" s="1">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="E94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B95" s="1">
-        <v>83212463697</v>
+        <v>214145</v>
       </c>
       <c r="C95" s="1">
-        <v>11.29</v>
+        <v>8.42</v>
       </c>
       <c r="D95" s="1">
-        <v>83</v>
+        <v>135</v>
       </c>
       <c r="E95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B96" s="1">
+        <v>106377</v>
       </c>
       <c r="C96" s="1">
-        <v>6.84</v>
-[...2 lines deleted...]
-        <v>614</v>
+        <v>32.97</v>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M4</t>
+          <t xml:space="preserve">15F6B2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>29.45</v>
-[...4 lines deleted...]
-        </is>
+        <v>9.06</v>
+      </c>
+      <c r="D97" s="1">
+        <v>9</v>
       </c>
       <c r="E97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M4</t>
+          <t xml:space="preserve">15F6D0</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>34.36</v>
+        <v>9.61</v>
       </c>
       <c r="D98" s="1">
-        <v>722</v>
+        <v>53</v>
       </c>
       <c r="E98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M2</t>
+          <t xml:space="preserve">15F8CF</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>7.98</v>
+        <v>7.63</v>
       </c>
       <c r="D99" s="1">
-        <v>701</v>
+        <v>8</v>
       </c>
       <c r="E99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B100" s="1">
-        <v>213758</v>
+        <v>213861</v>
       </c>
       <c r="C100" s="1">
-        <v>7.88</v>
+        <v>5.3</v>
       </c>
       <c r="D100" s="1">
-        <v>122</v>
+        <v>192</v>
       </c>
       <c r="E100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B101" s="1">
-        <v>213683</v>
+        <v>108536</v>
       </c>
       <c r="C101" s="1">
-        <v>26.24</v>
+        <v>40.94</v>
       </c>
       <c r="D101" s="1">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213698</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS60577M2</t>
+        </is>
       </c>
       <c r="C102" s="1">
-        <v>27.97</v>
+        <v>8.32</v>
       </c>
       <c r="D102" s="1">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="E102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B103" s="1">
-        <v>213834</v>
+        <v>2989060311</v>
       </c>
       <c r="C103" s="1">
-        <v>27.45</v>
+        <v>18.81</v>
       </c>
       <c r="D103" s="1">
-        <v>27</v>
+        <v>401</v>
       </c>
       <c r="E103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B104" s="1">
-        <v>213835</v>
+        <v>109102</v>
       </c>
       <c r="C104" s="1">
-        <v>25.7</v>
+        <v>8.57</v>
       </c>
       <c r="D104" s="1">
-        <v>148</v>
+        <v>45</v>
       </c>
       <c r="E104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>214027</v>
+        <v>213888</v>
       </c>
       <c r="C105" s="1">
-        <v>6.87</v>
+        <v>5.75</v>
       </c>
       <c r="D105" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="E105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B106" s="1">
-        <v>214145</v>
+        <v>550030472</v>
       </c>
       <c r="C106" s="1">
-        <v>8.42</v>
+        <v>14.81</v>
       </c>
       <c r="D106" s="1">
-        <v>187</v>
+        <v>67</v>
       </c>
       <c r="E106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZF</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">S671090255</t>
+          <t xml:space="preserve">15DBC9</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>10.75</v>
+        <v>297</v>
       </c>
       <c r="D107" s="1">
-        <v>82</v>
+        <v>45</v>
       </c>
       <c r="E107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537EE</t>
+          <t xml:space="preserve">83515A6CDD7</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>7.43</v>
+        <v>10.65</v>
       </c>
       <c r="D108" s="1">
-        <v>156</v>
+        <v>194</v>
       </c>
       <c r="E108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15AF7A</t>
+          <t xml:space="preserve">15CF54</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>9.06</v>
+        <v>25.5</v>
       </c>
       <c r="D109" s="1">
-        <v>15</v>
+        <v>279</v>
       </c>
       <c r="E109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B13F</t>
+          <t xml:space="preserve">15DBD0</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>9.41</v>
+        <v>6.54</v>
       </c>
       <c r="D110" s="1">
-        <v>53</v>
+        <v>836</v>
       </c>
       <c r="E110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15C4ED</t>
+          <t xml:space="preserve">15DBCD</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>7.63</v>
+        <v>25.5</v>
       </c>
       <c r="D111" s="1">
-        <v>47</v>
+        <v>211</v>
       </c>
       <c r="E111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213861</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCF</t>
+        </is>
       </c>
       <c r="C112" s="1">
-        <v>5.3</v>
+        <v>33.66</v>
       </c>
       <c r="D112" s="1">
-        <v>351</v>
+        <v>180</v>
       </c>
       <c r="E112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS60577M2</t>
+          <t xml:space="preserve">15DBC5</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>8.67</v>
+        <v>99</v>
       </c>
       <c r="D113" s="1">
-        <v>190</v>
+        <v>39</v>
       </c>
       <c r="E113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B114" s="1">
+        <v>550046305</v>
       </c>
       <c r="C114" s="1">
-        <v>39.11</v>
+        <v>6.93</v>
       </c>
       <c r="D114" s="1">
-        <v>117</v>
+        <v>11</v>
       </c>
       <c r="E114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B115" s="1">
-        <v>2989060311</v>
+        <v>550046306</v>
       </c>
       <c r="C115" s="1">
-        <v>21.78</v>
+        <v>25.74</v>
       </c>
       <c r="D115" s="1">
-        <v>419</v>
+        <v>4</v>
       </c>
       <c r="E115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989210717</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537EC</t>
+        </is>
       </c>
       <c r="C116" s="1">
-        <v>1340</v>
+        <v>1188</v>
       </c>
       <c r="D116" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109102</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C117" s="1">
-        <v>8.82</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>32.67</v>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B118" s="1">
-        <v>213888</v>
+        <v>601426766</v>
       </c>
       <c r="C118" s="1">
-        <v>5.8</v>
+        <v>5.94</v>
       </c>
       <c r="D118" s="1">
-        <v>152</v>
+        <v>281</v>
       </c>
       <c r="E118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B119" s="1">
-        <v>154294</v>
+        <v>601425295</v>
       </c>
       <c r="C119" s="1">
-        <v>37.38</v>
+        <v>5.5</v>
       </c>
       <c r="D119" s="1">
-        <v>41</v>
+        <v>98</v>
       </c>
       <c r="E119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B120" s="1">
+        <v>223519</v>
       </c>
       <c r="C120" s="1">
-        <v>295.02</v>
+        <v>6.93</v>
       </c>
       <c r="D120" s="1">
-        <v>3</v>
+        <v>763</v>
       </c>
       <c r="E120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B121" s="1">
+        <v>214108</v>
       </c>
       <c r="C121" s="1">
-        <v>10.65</v>
+        <v>19.31</v>
       </c>
       <c r="D121" s="1">
-        <v>180</v>
+        <v>96</v>
       </c>
       <c r="E121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B122" s="1">
+        <v>213914</v>
       </c>
       <c r="C122" s="1">
-        <v>26.5</v>
+        <v>20.55</v>
       </c>
       <c r="D122" s="1">
-        <v>201</v>
+        <v>19</v>
       </c>
       <c r="E122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBD0</t>
+          <t xml:space="preserve">15DBC7</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>6.59</v>
-[...4 lines deleted...]
-        </is>
+        <v>995</v>
+      </c>
+      <c r="D123" s="1">
+        <v>4</v>
       </c>
       <c r="E123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B124" s="1">
-        <v>550042826</v>
+        <v>7711943685</v>
       </c>
       <c r="C124" s="1">
-        <v>24.01</v>
+        <v>7.6</v>
       </c>
       <c r="D124" s="1">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="E124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B125" s="1">
-        <v>550046305</v>
+        <v>601427060</v>
       </c>
       <c r="C125" s="1">
-        <v>7.05</v>
+        <v>7.2</v>
       </c>
       <c r="D125" s="1">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="E125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B126" s="1">
+        <v>550046280</v>
       </c>
       <c r="C126" s="1">
-        <v>1188</v>
+        <v>26.24</v>
       </c>
       <c r="D126" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="E126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B127" s="1">
+        <v>7711943687</v>
       </c>
       <c r="C127" s="1">
-        <v>1098.9</v>
+        <v>31.19</v>
       </c>
       <c r="D127" s="1">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M4</t>
+          <t xml:space="preserve">15D5FF</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>33.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>37.38</v>
+      </c>
+      <c r="D128" s="1">
+        <v>6</v>
       </c>
       <c r="E128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B129" s="1">
-        <v>223519</v>
+        <v>109471</v>
       </c>
       <c r="C129" s="1">
-        <v>7.13</v>
+        <v>30.69</v>
       </c>
       <c r="D129" s="1">
-        <v>20</v>
+        <v>246</v>
       </c>
       <c r="E129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B130" s="1">
+        <v>601846434</v>
       </c>
       <c r="C130" s="1">
-        <v>5.7</v>
+        <v>8.42</v>
       </c>
       <c r="D130" s="1">
-        <v>448</v>
+        <v>20</v>
       </c>
       <c r="E130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B131" s="1">
-        <v>214108</v>
+        <v>108212</v>
       </c>
       <c r="C131" s="1">
-        <v>19.61</v>
+        <v>6.64</v>
       </c>
       <c r="D131" s="1">
-        <v>5</v>
+        <v>101</v>
       </c>
       <c r="E131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B132" s="1">
-        <v>213914</v>
+        <v>601432859</v>
       </c>
       <c r="C132" s="1">
-        <v>20.79</v>
+        <v>26.24</v>
       </c>
       <c r="D132" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="E132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC7</t>
+          <t xml:space="preserve">WD40450ML</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>955.35</v>
+        <v>6.59</v>
       </c>
       <c r="D133" s="1">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="E133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B134" s="1">
-        <v>154280</v>
+        <v>989690513</v>
       </c>
       <c r="C134" s="1">
-        <v>8.12</v>
+        <v>44.36</v>
       </c>
       <c r="D134" s="1">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="E134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601427060</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M6</t>
+        </is>
       </c>
       <c r="C135" s="1">
-        <v>7.2</v>
+        <v>321.75</v>
       </c>
       <c r="D135" s="1">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="E135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFA6</t>
+          <t xml:space="preserve">15F60B</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>32.18</v>
+        <v>8.22</v>
       </c>
       <c r="D136" s="1">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="E136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B137" s="1">
-        <v>109471</v>
+        <v>194811</v>
       </c>
       <c r="C137" s="1">
-        <v>31.19</v>
+        <v>940.5</v>
       </c>
       <c r="D137" s="1">
-        <v>172</v>
+        <v>8</v>
       </c>
       <c r="E137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B138" s="1">
-        <v>601883194</v>
+        <v>109776</v>
       </c>
       <c r="C138" s="1">
-        <v>4.95</v>
+        <v>31.68</v>
       </c>
       <c r="D138" s="1">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="E138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B139" s="1">
-        <v>600930660</v>
+        <v>550046310</v>
       </c>
       <c r="C139" s="1">
-        <v>5.1</v>
+        <v>15.7</v>
       </c>
       <c r="D139" s="1">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="E139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B140" s="1">
-        <v>108212</v>
+        <v>216667</v>
       </c>
       <c r="C140" s="1">
-        <v>6.64</v>
+        <v>20.55</v>
       </c>
       <c r="D140" s="1">
-        <v>117</v>
+        <v>42</v>
       </c>
       <c r="E140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B141" s="1">
-        <v>601432859</v>
+        <v>214111</v>
       </c>
       <c r="C141" s="1">
-        <v>26.24</v>
+        <v>4.36</v>
       </c>
       <c r="D141" s="1">
-        <v>32</v>
+        <v>160</v>
       </c>
       <c r="E141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989690513</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F13C</t>
+        </is>
       </c>
       <c r="C142" s="1">
-        <v>44.36</v>
+        <v>5.35</v>
       </c>
       <c r="D142" s="1">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="E142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B143" s="1">
+        <v>888013206</v>
       </c>
       <c r="C143" s="1">
-        <v>8.22</v>
+        <v>8.91</v>
       </c>
       <c r="D143" s="1">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="E143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B144" s="1">
-        <v>194811</v>
+        <v>888013705</v>
       </c>
       <c r="C144" s="1">
-        <v>980.1</v>
+        <v>32</v>
       </c>
       <c r="D144" s="1">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="E144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109762</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F617</t>
+        </is>
       </c>
       <c r="C145" s="1">
-        <v>34.16</v>
+        <v>31.04</v>
       </c>
       <c r="D145" s="1">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="E145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B146" s="1">
-        <v>109776</v>
+        <v>550046307</v>
       </c>
       <c r="C146" s="1">
         <v>32.67</v>
       </c>
       <c r="D146" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="E146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109474</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">157EC0</t>
+        </is>
       </c>
       <c r="C147" s="1">
-        <v>1050</v>
+        <v>1153</v>
       </c>
       <c r="D147" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B148" s="1">
-        <v>550046310</v>
+        <v>2989060313</v>
       </c>
       <c r="C148" s="1">
-        <v>15.84</v>
+        <v>89.1</v>
       </c>
       <c r="D148" s="1">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="E148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B149" s="1">
-        <v>153685</v>
+        <v>223530</v>
       </c>
       <c r="C149" s="1">
-        <v>44.8</v>
+        <v>31.68</v>
       </c>
       <c r="D149" s="1">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="E149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B150" s="1">
-        <v>216667</v>
+        <v>8576</v>
       </c>
       <c r="C150" s="1">
-        <v>20.55</v>
+        <v>11.39</v>
       </c>
       <c r="D150" s="1">
-        <v>171</v>
+        <v>12</v>
       </c>
       <c r="E150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B151" s="1">
-        <v>153790</v>
+        <v>888013205</v>
       </c>
       <c r="C151" s="1">
-        <v>9.21</v>
+        <v>34.9</v>
       </c>
       <c r="D151" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B152" s="1">
-        <v>213685</v>
+        <v>2509</v>
       </c>
       <c r="C152" s="1">
-        <v>20.7</v>
+        <v>10.8</v>
       </c>
       <c r="D152" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B153" s="1">
-        <v>214111</v>
+        <v>5160</v>
       </c>
       <c r="C153" s="1">
-        <v>4.54</v>
+        <v>12.97</v>
       </c>
       <c r="D153" s="1">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="E153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B154" s="1">
+        <v>223502</v>
       </c>
       <c r="C154" s="1">
-        <v>5.35</v>
+        <v>339.57</v>
       </c>
       <c r="D154" s="1">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="E154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B155" s="1">
-        <v>182883</v>
+        <v>104091</v>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>9.16</v>
       </c>
       <c r="D155" s="1">
-        <v>4</v>
+        <v>213</v>
       </c>
       <c r="E155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B156" s="1">
-        <v>550046307</v>
+        <v>109774</v>
       </c>
       <c r="C156" s="1">
-        <v>33.17</v>
+        <v>7.49</v>
       </c>
       <c r="D156" s="1">
-        <v>11</v>
+        <v>262</v>
       </c>
       <c r="E156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B157" s="1">
+        <v>8536</v>
       </c>
       <c r="C157" s="1">
-        <v>1168.2</v>
+        <v>46.53</v>
       </c>
       <c r="D157" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B158" s="1">
-        <v>2989060313</v>
+        <v>108813</v>
       </c>
       <c r="C158" s="1">
-        <v>89.1</v>
+        <v>8.62</v>
       </c>
       <c r="D158" s="1">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="E158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B159" s="1">
+        <v>110554</v>
       </c>
       <c r="C159" s="1">
-        <v>7.23</v>
+        <v>40.59</v>
       </c>
       <c r="D159" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B160" s="1">
-        <v>602007278</v>
+        <v>5139</v>
       </c>
       <c r="C160" s="1">
-        <v>22.77</v>
+        <v>6.54</v>
       </c>
       <c r="D160" s="1">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="E160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B161" s="1">
-        <v>8576</v>
+        <v>520000620</v>
       </c>
       <c r="C161" s="1">
-        <v>10.8</v>
+        <v>34.26</v>
       </c>
       <c r="D161" s="1">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="E161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B162" s="1">
-        <v>2509</v>
+        <v>601432491</v>
       </c>
       <c r="C162" s="1">
-        <v>11.06</v>
+        <v>5.75</v>
       </c>
       <c r="D162" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>151521</v>
+        <v>601426940</v>
       </c>
       <c r="C163" s="1">
-        <v>5.45</v>
+        <v>6.49</v>
       </c>
       <c r="D163" s="1">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B164" s="1">
-        <v>151525</v>
+        <v>151519</v>
       </c>
       <c r="C164" s="1">
-        <v>26.67</v>
+        <v>7.1</v>
       </c>
       <c r="D164" s="1">
-        <v>1</v>
+        <v>53</v>
       </c>
       <c r="E164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B165" s="1">
-        <v>104091</v>
+        <v>7711943689</v>
       </c>
       <c r="C165" s="1">
-        <v>9.25</v>
+        <v>6.39</v>
       </c>
       <c r="D165" s="1">
-        <v>181</v>
+        <v>4</v>
       </c>
       <c r="E165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B166" s="1">
-        <v>109171</v>
+        <v>450000115</v>
       </c>
       <c r="C166" s="1">
-        <v>26.73</v>
+        <v>8.44</v>
       </c>
       <c r="D166" s="1">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="E166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B167" s="1">
-        <v>110724</v>
+        <v>450000100</v>
       </c>
       <c r="C167" s="1">
-        <v>9.06</v>
+        <v>6.77</v>
       </c>
       <c r="D167" s="1">
-        <v>168</v>
+        <v>9</v>
       </c>
       <c r="E167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B168" s="1">
-        <v>110554</v>
+        <v>450000400</v>
       </c>
       <c r="C168" s="1">
-        <v>40.59</v>
+        <v>26.37</v>
       </c>
       <c r="D168" s="1">
-        <v>110</v>
+        <v>2</v>
       </c>
       <c r="E168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602045348</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C169" s="1">
-        <v>5.15</v>
+        <v>20.5</v>
       </c>
       <c r="D169" s="1">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="E169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B170" s="1">
-        <v>5139</v>
+        <v>93165559</v>
       </c>
       <c r="C170" s="1">
-        <v>6.44</v>
+        <v>277.2</v>
       </c>
       <c r="D170" s="1">
         <v>3</v>
       </c>
       <c r="E170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B171" s="1">
-        <v>601432491</v>
+        <v>93165555</v>
       </c>
       <c r="C171" s="1">
-        <v>5.75</v>
+        <v>9.81</v>
       </c>
       <c r="D171" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B172" s="1">
-        <v>601432507</v>
+        <v>90513468</v>
       </c>
       <c r="C172" s="1">
-        <v>26.24</v>
+        <v>197.01</v>
       </c>
       <c r="D172" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B173" s="1">
-        <v>601432828</v>
+        <v>93165214</v>
       </c>
       <c r="C173" s="1">
-        <v>5.45</v>
+        <v>7.03</v>
       </c>
       <c r="D173" s="1">
-        <v>23</v>
+        <v>81</v>
       </c>
       <c r="E173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B174" s="1">
-        <v>600519186</v>
+        <v>93165215</v>
       </c>
       <c r="C174" s="1">
-        <v>615</v>
+        <v>14.26</v>
       </c>
       <c r="D174" s="1">
-        <v>1</v>
+        <v>80</v>
       </c>
       <c r="E174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B175" s="1">
-        <v>601426940</v>
+        <v>550052791</v>
       </c>
       <c r="C175" s="1">
-        <v>6.49</v>
+        <v>6.59</v>
       </c>
       <c r="D175" s="1">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="E175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B176" s="1">
-        <v>151519</v>
+        <v>550052835</v>
       </c>
       <c r="C176" s="1">
-        <v>7.1</v>
+        <v>24.66</v>
       </c>
       <c r="D176" s="1">
-        <v>101</v>
+        <v>21</v>
       </c>
       <c r="E176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B177" s="1">
+        <v>602003553</v>
       </c>
       <c r="C177" s="1">
-        <v>6.39</v>
+        <v>22.18</v>
       </c>
       <c r="D177" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ZF</t>
+        </is>
+      </c>
+      <c r="B178" s="1">
+        <v>550043841</v>
       </c>
       <c r="C178" s="1">
-        <v>30.3</v>
+        <v>16.04</v>
       </c>
       <c r="D178" s="1">
         <v>3</v>
       </c>
       <c r="E178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>450000115</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F075</t>
+        </is>
       </c>
       <c r="C179" s="1">
-        <v>8.52</v>
+        <v>16.42</v>
       </c>
       <c r="D179" s="1">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B180" s="1">
+        <v>550046383</v>
       </c>
       <c r="C180" s="1">
-        <v>630</v>
+        <v>6.05</v>
       </c>
       <c r="D180" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="E180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F078</t>
+          <t xml:space="preserve">15F076</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>21.09</v>
+        <v>4.4</v>
       </c>
       <c r="D181" s="1">
-        <v>1</v>
+        <v>129</v>
       </c>
       <c r="E181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B182" s="1">
-        <v>93165559</v>
+        <v>601426964</v>
       </c>
       <c r="C182" s="1">
-        <v>277.2</v>
+        <v>6.74</v>
       </c>
       <c r="D182" s="1">
-        <v>9</v>
+        <v>90</v>
       </c>
       <c r="E182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B183" s="1">
-        <v>93165555</v>
+        <v>550070413</v>
       </c>
       <c r="C183" s="1">
-        <v>9.81</v>
+        <v>18.32</v>
       </c>
       <c r="D183" s="1">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="E183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B184" s="1">
-        <v>93165556</v>
+        <v>157411</v>
       </c>
       <c r="C184" s="1">
-        <v>19.71</v>
+        <v>12.25</v>
       </c>
       <c r="D184" s="1">
-        <v>120</v>
+        <v>49</v>
       </c>
       <c r="E184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B185" s="1">
-        <v>90513468</v>
+        <v>510000141</v>
       </c>
       <c r="C185" s="1">
-        <v>198</v>
+        <v>7.43</v>
       </c>
       <c r="D185" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B186" s="1">
-        <v>93165214</v>
+        <v>510000441</v>
       </c>
       <c r="C186" s="1">
-        <v>7.08</v>
+        <v>30.3</v>
       </c>
       <c r="D186" s="1">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="E186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B187" s="1">
-        <v>93165215</v>
+        <v>510000410</v>
       </c>
       <c r="C187" s="1">
-        <v>14.26</v>
+        <v>18.95</v>
       </c>
       <c r="D187" s="1">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="E187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B188" s="1">
-        <v>550052791</v>
+        <v>510000110</v>
       </c>
       <c r="C188" s="1">
-        <v>6.72</v>
+        <v>5.03</v>
       </c>
       <c r="D188" s="1">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B189" s="1">
-        <v>550052835</v>
+        <v>520000111</v>
       </c>
       <c r="C189" s="1">
-        <v>25.45</v>
+        <v>5.3</v>
       </c>
       <c r="D189" s="1">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="E189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B190" s="1">
-        <v>602003218</v>
+        <v>109762</v>
       </c>
       <c r="C190" s="1">
-        <v>19.31</v>
+        <v>34.16</v>
       </c>
       <c r="D190" s="1">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="E190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B191" s="1">
+        <v>520000411</v>
       </c>
       <c r="C191" s="1">
-        <v>16.42</v>
+        <v>20.3</v>
       </c>
       <c r="D191" s="1">
-        <v>102</v>
+        <v>9</v>
       </c>
       <c r="E191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B192" s="1">
-        <v>550046383</v>
+        <v>510000451</v>
       </c>
       <c r="C192" s="1">
-        <v>6.22</v>
+        <v>23.86</v>
       </c>
       <c r="D192" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="E192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">WD40250ML</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>4.68</v>
+        <v>3.89</v>
       </c>
       <c r="D193" s="1">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="E193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B194" s="1">
-        <v>601426384</v>
+        <v>36311</v>
       </c>
       <c r="C194" s="1">
-        <v>25</v>
+        <v>8.36</v>
       </c>
       <c r="D194" s="1">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B195" s="1">
-        <v>550070413</v>
+        <v>36301</v>
       </c>
       <c r="C195" s="1">
-        <v>18.67</v>
+        <v>9.48</v>
       </c>
       <c r="D195" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="E195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B196" s="1">
+        <v>36241</v>
       </c>
       <c r="C196" s="1">
-        <v>1800</v>
+        <v>6.54</v>
       </c>
       <c r="D196" s="1">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="E196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B197" s="1">
+        <v>550046268</v>
       </c>
       <c r="C197" s="1">
-        <v>67.32</v>
+        <v>24.26</v>
       </c>
       <c r="D197" s="1">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="E197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>157411</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DC45</t>
+        </is>
       </c>
       <c r="C198" s="1">
-        <v>12.63</v>
+        <v>1525</v>
       </c>
       <c r="D198" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B199" s="1">
-        <v>510000141</v>
+        <v>550070412</v>
       </c>
       <c r="C199" s="1">
-        <v>7.73</v>
+        <v>4.26</v>
       </c>
       <c r="D199" s="1">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="E199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000410</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F76C</t>
+        </is>
       </c>
       <c r="C200" s="1">
-        <v>18.72</v>
+        <v>9.81</v>
       </c>
       <c r="D200" s="1">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="E200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B201" s="1">
-        <v>510000110</v>
+        <v>602010537</v>
       </c>
       <c r="C201" s="1">
-        <v>5.25</v>
+        <v>13.85</v>
       </c>
       <c r="D201" s="1">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="E201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B202" s="1">
-        <v>520000111</v>
+        <v>602008176</v>
       </c>
       <c r="C202" s="1">
-        <v>5.35</v>
+        <v>27.68</v>
       </c>
       <c r="D202" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="E202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B203" s="1">
-        <v>109762</v>
+        <v>112890</v>
       </c>
       <c r="C203" s="1">
-        <v>34.16</v>
+        <v>5.4</v>
       </c>
       <c r="D203" s="1">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="E203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B204" s="1">
-        <v>520000411</v>
+        <v>109471</v>
       </c>
       <c r="C204" s="1">
-        <v>20.3</v>
+        <v>29.4</v>
       </c>
       <c r="D204" s="1">
-        <v>16</v>
+        <v>248</v>
       </c>
       <c r="E204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000451</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F7CE</t>
+        </is>
       </c>
       <c r="C205" s="1">
-        <v>23.86</v>
+        <v>18.81</v>
       </c>
       <c r="D205" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B206" s="1">
-        <v>109761</v>
+        <v>228901</v>
       </c>
       <c r="C206" s="1">
-        <v>7.28</v>
+        <v>79.4</v>
       </c>
       <c r="D206" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36311</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518202AA</t>
+        </is>
       </c>
       <c r="C207" s="1">
-        <v>8.36</v>
+        <v>6.29</v>
       </c>
       <c r="D207" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36301</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218057AC</t>
+        </is>
       </c>
       <c r="C208" s="1">
-        <v>9.66</v>
+        <v>7.13</v>
       </c>
       <c r="D208" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B209" s="1">
-        <v>36241</v>
+        <v>602007780</v>
       </c>
       <c r="C209" s="1">
-        <v>6.54</v>
+        <v>6.42</v>
       </c>
       <c r="D209" s="1">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="E209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046268</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090134</t>
+        </is>
       </c>
       <c r="C210" s="1">
-        <v>24.26</v>
+        <v>7.83</v>
       </c>
       <c r="D210" s="1">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B211" s="1">
-        <v>602007292</v>
+        <v>214120</v>
       </c>
       <c r="C211" s="1">
-        <v>4.94</v>
+        <v>16.24</v>
       </c>
       <c r="D211" s="1">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="E211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B212" s="1">
+        <v>213905</v>
       </c>
       <c r="C212" s="1">
-        <v>1525</v>
+        <v>6.19</v>
       </c>
       <c r="D212" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E212" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B213" s="1">
+        <v>214112</v>
       </c>
       <c r="C213" s="1">
-        <v>6.14</v>
+        <v>4.2</v>
       </c>
       <c r="D213" s="1">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="E213" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B214" s="1">
-        <v>550070412</v>
+        <v>214114</v>
       </c>
       <c r="C214" s="1">
-        <v>4.26</v>
+        <v>18.37</v>
       </c>
       <c r="D214" s="1">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="E214" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214110</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6AB</t>
+        </is>
       </c>
       <c r="C215" s="1">
-        <v>4.24</v>
+        <v>9.56</v>
       </c>
       <c r="D215" s="1">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="E215" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">15F6E6</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>4.36</v>
+        <v>9.13</v>
       </c>
       <c r="D216" s="1">
-        <v>134</v>
+        <v>22</v>
       </c>
       <c r="E216" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15F176</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>20.3</v>
+        <v>5.5</v>
       </c>
       <c r="D217" s="1">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="E217" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F76C</t>
+          <t xml:space="preserve">KE90090144</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.9</v>
+        <v>36.83</v>
       </c>
       <c r="D218" s="1">
-        <v>263</v>
+        <v>15</v>
       </c>
       <c r="E218" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B219" s="1">
-        <v>602008176</v>
+        <v>2506</v>
       </c>
       <c r="C219" s="1">
-        <v>27.68</v>
+        <v>5.88</v>
       </c>
       <c r="D219" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E219" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>112890</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83215B65FA2</t>
+        </is>
       </c>
       <c r="C220" s="1">
-        <v>5.4</v>
+        <v>42.33</v>
       </c>
       <c r="D220" s="1">
-        <v>337</v>
+        <v>152</v>
       </c>
       <c r="E220" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B221" s="1">
-        <v>112892</v>
+        <v>5110</v>
       </c>
       <c r="C221" s="1">
-        <v>21.74</v>
+        <v>6.19</v>
       </c>
       <c r="D221" s="1">
-        <v>328</v>
+        <v>3</v>
       </c>
       <c r="E221" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">K2</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F647</t>
+          <t xml:space="preserve">W104</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>6.29</v>
+        <v>1.96</v>
       </c>
       <c r="D222" s="1">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="E222" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOPAR</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">68518203AA</t>
+          <t xml:space="preserve">WD40150ML</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>30.94</v>
+        <v>2.95</v>
       </c>
       <c r="D223" s="1">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="E223" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOPAR</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">68218057AC</t>
+          <t xml:space="preserve">16051C</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>7.23</v>
+        <v>939</v>
       </c>
       <c r="D224" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E224" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007780</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0167</t>
+        </is>
       </c>
       <c r="C225" s="1">
-        <v>6.42</v>
+        <v>61.54</v>
       </c>
       <c r="D225" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E225" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090134</t>
+          <t xml:space="preserve">MAP0168</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>7.83</v>
+        <v>194</v>
       </c>
       <c r="D226" s="1">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="E226" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B227" s="1">
-        <v>214120</v>
+        <v>157222</v>
       </c>
       <c r="C227" s="1">
-        <v>16.24</v>
+        <v>30.5</v>
       </c>
       <c r="D227" s="1">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E227" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194785</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7111R</t>
+        </is>
       </c>
       <c r="C228" s="1">
-        <v>225</v>
+        <v>4.27</v>
       </c>
       <c r="D228" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="E228" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B229" s="1">
-        <v>213905</v>
+        <v>36243</v>
       </c>
       <c r="C229" s="1">
-        <v>6.19</v>
+        <v>25.99</v>
       </c>
       <c r="D229" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E229" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B230" s="1">
-        <v>214114</v>
+        <v>36313</v>
       </c>
       <c r="C230" s="1">
-        <v>18.67</v>
+        <v>34.05</v>
       </c>
       <c r="D230" s="1">
-        <v>82</v>
+        <v>3</v>
       </c>
       <c r="E230" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B231" s="1">
+        <v>36161</v>
       </c>
       <c r="C231" s="1">
-        <v>9.56</v>
+        <v>7.43</v>
       </c>
       <c r="D231" s="1">
-        <v>214</v>
+        <v>6</v>
       </c>
       <c r="E231" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B232" s="1">
+        <v>36163</v>
       </c>
       <c r="C232" s="1">
-        <v>9.13</v>
+        <v>31</v>
       </c>
       <c r="D232" s="1">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="E232" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B233" s="1">
+        <v>36303</v>
       </c>
       <c r="C233" s="1">
-        <v>7.33</v>
+        <v>41.24</v>
       </c>
       <c r="D233" s="1">
-        <v>84</v>
+        <v>1</v>
       </c>
       <c r="E233" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B234" s="1">
+        <v>35911</v>
       </c>
       <c r="C234" s="1">
-        <v>8.52</v>
+        <v>5.71</v>
       </c>
       <c r="D234" s="1">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="E234" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B235" s="1">
+        <v>35791</v>
       </c>
       <c r="C235" s="1">
-        <v>2.95</v>
+        <v>6.1</v>
       </c>
       <c r="D235" s="1">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="E235" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B236" s="1">
+        <v>34101</v>
       </c>
       <c r="C236" s="1">
-        <v>25.25</v>
+        <v>7.38</v>
       </c>
       <c r="D236" s="1">
-        <v>718</v>
+        <v>12</v>
       </c>
       <c r="E236" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B237" s="1">
+        <v>34103</v>
       </c>
       <c r="C237" s="1">
-        <v>28.52</v>
+        <v>31.34</v>
       </c>
       <c r="D237" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E237" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B238" s="1">
+        <v>35941</v>
       </c>
       <c r="C238" s="1">
-        <v>23.53</v>
+        <v>10.02</v>
       </c>
       <c r="D238" s="1">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="E238" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B239" s="1">
-        <v>157302</v>
+        <v>36871</v>
       </c>
       <c r="C239" s="1">
-        <v>20.79</v>
+        <v>10.64</v>
       </c>
       <c r="D239" s="1">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="E239" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7111R</t>
+          <t xml:space="preserve">2007B</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>4.48</v>
+        <v>18.86</v>
       </c>
       <c r="D240" s="1">
         <v>1</v>
       </c>
       <c r="E240" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
-      <c r="B241" s="1">
-        <v>36243</v>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4451E</t>
+        </is>
       </c>
       <c r="C241" s="1">
-        <v>25.99</v>
+        <v>3.4</v>
       </c>
       <c r="D241" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E241" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B242" s="1">
-        <v>36313</v>
+        <v>700001746</v>
       </c>
       <c r="C242" s="1">
-        <v>35.46</v>
+        <v>15.35</v>
       </c>
       <c r="D242" s="1">
         <v>4</v>
       </c>
       <c r="E242" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B243" s="1">
-        <v>36161</v>
+        <v>700001641</v>
       </c>
       <c r="C243" s="1">
-        <v>7.43</v>
+        <v>4.01</v>
       </c>
       <c r="D243" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E243" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B244" s="1">
-        <v>36163</v>
+        <v>100000243</v>
       </c>
       <c r="C244" s="1">
-        <v>31</v>
+        <v>3.21</v>
       </c>
       <c r="D244" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E244" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B245" s="1">
-        <v>36303</v>
+        <v>100000247</v>
       </c>
       <c r="C245" s="1">
-        <v>43.45</v>
+        <v>3.5</v>
       </c>
       <c r="D245" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E245" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B246" s="1">
-        <v>35911</v>
+        <v>100001271</v>
       </c>
       <c r="C246" s="1">
-        <v>5.71</v>
+        <v>2.92</v>
       </c>
       <c r="D246" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E246" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>35791</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C247" s="1">
-        <v>6.1</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>31.65</v>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E247" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>34101</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0002</t>
+        </is>
       </c>
       <c r="C248" s="1">
-        <v>7.68</v>
+        <v>5.42</v>
       </c>
       <c r="D248" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E248" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>34103</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0029</t>
+        </is>
       </c>
       <c r="C249" s="1">
-        <v>32.43</v>
+        <v>6.31</v>
       </c>
       <c r="D249" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E249" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>35941</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0023</t>
+        </is>
       </c>
       <c r="C250" s="1">
-        <v>10.02</v>
+        <v>6.14</v>
       </c>
       <c r="D250" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E250" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36871</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0164</t>
+        </is>
       </c>
       <c r="C251" s="1">
-        <v>10.64</v>
+        <v>86.72</v>
       </c>
       <c r="D251" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E251" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2007B</t>
+          <t xml:space="preserve">MAP0026</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>18.86</v>
+        <v>5.4</v>
       </c>
       <c r="D252" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E252" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3216B</t>
+          <t xml:space="preserve">MAP0217</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>12.47</v>
+        <v>7.77</v>
       </c>
       <c r="D253" s="1">
         <v>1</v>
       </c>
       <c r="E253" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4451E</t>
+          <t xml:space="preserve">MAP0199</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>3.4</v>
+        <v>7.12</v>
       </c>
       <c r="D254" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E254" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>157410</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08232P99C4LPRO</t>
+        </is>
       </c>
       <c r="C255" s="1">
-        <v>3.87</v>
+        <v>38.32</v>
       </c>
       <c r="D255" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="E255" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B256" s="1">
-        <v>700001644</v>
+        <v>989920211</v>
       </c>
       <c r="C256" s="1">
-        <v>7.23</v>
+        <v>8.72</v>
       </c>
       <c r="D256" s="1">
-        <v>2</v>
+        <v>885</v>
       </c>
       <c r="E256" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001753</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80845-BB</t>
+        </is>
       </c>
       <c r="C257" s="1">
-        <v>26.07</v>
+        <v>24.11</v>
       </c>
       <c r="D257" s="1">
-        <v>3</v>
+        <v>451</v>
       </c>
       <c r="E257" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001607</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30A5B501K</t>
+        </is>
       </c>
       <c r="C258" s="1">
-        <v>7.43</v>
+        <v>8.42</v>
       </c>
       <c r="D258" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E258" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001581</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30A5B505K</t>
+        </is>
       </c>
       <c r="C259" s="1">
-        <v>28.31</v>
+        <v>34.36</v>
       </c>
       <c r="D259" s="1">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="E259" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001642</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30C301K</t>
+        </is>
       </c>
       <c r="C260" s="1">
-        <v>4.99</v>
+        <v>8.42</v>
       </c>
       <c r="D260" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E260" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001580</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30C305K</t>
+        </is>
       </c>
       <c r="C261" s="1">
-        <v>21.55</v>
+        <v>33.9</v>
       </c>
       <c r="D261" s="1">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="E261" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B262" s="1">
-        <v>700001746</v>
+        <v>157060</v>
       </c>
       <c r="C262" s="1">
-        <v>15.35</v>
+        <v>70.5</v>
       </c>
       <c r="D262" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E262" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001641</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80845</t>
+        </is>
       </c>
       <c r="C263" s="1">
-        <v>4.21</v>
+        <v>25.3</v>
       </c>
       <c r="D263" s="1">
-        <v>1</v>
+        <v>966</v>
       </c>
       <c r="E263" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B264" s="1">
-        <v>700001576</v>
+        <v>46161</v>
       </c>
       <c r="C264" s="1">
-        <v>63.58</v>
+        <v>7.4</v>
       </c>
       <c r="D264" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="E264" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B265" s="1">
-        <v>700001583</v>
+        <v>989920213</v>
       </c>
       <c r="C265" s="1">
-        <v>80.49</v>
+        <v>37</v>
       </c>
       <c r="D265" s="1">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="E265" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001781</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G052910M4</t>
+        </is>
       </c>
       <c r="C266" s="1">
-        <v>68.31</v>
+        <v>25</v>
       </c>
       <c r="D266" s="1">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="E266" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B267" s="1">
-        <v>100001516</v>
+        <v>102210</v>
       </c>
       <c r="C267" s="1">
-        <v>2.85</v>
+        <v>350</v>
       </c>
       <c r="D267" s="1">
         <v>2</v>
       </c>
       <c r="E267" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B268" s="1">
-        <v>700001683</v>
+        <v>102261</v>
       </c>
       <c r="C268" s="1">
-        <v>5.14</v>
+        <v>405</v>
       </c>
       <c r="D268" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E268" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B269" s="1">
-        <v>700001487</v>
+        <v>102262</v>
       </c>
       <c r="C269" s="1">
-        <v>36.11</v>
+        <v>1240</v>
       </c>
       <c r="D269" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E269" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B270" s="1">
-        <v>100000840</v>
+        <v>102786</v>
       </c>
       <c r="C270" s="1">
-        <v>44.63</v>
+        <v>7.43</v>
       </c>
       <c r="D270" s="1">
-        <v>1</v>
+        <v>82</v>
       </c>
       <c r="E270" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B271" s="1">
-        <v>100001367</v>
+        <v>102793</v>
       </c>
       <c r="C271" s="1">
-        <v>50.65</v>
+        <v>8.97</v>
       </c>
       <c r="D271" s="1">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="E271" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B272" s="1">
-        <v>100000243</v>
+        <v>83290429576</v>
       </c>
       <c r="C272" s="1">
-        <v>3.33</v>
+        <v>8.62</v>
       </c>
       <c r="D272" s="1">
-        <v>3</v>
+        <v>161</v>
       </c>
       <c r="E272" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B273" s="1">
-        <v>100000247</v>
+        <v>93165557</v>
       </c>
       <c r="C273" s="1">
-        <v>3.66</v>
+        <v>22.77</v>
       </c>
       <c r="D273" s="1">
-        <v>6</v>
+        <v>952</v>
       </c>
       <c r="E273" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B274" s="1">
-        <v>100000282</v>
+        <v>93165213</v>
       </c>
       <c r="C274" s="1">
-        <v>4.66</v>
+        <v>3.55</v>
       </c>
       <c r="D274" s="1">
-        <v>3</v>
+        <v>885</v>
       </c>
       <c r="E274" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B275" s="1">
-        <v>100001271</v>
+        <v>93165216</v>
       </c>
       <c r="C275" s="1">
-        <v>2.92</v>
+        <v>16.29</v>
       </c>
       <c r="D275" s="1">
-        <v>4</v>
+        <v>434</v>
       </c>
       <c r="E275" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001270</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G052182A2</t>
+        </is>
       </c>
       <c r="C276" s="1">
-        <v>20.43</v>
+        <v>22.53</v>
       </c>
       <c r="D276" s="1">
-        <v>1</v>
+        <v>511</v>
       </c>
       <c r="E276" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000809</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90099942</t>
+        </is>
       </c>
       <c r="C277" s="1">
-        <v>36.97</v>
+        <v>26.82</v>
       </c>
       <c r="D277" s="1">
         <v>1</v>
       </c>
       <c r="E277" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000589</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C278" s="1">
-        <v>72.9</v>
+        <v>70.79</v>
       </c>
       <c r="D278" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E278" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B279" s="1">
-        <v>100001407</v>
+        <v>83212465854</v>
       </c>
       <c r="C279" s="1">
-        <v>2.44</v>
+        <v>10.5</v>
       </c>
       <c r="D279" s="1">
-        <v>2</v>
+        <v>76</v>
       </c>
       <c r="E279" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B280" s="1">
-        <v>100001408</v>
+        <v>213698</v>
       </c>
       <c r="C280" s="1">
-        <v>9.41</v>
+        <v>28.07</v>
       </c>
       <c r="D280" s="1">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="E280" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001803</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F721</t>
+        </is>
       </c>
       <c r="C281" s="1">
-        <v>13.71</v>
+        <v>9.71</v>
       </c>
       <c r="D281" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E281" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B282" s="1">
-        <v>700000807</v>
+        <v>601883194</v>
       </c>
       <c r="C282" s="1">
-        <v>13.7</v>
+        <v>4.95</v>
       </c>
       <c r="D282" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="E282" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000235</v>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">043005L1A0</t>
+        </is>
       </c>
       <c r="C283" s="1">
-        <v>3.37</v>
+        <v>5.53</v>
       </c>
       <c r="D283" s="1">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="E283" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B284" s="1">
-        <v>100000607</v>
+        <v>106377</v>
       </c>
       <c r="C284" s="1">
-        <v>4.42</v>
+        <v>32</v>
       </c>
       <c r="D284" s="1">
-        <v>4</v>
+        <v>402</v>
       </c>
       <c r="E284" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000101</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0155</t>
+        </is>
       </c>
       <c r="C285" s="1">
-        <v>4.08</v>
+        <v>91.93</v>
       </c>
       <c r="D285" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E285" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B286" s="1">
-        <v>100000461</v>
+        <v>100000607</v>
       </c>
       <c r="C286" s="1">
-        <v>5.7</v>
+        <v>4.26</v>
       </c>
       <c r="D286" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E286" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001065</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0021</t>
+        </is>
       </c>
       <c r="C287" s="1">
-        <v>75.61</v>
+        <v>4.12</v>
       </c>
       <c r="D287" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E287" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989920211</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0022</t>
+        </is>
       </c>
       <c r="C288" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D288" s="1">
-        <v>980</v>
+        <v>8</v>
       </c>
       <c r="E288" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80845-BB</t>
+          <t xml:space="preserve">MAP0115</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>25.7</v>
+        <v>28.54</v>
       </c>
       <c r="D289" s="1">
-        <v>545</v>
+        <v>5</v>
       </c>
       <c r="E289" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B290" s="1">
-        <v>102051</v>
+        <v>151525</v>
       </c>
       <c r="C290" s="1">
-        <v>31.68</v>
+        <v>26.73</v>
       </c>
       <c r="D290" s="1">
-        <v>61</v>
+        <v>7</v>
       </c>
       <c r="E290" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102208</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0116</t>
+        </is>
       </c>
       <c r="C291" s="1">
-        <v>7.25</v>
+        <v>102.5</v>
       </c>
       <c r="D291" s="1">
-        <v>48</v>
+        <v>3</v>
       </c>
       <c r="E291" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B292" s="1">
-        <v>102210</v>
+        <v>102051</v>
       </c>
       <c r="C292" s="1">
-        <v>350</v>
+        <v>31.68</v>
       </c>
       <c r="D292" s="1">
-        <v>7</v>
+        <v>57</v>
       </c>
       <c r="E292" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B293" s="1">
-        <v>102793</v>
+        <v>214110</v>
       </c>
       <c r="C293" s="1">
-        <v>8.97</v>
+        <v>4.36</v>
       </c>
       <c r="D293" s="1">
-        <v>120</v>
+        <v>22</v>
       </c>
       <c r="E293" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B294" s="1">
-        <v>102794</v>
+        <v>2195</v>
       </c>
       <c r="C294" s="1">
-        <v>42.08</v>
+        <v>35.84</v>
       </c>
       <c r="D294" s="1">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="E294" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B295" s="1">
-        <v>102870</v>
+        <v>5120</v>
       </c>
       <c r="C295" s="1">
-        <v>27.92</v>
+        <v>6.5</v>
       </c>
       <c r="D295" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E295" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B296" s="1">
-        <v>93165554</v>
+        <v>989940211</v>
       </c>
       <c r="C296" s="1">
-        <v>5</v>
+        <v>8.82</v>
       </c>
       <c r="D296" s="1">
-        <v>443</v>
+        <v>481</v>
       </c>
       <c r="E296" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B297" s="1">
-        <v>83290429576</v>
+        <v>600930660</v>
       </c>
       <c r="C297" s="1">
-        <v>8.72</v>
+        <v>5.3</v>
       </c>
       <c r="D297" s="1">
-        <v>232</v>
+        <v>12</v>
       </c>
       <c r="E297" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165557</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1502B8</t>
+        </is>
       </c>
       <c r="C298" s="1">
-        <v>22.92</v>
+        <v>6.14</v>
       </c>
       <c r="D298" s="1">
-        <v>523</v>
+        <v>84</v>
       </c>
       <c r="E298" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165213</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCD</t>
+        </is>
       </c>
       <c r="C299" s="1">
-        <v>3.62</v>
+        <v>24.25</v>
       </c>
       <c r="D299" s="1">
-        <v>150</v>
+        <v>32</v>
       </c>
       <c r="E299" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165216</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F911</t>
+        </is>
       </c>
       <c r="C300" s="1">
-        <v>16.29</v>
+        <v>22.08</v>
       </c>
       <c r="D300" s="1">
-        <v>618</v>
+        <v>6</v>
       </c>
       <c r="E300" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">G052182A2</t>
+          <t xml:space="preserve">68518204AA</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>23.5</v>
+        <v>5.7</v>
       </c>
       <c r="D301" s="1">
-        <v>622</v>
+        <v>11</v>
       </c>
       <c r="E301" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90099942</t>
+          <t xml:space="preserve">68518205AA</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>26.82</v>
+        <v>29.51</v>
       </c>
       <c r="D302" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E302" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B303" s="1">
+        <v>83212465849</v>
       </c>
       <c r="C303" s="1">
-        <v>5.55</v>
+        <v>8.3</v>
       </c>
       <c r="D303" s="1">
-        <v>1</v>
+        <v>504</v>
       </c>
       <c r="E303" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B304" s="1">
+        <v>213920</v>
       </c>
       <c r="C304" s="1">
-        <v>9.03</v>
+        <v>28.71</v>
       </c>
       <c r="D304" s="1">
-        <v>66</v>
+        <v>5</v>
       </c>
       <c r="E304" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15667C</t>
+          <t xml:space="preserve">WD40600ML</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>9.41</v>
+        <v>7.88</v>
       </c>
       <c r="D305" s="1">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="E305" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M6</t>
+          <t xml:space="preserve">MAP0044</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>321.75</v>
+        <v>17.52</v>
       </c>
       <c r="D306" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="E306" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>223530</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0117</t>
+        </is>
       </c>
       <c r="C307" s="1">
-        <v>35.15</v>
+        <v>314</v>
       </c>
       <c r="D307" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="E307" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>223502</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0165</t>
+        </is>
       </c>
       <c r="C308" s="1">
-        <v>350.46</v>
+        <v>264</v>
       </c>
       <c r="D308" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E308" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>146412</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0253</t>
+        </is>
       </c>
       <c r="C309" s="1">
-        <v>5.7</v>
+        <v>7.89</v>
       </c>
       <c r="D309" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E309" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1555F2</t>
+          <t xml:space="preserve">MAP0247</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>24.66</v>
+        <v>7.71</v>
       </c>
       <c r="D310" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E310" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B311" s="1">
-        <v>206484</v>
+        <v>21469</v>
       </c>
       <c r="C311" s="1">
-        <v>7.66</v>
+        <v>8.07</v>
       </c>
       <c r="D311" s="1">
-        <v>59</v>
+        <v>5</v>
       </c>
       <c r="E311" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B312" s="1">
-        <v>989940213</v>
+        <v>214109</v>
       </c>
       <c r="C312" s="1">
-        <v>39.6</v>
+        <v>18.81</v>
       </c>
       <c r="D312" s="1">
-        <v>221</v>
+        <v>6</v>
       </c>
       <c r="E312" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989940211</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">053001DPF</t>
+        </is>
       </c>
       <c r="C313" s="1">
-        <v>8.82</v>
+        <v>7.58</v>
       </c>
       <c r="D313" s="1">
-        <v>209</v>
+        <v>85</v>
       </c>
       <c r="E313" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>106377</v>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999-G12</t>
+        </is>
       </c>
       <c r="C314" s="1">
-        <v>33</v>
+        <v>5.45</v>
       </c>
       <c r="D314" s="1">
-        <v>25</v>
+        <v>511</v>
       </c>
       <c r="E314" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>108534</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218925AB</t>
+        </is>
       </c>
       <c r="C315" s="1">
-        <v>8.42</v>
+        <v>15.84</v>
       </c>
       <c r="D315" s="1">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E315" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15669E</t>
+          <t xml:space="preserve">05191184AA</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>41.58</v>
+        <v>8.32</v>
       </c>
       <c r="D316" s="1">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E316" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537BE</t>
+          <t xml:space="preserve">MAP0156</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>9.71</v>
+        <v>267</v>
       </c>
       <c r="D317" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E317" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109470</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0030</t>
+        </is>
       </c>
       <c r="C318" s="1">
-        <v>7.08</v>
+        <v>5.32</v>
       </c>
       <c r="D318" s="1">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="E318" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC5</t>
+          <t xml:space="preserve">MAP0135</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>98.71</v>
+        <v>24.9</v>
       </c>
       <c r="D319" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E319" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046280</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCF</t>
+        </is>
       </c>
       <c r="C320" s="1">
-        <v>26.73</v>
+        <v>32</v>
       </c>
       <c r="D320" s="1">
-        <v>16</v>
+        <v>150</v>
       </c>
       <c r="E320" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B321" s="1">
-        <v>989820717</v>
+        <v>989630813</v>
       </c>
       <c r="C321" s="1">
-        <v>1330</v>
+        <v>38.61</v>
       </c>
       <c r="D321" s="1">
-        <v>14</v>
+        <v>185</v>
       </c>
       <c r="E321" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>3715</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-86076</t>
+        </is>
       </c>
       <c r="C322" s="1">
-        <v>51.48</v>
+        <v>6.99</v>
       </c>
       <c r="D322" s="1">
-        <v>3</v>
+        <v>355</v>
       </c>
       <c r="E322" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZF</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">S671090311</t>
+          <t xml:space="preserve">08880-86074</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>268</v>
+        <v>30.2</v>
       </c>
       <c r="D323" s="1">
-        <v>7</v>
+        <v>192</v>
       </c>
       <c r="E323" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GM</t>
+        </is>
+      </c>
+      <c r="B324" s="1">
+        <v>93165690</v>
       </c>
       <c r="C324" s="1">
-        <v>22.55</v>
+        <v>4.95</v>
       </c>
       <c r="D324" s="1">
-        <v>21</v>
+        <v>250</v>
       </c>
       <c r="E324" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
-        <is>
-[...1188 lines deleted...]
-      <c r="A385" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>