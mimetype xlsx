--- v0 (2025-10-26)
+++ v1 (2025-12-28)
@@ -100,51 +100,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="128.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="8.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">26.10.25 07:31</t>
+          <t xml:space="preserve">27.12.25 23:48</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">UAH</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -168,4141 +168,4139 @@
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Постачання, дн.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NORMFEST</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">4710-6</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Сверло для точечной сварки (Schweisspunktbohrer)</t>
         </is>
       </c>
       <c r="D3" s="1">
-        <v>140</v>
+        <v>158</v>
       </c>
       <c r="E3" s="1">
         <v>1</v>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NORMFEST</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">2986-02</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Багатоцільове мастило для ШРКШ, 400 гр (BG-B)</t>
         </is>
       </c>
       <c r="D4" s="1">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="E4" s="1">
         <v>18</v>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NORMFEST</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">2893-881</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Алюмінієвий спрей, 400 мл (ALLOY ALUSPRAY)</t>
         </is>
       </c>
       <c r="D5" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="E5" s="1">
         <v>1</v>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSSAUTO</t>
         </is>
       </c>
       <c r="B6" s="1">
         <v>100069</v>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Голки для усування бруду з фарби</t>
         </is>
       </c>
       <c r="D6" s="1">
-        <v>489</v>
+        <v>553</v>
       </c>
       <c r="E6" s="1">
         <v>12</v>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSSAUTO</t>
         </is>
       </c>
       <c r="B7" s="1">
         <v>100760</v>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Серветка екстрапоглинаюча 25 шт</t>
         </is>
       </c>
       <c r="D7" s="1">
-        <v>215</v>
+        <v>243</v>
       </c>
       <c r="E7" s="1">
         <v>1</v>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D01S4V150Q</t>
+          <t xml:space="preserve">QP-3900/S1</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг абразивний velcro на паперовій основі p600 d150 (100шт)</t>
+          <t xml:space="preserve">Грунт для пластиків 1К 1л,  QL 3900</t>
         </is>
       </c>
       <c r="D8" s="1">
-        <v>610</v>
+        <v>1314</v>
       </c>
       <c r="E8" s="1">
         <v>2</v>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-11/S3</t>
+          <t xml:space="preserve">QP-3200/S1</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SUPER WHITE Насичений білий, Quickline QBC-11/S3</t>
+          <t xml:space="preserve">Грунт епоксидний 1л, QL 3200 (затверджувач, 0,33л, QL 4600)</t>
         </is>
       </c>
       <c r="D9" s="1">
-        <v>4486</v>
+        <v>2379</v>
       </c>
       <c r="E9" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-16/S3</t>
+          <t xml:space="preserve">QA-1110/S1</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GRAPHITE BLACK Насичений чорний з синім відтінком, Quickline QBC-16/S3</t>
+          <t xml:space="preserve">Універсальний знежирювач</t>
         </is>
       </c>
       <c r="D10" s="1">
-        <v>4486</v>
+        <v>279</v>
       </c>
       <c r="E10" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-17/S3</t>
+          <t xml:space="preserve">QA-1070/S1</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-17/S3</t>
+          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
         </is>
       </c>
       <c r="D11" s="1">
-        <v>4486</v>
+        <v>1118</v>
       </c>
       <c r="E11" s="1">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-42/S1</t>
+          <t xml:space="preserve">QA-1402/S1K</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
+          <t xml:space="preserve">Антигравійний захист сірий  1л, QL 1402</t>
         </is>
       </c>
       <c r="D12" s="1">
-        <v>1497</v>
+        <v>357</v>
       </c>
       <c r="E12" s="1">
         <v>1</v>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-79/S1</t>
+          <t xml:space="preserve">QA-1403/S1K</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
+          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
         </is>
       </c>
       <c r="D13" s="1">
-        <v>2395</v>
+        <v>214</v>
       </c>
       <c r="E13" s="1">
         <v>2</v>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">DRIMEX</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-18/S3</t>
+          <t xml:space="preserve">D01S4V150Q</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
+          <t xml:space="preserve">Круг абразивний velcro на паперовій основі p600 d150 (100шт)</t>
         </is>
       </c>
       <c r="D14" s="1">
-        <v>3959</v>
+        <v>689</v>
       </c>
       <c r="E14" s="1">
         <v>2</v>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-19/S1</t>
+          <t xml:space="preserve">QBC-16/S3</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
+          <t xml:space="preserve">Пігмент GRAPHITE BLACK Насичений чорний з синім відтінком, Quickline QBC-16/S3</t>
         </is>
       </c>
       <c r="D15" s="1">
-        <v>1319</v>
+        <v>4890</v>
       </c>
       <c r="E15" s="1">
         <v>1</v>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-35/S3</t>
+          <t xml:space="preserve">QBC-17/S3</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
+          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-17/S3</t>
         </is>
       </c>
       <c r="D16" s="1">
-        <v>3959</v>
+        <v>4890</v>
       </c>
       <c r="E16" s="1">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-54/S1</t>
+          <t xml:space="preserve">QBC-42/S1</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
+          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
         </is>
       </c>
       <c r="D17" s="1">
-        <v>1319</v>
+        <v>1632</v>
       </c>
       <c r="E17" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-59/S3</t>
+          <t xml:space="preserve">QBC-79/S1</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE RED Синьо-червоний, Quickline QDG-59/S3</t>
+          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
         </is>
       </c>
       <c r="D18" s="1">
-        <v>3959</v>
+        <v>2611</v>
       </c>
       <c r="E18" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4420/S05</t>
+          <t xml:space="preserve">QDG-18/S3</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
+          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
         </is>
       </c>
       <c r="D19" s="1">
-        <v>530</v>
+        <v>4315</v>
       </c>
       <c r="E19" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4210/S02</t>
+          <t xml:space="preserve">QDG-19/S1</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий MS 0,2л, QL 4210</t>
+          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
         </is>
       </c>
       <c r="D20" s="1">
-        <v>294</v>
+        <v>1438</v>
       </c>
       <c r="E20" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4220/S0,2</t>
+          <t xml:space="preserve">QDG-35/S3</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
+          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
         </is>
       </c>
       <c r="D21" s="1">
-        <v>294</v>
+        <v>4315</v>
       </c>
       <c r="E21" s="1">
-        <v>278</v>
+        <v>3</v>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5210/S5</t>
+          <t xml:space="preserve">QDG-54/S1</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник швидкий 5л, QL 5210</t>
+          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
         </is>
       </c>
       <c r="D22" s="1">
-        <v>1991</v>
+        <v>1438</v>
       </c>
       <c r="E22" s="1">
         <v>2</v>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5220/S1</t>
+          <t xml:space="preserve">QH-4420/S05</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник стандартний 1л, QL 5220</t>
+          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
         </is>
       </c>
       <c r="D23" s="1">
-        <v>553</v>
+        <v>577</v>
       </c>
       <c r="E23" s="1">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
-[...3 lines deleted...]
-        <v>1161301</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QH-4410/S0.5</t>
+        </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стаканчика, 1300 мл</t>
+          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
         </is>
       </c>
       <c r="D24" s="1">
-        <v>8</v>
+        <v>577</v>
       </c>
       <c r="E24" s="1">
-        <v>131</v>
+        <v>40</v>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
-[...3 lines deleted...]
-        <v>1160651</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QH-4220/S0,2</t>
+        </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стаканчика, 650 мл</t>
+          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
         </is>
       </c>
       <c r="D25" s="1">
-        <v>6</v>
+        <v>320</v>
       </c>
       <c r="E25" s="1">
-        <v>178</v>
+        <v>241</v>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D767/E1</t>
+          <t xml:space="preserve">QS-5210/S5</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE SATIN ALUMINIUM Дрібний сатін металік, PPG D767/E1</t>
+          <t xml:space="preserve">Розчинник швидкий 5л, QL 5210</t>
         </is>
       </c>
       <c r="D26" s="1">
-        <v>2763</v>
+        <v>2170</v>
       </c>
       <c r="E26" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D768/E1</t>
+          <t xml:space="preserve">QS-5220/S1</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM SATIN ALUMINIUM Середній сатін металік, PPG D768/E1</t>
+          <t xml:space="preserve">Розчинник стандартний 1л, QL 5220</t>
         </is>
       </c>
       <c r="D27" s="1">
-        <v>2670</v>
+        <v>602</v>
       </c>
       <c r="E27" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DRIMEX</t>
+        </is>
+      </c>
+      <c r="B28" s="1">
+        <v>1161301</v>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE ALUMINIUM Особливо дрібний металік, PPG D769/E1</t>
+          <t xml:space="preserve">Кришка до мірного стаканчика, 1300 мл</t>
         </is>
       </c>
       <c r="D28" s="1">
-        <v>2763</v>
+        <v>9</v>
       </c>
       <c r="E28" s="1">
-        <v>0</v>
+        <v>131</v>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DRIMEX</t>
+        </is>
+      </c>
+      <c r="B29" s="1">
+        <v>1160651</v>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE ALUMINIUM Дрібний металік, PPG D770/E3.5</t>
+          <t xml:space="preserve">Кришка до мірного стаканчика, 650 мл</t>
         </is>
       </c>
       <c r="D29" s="1">
-        <v>9669</v>
+        <v>7</v>
       </c>
       <c r="E29" s="1">
-        <v>0</v>
+        <v>178</v>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D771/E3.5</t>
+          <t xml:space="preserve">D767/E1</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM Сердній металік, PPG D771/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE SATIN ALUMINIUM Дрібний сатін металік, PPG D767/E1</t>
         </is>
       </c>
       <c r="D30" s="1">
-        <v>9669</v>
+        <v>3011</v>
       </c>
       <c r="E30" s="1">
         <v>0</v>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D772/E3.5</t>
+          <t xml:space="preserve">D768/E1</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE ALUMINIUM Великий металік, PPG D772/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM SATIN ALUMINIUM Середній сатін металік, PPG D768/E1</t>
         </is>
       </c>
       <c r="D31" s="1">
-        <v>9669</v>
+        <v>2911</v>
       </c>
       <c r="E31" s="1">
         <v>0</v>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D944/E1</t>
+          <t xml:space="preserve">D769/E1</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM GOLD Середній золотистий металік,  PPG D944/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE ALUMINIUM Особливо дрібний металік, PPG D769/E1</t>
         </is>
       </c>
       <c r="D32" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E32" s="1">
         <v>0</v>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D946/E3.5</t>
+          <t xml:space="preserve">D770/E3.5</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE LENTICULAR ALUMINIUM Наддрібний лінзовидний металік, PPG D946/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE ALUMINIUM Дрібний металік, PPG D770/E3.5</t>
         </is>
       </c>
       <c r="D33" s="1">
-        <v>9668</v>
+        <v>10540</v>
       </c>
       <c r="E33" s="1">
         <v>0</v>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D947/E1</t>
+          <t xml:space="preserve">D771/E3.5</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент Ultra Fine Lenticular Aluminum Ультра дрібний лінзовидний металік,  PPG D947/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM Сердній металік, PPG D771/E3.5</t>
         </is>
       </c>
       <c r="D34" s="1">
-        <v>2763</v>
+        <v>10540</v>
       </c>
       <c r="E34" s="1">
         <v>0</v>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D953/E1</t>
+          <t xml:space="preserve">D772/E3.5</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE LENTICULAR ALUMINIUM Великий лінзовидний металік,  PPG D953/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE ALUMINIUM Великий металік, PPG D772/E3.5</t>
         </is>
       </c>
       <c r="D35" s="1">
-        <v>2763</v>
+        <v>10540</v>
       </c>
       <c r="E35" s="1">
         <v>0</v>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D989/E1</t>
+          <t xml:space="preserve">D946/E3.5</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER COARSE SILVER DOLLAR ALI Агломератвеликий срібний долар,  PPG D989/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE LENTICULAR ALUMINIUM Наддрібний лінзовидний металік, PPG D946/E3.5</t>
         </is>
       </c>
       <c r="D36" s="1">
-        <v>2763</v>
+        <v>10539</v>
       </c>
       <c r="E36" s="1">
         <v>0</v>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D740/E3.5</t>
+          <t xml:space="preserve">D947/E1</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLACK Чорний, PPG D740/E3.5</t>
+          <t xml:space="preserve">Пігмент Ultra Fine Lenticular Aluminum Ультра дрібний лінзовидний металік,  PPG D947/E1</t>
         </is>
       </c>
       <c r="D37" s="1">
-        <v>9668</v>
+        <v>3011</v>
       </c>
       <c r="E37" s="1">
         <v>0</v>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D741/E1</t>
+          <t xml:space="preserve">D952/E3.5</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT BLUE Яскраво-синій,  PPG D741/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE LENTICULAR ALUMINIUM Дрібний лінзовидний металік, PPG 952/E3.5</t>
         </is>
       </c>
       <c r="D38" s="1">
-        <v>2763</v>
+        <v>10539</v>
       </c>
       <c r="E38" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D744/E1</t>
+          <t xml:space="preserve">D953/E1</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE LENTICULAR ALUMINIUM Великий лінзовидний металік,  PPG D953/E1</t>
         </is>
       </c>
       <c r="D39" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E39" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D746/E1</t>
+          <t xml:space="preserve">D989/E1</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER COARSE SILVER DOLLAR ALI Агломератвеликий срібний долар,  PPG D989/E1</t>
         </is>
       </c>
       <c r="D40" s="1">
-        <v>3729</v>
+        <v>3011</v>
       </c>
       <c r="E40" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D749/E1</t>
+          <t xml:space="preserve">D740/E3.5</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BROWN Коричневий, PPG D749/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLACK Чорний, PPG D740/E3.5</t>
         </is>
       </c>
       <c r="D41" s="1">
-        <v>2763</v>
+        <v>10539</v>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D750/E1</t>
+          <t xml:space="preserve">D741/E1</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC OLIVE Оливковий, PPG D750/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT BLUE Яскраво-синій,  PPG D741/E1</t>
         </is>
       </c>
       <c r="D42" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E42" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D752/E1</t>
+          <t xml:space="preserve">D744/E1</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED Червоний, PPG D752/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
         </is>
       </c>
       <c r="D43" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E43" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D753/E1</t>
+          <t xml:space="preserve">D746/E1</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE Білий, PPG D753/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
         </is>
       </c>
       <c r="D44" s="1">
-        <v>2763</v>
+        <v>4065</v>
       </c>
       <c r="E44" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D754/E1</t>
+          <t xml:space="preserve">D749/E1</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT BLUE Прозоро-синій, PPG D754/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BROWN Коричневий, PPG D749/E1</t>
         </is>
       </c>
       <c r="D45" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E45" s="1">
         <v>0</v>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D756/E1</t>
+          <t xml:space="preserve">D750/E1</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE BLACK Синьо-чорний, PPG D756/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC OLIVE Оливковий, PPG D750/E1</t>
         </is>
       </c>
       <c r="D46" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E46" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D757/E1</t>
+          <t xml:space="preserve">D752/E1</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RUBY RED Рубіново-червоний, PPG D757/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED Червоний, PPG D752/E1</t>
         </is>
       </c>
       <c r="D47" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E47" s="1">
         <v>0</v>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D759/E1</t>
+          <t xml:space="preserve">D753/E1</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MATTING BASE Матуюча база, PPG D759/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE Білий, PPG D753/E1</t>
         </is>
       </c>
       <c r="D48" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E48" s="1">
         <v>0</v>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D776/E1</t>
+          <t xml:space="preserve">D754/E1</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE Синій, PPG D776/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT BLUE Прозоро-синій, PPG D754/E1</t>
         </is>
       </c>
       <c r="D49" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E49" s="1">
         <v>0</v>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D777/E1</t>
+          <t xml:space="preserve">D756/E1</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT GREEN Прозоро-зелений,  PPG D777/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE BLACK Синьо-чорний, PPG D756/E1</t>
         </is>
       </c>
       <c r="D50" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E50" s="1">
         <v>0</v>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D778/E1</t>
+          <t xml:space="preserve">D757/E1</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW OXIDE Жовтий оксид, PPG D778/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RUBY RED Рубіново-червоний, PPG D757/E1</t>
         </is>
       </c>
       <c r="D51" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E51" s="1">
         <v>0</v>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D779/E1</t>
+          <t xml:space="preserve">D759/E1</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED OXIDE Червоний оксид, PPG D779/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MATTING BASE Матуюча база, PPG D759/E1</t>
         </is>
       </c>
       <c r="D52" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E52" s="1">
         <v>0</v>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D780/E1</t>
+          <t xml:space="preserve">D776/E1</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRILLIANT YELLOW Яскраво-жовтий, PPG D780/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE Синій, PPG D776/E1</t>
         </is>
       </c>
       <c r="D53" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E53" s="1">
         <v>0</v>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D785/E1</t>
+          <t xml:space="preserve">D777/E1</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT GREEN Прозоро-зелений,  PPG D777/E1</t>
         </is>
       </c>
       <c r="D54" s="1">
-        <v>2670</v>
+        <v>3011</v>
       </c>
       <c r="E54" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D789/E3.5</t>
+          <t xml:space="preserve">D778/E1</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC JET BLACK Насичений чорний, PPG D789/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW OXIDE Жовтий оксид, PPG D778/E1</t>
         </is>
       </c>
       <c r="D55" s="1">
-        <v>9668</v>
+        <v>3011</v>
       </c>
       <c r="E55" s="1">
         <v>0</v>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D792/E1</t>
+          <t xml:space="preserve">D779/E1</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED OXIDE Червоний оксид, PPG D779/E1</t>
         </is>
       </c>
       <c r="D56" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E56" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D797/E1</t>
+          <t xml:space="preserve">D780/E1</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC PHTHALO GREEN Фтало-зелений, PPG D797/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRILLIANT YELLOW Яскраво-жовтий, PPG D780/E1</t>
         </is>
       </c>
       <c r="D57" s="1">
-        <v>2670</v>
+        <v>3011</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D942/E1</t>
+          <t xml:space="preserve">D785/E1</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GRAPHITE BLACK Насичений чорний з синім відтінком, PPG D942/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
         </is>
       </c>
       <c r="D58" s="1">
-        <v>2763</v>
+        <v>2911</v>
       </c>
       <c r="E58" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D959/E1</t>
+          <t xml:space="preserve">D789/E3.5</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC ULTRA FINE WHITE Ультра тонкий білий, PPG D959/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC JET BLACK Насичений чорний, PPG D789/E3.5</t>
         </is>
       </c>
       <c r="D59" s="1">
-        <v>2763</v>
+        <v>10539</v>
       </c>
       <c r="E59" s="1">
         <v>0</v>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D964/E1</t>
+          <t xml:space="preserve">D792/E1</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC LIGHT YELLOW Світло-жовтий, PPG D964/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
         </is>
       </c>
       <c r="D60" s="1">
-        <v>3008</v>
+        <v>3011</v>
       </c>
       <c r="E60" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D967/E1</t>
+          <t xml:space="preserve">D797/E1</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLACK Ледь помітний чорний, PPG D967/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC PHTHALO GREEN Фтало-зелений, PPG D797/E1</t>
         </is>
       </c>
       <c r="D61" s="1">
-        <v>2763</v>
+        <v>2911</v>
       </c>
       <c r="E61" s="1">
         <v>0</v>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D968/E1</t>
+          <t xml:space="preserve">D942/E1</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC GRAPHITE BLACK Насичений чорний з синім відтінком, PPG D942/E1</t>
         </is>
       </c>
       <c r="D62" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E62" s="1">
         <v>6</v>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D969/E1</t>
+          <t xml:space="preserve">D959/E1</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE YELLOW Ледь помітний жовтий, PPG D969/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC ULTRA FINE WHITE Ультра тонкий білий, PPG D959/E1</t>
         </is>
       </c>
       <c r="D63" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E63" s="1">
         <v>0</v>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D970/E1</t>
+          <t xml:space="preserve">D964/E1</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC LIGHT YELLOW Світло-жовтий, PPG D964/E1</t>
         </is>
       </c>
       <c r="D64" s="1">
-        <v>2763</v>
+        <v>3278</v>
       </c>
       <c r="E64" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D971/E1</t>
+          <t xml:space="preserve">D967/E1</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLACK Ледь помітний чорний, PPG D967/E1</t>
         </is>
       </c>
       <c r="D65" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E65" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D976/E1</t>
+          <t xml:space="preserve">D968/E1</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER PINK Прозоро-рожевий , PPG D976/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
         </is>
       </c>
       <c r="D66" s="1">
-        <v>3192</v>
+        <v>3011</v>
       </c>
       <c r="E66" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D977/E1</t>
+          <t xml:space="preserve">D969/E1</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RED SHADE BLUE Червоний з синім відтінком, PPG D977/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE YELLOW Ледь помітний жовтий, PPG D969/E1</t>
         </is>
       </c>
       <c r="D67" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E67" s="1">
         <v>0</v>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D978/E1</t>
+          <t xml:space="preserve">D970/E1</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER SCARLET Насичений червоний, PPG D978/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
         </is>
       </c>
       <c r="D68" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E68" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D980/E1</t>
+          <t xml:space="preserve">D971/E1</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT GOLD  Прозоро-золотий, PPG D980/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
         </is>
       </c>
       <c r="D69" s="1">
-        <v>2930</v>
+        <v>3011</v>
       </c>
       <c r="E69" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D981/E1</t>
+          <t xml:space="preserve">D976/E1</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER INTENSE VIOLET Інтенсивно-фіолетовий , PPG D981/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER PINK Прозоро-рожевий , PPG D976/E1</t>
         </is>
       </c>
       <c r="D70" s="1">
-        <v>2946</v>
+        <v>3479</v>
       </c>
       <c r="E70" s="1">
         <v>0</v>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D794/E1</t>
+          <t xml:space="preserve">D977/E1</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VERDANT YELLOW Зеленувато-жовтий, PPG D794/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RED SHADE BLUE Червоний з синім відтінком, PPG D977/E1</t>
         </is>
       </c>
       <c r="D71" s="1">
-        <v>2763</v>
+        <v>3011</v>
       </c>
       <c r="E71" s="1">
         <v>0</v>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9020/E0.35</t>
+          <t xml:space="preserve">D978/E1</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER SCARLET Насичений червоний, PPG D978/E1</t>
         </is>
       </c>
       <c r="D72" s="1">
-        <v>3521</v>
+        <v>3011</v>
       </c>
       <c r="E72" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D748/E1</t>
+          <t xml:space="preserve">D980/E1</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MAROON Прозоро-бордовий, PPG D748/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT GOLD  Прозоро-золотий, PPG D980/E1</t>
         </is>
       </c>
       <c r="D73" s="1">
-        <v>3731</v>
+        <v>3194</v>
       </c>
       <c r="E73" s="1">
         <v>0</v>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D751/E1</t>
+          <t xml:space="preserve">D981/E1</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE PEARL Білий перламутр, PPG D751/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER INTENSE VIOLET Інтенсивно-фіолетовий , PPG D981/E1</t>
         </is>
       </c>
       <c r="D74" s="1">
-        <v>3731</v>
+        <v>3212</v>
       </c>
       <c r="E74" s="1">
         <v>0</v>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D760/E1</t>
+          <t xml:space="preserve">D794/E1</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MID-SHADE BLUE Прозорий синій, PPG D760/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC VERDANT YELLOW Зеленувато-жовтий, PPG D794/E1</t>
         </is>
       </c>
       <c r="D75" s="1">
-        <v>5384</v>
+        <v>3011</v>
       </c>
       <c r="E75" s="1">
         <v>0</v>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D761/E1</t>
+          <t xml:space="preserve">D9020/E0.35</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RICH RED BLUE Насичений червоно-синій, PPG D761/E1</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
         </is>
       </c>
       <c r="D76" s="1">
-        <v>5384</v>
+        <v>3837</v>
       </c>
       <c r="E76" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D762/E1</t>
+          <t xml:space="preserve">D748/E1</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER VIOLET BLUE Фіолетово-синій, PPG D762/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MAROON Прозоро-бордовий, PPG D748/E1</t>
         </is>
       </c>
       <c r="D77" s="1">
-        <v>5384</v>
+        <v>4066</v>
       </c>
       <c r="E77" s="1">
         <v>0</v>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D763/E1</t>
+          <t xml:space="preserve">D751/E1</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE PEARL Синій перламутр, PPG D763/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE PEARL Білий перламутр, PPG D751/E1</t>
         </is>
       </c>
       <c r="D78" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E78" s="1">
         <v>0</v>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D764/E1</t>
+          <t xml:space="preserve">D760/E1</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MID-SHADE BLUE Прозорий синій, PPG D760/E1</t>
         </is>
       </c>
       <c r="D79" s="1">
-        <v>5384</v>
+        <v>5869</v>
       </c>
       <c r="E79" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D765/E1</t>
+          <t xml:space="preserve">D761/E1</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE RED PEARL Червоний перламутр,  PPG D765/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RICH RED BLUE Насичений червоно-синій, PPG D761/E1</t>
         </is>
       </c>
       <c r="D80" s="1">
-        <v>3731</v>
+        <v>5869</v>
       </c>
       <c r="E80" s="1">
         <v>0</v>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D790/E1</t>
+          <t xml:space="preserve">D762/E1</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT ORANGE Прозорий помаранчевий,  PPG D790/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER VIOLET BLUE Фіолетово-синій, PPG D762/E1</t>
         </is>
       </c>
       <c r="D81" s="1">
-        <v>3731</v>
+        <v>5869</v>
       </c>
       <c r="E81" s="1">
         <v>0</v>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D943/E1</t>
+          <t xml:space="preserve">D763/E1</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE BLUE PEARL Тонкий синій перламутр,  PPG D943/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE PEARL Синій перламутр, PPG D763/E1</t>
         </is>
       </c>
       <c r="D82" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E82" s="1">
         <v>0</v>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D945/E1</t>
+          <t xml:space="preserve">D764/E1</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GOLDEN YELLOW PEARL Золотисто-жовтий перламутр,  PPG D945/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
         </is>
       </c>
       <c r="D83" s="1">
-        <v>3731</v>
+        <v>5869</v>
       </c>
       <c r="E83" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D954/E1</t>
+          <t xml:space="preserve">D765/E1</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE PEARL WHITE Тонкий перламутрово-білий ,  PPG D954/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE RED PEARL Червоний перламутр,  PPG D765/E1</t>
         </is>
       </c>
       <c r="D84" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E84" s="1">
         <v>0</v>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D955/E1</t>
+          <t xml:space="preserve">D790/E1</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COPPER PEARL Мідний перламутр,  PPG D955/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT ORANGE Прозорий помаранчевий,  PPG D790/E1</t>
         </is>
       </c>
       <c r="D85" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E85" s="1">
         <v>0</v>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D956/E1</t>
+          <t xml:space="preserve">D943/E1</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW PEARL Жовтий перламутр,  PPG D956/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE BLUE PEARL Тонкий синій перламутр,  PPG D943/E1</t>
         </is>
       </c>
       <c r="D86" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E86" s="1">
         <v>0</v>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D957/E1</t>
+          <t xml:space="preserve">D945/E1</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GREEN PEARL Зелений перламутр,  PPG D957/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC GOLDEN YELLOW PEARL Золотисто-жовтий перламутр,  PPG D945/E1</t>
         </is>
       </c>
       <c r="D87" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E87" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D958/E1</t>
+          <t xml:space="preserve">D954/E1</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VIOLET PEARL Фіолетовий перламутр,  PPG D958/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE PEARL WHITE Тонкий перламутрово-білий ,  PPG D954/E1</t>
         </is>
       </c>
       <c r="D88" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E88" s="1">
         <v>0</v>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D960/E1</t>
+          <t xml:space="preserve">D955/E1</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED PEARL Червоний перламутр,  PPG D960/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COPPER PEARL Мідний перламутр,  PPG D955/E1</t>
         </is>
       </c>
       <c r="D89" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E89" s="1">
         <v>0</v>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D965/E1</t>
+          <t xml:space="preserve">D956/E1</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC ORANGE PEARL Помаранчевий перламутр,  PPG D965/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW PEARL Жовтий перламутр,  PPG D956/E1</t>
         </is>
       </c>
       <c r="D90" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E90" s="1">
         <v>0</v>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D973/E1</t>
+          <t xml:space="preserve">D957/E1</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON/GRS BC Red Green Pearl Червоно-зеленовий перламутр,  PPG D973/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC GREEN PEARL Зелений перламутр,  PPG D957/E1</t>
         </is>
       </c>
       <c r="D91" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E91" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D979/E1</t>
+          <t xml:space="preserve">D958/E1</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT VIOLET Прозоро-фіолетовий,  PPG D979/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC VIOLET PEARL Фіолетовий перламутр,  PPG D958/E1</t>
         </is>
       </c>
       <c r="D92" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E92" s="1">
         <v>0</v>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D983/E1</t>
+          <t xml:space="preserve">D960/E1</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER ALUMINIUM ORANGE Помаранчевий металік,  PPG D983/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED PEARL Червоний перламутр,  PPG D960/E1</t>
         </is>
       </c>
       <c r="D93" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E93" s="1">
         <v>0</v>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D985/E1</t>
+          <t xml:space="preserve">D965/E1</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER BLUE ALUMINIUM Синій металік,  PPG D985/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC ORANGE PEARL Помаранчевий перламутр,  PPG D965/E1</t>
         </is>
       </c>
       <c r="D94" s="1">
-        <v>3731</v>
+        <v>4066</v>
       </c>
       <c r="E94" s="1">
         <v>0</v>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D990/E1</t>
+          <t xml:space="preserve">D973/E1</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER FINE GLACIER WHITE Тонкий кристально-чистий білий,  PPG D990/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON/GRS BC Red Green Pearl Червоно-зеленовий перламутр,  PPG D973/E1</t>
         </is>
       </c>
       <c r="D95" s="1">
-        <v>5384</v>
+        <v>4066</v>
       </c>
       <c r="E95" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D991/E1</t>
+          <t xml:space="preserve">D979/E1</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RUBINE Рубіновий,  PPG D991/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT VIOLET Прозоро-фіолетовий,  PPG D979/E1</t>
         </is>
       </c>
       <c r="D96" s="1">
-        <v>5384</v>
+        <v>4066</v>
       </c>
       <c r="E96" s="1">
         <v>0</v>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9040/E0.5</t>
+          <t xml:space="preserve">D985/E1</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER BLUE ALUMINIUM Синій металік,  PPG D985/E1</t>
         </is>
       </c>
       <c r="D97" s="1">
-        <v>24844</v>
+        <v>4066</v>
       </c>
       <c r="E97" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX1/E0.113K</t>
+          <t xml:space="preserve">D990/E1</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL RED Кристально-червоний,  PPG PRLX1/E0.113K</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER FINE GLACIER WHITE Тонкий кристально-чистий білий,  PPG D990/E1</t>
         </is>
       </c>
       <c r="D98" s="1">
-        <v>8273</v>
+        <v>5869</v>
       </c>
       <c r="E98" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX2/E0.113K</t>
+          <t xml:space="preserve">D991/E1</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL SILVER Кристально-сріблястий,  PPG PRLX2/E0.113K</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RUBINE Рубіновий,  PPG D991/E1</t>
         </is>
       </c>
       <c r="D99" s="1">
-        <v>8273</v>
+        <v>5869</v>
       </c>
       <c r="E99" s="1">
         <v>0</v>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX3/E0.113K</t>
+          <t xml:space="preserve">D9040/E0.5</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL GOLD Кристально-золотий,  PPG PRLX3/E0.113K</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
         </is>
       </c>
       <c r="D100" s="1">
-        <v>8273</v>
+        <v>27081</v>
       </c>
       <c r="E100" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX4/E0.113K</t>
+          <t xml:space="preserve">PRLX1/E0.113K</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL BLUE Кристально-синій,  PPG PRLX4/E0.113K</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL RED Кристально-червоний,  PPG PRLX1/E0.113K</t>
         </is>
       </c>
       <c r="D101" s="1">
-        <v>8273</v>
+        <v>9019</v>
       </c>
       <c r="E101" s="1">
         <v>0</v>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX5/E0.113K</t>
+          <t xml:space="preserve">PRLX2/E0.113K</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER STELLAR GREEN Зоряний зелений,  PPG PRLX5/E0.113K</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL SILVER Кристально-сріблястий,  PPG PRLX2/E0.113K</t>
         </is>
       </c>
       <c r="D102" s="1">
-        <v>8273</v>
+        <v>9019</v>
       </c>
       <c r="E102" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX7/E0.113K</t>
+          <t xml:space="preserve">PRLX3/E0.113K</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER FIRESIDE COPPER Теплий мідний,  PPG PRLX7/E0.113K</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL GOLD Кристально-золотий,  PPG PRLX3/E0.113K</t>
         </is>
       </c>
       <c r="D103" s="1">
-        <v>8273</v>
+        <v>9019</v>
       </c>
       <c r="E103" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX8/E0.113K</t>
+          <t xml:space="preserve">PRLX4/E0.113K</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER COSMIC TURQUOISE Космічний бірюзовий,  PPG PRLX8/E0.113K</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL BLUE Кристально-синій,  PPG PRLX4/E0.113K</t>
         </is>
       </c>
       <c r="D104" s="1">
-        <v>8273</v>
+        <v>9019</v>
       </c>
       <c r="E104" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D835/E1</t>
+          <t xml:space="preserve">PRLX5/E0.113K</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER STELLAR GREEN Зоряний зелений,  PPG PRLX5/E0.113K</t>
         </is>
       </c>
       <c r="D105" s="1">
-        <v>1906</v>
+        <v>9019</v>
       </c>
       <c r="E105" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8416/E0.4</t>
+          <t xml:space="preserve">PRLX7/E0.113K</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт в аерозолі білий (G1) 0,4л, PPG  D8416</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER FIRESIDE COPPER Теплий мідний,  PPG PRLX7/E0.113K</t>
         </is>
       </c>
       <c r="D106" s="1">
-        <v>724</v>
+        <v>9019</v>
       </c>
       <c r="E106" s="1">
         <v>1</v>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D820/E1</t>
+          <t xml:space="preserve">PRLX8/E0.113K</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт універсальний адгезійний для пластику 1л,  PPG  D820 D820</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER COSMIC TURQUOISE Космічний бірюзовий,  PPG PRLX8/E0.113K</t>
         </is>
       </c>
       <c r="D107" s="1">
-        <v>2965</v>
+        <v>9019</v>
       </c>
       <c r="E107" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D846/E1</t>
+          <t xml:space="preserve">DH995/E0.5</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник- знежирювач антистатичний для пластику, 1л,  PPG  D846</t>
+          <t xml:space="preserve">Пігмент HARLEQUIN RED TO GOLD Від червоного до золотого, PPG DH995/E0.5</t>
         </is>
       </c>
       <c r="D108" s="1">
-        <v>938</v>
+        <v>78402</v>
       </c>
       <c r="E108" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D837/E5</t>
+          <t xml:space="preserve">D835/E1</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-знежирювач слабоагресивний, 5л, PPG  D837</t>
+          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
         </is>
       </c>
       <c r="D109" s="1">
-        <v>3067</v>
+        <v>2077</v>
       </c>
       <c r="E109" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D818/E0.25</t>
+          <t xml:space="preserve">D846/E1</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прискорювач сушки 0,25л, PPG  D818</t>
+          <t xml:space="preserve">Очисник- знежирювач антистатичний для пластику, 1л,  PPG  D846</t>
         </is>
       </c>
       <c r="D110" s="1">
-        <v>611</v>
+        <v>1022</v>
       </c>
       <c r="E110" s="1">
         <v>4</v>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8131/E5</t>
+          <t xml:space="preserve">D837/E5</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак UHS,  2:1, 5л,  PPG  D8131  (затверджувач 2,5л, PPG  D8254)</t>
+          <t xml:space="preserve">Очисник-знежирювач слабоагресивний, 5л, PPG  D837</t>
         </is>
       </c>
       <c r="D111" s="1">
-        <v>7200</v>
+        <v>3343</v>
       </c>
       <c r="E111" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D808/E5</t>
+          <t xml:space="preserve">D880/E1</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
+          <t xml:space="preserve">Лак HS 1 л.</t>
         </is>
       </c>
       <c r="D112" s="1">
-        <v>2499</v>
+        <v>1224</v>
       </c>
       <c r="E112" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3415/S0.8</t>
+          <t xml:space="preserve">D808/E5</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
         </is>
       </c>
       <c r="D113" s="1">
-        <v>507</v>
+        <v>4708</v>
       </c>
       <c r="E113" s="1">
-        <v>164</v>
+        <v>5</v>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3417/S0.8</t>
+          <t xml:space="preserve">QA-1412/S0.25K</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
         </is>
       </c>
       <c r="D114" s="1">
-        <v>507</v>
+        <v>273</v>
       </c>
       <c r="E114" s="1">
-        <v>106</v>
+        <v>6</v>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-24/S3</t>
+          <t xml:space="preserve">QP-3415/S0.8</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DEEP BLUE Темно-синій, Quickline QBC-24/S3</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D115" s="1">
-        <v>4486</v>
+        <v>553</v>
       </c>
       <c r="E115" s="1">
-        <v>3</v>
+        <v>125</v>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-91/S3</t>
+          <t xml:space="preserve">QP-3417/S0.8</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BASE Чиста база, Quickline QBC-91/S3</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D116" s="1">
-        <v>4486</v>
+        <v>553</v>
       </c>
       <c r="E116" s="1">
-        <v>5</v>
+        <v>64</v>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-56/S1</t>
+          <t xml:space="preserve">QBC-24/S3</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
+          <t xml:space="preserve">Пігмент DEEP BLUE Темно-синій, Quickline QBC-24/S3</t>
         </is>
       </c>
       <c r="D117" s="1">
-        <v>1319</v>
+        <v>4890</v>
       </c>
       <c r="E117" s="1">
         <v>1</v>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>550900</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-91/S3</t>
+        </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
+          <t xml:space="preserve">Пігмент PURE BASE Чиста база, Quickline QBC-91/S3</t>
         </is>
       </c>
       <c r="D118" s="1">
-        <v>10</v>
+        <v>4890</v>
       </c>
       <c r="E118" s="1">
-        <v>93</v>
+        <v>4</v>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>100012</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QDG-56/S1</t>
+        </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
+          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
         </is>
       </c>
       <c r="D119" s="1">
-        <v>17</v>
+        <v>1438</v>
       </c>
       <c r="E119" s="1">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B120" s="1">
-        <v>220015</v>
+        <v>550900</v>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
+          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
         </is>
       </c>
       <c r="D120" s="1">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E120" s="1">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B121" s="1">
-        <v>902555</v>
+        <v>100012</v>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 90 Тип 1 С 0101,  Тара 902555</t>
+          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
         </is>
       </c>
       <c r="D121" s="1">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="E121" s="1">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B122" s="1">
-        <v>120100</v>
+        <v>220015</v>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
+          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
         </is>
       </c>
       <c r="D122" s="1">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="E122" s="1">
-        <v>407</v>
+        <v>66</v>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B123" s="1">
-        <v>150220</v>
+        <v>902555</v>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 150 Тип 2 С 0101, Тара 150220</t>
+          <t xml:space="preserve">Кришка до ємності 90 Тип 1 С 0101,  Тара 902555</t>
         </is>
       </c>
       <c r="D123" s="1">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E123" s="1">
-        <v>42</v>
+        <v>20</v>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B124" s="1">
-        <v>185340</v>
+        <v>120100</v>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
+          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
         </is>
       </c>
       <c r="D124" s="1">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="E124" s="1">
-        <v>17</v>
+        <v>397</v>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B125" s="1">
-        <v>210500</v>
+        <v>150220</v>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
+          <t xml:space="preserve">Кришка до ємності 150 Тип 2 С 0101, Тара 150220</t>
         </is>
       </c>
       <c r="D125" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E125" s="1">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B126" s="1">
+        <v>185340</v>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач UHS 2,5 л, PPG  D8302</t>
+          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
         </is>
       </c>
       <c r="D126" s="1">
-        <v>5108</v>
+        <v>12</v>
       </c>
       <c r="E126" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B127" s="1">
+        <v>210500</v>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
+          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
         </is>
       </c>
       <c r="D127" s="1">
-        <v>2499</v>
+        <v>22</v>
       </c>
       <c r="E127" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D702/E1</t>
+          <t xml:space="preserve">D812/E5</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG CARBON BLACK Вугільно-чорний, PPG D702/E1</t>
+          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
         </is>
       </c>
       <c r="D128" s="1">
-        <v>2670</v>
+        <v>4708</v>
       </c>
       <c r="E128" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-59/S1</t>
+          <t xml:space="preserve">QBC-69/S1</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ORANGE ALUMINIUM Помаранчовий металік, Quickline QBC-59/S1</t>
+          <t xml:space="preserve">Пігмент FINE SATIN ALUMINIUM Тонкий сатін металік, Quickline QBC-69/S1</t>
         </is>
       </c>
       <c r="D129" s="1">
-        <v>2395</v>
+        <v>2611</v>
       </c>
       <c r="E129" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B130" s="1">
+        <v>2269326</v>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FINE SATIN ALUMINIUM Тонкий сатін металік, Quickline QBC-69/S1</t>
+          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
         </is>
       </c>
       <c r="D130" s="1">
-        <v>2395</v>
+        <v>472</v>
       </c>
       <c r="E130" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B131" s="1">
-        <v>2269326</v>
+        <v>2671610</v>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
+          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
         </is>
       </c>
       <c r="D131" s="1">
-        <v>433</v>
+        <v>821</v>
       </c>
       <c r="E131" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSSAUTO</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B132" s="1">
-        <v>100073</v>
+        <v>2061022</v>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ironmask набір</t>
+          <t xml:space="preserve">Локтайт герметик SI 5699 GY ТВ 80ml</t>
         </is>
       </c>
       <c r="D132" s="1">
-        <v>239</v>
+        <v>213</v>
       </c>
       <c r="E132" s="1">
         <v>2</v>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
+          <t xml:space="preserve">BOSSAUTO</t>
         </is>
       </c>
       <c r="B133" s="1">
-        <v>1162231</v>
+        <v>100073</v>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стаканчика, 2230 мл</t>
+          <t xml:space="preserve">Ironmask набір</t>
         </is>
       </c>
       <c r="D133" s="1">
-        <v>11</v>
+        <v>270</v>
       </c>
       <c r="E133" s="1">
-        <v>269</v>
+        <v>2</v>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
+          <t xml:space="preserve">DRIMEX</t>
         </is>
       </c>
       <c r="B134" s="1">
-        <v>51416</v>
+        <v>1162231</v>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P240, 3M 51416</t>
+          <t xml:space="preserve">Кришка до мірного стаканчика, 2230 мл</t>
         </is>
       </c>
       <c r="D134" s="1">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="E134" s="1">
-        <v>96</v>
+        <v>269</v>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B135" s="1">
-        <v>51418</v>
+        <v>51416</v>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P320, 3M 51418</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P240, 3M 51416</t>
         </is>
       </c>
       <c r="D135" s="1">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E135" s="1">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B136" s="1">
         <v>51422</v>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P180, 3М 51422</t>
         </is>
       </c>
       <c r="D136" s="1">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E136" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B137" s="1">
         <v>150900</v>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Корпус ємності 150/90, Тара 150900</t>
         </is>
       </c>
       <c r="D137" s="1">
@@ -4313,24303 +4311,23033 @@
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B138" s="1">
         <v>1850</v>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Мірний стакан  Mix-Cup 1400ml, Silco 1850</t>
         </is>
       </c>
       <c r="D138" s="1">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="E138" s="1">
         <v>4</v>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B139" s="1">
-        <v>3420</v>
+        <v>2404</v>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск для видалення залишків клею  Tape-Off+,  2 шт, Silco 3420</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
         </is>
       </c>
       <c r="D139" s="1">
-        <v>627</v>
+        <v>286</v>
       </c>
       <c r="E139" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B140" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B140" s="1">
+        <v>2405</v>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
         </is>
       </c>
       <c r="D140" s="1">
-        <v>11</v>
+        <v>286</v>
       </c>
       <c r="E140" s="1">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B141" s="1">
-        <v>1851</v>
+        <v>2407</v>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан Mix-Cup 2300ml, Silco 1851</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
         </is>
       </c>
       <c r="D141" s="1">
-        <v>42</v>
+        <v>189</v>
       </c>
       <c r="E141" s="1">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B142" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B142" s="1">
+        <v>3430</v>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластикова пляшка з пензлем та кулькою Touch-Up Bottle 50мл, Silco 3368</t>
+          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
         </is>
       </c>
       <c r="D142" s="1">
-        <v>27</v>
+        <v>804</v>
       </c>
       <c r="E142" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-B</t>
+          <t xml:space="preserve">1846-P</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бронескотч срібло Mount Tape  50мм x 50м, Silco 7660</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  385ml, Silco 1846-P</t>
         </is>
       </c>
       <c r="D143" s="1">
-        <v>639</v>
+        <v>9</v>
       </c>
       <c r="E143" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-B-1</t>
+          <t xml:space="preserve">1848-P</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  темно-сірий,  4:1  1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
         </is>
       </c>
       <c r="D144" s="1">
-        <v>491</v>
+        <v>12</v>
       </c>
       <c r="E144" s="1">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B145" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B145" s="1">
+        <v>1851</v>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір XL,  Silco 2309</t>
+          <t xml:space="preserve">Мірний стакан Mix-Cup 2300ml, Silco 1851</t>
         </is>
       </c>
       <c r="D145" s="1">
-        <v>363</v>
+        <v>46</v>
       </c>
       <c r="E145" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D963/E1</t>
+          <t xml:space="preserve">1851-P</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS 1 л</t>
+          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 2300ml, Silco 1851-P</t>
         </is>
       </c>
       <c r="D146" s="1">
-        <v>2260</v>
+        <v>17</v>
       </c>
       <c r="E146" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VALSPAR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">64-001</t>
+          <t xml:space="preserve">1980-24</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Каталог кольорів RAL</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
         </is>
       </c>
       <c r="D147" s="1">
-        <v>300</v>
+        <v>121</v>
       </c>
       <c r="E147" s="1">
         <v>3</v>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WOLF-UA</t>
-[...3 lines deleted...]
-        <v>388965</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2205-450</t>
+        </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Блокнот Колориста</t>
+          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Box 450шт,  30 x 38см, Silco 2205</t>
         </is>
       </c>
       <c r="D148" s="1">
-        <v>0</v>
+        <v>3834</v>
       </c>
       <c r="E148" s="1">
-        <v>109</v>
+        <v>1</v>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WOLF-UA</t>
-[...3 lines deleted...]
-        <v>68792</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7660-B</t>
+        </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тест карта</t>
+          <t xml:space="preserve">Бронескотч срібло Mount Tape  50мм x 50м, Silco 7660</t>
         </is>
       </c>
       <c r="D149" s="1">
-        <v>2.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>696</v>
+      </c>
+      <c r="E149" s="1">
+        <v>6</v>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8019/E3</t>
+          <t xml:space="preserve">7300-C-04</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач UHS SURFACER темно-сірий 3л, PPG  D8019 (затверджувач UHS 2,5 л, PPG  D8302)</t>
+          <t xml:space="preserve">Грунт наповнювач 2К супершвидкий в аерозолі M30, 400мл, Silco 7300</t>
         </is>
       </c>
       <c r="D150" s="1">
-        <v>6816</v>
+        <v>1116</v>
       </c>
       <c r="E150" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B151" s="1">
-        <v>8110</v>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2309-L</t>
+        </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
+          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір L,  Silco 2309</t>
         </is>
       </c>
       <c r="D151" s="1">
-        <v>876</v>
+        <v>396</v>
       </c>
       <c r="E151" s="1">
         <v>1</v>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-120</t>
+          <t xml:space="preserve">2309-M</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
+          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір M,  Silco 2309</t>
         </is>
       </c>
       <c r="D152" s="1">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="E152" s="1">
-        <v>132</v>
+        <v>2</v>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-150</t>
+          <t xml:space="preserve">2309-XL</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
+          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір XL,  Silco 2309</t>
         </is>
       </c>
       <c r="D153" s="1">
-        <v>15</v>
+        <v>396</v>
       </c>
       <c r="E153" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-180</t>
+          <t xml:space="preserve">9100-1</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P180, Silco  3060-150</t>
+          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D154" s="1">
-        <v>38</v>
+        <v>716</v>
       </c>
       <c r="E154" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7220-1</t>
+          <t xml:space="preserve">9125-05</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 2К антикорозійний M22 Wash Prime   1:1  1л,  Silco 7220 (затверджувач, 1л,  Silco 7225)</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS, 500мл, Silco 9125</t>
         </is>
       </c>
       <c r="D155" s="1">
-        <v>1105</v>
+        <v>3102</v>
       </c>
       <c r="E155" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9900-A-1</t>
+          <t xml:space="preserve">7170-0,75</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
         </is>
       </c>
       <c r="D156" s="1">
-        <v>626</v>
+        <v>562</v>
       </c>
       <c r="E156" s="1">
         <v>1</v>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9040-1</t>
+          <t xml:space="preserve">9009-0,75</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Фарба 1К срібна для дисків, 750мл, Silco 9009</t>
         </is>
       </c>
       <c r="D157" s="1">
-        <v>509</v>
+        <v>663</v>
       </c>
       <c r="E157" s="1">
-        <v>63</v>
+        <v>2</v>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B158" s="1">
-        <v>5075</v>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3130-0,5</t>
+        </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Дошка для розведення шпаклівки, шт Silco 5075</t>
+          <t xml:space="preserve">Універсальний прискорювач сушки  Accelerator,  500мл,  Silco 3130</t>
         </is>
       </c>
       <c r="D158" s="1">
-        <v>364</v>
+        <v>462</v>
       </c>
       <c r="E158" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2647773</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6110-1</t>
+        </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 600мл, Teroson 2647773</t>
+          <t xml:space="preserve">Шпатлівка ультрашвидка (8 хв.) полегшена, універсальна, м'яка B11 SFR Superfast,  Питома вага 1,3 кг/л. Колір білий,  Silco 6110</t>
         </is>
       </c>
       <c r="D159" s="1">
-        <v>396</v>
+        <v>662</v>
       </c>
       <c r="E159" s="1">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9082-0,25</t>
+          <t xml:space="preserve">D963/E1</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвержувач до грунта 7080 M8 Acryfil  Hardener extra fast, 250ml, Silco 9082</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS 1 л</t>
         </is>
       </c>
       <c r="D160" s="1">
-        <v>248</v>
+        <v>1478</v>
       </c>
       <c r="E160" s="1">
-        <v>129</v>
+        <v>1</v>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51426</v>
+          <t xml:space="preserve">VALSPAR</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">64-001</t>
+        </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P320, 3М 51426</t>
+          <t xml:space="preserve">Каталог кольорів RAL</t>
         </is>
       </c>
       <c r="D161" s="1">
-        <v>36</v>
+        <v>339</v>
       </c>
       <c r="E161" s="1">
-        <v>352</v>
+        <v>3</v>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3М</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B162" s="1">
-        <v>51815</v>
+        <v>7703</v>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Полірувальна паста Fast Cut PLUS Extreme 1кг, 3M 51815</t>
+          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
         </is>
       </c>
       <c r="D162" s="1">
-        <v>1813</v>
+        <v>3427</v>
       </c>
       <c r="E162" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
+          <t xml:space="preserve">WOLF-UA</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>50414</v>
+        <v>388965</v>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Trizact 150мм, P3000, 3M 50414</t>
+          <t xml:space="preserve">Блокнот Колориста</t>
         </is>
       </c>
       <c r="D163" s="1">
-        <v>195</v>
+        <v>0</v>
       </c>
       <c r="E163" s="1">
-        <v>175</v>
+        <v>109</v>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WOLF-UA</t>
+        </is>
+      </c>
+      <c r="B164" s="1">
+        <v>68792</v>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
+          <t xml:space="preserve">Тест карта</t>
         </is>
       </c>
       <c r="D164" s="1">
-        <v>1464</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2.5</v>
+      </c>
+      <c r="E164" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B165" s="1">
+        <v>2671189</v>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
         </is>
       </c>
       <c r="D165" s="1">
-        <v>1464</v>
+        <v>294</v>
       </c>
       <c r="E165" s="1">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B166" s="1">
+        <v>1557</v>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RED EFFECT PEARL Червоний перламутр мінливий, Quickline QBC-78/S1</t>
+          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
         </is>
       </c>
       <c r="D166" s="1">
-        <v>2395</v>
+        <v>103</v>
       </c>
       <c r="E166" s="1">
         <v>1</v>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51411</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2040-A-1</t>
+        </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P80+, 3M 51411</t>
+          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
         </is>
       </c>
       <c r="D167" s="1">
-        <v>66</v>
+        <v>411</v>
       </c>
       <c r="E167" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D800+D802</t>
+          <t xml:space="preserve">2040-B-1</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак 1л, PPG D800 + затверджувач 0,5л, PPG D802 (комплект)</t>
+          <t xml:space="preserve">Антигравійний захист, чорний 1кг, Silco 2040</t>
         </is>
       </c>
       <c r="D168" s="1">
-        <v>792</v>
+        <v>411</v>
       </c>
       <c r="E168" s="1">
-        <v>170</v>
+        <v>1</v>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51412</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3050-150</t>
+        </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P120, 3M 51412</t>
+          <t xml:space="preserve">SILCO 3050-150 Диск абразивний  150 мм</t>
         </is>
       </c>
       <c r="D169" s="1">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="E169" s="1">
-        <v>23</v>
+        <v>42</v>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>5600</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3050-240</t>
+        </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Trizact 150мм, P1500, 3M 05600</t>
+          <t xml:space="preserve">SILCO 3050-240 Диск абразивний  150 мм</t>
         </is>
       </c>
       <c r="D170" s="1">
-        <v>195</v>
+        <v>8</v>
       </c>
       <c r="E170" s="1">
-        <v>37</v>
+        <v>245</v>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SOTRO</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">T120070-A12</t>
+          <t xml:space="preserve">3060-150-100</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер під пістолети для SP алюмін. A12</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
         </is>
       </c>
       <c r="D171" s="1">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="E171" s="1">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51369</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-120</t>
+        </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P80, 3М 51369</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
         </is>
       </c>
       <c r="D172" s="1">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E172" s="1">
-        <v>380</v>
+        <v>167</v>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51370</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-150</t>
+        </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P120, 3М 51370</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
         </is>
       </c>
       <c r="D173" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E173" s="1">
-        <v>369</v>
+        <v>50</v>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51424</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-180</t>
+        </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P240, 3М 51424</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P180, Silco  3060-150</t>
         </is>
       </c>
       <c r="D174" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E174" s="1">
-        <v>512</v>
+        <v>40</v>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51421</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-360</t>
+        </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P150, 3М 51421</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
         </is>
       </c>
       <c r="D175" s="1">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E175" s="1">
-        <v>401</v>
+        <v>83</v>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51428</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-500</t>
+        </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P400, 3М 51428</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P500, Silco  3060-150</t>
         </is>
       </c>
       <c r="D176" s="1">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E176" s="1">
-        <v>634</v>
+        <v>18</v>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3415/S2</t>
+          <t xml:space="preserve">3060-150-800</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
         </is>
       </c>
       <c r="D177" s="1">
-        <v>1234</v>
+        <v>17</v>
       </c>
       <c r="E177" s="1">
-        <v>39</v>
+        <v>180</v>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">YA230CG17800</t>
+          <t xml:space="preserve">4090-1200</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
+          <t xml:space="preserve">SILCO 4090-1200 Листи абразивні</t>
         </is>
       </c>
       <c r="D178" s="1">
-        <v>4791</v>
+        <v>8</v>
       </c>
       <c r="E178" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51430</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7220-1</t>
+        </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P80+,   3M 51430</t>
+          <t xml:space="preserve">Грунт 2К антикорозійний M22 Wash Prime   1:1  1л,  Silco 7220 (затверджувач, 1л,  Silco 7225)</t>
         </is>
       </c>
       <c r="D179" s="1">
-        <v>1813</v>
+        <v>1205</v>
       </c>
       <c r="E179" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33540</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9250-0,2</t>
+        </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненій основі D150мм P800, 3М 33540</t>
+          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
         </is>
       </c>
       <c r="D180" s="1">
-        <v>174</v>
+        <v>256</v>
       </c>
       <c r="E180" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33541</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9900-A-1</t>
+        </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1000, 3М 33541</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D181" s="1">
-        <v>174</v>
+        <v>682</v>
       </c>
       <c r="E181" s="1">
-        <v>47</v>
+        <v>1</v>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150180</t>
+          <t xml:space="preserve">6116-A-0,75</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
+          <t xml:space="preserve">Фарба 1К для пластику антрацит B-Paint, 750мл,  Silco 6116</t>
         </is>
       </c>
       <c r="D182" s="1">
-        <v>29</v>
+        <v>885</v>
       </c>
       <c r="E182" s="1">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150240</t>
+          <t xml:space="preserve">9120-1</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P240 (Bx50), BODYLINE  BAMAD150240</t>
+          <t xml:space="preserve">Лак X12 Supreme 2:1, 1л, Silco 9120  (затв. UHS, 0,5л, Silco 9122, 9123, 9125, 9127)</t>
         </is>
       </c>
       <c r="D183" s="1">
-        <v>29</v>
+        <v>1190</v>
       </c>
       <c r="E183" s="1">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2205-500</t>
+          <t xml:space="preserve">3201-1</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
+          <t xml:space="preserve">3201 Moxi Одноетапне полірування</t>
         </is>
       </c>
       <c r="D184" s="1">
-        <v>3517</v>
+        <v>1046</v>
       </c>
       <c r="E184" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150120</t>
+          <t xml:space="preserve">9040-1</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
+          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D185" s="1">
-        <v>29</v>
+        <v>555</v>
       </c>
       <c r="E185" s="1">
-        <v>105</v>
+        <v>3</v>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B186" s="1">
+        <v>5075</v>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
+          <t xml:space="preserve">Дошка для розведення шпаклівки, шт Silco 5075</t>
         </is>
       </c>
       <c r="D186" s="1">
-        <v>29</v>
+        <v>397</v>
       </c>
       <c r="E186" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B187" s="1">
-        <v>583065</v>
+        <v>2647773</v>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 600мл, Teroson 2647773</t>
         </is>
       </c>
       <c r="D187" s="1">
-        <v>137</v>
+        <v>431</v>
       </c>
       <c r="E187" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B188" s="1">
-        <v>51431</v>
+        <v>51426</v>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P120+, 3M 51431</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P320, 3М 51426</t>
         </is>
       </c>
       <c r="D188" s="1">
-        <v>1813</v>
+        <v>40</v>
       </c>
       <c r="E188" s="1">
-        <v>9</v>
+        <v>467</v>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B189" s="1">
-        <v>51433</v>
+        <v>50414</v>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P180+, 3M 51433</t>
+          <t xml:space="preserve">Абразивні диски Trizact 150мм, P3000, 3M 50414</t>
         </is>
       </c>
       <c r="D189" s="1">
-        <v>1813</v>
+        <v>216</v>
       </c>
       <c r="E189" s="1">
-        <v>4</v>
+        <v>290</v>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51435</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2350-M</t>
+        </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P240+, 3M 51435</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
         </is>
       </c>
       <c r="D190" s="1">
-        <v>1813</v>
+        <v>1596</v>
       </c>
       <c r="E190" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51413</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2350-L</t>
+        </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P150, 3M 51413</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
         </is>
       </c>
       <c r="D191" s="1">
-        <v>63</v>
+        <v>1596</v>
       </c>
       <c r="E191" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>52022</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5800-XL</t>
+        </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P400, 3M 52022</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
         </is>
       </c>
       <c r="D192" s="1">
-        <v>63</v>
+        <v>1236</v>
       </c>
       <c r="E192" s="1">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969707</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1410-0,85</t>
+        </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
+          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
         </is>
       </c>
       <c r="D193" s="1">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="E193" s="1">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B194" s="1">
-        <v>33543</v>
+        <v>51411</v>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1500, 3М 33543</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P80+, 3M 51411</t>
         </is>
       </c>
       <c r="D194" s="1">
-        <v>212</v>
+        <v>73</v>
       </c>
       <c r="E194" s="1">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33544</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D800+D802</t>
+        </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р2000, 3М 33544</t>
+          <t xml:space="preserve">Лак 1л, PPG D800 + затверджувач 0,5л, PPG D802 (комплект)</t>
         </is>
       </c>
       <c r="D195" s="1">
-        <v>212</v>
+        <v>878</v>
       </c>
       <c r="E195" s="1">
-        <v>37</v>
+        <v>185</v>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B196" s="1">
-        <v>51423</v>
+        <v>51412</v>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P220, 3М 51423</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P120, 3M 51412</t>
         </is>
       </c>
       <c r="D196" s="1">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="E196" s="1">
-        <v>116</v>
+        <v>30</v>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B197" s="1">
-        <v>51415</v>
+        <v>4905</v>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P220, 3M 51415</t>
+          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
         </is>
       </c>
       <c r="D197" s="1">
-        <v>58</v>
+        <v>1546</v>
       </c>
       <c r="E197" s="1">
-        <v>115</v>
+        <v>1</v>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B198" s="1">
+        <v>7711</v>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний зелений на липучку 150мм, 3М 50487-O</t>
+          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
         </is>
       </c>
       <c r="D198" s="1">
-        <v>736</v>
+        <v>799</v>
       </c>
       <c r="E198" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B199" s="1">
-        <v>50487</v>
+        <v>5600</v>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний зелений на липучку 150мм (аналог), 50487</t>
+          <t xml:space="preserve">Абразивні диски Trizact 150мм, P1500, 3M 05600</t>
         </is>
       </c>
       <c r="D199" s="1">
-        <v>352</v>
+        <v>216</v>
       </c>
       <c r="E199" s="1">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2989853</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-220</t>
+        </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P220, Silco  3060-150</t>
         </is>
       </c>
       <c r="D200" s="1">
-        <v>1204</v>
+        <v>10</v>
       </c>
       <c r="E200" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33542</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">8063-4</t>
+        </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1200, 3М 33542</t>
+          <t xml:space="preserve">Серветки мікрофібра  (4шт різного кольору/упаковка), Silco 8063</t>
         </is>
       </c>
       <c r="D201" s="1">
-        <v>176</v>
+        <v>279</v>
       </c>
       <c r="E201" s="1">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SOTRO</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW0600</t>
+          <t xml:space="preserve">T120070-A12</t>
         </is>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р600 Matador 991, синій, Matador 06MW0600</t>
+          <t xml:space="preserve">Адаптер під пістолети для SP алюмін. A12</t>
         </is>
       </c>
       <c r="D202" s="1">
-        <v>21</v>
+        <v>777</v>
       </c>
       <c r="E202" s="1">
-        <v>91</v>
+        <v>1</v>
       </c>
       <c r="F202" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B203" s="1">
+        <v>51369</v>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р1000 Matador 991, синій, Matador 06MW1000</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P80, 3М 51369</t>
         </is>
       </c>
       <c r="D203" s="1">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E203" s="1">
-        <v>127</v>
+        <v>363</v>
       </c>
       <c r="F203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B204" s="1">
+        <v>51370</v>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р1200 Matador 991, синій, Matador 06MW1200</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P120, 3М 51370</t>
         </is>
       </c>
       <c r="D204" s="1">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E204" s="1">
-        <v>132</v>
+        <v>399</v>
       </c>
       <c r="F204" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B205" s="1">
+        <v>51424</v>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р1500 Matador 991, синій, Matador 06MW1500</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P240, 3М 51424</t>
         </is>
       </c>
       <c r="D205" s="1">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E205" s="1">
-        <v>645</v>
+        <v>842</v>
       </c>
       <c r="F205" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B206" s="1">
+        <v>51421</v>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р2000 Matador 991, синій, Matador 06MW2000</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P150, 3М 51421</t>
         </is>
       </c>
       <c r="D206" s="1">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E206" s="1">
-        <v>672</v>
+        <v>271</v>
       </c>
       <c r="F206" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B207" s="1">
+        <v>51428</v>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р2500 Matador 991, синій, Matador 06MW2500</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P400, 3М 51428</t>
         </is>
       </c>
       <c r="D207" s="1">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="E207" s="1">
-        <v>648</v>
+        <v>404</v>
       </c>
       <c r="F207" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW3000</t>
+          <t xml:space="preserve">3080-150-080</t>
         </is>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р3000 Matador 991, синій, Matador 06MW3000</t>
+          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P80, Silco 3080-150</t>
         </is>
       </c>
       <c r="D208" s="1">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E208" s="1">
-        <v>231</v>
+        <v>4</v>
       </c>
       <c r="F208" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW0800</t>
+          <t xml:space="preserve">3080-150-150</t>
         </is>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р800 Matador 991, синій, Matador 06MW0800</t>
+          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P150, Silco 3080-150</t>
         </is>
       </c>
       <c r="D209" s="1">
         <v>13</v>
       </c>
       <c r="E209" s="1">
-        <v>570</v>
+        <v>1</v>
       </c>
       <c r="F209" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW0360</t>
+          <t xml:space="preserve">3055-150-080</t>
         </is>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р360 Matador 991, синій, Matador 06MW0360</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P080, Silco 3055-150</t>
         </is>
       </c>
       <c r="D210" s="1">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="E210" s="1">
-        <v>635</v>
+        <v>62</v>
       </c>
       <c r="F210" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AIRGUN_0,75</t>
+          <t xml:space="preserve">3055-150-120</t>
         </is>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 0,75 кг, AIRGUN_0,75</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P120, Silco 3055-150</t>
         </is>
       </c>
       <c r="D211" s="1">
-        <v>112</v>
+        <v>7</v>
       </c>
       <c r="E211" s="1">
-        <v>10</v>
+        <v>153</v>
       </c>
       <c r="F211" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>1664131250</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3055-150-180</t>
+        </is>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P180, Silco 3055-150</t>
         </is>
       </c>
       <c r="D212" s="1">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="E212" s="1">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="F212" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G212" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51436</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3055-150-400</t>
+        </is>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P320,   3M 51436</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P400, Silco 3055-150</t>
         </is>
       </c>
       <c r="D213" s="1">
-        <v>1813</v>
+        <v>7</v>
       </c>
       <c r="E213" s="1">
-        <v>4</v>
+        <v>243</v>
       </c>
       <c r="F213" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G213" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-80-36</t>
+          <t xml:space="preserve">3055-150-500</t>
         </is>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-36</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P500, Silco 3055-150</t>
         </is>
       </c>
       <c r="D214" s="1">
-        <v>76</v>
+        <v>7</v>
       </c>
       <c r="E214" s="1">
-        <v>22</v>
+        <v>230</v>
       </c>
       <c r="F214" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G214" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-110-36</t>
+          <t xml:space="preserve">QP-3415/S2</t>
         </is>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 110, Safex SF-110-36</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
         </is>
       </c>
       <c r="D215" s="1">
-        <v>85</v>
+        <v>1346</v>
       </c>
       <c r="E215" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
       <c r="F215" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G215" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOP ХІМ</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">646_4,5</t>
+          <t xml:space="preserve">3280-0,5</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник 646 ТОРхім 4,5л</t>
+          <t xml:space="preserve">Очисник прозорий Finish Inspection, 500 мл, Silco 3280</t>
         </is>
       </c>
       <c r="D216" s="1">
-        <v>376</v>
+        <v>600</v>
       </c>
       <c r="E216" s="1">
         <v>1</v>
       </c>
       <c r="F216" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G216" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>61158</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9400-1</t>
+        </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба структурна Bumper BC20 антрацит, 1л, Roberlo 61158</t>
+          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D217" s="1">
-        <v>664</v>
+        <v>1395</v>
       </c>
       <c r="E217" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F217" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G217" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>61161</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2950-125-0,18</t>
+        </is>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба структурна Bumper BC10 чорна, 1л, Roberlo 61161</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
         </is>
       </c>
       <c r="D218" s="1">
-        <v>668</v>
+        <v>1490</v>
       </c>
       <c r="E218" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F218" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G218" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>61006</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BDPBCMP900</t>
+        </is>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка універсальна Multiextender, 1,5л, Roberlo 61006</t>
+          <t xml:space="preserve">Маскувальний папір 900мм х 180м,  BODYLINE  BDPBCMP900</t>
         </is>
       </c>
       <c r="D219" s="1">
-        <v>792</v>
+        <v>1182</v>
       </c>
       <c r="E219" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F219" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G219" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-60-100</t>
+          <t xml:space="preserve">BUCCP1</t>
         </is>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Папір маскувальний 60см*100м, Safex SF-60-100</t>
+          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
         </is>
       </c>
       <c r="D220" s="1">
-        <v>391</v>
+        <v>2392</v>
       </c>
       <c r="E220" s="1">
         <v>1</v>
       </c>
       <c r="F220" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G220" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-90-100</t>
+          <t xml:space="preserve">YA230CG17800</t>
         </is>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Папір маскувальний 90см*100м,  SF-90-100</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
         </is>
       </c>
       <c r="D221" s="1">
-        <v>591</v>
+        <v>9026</v>
       </c>
       <c r="E221" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F221" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G221" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B222" s="1">
+        <v>33540</v>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р4000 Matador 991, синій, Matador 06MW0400</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненій основі D150мм P800, 3М 33540</t>
         </is>
       </c>
       <c r="D222" s="1">
-        <v>13</v>
+        <v>192</v>
       </c>
       <c r="E222" s="1">
-        <v>500</v>
+        <v>20</v>
       </c>
       <c r="F222" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G222" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B223" s="1">
+        <v>33541</v>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 8 кг, AIRGUN_8</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1000, 3М 33541</t>
         </is>
       </c>
       <c r="D223" s="1">
-        <v>1035</v>
+        <v>192</v>
       </c>
       <c r="E223" s="1">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="F223" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G223" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9400-1</t>
+          <t xml:space="preserve">7070-5</t>
         </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Розчинник акриловий повільний Maxx Thinner,  5л,  Silco 7070</t>
         </is>
       </c>
       <c r="D224" s="1">
-        <v>1280</v>
+        <v>1935</v>
       </c>
       <c r="E224" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G224" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7400/S1</t>
+          <t xml:space="preserve">4110-0,4</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS  1л, QL 7400 (затверджувач HS 0,5л, QL 4410/4420)</t>
+          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
         </is>
       </c>
       <c r="D225" s="1">
-        <v>766</v>
+        <v>337</v>
       </c>
       <c r="E225" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G225" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-67/S3</t>
+          <t xml:space="preserve">BAMAD150180</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPECIAL LARGE ALUMINIUM Спеціально великий металік,  Quickline QBC-67/S3</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
         </is>
       </c>
       <c r="D226" s="1">
-        <v>4486</v>
+        <v>32</v>
       </c>
       <c r="E226" s="1">
-        <v>3</v>
+        <v>45</v>
       </c>
       <c r="F226" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G226" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-68/S3</t>
+          <t xml:space="preserve">BAMAD150080</t>
         </is>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPECIAL ALUMINIUM Яскравий середній металік, Quickline QBC-68/S3</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
         </is>
       </c>
       <c r="D227" s="1">
-        <v>4486</v>
+        <v>32</v>
       </c>
       <c r="E227" s="1">
-        <v>2</v>
+        <v>51</v>
       </c>
       <c r="F227" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G227" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4410/S0.5</t>
+          <t xml:space="preserve">2205-500</t>
         </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
+          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
         </is>
       </c>
       <c r="D228" s="1">
-        <v>530</v>
+        <v>3834</v>
       </c>
       <c r="E228" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F228" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G228" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-0,5</t>
+          <t xml:space="preserve">BAMAD150120</t>
         </is>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 500мл,  Silco  9250</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
         </is>
       </c>
       <c r="D229" s="1">
-        <v>400</v>
+        <v>32</v>
       </c>
       <c r="E229" s="1">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="F229" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G229" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-A-1</t>
+          <t xml:space="preserve">BAMAD150500</t>
         </is>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  білий,  4:1 1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
         </is>
       </c>
       <c r="D230" s="1">
-        <v>491</v>
+        <v>32</v>
       </c>
       <c r="E230" s="1">
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="F230" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G230" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B231" s="1">
+        <v>583065</v>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір L,  Silco 2309</t>
+          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
         </is>
       </c>
       <c r="D231" s="1">
-        <v>363</v>
+        <v>149</v>
       </c>
       <c r="E231" s="1">
         <v>1</v>
       </c>
       <c r="F231" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G231" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B232" s="1">
+        <v>51431</v>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка напівлегка, фінішна B9 Multi-Azure,  1л,  Silco 6090</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P120+, 3M 51431</t>
         </is>
       </c>
       <c r="D232" s="1">
-        <v>613</v>
+        <v>2010</v>
       </c>
       <c r="E232" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F232" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G232" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B233" s="1">
+        <v>51433</v>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P180+, 3M 51433</t>
         </is>
       </c>
       <c r="D233" s="1">
-        <v>15</v>
+        <v>2010</v>
       </c>
       <c r="E233" s="1">
-        <v>99</v>
+        <v>2</v>
       </c>
       <c r="F233" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G233" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B234" s="1">
+        <v>51435</v>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P500, Silco  3060-150</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P240+, 3M 51435</t>
         </is>
       </c>
       <c r="D234" s="1">
-        <v>15</v>
+        <v>2010</v>
       </c>
       <c r="E234" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F234" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G234" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B235" s="1">
+        <v>51413</v>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P150, 3M 51413</t>
         </is>
       </c>
       <c r="D235" s="1">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="E235" s="1">
-        <v>190</v>
+        <v>1</v>
       </c>
       <c r="F235" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G235" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B236" s="1">
+        <v>2969707</v>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 36мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
         </is>
       </c>
       <c r="D236" s="1">
-        <v>111</v>
+        <v>569</v>
       </c>
       <c r="E236" s="1">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G236" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B237" s="1">
+        <v>2969641</v>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 4 кг, AIRGUN_4</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
         </is>
       </c>
       <c r="D237" s="1">
-        <v>528</v>
+        <v>569</v>
       </c>
       <c r="E237" s="1">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G237" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B238" s="1">
+        <v>33543</v>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Папір маскувальний 30см*100м, Safex SF-30-100</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1500, 3М 33543</t>
         </is>
       </c>
       <c r="D238" s="1">
-        <v>200</v>
+        <v>231</v>
       </c>
       <c r="E238" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G238" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B239" s="1">
+        <v>33544</v>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р2000, 3М 33544</t>
         </is>
       </c>
       <c r="D239" s="1">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="E239" s="1">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="F239" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G239" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B240" s="1">
+        <v>51423</v>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS 1 л.</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P220, 3М 51423</t>
         </is>
       </c>
       <c r="D240" s="1">
-        <v>1104</v>
+        <v>40</v>
       </c>
       <c r="E240" s="1">
-        <v>6</v>
+        <v>95</v>
       </c>
       <c r="F240" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G240" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B241" s="1">
+        <v>51415</v>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний MS 0,5 л</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P220, 3M 51415</t>
         </is>
       </c>
       <c r="D241" s="1">
-        <v>709</v>
+        <v>70</v>
       </c>
       <c r="E241" s="1">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="F241" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G241" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B242" s="1">
+        <v>1854</v>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для пластиків 1К 1л,  QL 3900</t>
+          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400мл, Silco 1854</t>
         </is>
       </c>
       <c r="D242" s="1">
-        <v>1205</v>
+        <v>27</v>
       </c>
       <c r="E242" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F242" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G242" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3200/S1</t>
+          <t xml:space="preserve">9130-NG-5</t>
         </is>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт епоксидний 1л, QL 3200 (затверджувач, 0,33л, QL 4600)</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
         </is>
       </c>
       <c r="D243" s="1">
-        <v>2182</v>
+        <v>4657</v>
       </c>
       <c r="E243" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F243" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G243" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2660/S1.8K</t>
+          <t xml:space="preserve">6160-240-1</t>
         </is>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка з алюмінієвим наповнювачем  1,8кг, QL 2660</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P240 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D244" s="1">
-        <v>756</v>
+        <v>4.5</v>
       </c>
       <c r="E244" s="1">
-        <v>1</v>
+        <v>163</v>
       </c>
       <c r="F244" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G244" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1110/S1</t>
+          <t xml:space="preserve">6160-500-1</t>
         </is>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний знежирювач</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P500 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D245" s="1">
-        <v>256</v>
+        <v>4</v>
       </c>
       <c r="E245" s="1">
-        <v>6</v>
+        <v>144</v>
       </c>
       <c r="F245" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G245" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B246" s="1">
+        <v>33440</v>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
+          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P80, 3М 33440</t>
         </is>
       </c>
       <c r="D246" s="1">
-        <v>1026</v>
+        <v>150</v>
       </c>
       <c r="E246" s="1">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F246" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G246" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1900/S0.5</t>
+          <t xml:space="preserve">50487-O</t>
         </is>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластифікатор  0,5л, QL 1900</t>
+          <t xml:space="preserve">Круг полірувальний зелений на липучку 150мм, 3М 50487-O</t>
         </is>
       </c>
       <c r="D247" s="1">
-        <v>989</v>
+        <v>802</v>
       </c>
       <c r="E247" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F247" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G247" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B248" s="1">
+        <v>50487</v>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
+          <t xml:space="preserve">Круг полірувальний зелений на липучку 150мм (аналог), 50487</t>
         </is>
       </c>
       <c r="D248" s="1">
-        <v>327</v>
+        <v>384</v>
       </c>
       <c r="E248" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F248" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G248" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B249" s="1">
+        <v>2989853</v>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач 2К супершвидкий в аерозолі M30, 400мл, Silco 7300</t>
+          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
         </is>
       </c>
       <c r="D249" s="1">
-        <v>1024</v>
+        <v>1312</v>
       </c>
       <c r="E249" s="1">
         <v>2</v>
       </c>
       <c r="F249" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G249" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B250" s="1">
+        <v>2969590</v>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE LENTICULAR ALUMINIUM Дрібний лінзовидний металік, PPG 952/E3.5</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) чорний, 300мл, Teroson 2969590</t>
         </is>
       </c>
       <c r="D250" s="1">
-        <v>9668</v>
+        <v>569</v>
       </c>
       <c r="E250" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F250" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G250" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B251" s="1">
+        <v>33542</v>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1200, 3М 33542</t>
         </is>
       </c>
       <c r="D251" s="1">
-        <v>250</v>
+        <v>192</v>
       </c>
       <c r="E251" s="1">
-        <v>6</v>
+        <v>43</v>
       </c>
       <c r="F251" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G251" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2671610</v>
+          <t xml:space="preserve">MATADOR</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06MW0600</t>
+        </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р600 Matador 991, синій, Matador 06MW0600</t>
         </is>
       </c>
       <c r="D252" s="1">
-        <v>754</v>
+        <v>22</v>
       </c>
       <c r="E252" s="1">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="F252" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G252" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2404</v>
+          <t xml:space="preserve">MATADOR</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06MW1000</t>
+        </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р1000 Matador 991, синій, Matador 06MW1000</t>
         </is>
       </c>
       <c r="D253" s="1">
-        <v>263</v>
+        <v>22</v>
       </c>
       <c r="E253" s="1">
-        <v>2</v>
+        <v>73</v>
       </c>
       <c r="F253" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G253" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2405</v>
+          <t xml:space="preserve">MATADOR</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06MW1200</t>
+        </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р1200 Matador 991, синій, Matador 06MW1200</t>
         </is>
       </c>
       <c r="D254" s="1">
-        <v>263</v>
+        <v>22</v>
       </c>
       <c r="E254" s="1">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="F254" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G254" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2407</v>
+          <t xml:space="preserve">MATADOR</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06MW1500</t>
+        </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р1500 Matador 991, синій, Matador 06MW1500</t>
         </is>
       </c>
       <c r="D255" s="1">
-        <v>174</v>
+        <v>22</v>
       </c>
       <c r="E255" s="1">
-        <v>2</v>
+        <v>494</v>
       </c>
       <c r="F255" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G255" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1846-P</t>
+          <t xml:space="preserve">06MW2000</t>
         </is>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  385ml, Silco 1846-P</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р2000 Matador 991, синій, Matador 06MW2000</t>
         </is>
       </c>
       <c r="D256" s="1">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="E256" s="1">
-        <v>11</v>
+        <v>505</v>
       </c>
       <c r="F256" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G256" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851-P</t>
+          <t xml:space="preserve">06MW2500</t>
         </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 2300ml, Silco 1851-P</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р2500 Matador 991, синій, Matador 06MW2500</t>
         </is>
       </c>
       <c r="D257" s="1">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E257" s="1">
-        <v>8</v>
+        <v>502</v>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G257" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-24</t>
+          <t xml:space="preserve">06MW3000</t>
         </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р3000 Matador 991, синій, Matador 06MW3000</t>
         </is>
       </c>
       <c r="D258" s="1">
-        <v>112</v>
+        <v>29</v>
       </c>
       <c r="E258" s="1">
-        <v>3</v>
+        <v>226</v>
       </c>
       <c r="F258" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G258" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2205-450</t>
+          <t xml:space="preserve">1854-P</t>
         </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Box 450шт,  30 x 38см, Silco 2205</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400мл, Silco 1854-P</t>
         </is>
       </c>
       <c r="D259" s="1">
-        <v>3517</v>
+        <v>24</v>
       </c>
       <c r="E259" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F259" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G259" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7120-C-1</t>
+          <t xml:space="preserve">06MW0800</t>
         </is>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач ультрашвидкий HS SFR M12  сірий,  5:1  1л, Silco 7120  (затверджувач, 200мл, Silco 7125)</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р800 Matador 991, синій, Matador 06MW0800</t>
         </is>
       </c>
       <c r="D260" s="1">
-        <v>699</v>
+        <v>22</v>
       </c>
       <c r="E260" s="1">
-        <v>1</v>
+        <v>291</v>
       </c>
       <c r="F260" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G260" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7014-S-0,5</t>
+          <t xml:space="preserve">06MW0360</t>
         </is>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику в аерозолі, прозорий 500мл,  Silco 7014</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р360 Matador 991, синій, Matador 06MW0360</t>
         </is>
       </c>
       <c r="D261" s="1">
-        <v>355</v>
+        <v>22</v>
       </c>
       <c r="E261" s="1">
-        <v>2</v>
+        <v>410</v>
       </c>
       <c r="F261" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G261" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7015-S-1</t>
+          <t xml:space="preserve">AIRGUN_0,75</t>
         </is>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику срібний,  1л,  Silco 7015</t>
+          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 0,75 кг, AIRGUN_0,75</t>
         </is>
       </c>
       <c r="D262" s="1">
-        <v>648</v>
+        <v>113</v>
       </c>
       <c r="E262" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F262" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G262" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7035-0,5</t>
+          <t xml:space="preserve">AIRGUN_4</t>
         </is>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адгезаційна добавка для пластику в грунти 4 Plastic  500мл, Silco 7035</t>
+          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 4 кг, AIRGUN_4</t>
         </is>
       </c>
       <c r="D263" s="1">
-        <v>375</v>
+        <v>534</v>
       </c>
       <c r="E263" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F263" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G263" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B264" s="1">
+        <v>1668322125</v>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір M,  Silco 2309</t>
+          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
         </is>
       </c>
       <c r="D264" s="1">
-        <v>363</v>
+        <v>277</v>
       </c>
       <c r="E264" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F264" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G264" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B265" s="1">
+        <v>1664131250</v>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
         </is>
       </c>
       <c r="D265" s="1">
-        <v>646</v>
+        <v>40</v>
       </c>
       <c r="E265" s="1">
-        <v>2</v>
+        <v>55</v>
       </c>
       <c r="F265" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G265" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B266" s="1">
+        <v>51436</v>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P320,   3M 51436</t>
         </is>
       </c>
       <c r="D266" s="1">
-        <v>515</v>
+        <v>2010</v>
       </c>
       <c r="E266" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F266" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G266" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9009-0,75</t>
+          <t xml:space="preserve">647-5</t>
         </is>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К срібна для дисків, 750мл, Silco 9009</t>
+          <t xml:space="preserve">Розчинник Р-647 БП 5л</t>
         </is>
       </c>
       <c r="D267" s="1">
-        <v>608</v>
+        <v>455</v>
       </c>
       <c r="E267" s="1">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="F267" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G267" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3205-145</t>
+          <t xml:space="preserve">SF-80-18</t>
         </is>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний білий (жорсткий) Moxi Pads 145 x 30мм, Silco 3205</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 18 мм × 50 м, Safex SF-80-18</t>
         </is>
       </c>
       <c r="D268" s="1">
-        <v>698</v>
+        <v>43</v>
       </c>
       <c r="E268" s="1">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="F268" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G268" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3210-145</t>
+          <t xml:space="preserve">SF-80-36</t>
         </is>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний жовтий (середньої жорскості) Moxi Pads 145 x 30мм, Silco 3210</t>
+          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-36</t>
         </is>
       </c>
       <c r="D269" s="1">
-        <v>698</v>
+        <v>83</v>
       </c>
       <c r="E269" s="1">
-        <v>2</v>
+        <v>107</v>
       </c>
       <c r="F269" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G269" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3130-0,5</t>
+          <t xml:space="preserve">SF-110-24</t>
         </is>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний прискорювач сушки  Accelerator,  500мл,  Silco 3130</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 24 мм × 50 м, Safex SF-110-24</t>
         </is>
       </c>
       <c r="D270" s="1">
-        <v>424</v>
+        <v>63</v>
       </c>
       <c r="E270" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F270" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G270" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6070-1</t>
+          <t xml:space="preserve">SF-110-36</t>
         </is>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів Fade-Thinner, 1L,  Silco 6070</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 36 мм × 50 м, Safex SF-110-36</t>
         </is>
       </c>
       <c r="D271" s="1">
-        <v>536</v>
+        <v>93</v>
       </c>
       <c r="E271" s="1">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F271" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G271" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">TOP ХІМ</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6110-1</t>
+          <t xml:space="preserve">646_4,5</t>
         </is>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка ультрашвидка (8 хв.) полегшена, універсальна, м'яка B11 SFR Superfast,  Питома вага 1,3 кг/л. Колір білий,  Silco 6110</t>
+          <t xml:space="preserve">Розчинник 646 ТОРхім 4,5л</t>
         </is>
       </c>
       <c r="D272" s="1">
-        <v>608</v>
+        <v>425</v>
       </c>
       <c r="E272" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F272" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G272" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2671189</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3290-1</t>
+        </is>
       </c>
       <c r="C273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
+          <t xml:space="preserve">Паста полірувальна фінішна P90, 1 кг, Silco 3290</t>
         </is>
       </c>
       <c r="D273" s="1">
-        <v>270</v>
+        <v>1618</v>
       </c>
       <c r="E273" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="F273" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G273" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ROBERLO</t>
         </is>
       </c>
       <c r="B274" s="1">
-        <v>1550</v>
+        <v>62082</v>
       </c>
       <c r="C274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівмаска захисна малярна  Pro Half Mask A1/P2 ( в комплекті), Silco 1550</t>
+          <t xml:space="preserve">Затвердник акриловий C355, 0,5л, Roberlo 62082</t>
         </is>
       </c>
       <c r="D274" s="1">
-        <v>932</v>
+        <v>680</v>
       </c>
       <c r="E274" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F274" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G274" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ROBERLO</t>
         </is>
       </c>
       <c r="B275" s="1">
-        <v>1557</v>
+        <v>67948</v>
       </c>
       <c r="C275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
+          <t xml:space="preserve">Лак акриловий HS Unix 450, 1л,  Roberlo 67948  (затверджувач, 0,5л,  Roberlo 62082) )</t>
         </is>
       </c>
       <c r="D275" s="1">
-        <v>94</v>
+        <v>754</v>
       </c>
       <c r="E275" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F275" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G275" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ROBERLO</t>
+        </is>
+      </c>
+      <c r="B276" s="1">
+        <v>61158</v>
       </c>
       <c r="C276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
+          <t xml:space="preserve">Фарба структурна Bumper BC20 антрацит, 1л, Roberlo 61158</t>
         </is>
       </c>
       <c r="D276" s="1">
-        <v>377</v>
+        <v>760</v>
       </c>
       <c r="E276" s="1">
         <v>1</v>
       </c>
       <c r="F276" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G276" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ROBERLO</t>
+        </is>
+      </c>
+      <c r="B277" s="1">
+        <v>61006</v>
       </c>
       <c r="C277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, чорний 1кг, Silco 2040</t>
+          <t xml:space="preserve">Шпатлівка універсальна Multiextender, 1,5л, Roberlo 61006</t>
         </is>
       </c>
       <c r="D277" s="1">
-        <v>377</v>
+        <v>924</v>
       </c>
       <c r="E277" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F277" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G277" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3050-150</t>
+          <t xml:space="preserve">SF-30-100</t>
         </is>
       </c>
       <c r="C278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 3050-150 Диск абразивний  150 мм</t>
+          <t xml:space="preserve">Папір маскувальний 30см*100м, Safex SF-30-100</t>
         </is>
       </c>
       <c r="D278" s="1">
-        <v>10</v>
+        <v>247</v>
       </c>
       <c r="E278" s="1">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="F278" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G278" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3050-240</t>
+          <t xml:space="preserve">06MW0400</t>
         </is>
       </c>
       <c r="C279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 3050-240 Диск абразивний  150 мм</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р4000 Matador 991, синій, Matador 06MW0400</t>
         </is>
       </c>
       <c r="D279" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E279" s="1">
-        <v>245</v>
+        <v>500</v>
       </c>
       <c r="F279" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G279" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-360</t>
+          <t xml:space="preserve">9002-B-0.6</t>
         </is>
       </c>
       <c r="C280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
+          <t xml:space="preserve">Gorilla 2K Захисне Покриття Silco 9002</t>
         </is>
       </c>
       <c r="D280" s="1">
-        <v>15</v>
+        <v>508</v>
       </c>
       <c r="E280" s="1">
-        <v>103</v>
+        <v>6</v>
       </c>
       <c r="F280" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G280" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4090-1200</t>
+          <t xml:space="preserve">3251-100</t>
         </is>
       </c>
       <c r="C281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 4090-1200 Листи абразивні</t>
+          <t xml:space="preserve">Круг полірувальний фіолетовий (жорсткий, ріжучий) Moxi Pads 145 x 25мм, Silco 3251</t>
         </is>
       </c>
       <c r="D281" s="1">
-        <v>12</v>
+        <v>131</v>
       </c>
       <c r="E281" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F281" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G281" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6116-A-0,75</t>
+          <t xml:space="preserve">3180-150-1000</t>
         </is>
       </c>
       <c r="C282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К для пластику антрацит B-Paint, 750мл,  Silco 6116</t>
+          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P1000, 150мм,  Silco 3180</t>
         </is>
       </c>
       <c r="D282" s="1">
-        <v>812</v>
+        <v>101</v>
       </c>
       <c r="E282" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F282" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G282" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6150-1</t>
+          <t xml:space="preserve">3180-150-800</t>
         </is>
       </c>
       <c r="C283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка з алюмінієм  B15 Multi-Alu,  1л, Silco 6150</t>
+          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P800, 150мм,  Silco 3180</t>
         </is>
       </c>
       <c r="D283" s="1">
-        <v>690</v>
+        <v>101</v>
       </c>
       <c r="E283" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F283" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G283" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3201-1</t>
+          <t xml:space="preserve">3180-150-600</t>
         </is>
       </c>
       <c r="C284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3201 Moxi Одноетапне полірування</t>
+          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P600, 150мм,  Silco 3181</t>
         </is>
       </c>
       <c r="D284" s="1">
-        <v>1600</v>
+        <v>101</v>
       </c>
       <c r="E284" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F284" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G284" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33439</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6890-1.5</t>
+        </is>
       </c>
       <c r="C285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P60, 3М 33439</t>
+          <t xml:space="preserve">Шпаклівка  Sprayable B89 поліефірна 2K  Silco 6890</t>
         </is>
       </c>
       <c r="D285" s="1">
-        <v>138</v>
+        <v>480</v>
       </c>
       <c r="E285" s="1">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="F285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G285" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5800-XL</t>
+          <t xml:space="preserve">3252-100</t>
         </is>
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
+          <t xml:space="preserve">Круг поліруваний чорний (фінішній), 100 мм, Silco 3252</t>
         </is>
       </c>
       <c r="D286" s="1">
-        <v>971</v>
+        <v>108</v>
       </c>
       <c r="E286" s="1">
-        <v>103</v>
+        <v>1</v>
       </c>
       <c r="F286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G286" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SPRINT</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1410-0,85</t>
+          <t xml:space="preserve">S99</t>
         </is>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
+          <t xml:space="preserve">Шпаклівка легка S99 1л  SPRINT</t>
         </is>
       </c>
       <c r="D287" s="1">
-        <v>487</v>
+        <v>663</v>
       </c>
       <c r="E287" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F287" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G287" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">NOVOL</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1425-4</t>
+          <t xml:space="preserve">37111+35822</t>
         </is>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста для миття рук, 4л,  Silco 1425</t>
+          <t xml:space="preserve">Novol Грунт акр. 4+1 PROTECT 310 сірий + затвр.Н 5520 PROTECT 300.310.350</t>
         </is>
       </c>
       <c r="D288" s="1">
-        <v>809</v>
+        <v>767</v>
       </c>
       <c r="E288" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F288" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G288" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>4905</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-86/S1</t>
+        </is>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
+          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-86/S1</t>
         </is>
       </c>
       <c r="D289" s="1">
-        <v>1418</v>
+        <v>2611</v>
       </c>
       <c r="E289" s="1">
         <v>1</v>
       </c>
       <c r="F289" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G289" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>7711</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QA-1000/S5</t>
+        </is>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
+          <t xml:space="preserve">Антисилікон  5л,  QL 1000</t>
         </is>
       </c>
       <c r="D290" s="1">
-        <v>733</v>
+        <v>1697</v>
       </c>
       <c r="E290" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F290" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G290" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-220</t>
+          <t xml:space="preserve">9230-0,5</t>
         </is>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P220, Silco  3060-150</t>
+          <t xml:space="preserve">Затверджувач швидкий, 500мл,  Silco  9230</t>
         </is>
       </c>
       <c r="D291" s="1">
-        <v>15</v>
+        <v>436</v>
       </c>
       <c r="E291" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F291" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G291" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3202-0,5</t>
+          <t xml:space="preserve">6080-1,5</t>
         </is>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна Антиголограма  Moxi AH,  500мл, Silco 3202</t>
+          <t xml:space="preserve">Шпатлівка  універсальна, легка B8 Multi-Light,  1,5л, Silco  6080</t>
         </is>
       </c>
       <c r="D292" s="1">
-        <v>639</v>
+        <v>805</v>
       </c>
       <c r="E292" s="1">
         <v>1</v>
       </c>
       <c r="F292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G292" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3080-150-080</t>
+          <t xml:space="preserve">7100-A-1</t>
         </is>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P80, Silco 3080-150</t>
+          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  білий,  4:1 1л, Silco 7100  (затверджувач,  Silco 9250/9230)</t>
         </is>
       </c>
       <c r="D293" s="1">
-        <v>23</v>
+        <v>901</v>
       </c>
       <c r="E293" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F293" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G293" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B294" s="1">
+        <v>2142441</v>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P150, Silco 3080-150</t>
+          <t xml:space="preserve">Перетворювач іржі VR 625,  400мл,  Teroson 2142441</t>
         </is>
       </c>
       <c r="D294" s="1">
-        <v>20</v>
+        <v>469</v>
       </c>
       <c r="E294" s="1">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="F294" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G294" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B295" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B295" s="1">
+        <v>8110</v>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P080, Silco 3055-150</t>
+          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
         </is>
       </c>
       <c r="D295" s="1">
-        <v>12</v>
+        <v>955</v>
       </c>
       <c r="E295" s="1">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="F295" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G295" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3055-150-120</t>
+          <t xml:space="preserve">9125-2,5</t>
         </is>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P120, Silco 3055-150</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9125</t>
         </is>
       </c>
       <c r="D296" s="1">
-        <v>11</v>
+        <v>2321</v>
       </c>
       <c r="E296" s="1">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="F296" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G296" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3055-150-180</t>
+          <t xml:space="preserve">AIRGUN_8</t>
         </is>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P180, Silco 3055-150</t>
+          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 8 кг, AIRGUN_8</t>
         </is>
       </c>
       <c r="D297" s="1">
-        <v>11</v>
+        <v>1046</v>
       </c>
       <c r="E297" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F297" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G297" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3055-150-400</t>
+          <t xml:space="preserve">D983/E1</t>
         </is>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P400, Silco 3055-150</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER ALUMINIUM ORANGE Помаранчевий металік,  PPG D983/E1</t>
         </is>
       </c>
       <c r="D298" s="1">
-        <v>11</v>
+        <v>4066</v>
       </c>
       <c r="E298" s="1">
-        <v>243</v>
+        <v>0</v>
       </c>
       <c r="F298" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G298" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3М</t>
+        </is>
+      </c>
+      <c r="B299" s="1">
+        <v>51815</v>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P500, Silco 3055-150</t>
+          <t xml:space="preserve">Полірувальна паста Fast Cut PLUS Extreme 1кг, 3M 51815</t>
         </is>
       </c>
       <c r="D299" s="1">
-        <v>11</v>
+        <v>1976</v>
       </c>
       <c r="E299" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
       <c r="F299" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G299" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2260-R-A</t>
+          <t xml:space="preserve">D966/E1</t>
         </is>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Scuff Roll, червоний, 115 x 10м, P360  Silco 2260</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE WHITE Ледь помітний білий, PPG D966/E1</t>
         </is>
       </c>
       <c r="D300" s="1">
-        <v>1488</v>
+        <v>3011</v>
       </c>
       <c r="E300" s="1">
         <v>1</v>
       </c>
       <c r="F300" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G300" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B301" s="1">
+        <v>33439</v>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник прозорий Finish Inspection, 500 мл, Silco 3280</t>
+          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P60, 3М 33439</t>
         </is>
       </c>
       <c r="D301" s="1">
-        <v>551</v>
+        <v>150</v>
       </c>
       <c r="E301" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F301" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G301" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3М</t>
+        </is>
+      </c>
+      <c r="B302" s="1">
+        <v>31485</v>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P500, 3М 31485</t>
         </is>
       </c>
       <c r="D302" s="1">
-        <v>1368</v>
+        <v>40</v>
       </c>
       <c r="E302" s="1">
-        <v>9</v>
+        <v>150</v>
       </c>
       <c r="F302" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G302" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BDPBCMP900</t>
+          <t xml:space="preserve">D8243/E0.5</t>
         </is>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маскувальний папір 900мм х 180м,  BODYLINE  BDPBCMP900</t>
+          <t xml:space="preserve">Затверджувач  стандартний UHS 0,5 л, PPG  D8243</t>
         </is>
       </c>
       <c r="D303" s="1">
-        <v>1807</v>
+        <v>1035</v>
       </c>
       <c r="E303" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F303" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G303" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BDPBMP36</t>
+          <t xml:space="preserve">QP-3900/S1</t>
         </is>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маскувальний папір 900мм х 250м, BODYLINE  BDPBMP36</t>
+          <t xml:space="preserve">Грунт для пластиків 1К 1л,  QL 3900</t>
         </is>
       </c>
       <c r="D304" s="1">
-        <v>1867</v>
+        <v>1314</v>
       </c>
       <c r="E304" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F304" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G304" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BUCCP1</t>
+          <t xml:space="preserve">QC-7400/S1</t>
         </is>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
+          <t xml:space="preserve">Лак HS  1л, QL 7400 (затверджувач HS 0,5л, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D305" s="1">
-        <v>2194</v>
+        <v>835</v>
       </c>
       <c r="E305" s="1">
-        <v>1</v>
+        <v>149</v>
       </c>
       <c r="F305" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G305" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7070-5</t>
+          <t xml:space="preserve">QC-7600/S1</t>
         </is>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий повільний Maxx Thinner,  5л,  Silco 7070</t>
+          <t xml:space="preserve">Лак антискретч 1л, QL 7600 (затверджувач HS, 0,5л, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D306" s="1">
-        <v>1746</v>
+        <v>812</v>
       </c>
       <c r="E306" s="1">
-        <v>1</v>
+        <v>223</v>
       </c>
       <c r="F306" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G306" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1970-24</t>
+          <t xml:space="preserve">QF-2660/S1.8K</t>
         </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 24мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">Шпатлівка з алюмінієвим наповнювачем  1,8кг, QL 2660</t>
         </is>
       </c>
       <c r="D307" s="1">
-        <v>74</v>
+        <v>824</v>
       </c>
       <c r="E307" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F307" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G307" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1970-48</t>
+          <t xml:space="preserve">QF-2440/S1.5K</t>
         </is>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 48мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">Шпатлівка для пластиків  1,5кг, QL 2440</t>
         </is>
       </c>
       <c r="D308" s="1">
-        <v>148</v>
+        <v>993</v>
       </c>
       <c r="E308" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F308" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G308" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4110-0,4</t>
+          <t xml:space="preserve">QF-2630/S1.8K</t>
         </is>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
+          <t xml:space="preserve">Шпатлівка зі скловолокном  1,8кг, QL 2630</t>
         </is>
       </c>
       <c r="D309" s="1">
-        <v>309</v>
+        <v>757</v>
       </c>
       <c r="E309" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F309" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G309" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150400</t>
+          <t xml:space="preserve">QA-1110/S1</t>
         </is>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P400 (Bx50), BODYLINE  BAMAD150400</t>
+          <t xml:space="preserve">Універсальний знежирювач</t>
         </is>
       </c>
       <c r="D310" s="1">
-        <v>29</v>
+        <v>279</v>
       </c>
       <c r="E310" s="1">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="F310" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G310" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150080</t>
+          <t xml:space="preserve">QA-1070/S1</t>
         </is>
       </c>
       <c r="C311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
+          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
         </is>
       </c>
       <c r="D311" s="1">
-        <v>29</v>
+        <v>1118</v>
       </c>
       <c r="E311" s="1">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="F311" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G311" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5701-100</t>
+          <t xml:space="preserve">QA-1900/S0.5</t>
         </is>
       </c>
       <c r="C312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пензель-аплікатор 1 шт, Silco 5701</t>
+          <t xml:space="preserve">Пластифікатор  0,5л, QL 1900</t>
         </is>
       </c>
       <c r="D312" s="1">
-        <v>12</v>
+        <v>1078</v>
       </c>
       <c r="E312" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F312" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G312" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51437</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QA-1402/S1K</t>
+        </is>
       </c>
       <c r="C313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P400+, 3M 51437</t>
+          <t xml:space="preserve">Антигравійний захист сірий  1л, QL 1402</t>
         </is>
       </c>
       <c r="D313" s="1">
-        <v>1813</v>
+        <v>357</v>
       </c>
       <c r="E313" s="1">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F313" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G313" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969641</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QA-1403/S1K</t>
+        </is>
       </c>
       <c r="C314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
+          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
         </is>
       </c>
       <c r="D314" s="1">
-        <v>522</v>
+        <v>214</v>
       </c>
       <c r="E314" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F314" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G314" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33440</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-11/S3</t>
+        </is>
       </c>
       <c r="C315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P80, 3М 33440</t>
+          <t xml:space="preserve">Пігмент SUPER WHITE Насичений білий, Quickline QBC-11/S3</t>
         </is>
       </c>
       <c r="D315" s="1">
-        <v>138</v>
+        <v>4890</v>
       </c>
       <c r="E315" s="1">
-        <v>30</v>
+        <v>207</v>
       </c>
       <c r="F315" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G315" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-80-18</t>
+          <t xml:space="preserve">QBC-12/S1</t>
         </is>
       </c>
       <c r="C316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-18</t>
+          <t xml:space="preserve">Пігмент ARCTIC WHITE Білий низькоконцентрований, Quickline QBC-12/S1</t>
         </is>
       </c>
       <c r="D316" s="1">
-        <v>40</v>
+        <v>1632</v>
       </c>
       <c r="E316" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="F316" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G316" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8018/E3</t>
+          <t xml:space="preserve">QBC-13/S1</t>
         </is>
       </c>
       <c r="C317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач UHS SURFACER білий 3л, PPG  D8018 (затверджувач UHS 2,5 л, PPG  D8302)</t>
+          <t xml:space="preserve">Пігмент BRIGHT WHITE Яскравий білий, Quickline QBC-13/S1</t>
         </is>
       </c>
       <c r="D317" s="1">
-        <v>6816</v>
+        <v>1632</v>
       </c>
       <c r="E317" s="1">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="F317" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G317" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-110-24</t>
+          <t xml:space="preserve">QBC-16/S3</t>
         </is>
       </c>
       <c r="C318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 110, Safex SF-110-24</t>
+          <t xml:space="preserve">Пігмент GRAPHITE BLACK Насичений чорний з синім відтінком, Quickline QBC-16/S3</t>
         </is>
       </c>
       <c r="D318" s="1">
-        <v>58</v>
+        <v>4890</v>
       </c>
       <c r="E318" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F318" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G318" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2210</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-18/S1</t>
+        </is>
       </c>
       <c r="C319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветка для пиловидалення WB-Rag, 25 шт, Silco 2210</t>
+          <t xml:space="preserve">Пігмент PALE GRAPHITE BLACK Чорний прозорий (відтіночний), Quickline QBC-18/S1</t>
         </is>
       </c>
       <c r="D319" s="1">
-        <v>544</v>
+        <v>1632</v>
       </c>
       <c r="E319" s="1">
         <v>1</v>
       </c>
       <c r="F319" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G319" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>3430</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-20/S3</t>
+        </is>
       </c>
       <c r="C320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
+          <t xml:space="preserve">Пігмент CELESTIAL BLUE Синій чистий з червоним відтінком, Quickline QBC-20/S3</t>
         </is>
       </c>
       <c r="D320" s="1">
-        <v>738</v>
+        <v>4890</v>
       </c>
       <c r="E320" s="1">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F320" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G320" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>62082</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-21/S3</t>
+        </is>
       </c>
       <c r="C321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник акриловий C355, 0,5л, Roberlo 62082</t>
+          <t xml:space="preserve">Пігмент MIDNIGHT BLUE Синій насичений, Quickline QBC-21/S3</t>
         </is>
       </c>
       <c r="D321" s="1">
-        <v>587</v>
+        <v>4890</v>
       </c>
       <c r="E321" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F321" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G321" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>67948</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-23/S1</t>
+        </is>
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак акриловий HS Unix 450, 1л,  Roberlo 67948  (затверджувач, 0,5л,  Roberlo 62082) )</t>
+          <t xml:space="preserve">Пігмент MOSS GREEN Зелений мох, Quickline QBC-23/S1</t>
         </is>
       </c>
       <c r="D322" s="1">
-        <v>640</v>
+        <v>1632</v>
       </c>
       <c r="E322" s="1">
-        <v>9</v>
+        <v>85</v>
       </c>
       <c r="F322" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G322" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2095618</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-35/S1</t>
+        </is>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів PU 9108F білий, 280мл, Teroson 2095618</t>
+          <t xml:space="preserve">Пігмент BRIGHT YELLOW Яскраво-жовтий, Quickline QBC-35/S1</t>
         </is>
       </c>
       <c r="D323" s="1">
-        <v>195</v>
+        <v>1632</v>
       </c>
       <c r="E323" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F323" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G323" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MIRKA</t>
-[...3 lines deleted...]
-        <v>8111202581</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-36/S1</t>
+        </is>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм XF P800 темно-сірий, MIRKA 8111202581</t>
+          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QBC-36/S1</t>
         </is>
       </c>
       <c r="D324" s="1">
-        <v>44</v>
+        <v>1632</v>
       </c>
       <c r="E324" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F324" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G324" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1818-C-0,4</t>
+          <t xml:space="preserve">QBC-40/S1</t>
         </is>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт універсальний 1К  в аерозолі  сірий, 400мл, Silco 1818</t>
+          <t xml:space="preserve">Пігмент FOREST GREEN Зелений з синім відтінком, Quickline QBC-40/S1</t>
         </is>
       </c>
       <c r="D325" s="1">
-        <v>309</v>
+        <v>1632</v>
       </c>
       <c r="E325" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F325" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G325" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9130-NG-5</t>
+          <t xml:space="preserve">QBC-41/S1</t>
         </is>
       </c>
       <c r="C326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
+          <t xml:space="preserve">Пігмент BRILLIANT GREEN Діамантовий зелений, Quickline QBC-41/S1</t>
         </is>
       </c>
       <c r="D326" s="1">
-        <v>4177</v>
+        <v>1632</v>
       </c>
       <c r="E326" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F326" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G326" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DH995/E0.5</t>
+          <t xml:space="preserve">QBC-42/S1</t>
         </is>
       </c>
       <c r="C327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент HARLEQUIN RED TO GOLD Від червоного до золотого, PPG DH995/E0.5</t>
+          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
         </is>
       </c>
       <c r="D327" s="1">
-        <v>71926</v>
+        <v>1632</v>
       </c>
       <c r="E327" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F327" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G327" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2061022</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-43/S1</t>
+        </is>
       </c>
       <c r="C328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Локтайт герметик SI 5699 GY ТВ 80ml</t>
+          <t xml:space="preserve">Пігмент CHOCOLATE BROWN Шоколадно-коричневий, Quickline QBC-43/S1</t>
         </is>
       </c>
       <c r="D328" s="1">
-        <v>325</v>
+        <v>1632</v>
       </c>
       <c r="E328" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F328" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G328" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>7703</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-50/S1</t>
+        </is>
       </c>
       <c r="C329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
+          <t xml:space="preserve">Пігмент REDUCED CORAL RED Прозорий коралово-червоний, Quickline QBC-50/S1</t>
         </is>
       </c>
       <c r="D329" s="1">
-        <v>3144</v>
+        <v>1632</v>
       </c>
       <c r="E329" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F329" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G329" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MIRKA</t>
-[...3 lines deleted...]
-        <v>8111202537</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-51/S1</t>
+        </is>
       </c>
       <c r="C330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм VF P360 червоний, MIRKA 8111202537</t>
+          <t xml:space="preserve">Пігмент REDUCED RED Прозорий червоний, Quickline QBC-51/S1</t>
         </is>
       </c>
       <c r="D330" s="1">
-        <v>43</v>
+        <v>1632</v>
       </c>
       <c r="E330" s="1">
         <v>25</v>
       </c>
       <c r="F330" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G330" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1854</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-52/S1</t>
+        </is>
       </c>
       <c r="C331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400мл, Silco 1854</t>
+          <t xml:space="preserve">Пігмент TERRACOTTA RED Пурпурно-червоний, Quickline QBC-52/S1</t>
         </is>
       </c>
       <c r="D331" s="1">
-        <v>25</v>
+        <v>1632</v>
       </c>
       <c r="E331" s="1">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="F331" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G331" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-240-1</t>
+          <t xml:space="preserve">QBC-53/S1</t>
         </is>
       </c>
       <c r="C332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразив на поролоні Silco 6160, P240 Abra-Foam SBS 11,5х12,5см 1шт.</t>
+          <t xml:space="preserve">Пігмент CRIMSON RED Темно-червоний, Quickline QBC-53/S1</t>
         </is>
       </c>
       <c r="D332" s="1">
-        <v>7</v>
+        <v>1632</v>
       </c>
       <c r="E332" s="1">
-        <v>185</v>
+        <v>26</v>
       </c>
       <c r="F332" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G332" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-500-1</t>
+          <t xml:space="preserve">QBC-54/S1</t>
         </is>
       </c>
       <c r="C333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразив на поролоні Silco 6160, P500 Abra-Foam SBS 11,5х12,5см 1шт.</t>
+          <t xml:space="preserve">Пігмент YELLOWISH RED Жовтувато-червоний, Quickline QBC-54/S1</t>
         </is>
       </c>
       <c r="D333" s="1">
-        <v>6</v>
+        <v>1632</v>
       </c>
       <c r="E333" s="1">
-        <v>178</v>
+        <v>1</v>
       </c>
       <c r="F333" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G333" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-25</t>
+          <t xml:space="preserve">QBC-56/S1</t>
         </is>
       </c>
       <c r="C334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка двостороння,  25мм х 10м, Silco 3109</t>
+          <t xml:space="preserve">Пігмент WILD ORANGE Дикий помаранч, Quickline QBC-56/S1</t>
         </is>
       </c>
       <c r="D334" s="1">
-        <v>978</v>
+        <v>3386</v>
       </c>
       <c r="E334" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F334" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G334" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG300</t>
+          <t xml:space="preserve">QBC-58/S1</t>
         </is>
       </c>
       <c r="C335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фабра PPG по коду 50г+ розчинник 50г, PPG300</t>
+          <t xml:space="preserve">Пігмент BORDEAUX RED Бордовий, Quickline QBC-58/S1</t>
         </is>
       </c>
       <c r="D335" s="1">
-        <v>246</v>
+        <v>1632</v>
       </c>
       <c r="E335" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F335" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G335" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1854-P</t>
+          <t xml:space="preserve">QBC-61/S3</t>
         </is>
       </c>
       <c r="C336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400мл, Silco 1854-P</t>
+          <t xml:space="preserve">Пігмент COARSE ALUMINIUM Великий металік, Quickline QBC-61/S3</t>
         </is>
       </c>
       <c r="D336" s="1">
-        <v>37</v>
+        <v>4890</v>
       </c>
       <c r="E336" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F336" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G336" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>1668322125</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-63/S3</t>
+        </is>
       </c>
       <c r="C337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
+          <t xml:space="preserve">Пігмент SILVER ALUMINIUM Сріблястий металік, Quickline QBC-63/S3</t>
         </is>
       </c>
       <c r="D337" s="1">
-        <v>254</v>
+        <v>4890</v>
       </c>
       <c r="E337" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F337" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G337" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9270-2,5</t>
+          <t xml:space="preserve">QBC-64/S3</t>
         </is>
       </c>
       <c r="C338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний, 2500мл,  Silco  9270</t>
+          <t xml:space="preserve">Пігмент EXTRA SILVER ALUMINIUM  Чистий яскравий сріблястий металік, Quickline QBC-64/S3</t>
         </is>
       </c>
       <c r="D338" s="1">
-        <v>1775</v>
+        <v>4890</v>
       </c>
       <c r="E338" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F338" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G338" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3900/S1</t>
+          <t xml:space="preserve">QBC-66/S1</t>
         </is>
       </c>
       <c r="C339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для пластиків 1К 1л,  QL 3900</t>
+          <t xml:space="preserve">Пігмент GOLDEN ALUMINIUM Золотистий металік, Quickline QBC-66/S1</t>
         </is>
       </c>
       <c r="D339" s="1">
-        <v>1205</v>
+        <v>1632</v>
       </c>
       <c r="E339" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F339" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G339" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7400/S1</t>
+          <t xml:space="preserve">QBC-67/S3</t>
         </is>
       </c>
       <c r="C340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS  1л, QL 7400 (затверджувач HS 0,5л, QL 4410/4420)</t>
+          <t xml:space="preserve">Пігмент SPECIAL LARGE ALUMINIUM Спеціально великий металік,  Quickline QBC-67/S3</t>
         </is>
       </c>
       <c r="D340" s="1">
-        <v>766</v>
+        <v>4890</v>
       </c>
       <c r="E340" s="1">
-        <v>311</v>
+        <v>26</v>
       </c>
       <c r="F340" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G340" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7600/S1</t>
+          <t xml:space="preserve">QBC-68/S3</t>
         </is>
       </c>
       <c r="C341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак антискретч 1л, QL 7600 (затверджувач HS, 0,5л, QL 4410/4420)</t>
+          <t xml:space="preserve">Пігмент SPECIAL ALUMINIUM Яскравий середній металік, Quickline QBC-68/S3</t>
         </is>
       </c>
       <c r="D341" s="1">
-        <v>745</v>
+        <v>4890</v>
       </c>
       <c r="E341" s="1">
-        <v>201</v>
+        <v>112</v>
       </c>
       <c r="F341" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G341" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2620/S18K</t>
+          <t xml:space="preserve">QBC-76/S1</t>
         </is>
       </c>
       <c r="C342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка універсальна  1,8кг, QL 2620</t>
+          <t xml:space="preserve">Пігмент FINE WHITE PEARL Тонкий білий перламутр, Quickline QBC-76/S1</t>
         </is>
       </c>
       <c r="D342" s="1">
-        <v>608</v>
+        <v>2611</v>
       </c>
       <c r="E342" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F342" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G342" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2660/S1.8K</t>
+          <t xml:space="preserve">QBC-77/S1</t>
         </is>
       </c>
       <c r="C343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка з алюмінієвим наповнювачем  1,8кг, QL 2660</t>
+          <t xml:space="preserve">Пігмент COARSE WHITE PEARL Великий білий перламутр, Quickline QBC-77/S1</t>
         </is>
       </c>
       <c r="D343" s="1">
-        <v>756</v>
+        <v>2611</v>
       </c>
       <c r="E343" s="1">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="F343" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G343" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2440/S1.5K</t>
+          <t xml:space="preserve">QBC-80/S1</t>
         </is>
       </c>
       <c r="C344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка для пластиків  1,5кг, QL 2440</t>
+          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-80/S1</t>
         </is>
       </c>
       <c r="D344" s="1">
-        <v>911</v>
+        <v>2611</v>
       </c>
       <c r="E344" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="F344" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G344" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2630/S1.8K</t>
+          <t xml:space="preserve">QBC-83/S1</t>
         </is>
       </c>
       <c r="C345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка зі скловолокном  1,8кг, QL 2630</t>
+          <t xml:space="preserve">Пігмент RUBY PEARL Червоний перламутр з середнім зерном, Quickline QBC-83/S1</t>
         </is>
       </c>
       <c r="D345" s="1">
-        <v>694</v>
+        <v>2611</v>
       </c>
       <c r="E345" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F345" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G345" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1110/S1</t>
+          <t xml:space="preserve">QBC-84/S1</t>
         </is>
       </c>
       <c r="C346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний знежирювач</t>
+          <t xml:space="preserve">Пігмент GOLDEN PEARL Жовтий перламутр, Quickline QBC-84/S1</t>
         </is>
       </c>
       <c r="D346" s="1">
-        <v>256</v>
+        <v>2611</v>
       </c>
       <c r="E346" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F346" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G346" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1070/S1</t>
+          <t xml:space="preserve">QBC-90/S1</t>
         </is>
       </c>
       <c r="C347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
+          <t xml:space="preserve">Пігмент FLOP ADJUSTER  Регулятор зерна, Quickline QBC-90/S1</t>
         </is>
       </c>
       <c r="D347" s="1">
-        <v>1026</v>
+        <v>1632</v>
       </c>
       <c r="E347" s="1">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="F347" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G347" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1900/S0.5</t>
+          <t xml:space="preserve">QBC-92/S3</t>
         </is>
       </c>
       <c r="C348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластифікатор  0,5л, QL 1900</t>
+          <t xml:space="preserve">Пігмент TRANSPARENT BASE Прозора база, Quickline QBC-92/S3</t>
         </is>
       </c>
       <c r="D348" s="1">
-        <v>989</v>
+        <v>4890</v>
       </c>
       <c r="E348" s="1">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="F348" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G348" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1402/S1K</t>
+          <t xml:space="preserve">QDG-14/S1</t>
         </is>
       </c>
       <c r="C349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист сірий  1л, QL 1402</t>
+          <t xml:space="preserve">Пігмент LIGHT WHITE Світло-білий, Quickline QDG-14/S1</t>
         </is>
       </c>
       <c r="D349" s="1">
-        <v>327</v>
+        <v>1438</v>
       </c>
       <c r="E349" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="F349" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G349" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1403/S1K</t>
+          <t xml:space="preserve">QDG-15/S3</t>
         </is>
       </c>
       <c r="C350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
+          <t xml:space="preserve">Пігмент SNOW WHITE Сніжно-білий, Quickline QDG-15/S3</t>
         </is>
       </c>
       <c r="D350" s="1">
-        <v>327</v>
+        <v>4315</v>
       </c>
       <c r="E350" s="1">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F350" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G350" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-11/S3</t>
+          <t xml:space="preserve">QDG-17/S1</t>
         </is>
       </c>
       <c r="C351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SUPER WHITE Насичений білий, Quickline QBC-11/S3</t>
+          <t xml:space="preserve">Пігмент BODY BLACK Насичений чорний, Quickline QDG-17/S1</t>
         </is>
       </c>
       <c r="D351" s="1">
-        <v>4486</v>
+        <v>1438</v>
       </c>
       <c r="E351" s="1">
-        <v>85</v>
+        <v>5</v>
       </c>
       <c r="F351" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G351" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-12/S1</t>
+          <t xml:space="preserve">QDG-26/S1</t>
         </is>
       </c>
       <c r="C352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ARCTIC WHITE Білий низькоконцентрований, Quickline QBC-12/S1</t>
+          <t xml:space="preserve">Пігмент VIOLET BLUE Фіолетово-синій, Quickline QDG-26/S1</t>
         </is>
       </c>
       <c r="D352" s="1">
-        <v>1497</v>
+        <v>1438</v>
       </c>
       <c r="E352" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="F352" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G352" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-13/S1</t>
+          <t xml:space="preserve">QDG-28/S1</t>
         </is>
       </c>
       <c r="C353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT WHITE Яскравий білий, Quickline QBC-13/S1</t>
+          <t xml:space="preserve">Пігмент CYAN BLUE Блакитно-синій, Quickline QDG-28/S1</t>
         </is>
       </c>
       <c r="D353" s="1">
-        <v>1497</v>
+        <v>1438</v>
       </c>
       <c r="E353" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F353" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G353" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-16/S3</t>
+          <t xml:space="preserve">QDG-29/S1</t>
         </is>
       </c>
       <c r="C354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GRAPHITE BLACK Насичений чорний з синім відтінком, Quickline QBC-16/S3</t>
+          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
         </is>
       </c>
       <c r="D354" s="1">
-        <v>4486</v>
+        <v>1438</v>
       </c>
       <c r="E354" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F354" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G354" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-18/S1</t>
+          <t xml:space="preserve">QDG-35/S3</t>
         </is>
       </c>
       <c r="C355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE GRAPHITE BLACK Чорний прозорий (відтіночний), Quickline QBC-18/S1</t>
+          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
         </is>
       </c>
       <c r="D355" s="1">
-        <v>1497</v>
+        <v>4315</v>
       </c>
       <c r="E355" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F355" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G355" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-20/S3</t>
+          <t xml:space="preserve">QDG-36/S1</t>
         </is>
       </c>
       <c r="C356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CELESTIAL BLUE Синій чистий з червоним відтінком, Quickline QBC-20/S3</t>
+          <t xml:space="preserve">Пігмент REDUCED SAND YELLOW Прозорий пісчано-жовтий, Quickline QDG-36/S1</t>
         </is>
       </c>
       <c r="D356" s="1">
-        <v>4486</v>
+        <v>1438</v>
       </c>
       <c r="E356" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F356" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G356" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-21/S3</t>
+          <t xml:space="preserve">QDG-37/S1</t>
         </is>
       </c>
       <c r="C357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент MIDNIGHT BLUE Синій насичений, Quickline QBC-21/S3</t>
+          <t xml:space="preserve">Пігмент HARVEST YELLOW Світло-жовтий, Quickline QDG-37/S1</t>
         </is>
       </c>
       <c r="D357" s="1">
-        <v>4486</v>
+        <v>1438</v>
       </c>
       <c r="E357" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F357" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G357" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-23/S1</t>
+          <t xml:space="preserve">QDG-38/S1</t>
         </is>
       </c>
       <c r="C358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент MOSS GREEN Зелений мох, Quickline QBC-23/S1</t>
+          <t xml:space="preserve">Пігмент SUNSHINE YELLOW Сонячно-жовтий, Quickline QDG-38/S1</t>
         </is>
       </c>
       <c r="D358" s="1">
-        <v>1497</v>
+        <v>1438</v>
       </c>
       <c r="E358" s="1">
-        <v>56</v>
+        <v>2</v>
       </c>
       <c r="F358" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G358" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-30/S1</t>
+          <t xml:space="preserve">QDG-48/S1</t>
         </is>
       </c>
       <c r="C359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент LEMON YELLOW Лимонно-жовтий, Quickline QBC-30/S1</t>
+          <t xml:space="preserve">Пігмент BRIGHT GREEN Яскраво-зелений, Quickline QDG-48/S1</t>
         </is>
       </c>
       <c r="D359" s="1">
-        <v>1497</v>
+        <v>1438</v>
       </c>
       <c r="E359" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F359" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G359" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-35/S1</t>
+          <t xml:space="preserve">QDG-55/S1</t>
         </is>
       </c>
       <c r="C360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT YELLOW Яскраво-жовтий, Quickline QBC-35/S1</t>
+          <t xml:space="preserve">Пігмент VIOLET RED Фіолетово-червоний, Quickline QDG-55/S1</t>
         </is>
       </c>
       <c r="D360" s="1">
-        <v>1497</v>
+        <v>1438</v>
       </c>
       <c r="E360" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F360" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G360" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-36/S1</t>
+          <t xml:space="preserve">QDG-56/S3</t>
         </is>
       </c>
       <c r="C361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QBC-36/S1</t>
+          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S3</t>
         </is>
       </c>
       <c r="D361" s="1">
-        <v>1497</v>
+        <v>2092</v>
       </c>
       <c r="E361" s="1">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F361" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G361" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-40/S1</t>
+          <t xml:space="preserve">QDG-57/S3</t>
         </is>
       </c>
       <c r="C362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FOREST GREEN Зелений з синім відтінком, Quickline QBC-40/S1</t>
+          <t xml:space="preserve">Пігмент IRON RED Золотисто-коричневий, Quickline QDG-57/S3</t>
         </is>
       </c>
       <c r="D362" s="1">
-        <v>1497</v>
+        <v>2092</v>
       </c>
       <c r="E362" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F362" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G362" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-41/S1</t>
+          <t xml:space="preserve">QDG-59/S3</t>
         </is>
       </c>
       <c r="C363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRILLIANT GREEN Діамантовий зелений, Quickline QBC-41/S1</t>
+          <t xml:space="preserve">Пігмент BLUE RED Синьо-червоний, Quickline QDG-59/S3</t>
         </is>
       </c>
       <c r="D363" s="1">
-        <v>1497</v>
+        <v>4315</v>
       </c>
       <c r="E363" s="1">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F363" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G363" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-42/S1</t>
+          <t xml:space="preserve">QH-4420/S05</t>
         </is>
       </c>
       <c r="C364" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
+          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
         </is>
       </c>
       <c r="D364" s="1">
-        <v>1497</v>
+        <v>577</v>
       </c>
       <c r="E364" s="1">
-        <v>1</v>
+        <v>442</v>
       </c>
       <c r="F364" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G364" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-43/S1</t>
+          <t xml:space="preserve">QH-4520/S0.5</t>
         </is>
       </c>
       <c r="C365" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CHOCOLATE BROWN Шоколадно-коричневий, Quickline QBC-43/S1</t>
+          <t xml:space="preserve">Затверджувач UHS стандартний 0,5л, QL 4520</t>
         </is>
       </c>
       <c r="D365" s="1">
-        <v>1497</v>
+        <v>841</v>
       </c>
       <c r="E365" s="1">
-        <v>8</v>
+        <v>106</v>
       </c>
       <c r="F365" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G365" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-50/S1</t>
+          <t xml:space="preserve">QH-4210/S02</t>
         </is>
       </c>
       <c r="C366" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED CORAL RED Прозорий коралово-червоний, Quickline QBC-50/S1</t>
+          <t xml:space="preserve">Затверджувач швидкий MS 0,2л, QL 4210</t>
         </is>
       </c>
       <c r="D366" s="1">
-        <v>1497</v>
+        <v>320</v>
       </c>
       <c r="E366" s="1">
-        <v>3</v>
+        <v>60</v>
       </c>
       <c r="F366" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G366" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-51/S1</t>
+          <t xml:space="preserve">QH-4230/S05</t>
         </is>
       </c>
       <c r="C367" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED RED Прозорий червоний, Quickline QBC-51/S1</t>
+          <t xml:space="preserve">Затверджувач MS повільний</t>
         </is>
       </c>
       <c r="D367" s="1">
-        <v>1497</v>
+        <v>516</v>
       </c>
       <c r="E367" s="1">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F367" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G367" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-52/S1</t>
+          <t xml:space="preserve">QH-4220/S0.5</t>
         </is>
       </c>
       <c r="C368" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент TERRACOTTA RED Пурпурно-червоний, Quickline QBC-52/S1</t>
+          <t xml:space="preserve">Затверджувач MS стандартний</t>
         </is>
       </c>
       <c r="D368" s="1">
-        <v>1497</v>
+        <v>516</v>
       </c>
       <c r="E368" s="1">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F368" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G368" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-53/S1</t>
+          <t xml:space="preserve">QH-4900/S1</t>
         </is>
       </c>
       <c r="C369" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CRIMSON RED Темно-червоний, Quickline QBC-53/S1</t>
+          <t xml:space="preserve">Активатор для QP-3100</t>
         </is>
       </c>
       <c r="D369" s="1">
-        <v>1497</v>
+        <v>404</v>
       </c>
       <c r="E369" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F369" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G369" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-54/S1</t>
+          <t xml:space="preserve">QH-2310/S0.5</t>
         </is>
       </c>
       <c r="C370" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент YELLOWISH RED Жовтувато-червоний, Quickline QBC-54/S1</t>
+          <t xml:space="preserve">Затверджувач швидкий MS до акрилових фарб</t>
         </is>
       </c>
       <c r="D370" s="1">
-        <v>1497</v>
+        <v>549</v>
       </c>
       <c r="E370" s="1">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="F370" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G370" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-56/S1</t>
+          <t xml:space="preserve">QS-5210/S5</t>
         </is>
       </c>
       <c r="C371" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент WILD ORANGE Дикий помаранч, Quickline QBC-56/S1</t>
+          <t xml:space="preserve">Розчинник швидкий 5л, QL 5210</t>
         </is>
       </c>
       <c r="D371" s="1">
-        <v>3106</v>
+        <v>2170</v>
       </c>
       <c r="E371" s="1">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="F371" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G371" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-58/S1</t>
+          <t xml:space="preserve">QS-5220/S5</t>
         </is>
       </c>
       <c r="C372" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BORDEAUX RED Бордовий, Quickline QBC-58/S1</t>
+          <t xml:space="preserve">Розчинник стандартний 5л, QL 5220</t>
         </is>
       </c>
       <c r="D372" s="1">
-        <v>1497</v>
+        <v>2170</v>
       </c>
       <c r="E372" s="1">
-        <v>16</v>
+        <v>338</v>
       </c>
       <c r="F372" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G372" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-61/S3</t>
+          <t xml:space="preserve">QS-5230/S1</t>
         </is>
       </c>
       <c r="C373" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент COARSE ALUMINIUM Великий металік, Quickline QBC-61/S3</t>
+          <t xml:space="preserve">Розчинник повільний 1л, QL 5230</t>
         </is>
       </c>
       <c r="D373" s="1">
-        <v>4486</v>
+        <v>602</v>
       </c>
       <c r="E373" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F373" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G373" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-63/S3</t>
+          <t xml:space="preserve">QS-5610/S1</t>
         </is>
       </c>
       <c r="C374" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SILVER ALUMINIUM Сріблястий металік, Quickline QBC-63/S3</t>
+          <t xml:space="preserve">Розчинник для переходів 1л,  QL 5610</t>
         </is>
       </c>
       <c r="D374" s="1">
-        <v>4486</v>
+        <v>667</v>
       </c>
       <c r="E374" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F374" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G374" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-64/S3</t>
+          <t xml:space="preserve">D768/E1</t>
         </is>
       </c>
       <c r="C375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EXTRA SILVER ALUMINIUM  Чистий яскравий сріблястий металік, Quickline QBC-64/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM SATIN ALUMINIUM Середній сатін металік, PPG D768/E1</t>
         </is>
       </c>
       <c r="D375" s="1">
-        <v>4486</v>
+        <v>2911</v>
       </c>
       <c r="E375" s="1">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="F375" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G375" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-66/S1</t>
+          <t xml:space="preserve">D769/E1</t>
         </is>
       </c>
       <c r="C376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GOLDEN ALUMINIUM Золотистий металік, Quickline QBC-66/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE ALUMINIUM Особливо дрібний металік, PPG D769/E1</t>
         </is>
       </c>
       <c r="D376" s="1">
-        <v>1497</v>
+        <v>3011</v>
       </c>
       <c r="E376" s="1">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="F376" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G376" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-67/S3</t>
+          <t xml:space="preserve">D770/E3.5</t>
         </is>
       </c>
       <c r="C377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPECIAL LARGE ALUMINIUM Спеціально великий металік,  Quickline QBC-67/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE ALUMINIUM Дрібний металік, PPG D770/E3.5</t>
         </is>
       </c>
       <c r="D377" s="1">
-        <v>4486</v>
+        <v>10540</v>
       </c>
       <c r="E377" s="1">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="F377" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G377" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-68/S3</t>
+          <t xml:space="preserve">D771/E3.5</t>
         </is>
       </c>
       <c r="C378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPECIAL ALUMINIUM Яскравий середній металік, Quickline QBC-68/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM Сердній металік, PPG D771/E3.5</t>
         </is>
       </c>
       <c r="D378" s="1">
-        <v>4486</v>
+        <v>10540</v>
       </c>
       <c r="E378" s="1">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="F378" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G378" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-75/S1</t>
+          <t xml:space="preserve">D772/E3.5</t>
         </is>
       </c>
       <c r="C379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CRYSTAL WHITE PEARL Кристалічний білий перламутр, Quickline QBC-75/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE ALUMINIUM Великий металік, PPG D772/E3.5</t>
         </is>
       </c>
       <c r="D379" s="1">
-        <v>2395</v>
+        <v>10540</v>
       </c>
       <c r="E379" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F379" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G379" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-76/S1</t>
+          <t xml:space="preserve">D946/E3.5</t>
         </is>
       </c>
       <c r="C380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FINE WHITE PEARL Тонкий білий перламутр, Quickline QBC-76/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE LENTICULAR ALUMINIUM Наддрібний лінзовидний металік, PPG D946/E3.5</t>
         </is>
       </c>
       <c r="D380" s="1">
-        <v>2395</v>
+        <v>10539</v>
       </c>
       <c r="E380" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F380" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G380" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-77/S1</t>
+          <t xml:space="preserve">D952/E3.5</t>
         </is>
       </c>
       <c r="C381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент COARSE WHITE PEARL Великий білий перламутр, Quickline QBC-77/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE LENTICULAR ALUMINIUM Дрібний лінзовидний металік, PPG 952/E3.5</t>
         </is>
       </c>
       <c r="D381" s="1">
-        <v>2395</v>
+        <v>10539</v>
       </c>
       <c r="E381" s="1">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="F381" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G381" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-80/S1</t>
+          <t xml:space="preserve">D989/E1</t>
         </is>
       </c>
       <c r="C382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-80/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER COARSE SILVER DOLLAR ALI Агломератвеликий срібний долар,  PPG D989/E1</t>
         </is>
       </c>
       <c r="D382" s="1">
-        <v>2395</v>
+        <v>3011</v>
       </c>
       <c r="E382" s="1">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F382" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G382" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-83/S1</t>
+          <t xml:space="preserve">D895/E1</t>
         </is>
       </c>
       <c r="C383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY PEARL Червоний перламутр з середнім зерном, Quickline QBC-83/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON  BC  TINTER Прозорий,  PPG D895/E1</t>
         </is>
       </c>
       <c r="D383" s="1">
-        <v>2395</v>
+        <v>2222</v>
       </c>
       <c r="E383" s="1">
-        <v>7</v>
+        <v>58</v>
       </c>
       <c r="F383" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G383" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-84/S1</t>
+          <t xml:space="preserve">D740/E3.5</t>
         </is>
       </c>
       <c r="C384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GOLDEN PEARL Жовтий перламутр, Quickline QBC-84/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLACK Чорний, PPG D740/E3.5</t>
         </is>
       </c>
       <c r="D384" s="1">
-        <v>2395</v>
+        <v>10539</v>
       </c>
       <c r="E384" s="1">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="F384" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G384" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-86/S1</t>
+          <t xml:space="preserve">D741/E1</t>
         </is>
       </c>
       <c r="C385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-86/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT BLUE Яскраво-синій,  PPG D741/E1</t>
         </is>
       </c>
       <c r="D385" s="1">
-        <v>2395</v>
+        <v>3011</v>
       </c>
       <c r="E385" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F385" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G385" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-90/S1</t>
+          <t xml:space="preserve">D744/E1</t>
         </is>
       </c>
       <c r="C386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FLOP ADJUSTER  Регулятор зерна, Quickline QBC-90/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
         </is>
       </c>
       <c r="D386" s="1">
-        <v>1497</v>
+        <v>3011</v>
       </c>
       <c r="E386" s="1">
-        <v>33</v>
+        <v>4</v>
       </c>
       <c r="F386" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G386" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-92/S3</t>
+          <t xml:space="preserve">D746/E1</t>
         </is>
       </c>
       <c r="C387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент TRANSPARENT BASE Прозора база, Quickline QBC-92/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
         </is>
       </c>
       <c r="D387" s="1">
-        <v>4486</v>
+        <v>4065</v>
       </c>
       <c r="E387" s="1">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F387" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G387" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-14/S1</t>
+          <t xml:space="preserve">D749/E1</t>
         </is>
       </c>
       <c r="C388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент LIGHT WHITE Світло-білий, Quickline QDG-14/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BROWN Коричневий, PPG D749/E1</t>
         </is>
       </c>
       <c r="D388" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E388" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F388" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G388" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-15/S3</t>
+          <t xml:space="preserve">D750/E1</t>
         </is>
       </c>
       <c r="C389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SNOW WHITE Сніжно-білий, Quickline QDG-15/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC OLIVE Оливковий, PPG D750/E1</t>
         </is>
       </c>
       <c r="D389" s="1">
-        <v>3959</v>
+        <v>3011</v>
       </c>
       <c r="E389" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F389" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G389" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-17/S1</t>
+          <t xml:space="preserve">D752/E1</t>
         </is>
       </c>
       <c r="C390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BODY BLACK Насичений чорний, Quickline QDG-17/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED Червоний, PPG D752/E1</t>
         </is>
       </c>
       <c r="D390" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E390" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F390" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G390" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-26/S1</t>
+          <t xml:space="preserve">D753/E1</t>
         </is>
       </c>
       <c r="C391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIOLET BLUE Фіолетово-синій, Quickline QDG-26/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE Білий, PPG D753/E1</t>
         </is>
       </c>
       <c r="D391" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E391" s="1">
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="F391" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G391" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-28/S1</t>
+          <t xml:space="preserve">D754/E1</t>
         </is>
       </c>
       <c r="C392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CYAN BLUE Блакитно-синій, Quickline QDG-28/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT BLUE Прозоро-синій, PPG D754/E1</t>
         </is>
       </c>
       <c r="D392" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E392" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F392" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G392" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-29/S1</t>
+          <t xml:space="preserve">D756/E1</t>
         </is>
       </c>
       <c r="C393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE BLACK Синьо-чорний, PPG D756/E1</t>
         </is>
       </c>
       <c r="D393" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E393" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F393" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G393" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-35/S3</t>
+          <t xml:space="preserve">D757/E1</t>
         </is>
       </c>
       <c r="C394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RUBY RED Рубіново-червоний, PPG D757/E1</t>
         </is>
       </c>
       <c r="D394" s="1">
-        <v>3959</v>
+        <v>3011</v>
       </c>
       <c r="E394" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F394" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G394" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-36/S1</t>
+          <t xml:space="preserve">D759/E1</t>
         </is>
       </c>
       <c r="C395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED SAND YELLOW Прозорий пісчано-жовтий, Quickline QDG-36/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MATTING BASE Матуюча база, PPG D759/E1</t>
         </is>
       </c>
       <c r="D395" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E395" s="1">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="F395" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G395" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-37/S1</t>
+          <t xml:space="preserve">D776/E1</t>
         </is>
       </c>
       <c r="C396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент HARVEST YELLOW Світло-жовтий, Quickline QDG-37/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE Синій, PPG D776/E1</t>
         </is>
       </c>
       <c r="D396" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E396" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F396" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G396" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-38/S1</t>
+          <t xml:space="preserve">D777/E1</t>
         </is>
       </c>
       <c r="C397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SUNSHINE YELLOW Сонячно-жовтий, Quickline QDG-38/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT GREEN Прозоро-зелений,  PPG D777/E1</t>
         </is>
       </c>
       <c r="D397" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E397" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F397" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G397" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-48/S1</t>
+          <t xml:space="preserve">D778/E1</t>
         </is>
       </c>
       <c r="C398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT GREEN Яскраво-зелений, Quickline QDG-48/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW OXIDE Жовтий оксид, PPG D778/E1</t>
         </is>
       </c>
       <c r="D398" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E398" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F398" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G398" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-53/S1</t>
+          <t xml:space="preserve">D779/E1</t>
         </is>
       </c>
       <c r="C399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ORANGE Помаранчевий, Quickline QDG-53/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED OXIDE Червоний оксид, PPG D779/E1</t>
         </is>
       </c>
       <c r="D399" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E399" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F399" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G399" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-55/S1</t>
+          <t xml:space="preserve">D780/E1</t>
         </is>
       </c>
       <c r="C400" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIOLET RED Фіолетово-червоний, Quickline QDG-55/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRILLIANT YELLOW Яскраво-жовтий, PPG D780/E1</t>
         </is>
       </c>
       <c r="D400" s="1">
-        <v>1319</v>
+        <v>3011</v>
       </c>
       <c r="E400" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F400" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G400" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-56/S3</t>
+          <t xml:space="preserve">D785/E1</t>
         </is>
       </c>
       <c r="C401" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
         </is>
       </c>
       <c r="D401" s="1">
-        <v>3199</v>
+        <v>2911</v>
       </c>
       <c r="E401" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F401" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G401" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-57/S3</t>
+          <t xml:space="preserve">D787/E1</t>
         </is>
       </c>
       <c r="C402" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент IRON RED Золотисто-коричневий, Quickline QDG-57/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG INTENSE ORANGE Інтенсивний оранжевий, PPG D787/E1</t>
         </is>
       </c>
       <c r="D402" s="1">
-        <v>3199</v>
+        <v>3212</v>
       </c>
       <c r="E402" s="1">
         <v>1</v>
       </c>
       <c r="F402" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G402" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-59/S3</t>
+          <t xml:space="preserve">D788/E1</t>
         </is>
       </c>
       <c r="C403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE RED Синьо-червоний, Quickline QDG-59/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG ROSE Рожевий, PPG D788/E1</t>
         </is>
       </c>
       <c r="D403" s="1">
-        <v>3959</v>
+        <v>2826</v>
       </c>
       <c r="E403" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F403" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G403" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4420/S05</t>
+          <t xml:space="preserve">D789/E3.5</t>
         </is>
       </c>
       <c r="C404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC JET BLACK Насичений чорний, PPG D789/E3.5</t>
         </is>
       </c>
       <c r="D404" s="1">
-        <v>530</v>
+        <v>10539</v>
       </c>
       <c r="E404" s="1">
-        <v>334</v>
+        <v>42</v>
       </c>
       <c r="F404" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G404" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4210/S02</t>
+          <t xml:space="preserve">D792/E1</t>
         </is>
       </c>
       <c r="C405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий MS 0,2л, QL 4210</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
         </is>
       </c>
       <c r="D405" s="1">
-        <v>294</v>
+        <v>3011</v>
       </c>
       <c r="E405" s="1">
-        <v>83</v>
+        <v>4</v>
       </c>
       <c r="F405" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G405" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4210/S05</t>
+          <t xml:space="preserve">D797/E1</t>
         </is>
       </c>
       <c r="C406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач MS швидкий</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC PHTHALO GREEN Фтало-зелений, PPG D797/E1</t>
         </is>
       </c>
       <c r="D406" s="1">
-        <v>300</v>
+        <v>2911</v>
       </c>
       <c r="E406" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F406" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G406" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4220/S0,2</t>
+          <t xml:space="preserve">D967/E1</t>
         </is>
       </c>
       <c r="C407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLACK Ледь помітний чорний, PPG D967/E1</t>
         </is>
       </c>
       <c r="D407" s="1">
-        <v>294</v>
+        <v>3011</v>
       </c>
       <c r="E407" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F407" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G407" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4230/S05</t>
+          <t xml:space="preserve">D968/E1</t>
         </is>
       </c>
       <c r="C408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач MS повільний</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
         </is>
       </c>
       <c r="D408" s="1">
-        <v>444</v>
+        <v>3011</v>
       </c>
       <c r="E408" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F408" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G408" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4220/S0.5</t>
+          <t xml:space="preserve">D969/E1</t>
         </is>
       </c>
       <c r="C409" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач MS стандартний</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE YELLOW Ледь помітний жовтий, PPG D969/E1</t>
         </is>
       </c>
       <c r="D409" s="1">
-        <v>473</v>
+        <v>3011</v>
       </c>
       <c r="E409" s="1">
-        <v>49</v>
+        <v>3</v>
       </c>
       <c r="F409" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G409" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4900/S1</t>
+          <t xml:space="preserve">D970/E1</t>
         </is>
       </c>
       <c r="C410" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активатор для QP-3100</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
         </is>
       </c>
       <c r="D410" s="1">
-        <v>618</v>
+        <v>3011</v>
       </c>
       <c r="E410" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F410" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G410" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-2310/S0.5</t>
+          <t xml:space="preserve">D971/E1</t>
         </is>
       </c>
       <c r="C411" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий MS до акрилових фарб</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
         </is>
       </c>
       <c r="D411" s="1">
-        <v>471</v>
+        <v>3011</v>
       </c>
       <c r="E411" s="1">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F411" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G411" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-2320/S05</t>
+          <t xml:space="preserve">D976/E1</t>
         </is>
       </c>
       <c r="C412" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний (25-35°C) до акрилових фарбів  0,5л, QL 2320</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER PINK Прозоро-рожевий , PPG D976/E1</t>
         </is>
       </c>
       <c r="D412" s="1">
-        <v>503</v>
+        <v>3479</v>
       </c>
       <c r="E412" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F412" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G412" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5210/S5</t>
+          <t xml:space="preserve">D977/E1</t>
         </is>
       </c>
       <c r="C413" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник швидкий 5л, QL 5210</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RED SHADE BLUE Червоний з синім відтінком, PPG D977/E1</t>
         </is>
       </c>
       <c r="D413" s="1">
-        <v>1991</v>
+        <v>3011</v>
       </c>
       <c r="E413" s="1">
-        <v>60</v>
+        <v>3</v>
       </c>
       <c r="F413" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G413" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5220/S5</t>
+          <t xml:space="preserve">D978/E1</t>
         </is>
       </c>
       <c r="C414" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник стандартний 5л, QL 5220</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER SCARLET Насичений червоний, PPG D978/E1</t>
         </is>
       </c>
       <c r="D414" s="1">
-        <v>1991</v>
+        <v>3011</v>
       </c>
       <c r="E414" s="1">
-        <v>84</v>
+        <v>2</v>
       </c>
       <c r="F414" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G414" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5230/S1</t>
+          <t xml:space="preserve">D981/E1</t>
         </is>
       </c>
       <c r="C415" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник повільний 1л, QL 5230</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER INTENSE VIOLET Інтенсивно-фіолетовий , PPG D981/E1</t>
         </is>
       </c>
       <c r="D415" s="1">
-        <v>553</v>
+        <v>3212</v>
       </c>
       <c r="E415" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F415" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G415" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5610/S1</t>
+          <t xml:space="preserve">D794/E1</t>
         </is>
       </c>
       <c r="C416" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів 1л,  QL 5610</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC VERDANT YELLOW Зеленувато-жовтий, PPG D794/E1</t>
         </is>
       </c>
       <c r="D416" s="1">
-        <v>612</v>
+        <v>3011</v>
       </c>
       <c r="E416" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F416" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G416" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D767/E1</t>
+          <t xml:space="preserve">D9020/E0.35</t>
         </is>
       </c>
       <c r="C417" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE SATIN ALUMINIUM Дрібний сатін металік, PPG D767/E1</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
         </is>
       </c>
       <c r="D417" s="1">
-        <v>2763</v>
+        <v>3837</v>
       </c>
       <c r="E417" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F417" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G417" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D768/E1</t>
+          <t xml:space="preserve">D9021/E0.35</t>
         </is>
       </c>
       <c r="C418" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM SATIN ALUMINIUM Середній сатін металік, PPG D768/E1</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - VIOLA FANTASY Насичений фіолетовий,  PPG D9021/E0.35</t>
         </is>
       </c>
       <c r="D418" s="1">
-        <v>2670</v>
+        <v>3837</v>
       </c>
       <c r="E418" s="1">
         <v>1</v>
       </c>
       <c r="F418" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G418" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D769/E1</t>
+          <t xml:space="preserve">D9022/E0.35</t>
         </is>
       </c>
       <c r="C419" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE ALUMINIUM Особливо дрібний металік, PPG D769/E1</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - ARCTIC FIRE Блакитно-червоний,  PPG D9022/E0.35</t>
         </is>
       </c>
       <c r="D419" s="1">
-        <v>2763</v>
+        <v>3837</v>
       </c>
       <c r="E419" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F419" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G419" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D770/E3.5</t>
+          <t xml:space="preserve">D9023/E0.35</t>
         </is>
       </c>
       <c r="C420" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE ALUMINIUM Дрібний металік, PPG D770/E3.5</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - TROPIC SUNRISE Помаранчево-рожевий з золотим відтінком,  PPG D9023/E0.35</t>
         </is>
       </c>
       <c r="D420" s="1">
-        <v>9669</v>
+        <v>3837</v>
       </c>
       <c r="E420" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F420" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G420" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D771/E3.5</t>
+          <t xml:space="preserve">D9024/E0.35</t>
         </is>
       </c>
       <c r="C421" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM Сердній металік, PPG D771/E3.5</t>
+          <t xml:space="preserve">Пігмент EH - Deltron/GRS BC Tinter,  PPG D9024/E0.35</t>
         </is>
       </c>
       <c r="D421" s="1">
-        <v>9669</v>
+        <v>3837</v>
       </c>
       <c r="E421" s="1">
         <v>2</v>
       </c>
       <c r="F421" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G421" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D772/E3.5</t>
+          <t xml:space="preserve">D748/E1</t>
         </is>
       </c>
       <c r="C422" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE ALUMINIUM Великий металік, PPG D772/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MAROON Прозоро-бордовий, PPG D748/E1</t>
         </is>
       </c>
       <c r="D422" s="1">
-        <v>9669</v>
+        <v>4066</v>
       </c>
       <c r="E422" s="1">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="F422" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G422" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D946/E3.5</t>
+          <t xml:space="preserve">D751/E1</t>
         </is>
       </c>
       <c r="C423" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE LENTICULAR ALUMINIUM Наддрібний лінзовидний металік, PPG D946/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE PEARL Білий перламутр, PPG D751/E1</t>
         </is>
       </c>
       <c r="D423" s="1">
-        <v>9668</v>
+        <v>4066</v>
       </c>
       <c r="E423" s="1">
-        <v>7</v>
+        <v>43</v>
       </c>
       <c r="F423" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G423" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D952/E3.5</t>
+          <t xml:space="preserve">D760/E1</t>
         </is>
       </c>
       <c r="C424" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE LENTICULAR ALUMINIUM Дрібний лінзовидний металік, PPG 952/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MID-SHADE BLUE Прозорий синій, PPG D760/E1</t>
         </is>
       </c>
       <c r="D424" s="1">
-        <v>9668</v>
+        <v>5869</v>
       </c>
       <c r="E424" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F424" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G424" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D989/E1</t>
+          <t xml:space="preserve">D761/E1</t>
         </is>
       </c>
       <c r="C425" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER COARSE SILVER DOLLAR ALI Агломератвеликий срібний долар,  PPG D989/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RICH RED BLUE Насичений червоно-синій, PPG D761/E1</t>
         </is>
       </c>
       <c r="D425" s="1">
-        <v>2763</v>
+        <v>5869</v>
       </c>
       <c r="E425" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F425" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G425" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D895/E1</t>
+          <t xml:space="preserve">D762/E1</t>
         </is>
       </c>
       <c r="C426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON  BC  TINTER Прозорий,  PPG D895/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER VIOLET BLUE Фіолетово-синій, PPG D762/E1</t>
         </is>
       </c>
       <c r="D426" s="1">
-        <v>2039</v>
+        <v>5869</v>
       </c>
       <c r="E426" s="1">
-        <v>31</v>
+        <v>11</v>
       </c>
       <c r="F426" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G426" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D740/E3.5</t>
+          <t xml:space="preserve">D763/E1</t>
         </is>
       </c>
       <c r="C427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLACK Чорний, PPG D740/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE PEARL Синій перламутр, PPG D763/E1</t>
         </is>
       </c>
       <c r="D427" s="1">
-        <v>9668</v>
+        <v>4066</v>
       </c>
       <c r="E427" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F427" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G427" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D741/E1</t>
+          <t xml:space="preserve">D764/E1</t>
         </is>
       </c>
       <c r="C428" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT BLUE Яскраво-синій,  PPG D741/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
         </is>
       </c>
       <c r="D428" s="1">
-        <v>2763</v>
+        <v>5869</v>
       </c>
       <c r="E428" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F428" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G428" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D744/E1</t>
+          <t xml:space="preserve">D765/E1</t>
         </is>
       </c>
       <c r="C429" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE RED PEARL Червоний перламутр,  PPG D765/E1</t>
         </is>
       </c>
       <c r="D429" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E429" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F429" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G429" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D746/E1</t>
+          <t xml:space="preserve">D954/E1</t>
         </is>
       </c>
       <c r="C430" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE PEARL WHITE Тонкий перламутрово-білий ,  PPG D954/E1</t>
         </is>
       </c>
       <c r="D430" s="1">
-        <v>3729</v>
+        <v>4066</v>
       </c>
       <c r="E430" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F430" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G430" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D749/E1</t>
+          <t xml:space="preserve">D955/E1</t>
         </is>
       </c>
       <c r="C431" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BROWN Коричневий, PPG D749/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COPPER PEARL Мідний перламутр,  PPG D955/E1</t>
         </is>
       </c>
       <c r="D431" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E431" s="1">
         <v>4</v>
       </c>
       <c r="F431" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G431" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D750/E1</t>
+          <t xml:space="preserve">D956/E1</t>
         </is>
       </c>
       <c r="C432" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC OLIVE Оливковий, PPG D750/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW PEARL Жовтий перламутр,  PPG D956/E1</t>
         </is>
       </c>
       <c r="D432" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E432" s="1">
         <v>1</v>
       </c>
       <c r="F432" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G432" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D752/E1</t>
+          <t xml:space="preserve">D957/E1</t>
         </is>
       </c>
       <c r="C433" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED Червоний, PPG D752/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC GREEN PEARL Зелений перламутр,  PPG D957/E1</t>
         </is>
       </c>
       <c r="D433" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E433" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F433" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G433" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D753/E1</t>
+          <t xml:space="preserve">D958/E1</t>
         </is>
       </c>
       <c r="C434" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE Білий, PPG D753/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC VIOLET PEARL Фіолетовий перламутр,  PPG D958/E1</t>
         </is>
       </c>
       <c r="D434" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E434" s="1">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F434" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G434" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D754/E1</t>
+          <t xml:space="preserve">D960/E1</t>
         </is>
       </c>
       <c r="C435" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT BLUE Прозоро-синій, PPG D754/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED PEARL Червоний перламутр,  PPG D960/E1</t>
         </is>
       </c>
       <c r="D435" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E435" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F435" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G435" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D756/E1</t>
+          <t xml:space="preserve">D965/E1</t>
         </is>
       </c>
       <c r="C436" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE BLACK Синьо-чорний, PPG D756/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC ORANGE PEARL Помаранчевий перламутр,  PPG D965/E1</t>
         </is>
       </c>
       <c r="D436" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E436" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F436" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G436" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D757/E1</t>
+          <t xml:space="preserve">D973/E1</t>
         </is>
       </c>
       <c r="C437" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RUBY RED Рубіново-червоний, PPG D757/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON/GRS BC Red Green Pearl Червоно-зеленовий перламутр,  PPG D973/E1</t>
         </is>
       </c>
       <c r="D437" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E437" s="1">
         <v>2</v>
       </c>
       <c r="F437" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G437" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D759/E1</t>
+          <t xml:space="preserve">D979/E1</t>
         </is>
       </c>
       <c r="C438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MATTING BASE Матуюча база, PPG D759/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT VIOLET Прозоро-фіолетовий,  PPG D979/E1</t>
         </is>
       </c>
       <c r="D438" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E438" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F438" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G438" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D776/E1</t>
+          <t xml:space="preserve">D985/E1</t>
         </is>
       </c>
       <c r="C439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE Синій, PPG D776/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER BLUE ALUMINIUM Синій металік,  PPG D985/E1</t>
         </is>
       </c>
       <c r="D439" s="1">
-        <v>2763</v>
+        <v>4066</v>
       </c>
       <c r="E439" s="1">
         <v>3</v>
       </c>
       <c r="F439" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G439" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D777/E1</t>
+          <t xml:space="preserve">D991/E1</t>
         </is>
       </c>
       <c r="C440" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT GREEN Прозоро-зелений,  PPG D777/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RUBINE Рубіновий,  PPG D991/E1</t>
         </is>
       </c>
       <c r="D440" s="1">
-        <v>2763</v>
+        <v>5869</v>
       </c>
       <c r="E440" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F440" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G440" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D778/E1</t>
+          <t xml:space="preserve">D9040/E0.5</t>
         </is>
       </c>
       <c r="C441" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW OXIDE Жовтий оксид, PPG D778/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
         </is>
       </c>
       <c r="D441" s="1">
-        <v>2763</v>
+        <v>27081</v>
       </c>
       <c r="E441" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F441" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G441" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D779/E1</t>
+          <t xml:space="preserve">PRLX2/E0.113K</t>
         </is>
       </c>
       <c r="C442" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED OXIDE Червоний оксид, PPG D779/E1</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL SILVER Кристально-сріблястий,  PPG PRLX2/E0.113K</t>
         </is>
       </c>
       <c r="D442" s="1">
-        <v>2763</v>
+        <v>9019</v>
       </c>
       <c r="E442" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F442" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G442" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D780/E1</t>
+          <t xml:space="preserve">PRLX4/E0.113K</t>
         </is>
       </c>
       <c r="C443" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRILLIANT YELLOW Яскраво-жовтий, PPG D780/E1</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL BLUE Кристально-синій,  PPG PRLX4/E0.113K</t>
         </is>
       </c>
       <c r="D443" s="1">
-        <v>2763</v>
+        <v>9019</v>
       </c>
       <c r="E443" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F443" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G443" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D785/E1</t>
+          <t xml:space="preserve">D835/E1</t>
         </is>
       </c>
       <c r="C444" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
+          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
         </is>
       </c>
       <c r="D444" s="1">
-        <v>2670</v>
+        <v>2077</v>
       </c>
       <c r="E444" s="1">
         <v>3</v>
       </c>
       <c r="F444" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G444" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D787/E1</t>
+          <t xml:space="preserve">D8507/E1</t>
         </is>
       </c>
       <c r="C445" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG INTENSE ORANGE Інтенсивний оранжевий, PPG D787/E1</t>
+          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 темно-сірий (G7) 1л, PPG  D8507  (затверджувач швидкий HS 1л, PPG  D8238)</t>
         </is>
       </c>
       <c r="D445" s="1">
-        <v>2946</v>
+        <v>1729</v>
       </c>
       <c r="E445" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F445" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G445" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D788/E1</t>
+          <t xml:space="preserve">D8505/E3</t>
         </is>
       </c>
       <c r="C446" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG ROSE Рожевий, PPG D788/E1</t>
+          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) сірий (G5) 2:1:0,5  3L, PPG D8505</t>
         </is>
       </c>
       <c r="D446" s="1">
-        <v>2593</v>
+        <v>5185</v>
       </c>
       <c r="E446" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F446" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G446" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D789/E3.5</t>
+          <t xml:space="preserve">D820/E1</t>
         </is>
       </c>
       <c r="C447" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC JET BLACK Насичений чорний, PPG D789/E3.5</t>
+          <t xml:space="preserve">Грунт універсальний адгезійний для пластику 1л,  PPG  D820 D820</t>
         </is>
       </c>
       <c r="D447" s="1">
-        <v>9668</v>
+        <v>3232</v>
       </c>
       <c r="E447" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F447" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G447" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D792/E1</t>
+          <t xml:space="preserve">D8434/E1</t>
         </is>
       </c>
       <c r="C448" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
+          <t xml:space="preserve">Очищувач до пластику 1 л</t>
         </is>
       </c>
       <c r="D448" s="1">
-        <v>2763</v>
+        <v>325</v>
       </c>
       <c r="E448" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F448" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G448" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D959/E1</t>
+          <t xml:space="preserve">D8254/E2.5</t>
         </is>
       </c>
       <c r="C449" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC ULTRA FINE WHITE Ультра тонкий білий, PPG D959/E1</t>
+          <t xml:space="preserve">Затверджувач до лаку D8131 UHS 2,5л, PPG  D8254</t>
         </is>
       </c>
       <c r="D449" s="1">
-        <v>2763</v>
+        <v>5406</v>
       </c>
       <c r="E449" s="1">
-        <v>1</v>
+        <v>136</v>
       </c>
       <c r="F449" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G449" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D966/E1</t>
+          <t xml:space="preserve">D880/E1</t>
         </is>
       </c>
       <c r="C450" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE WHITE Ледь помітний білий, PPG D966/E1</t>
+          <t xml:space="preserve">Лак HS 1 л.</t>
         </is>
       </c>
       <c r="D450" s="1">
-        <v>2763</v>
+        <v>1224</v>
       </c>
       <c r="E450" s="1">
-        <v>3</v>
+        <v>120</v>
       </c>
       <c r="F450" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G450" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D968/E1</t>
+          <t xml:space="preserve">D8131/E5</t>
         </is>
       </c>
       <c r="C451" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
+          <t xml:space="preserve">Лак UHS,  2:1, 5л,  PPG  D8131  (затверджувач 2,5л, PPG  D8254)</t>
         </is>
       </c>
       <c r="D451" s="1">
-        <v>2763</v>
+        <v>7849</v>
       </c>
       <c r="E451" s="1">
-        <v>4</v>
+        <v>136</v>
       </c>
       <c r="F451" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G451" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D969/E1</t>
+          <t xml:space="preserve">D808/E5</t>
         </is>
       </c>
       <c r="C452" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE YELLOW Ледь помітний жовтий, PPG D969/E1</t>
+          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
         </is>
       </c>
       <c r="D452" s="1">
-        <v>2763</v>
+        <v>2724</v>
       </c>
       <c r="E452" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="F452" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G452" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D970/E1</t>
+          <t xml:space="preserve">D868/E1</t>
         </is>
       </c>
       <c r="C453" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
+          <t xml:space="preserve">Розчинник для переходів на MS і HS лаках, 1л,  PPG  D868</t>
         </is>
       </c>
       <c r="D453" s="1">
-        <v>2763</v>
+        <v>1298</v>
       </c>
       <c r="E453" s="1">
         <v>2</v>
       </c>
       <c r="F453" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G453" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D971/E1</t>
+          <t xml:space="preserve">D8430/E1</t>
         </is>
       </c>
       <c r="C454" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
+          <t xml:space="preserve">Розчинник для переходів на HS і UHS лаках, 1л,  PPG  D8430</t>
         </is>
       </c>
       <c r="D454" s="1">
-        <v>2763</v>
+        <v>1471</v>
       </c>
       <c r="E454" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F454" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G454" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D976/E1</t>
+          <t xml:space="preserve">D851/E1</t>
         </is>
       </c>
       <c r="C455" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER PINK Прозоро-рожевий , PPG D976/E1</t>
+          <t xml:space="preserve">Розчинник для переходів по базі (біндер), 1л,  PPG  D851</t>
         </is>
       </c>
       <c r="D455" s="1">
-        <v>3192</v>
+        <v>2099</v>
       </c>
       <c r="E455" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F455" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G455" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D977/E1</t>
+          <t xml:space="preserve">D807/E5</t>
         </is>
       </c>
       <c r="C456" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RED SHADE BLUE Червоний з синім відтінком, PPG D977/E1</t>
+          <t xml:space="preserve">Розчинник універсальний стандартний (18-25C), 5л,  PPG  D807</t>
         </is>
       </c>
       <c r="D456" s="1">
-        <v>2763</v>
+        <v>2724</v>
       </c>
       <c r="E456" s="1">
-        <v>3</v>
+        <v>87</v>
       </c>
       <c r="F456" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G456" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D978/E1</t>
+          <t xml:space="preserve">QA-1410/S1K</t>
         </is>
       </c>
       <c r="C457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER SCARLET Насичений червоний, PPG D978/E1</t>
+          <t xml:space="preserve">Герметик кистьовий  1л, QL 1410</t>
         </is>
       </c>
       <c r="D457" s="1">
-        <v>2763</v>
+        <v>501</v>
       </c>
       <c r="E457" s="1">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F457" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G457" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D980/E1</t>
+          <t xml:space="preserve">QA-1412/S0.25K</t>
         </is>
       </c>
       <c r="C458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT GOLD  Прозоро-золотий, PPG D980/E1</t>
+          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
         </is>
       </c>
       <c r="D458" s="1">
-        <v>2930</v>
+        <v>273</v>
       </c>
       <c r="E458" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="F458" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G458" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D981/E1</t>
+          <t xml:space="preserve">QP-3415/S0.8</t>
         </is>
       </c>
       <c r="C459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER INTENSE VIOLET Інтенсивно-фіолетовий , PPG D981/E1</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D459" s="1">
-        <v>2946</v>
+        <v>553</v>
       </c>
       <c r="E459" s="1">
-        <v>6</v>
+        <v>167</v>
       </c>
       <c r="F459" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G459" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D794/E1</t>
+          <t xml:space="preserve">QP-3417/S0.8</t>
         </is>
       </c>
       <c r="C460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VERDANT YELLOW Зеленувато-жовтий, PPG D794/E1</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D460" s="1">
-        <v>2763</v>
+        <v>553</v>
       </c>
       <c r="E460" s="1">
-        <v>1</v>
+        <v>245</v>
       </c>
       <c r="F460" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G460" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B461" s="1">
+        <v>1305486</v>
       </c>
       <c r="C461" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
+          <t xml:space="preserve">Насадка FLATSTR для вузьких текстурних швів, 10шт, Teroson 1305486</t>
         </is>
       </c>
       <c r="D461" s="1">
-        <v>3521</v>
+        <v>912</v>
       </c>
       <c r="E461" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F461" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G461" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B462" s="1">
+        <v>1470999</v>
       </c>
       <c r="C462" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - VIOLA FANTASY Насичений фіолетовий,  PPG D9021/E0.35</t>
+          <t xml:space="preserve">Насадка WIDESTR для широких текстурних швів, 10шт, Teroson 1470999</t>
         </is>
       </c>
       <c r="D462" s="1">
-        <v>3521</v>
+        <v>912</v>
       </c>
       <c r="E462" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F462" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G462" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9022/E0.35</t>
+          <t xml:space="preserve">QBC-24/S3</t>
         </is>
       </c>
       <c r="C463" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - ARCTIC FIRE Блакитно-червоний,  PPG D9022/E0.35</t>
+          <t xml:space="preserve">Пігмент DEEP BLUE Темно-синій, Quickline QBC-24/S3</t>
         </is>
       </c>
       <c r="D463" s="1">
-        <v>3521</v>
+        <v>4890</v>
       </c>
       <c r="E463" s="1">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="F463" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G463" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9023/E0.35</t>
+          <t xml:space="preserve">QBC-55/S3</t>
         </is>
       </c>
       <c r="C464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - TROPIC SUNRISE Помаранчево-рожевий з золотим відтінком,  PPG D9023/E0.35</t>
+          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
         </is>
       </c>
       <c r="D464" s="1">
-        <v>3521</v>
+        <v>4890</v>
       </c>
       <c r="E464" s="1">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F464" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G464" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9024/E0.35</t>
+          <t xml:space="preserve">QSE-02/S0.5</t>
         </is>
       </c>
       <c r="C465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - Deltron/GRS BC Tinter,  PPG D9024/E0.35</t>
+          <t xml:space="preserve">Пігмент GOLD LEAF Золотистий лист, Quickline QSE-02/S0.5</t>
         </is>
       </c>
       <c r="D465" s="1">
-        <v>3521</v>
+        <v>2604</v>
       </c>
       <c r="E465" s="1">
         <v>2</v>
       </c>
       <c r="F465" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G465" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D748/E1</t>
+          <t xml:space="preserve">QSE-03/S0.5</t>
         </is>
       </c>
       <c r="C466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MAROON Прозоро-бордовий, PPG D748/E1</t>
+          <t xml:space="preserve">Пігмент COPPER Мідний, Quickline QSE-03/S0.5</t>
         </is>
       </c>
       <c r="D466" s="1">
-        <v>3731</v>
+        <v>2604</v>
       </c>
       <c r="E466" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F466" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G466" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D751/E1</t>
+          <t xml:space="preserve">QSE-04/S0.5</t>
         </is>
       </c>
       <c r="C467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE PEARL Білий перламутр, PPG D751/E1</t>
+          <t xml:space="preserve">Пігмент STARLIGHT RED Зоряний червоний, Quickline QSE-04/S0.5</t>
         </is>
       </c>
       <c r="D467" s="1">
-        <v>3731</v>
+        <v>2604</v>
       </c>
       <c r="E467" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F467" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G467" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D760/E1</t>
+          <t xml:space="preserve">QSE-05/S0.5</t>
         </is>
       </c>
       <c r="C468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MID-SHADE BLUE Прозорий синій, PPG D760/E1</t>
+          <t xml:space="preserve">Пігмент FLASH RED Блискучий червоний, Quickline QSE-05/S0.5</t>
         </is>
       </c>
       <c r="D468" s="1">
-        <v>5384</v>
+        <v>2604</v>
       </c>
       <c r="E468" s="1">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="F468" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G468" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D762/E1</t>
+          <t xml:space="preserve">QSE-06/S0.5</t>
         </is>
       </c>
       <c r="C469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER VIOLET BLUE Фіолетово-синій, PPG D762/E1</t>
+          <t xml:space="preserve">Пігмент SPACE BLUE Космічний синій, Quickline QSE-06/S0.5</t>
         </is>
       </c>
       <c r="D469" s="1">
-        <v>5384</v>
+        <v>2604</v>
       </c>
       <c r="E469" s="1">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="F469" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G469" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D763/E1</t>
+          <t xml:space="preserve">QDG-56/S1</t>
         </is>
       </c>
       <c r="C470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE PEARL Синій перламутр, PPG D763/E1</t>
+          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
         </is>
       </c>
       <c r="D470" s="1">
-        <v>3731</v>
+        <v>1438</v>
       </c>
       <c r="E470" s="1">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F470" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G470" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D764/E1</t>
+          <t xml:space="preserve">QDG-58/S1</t>
         </is>
       </c>
       <c r="C471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
+          <t xml:space="preserve">Пігмент BRIGHT RED Яскраво-червоний, Quickline QDG-58/S1</t>
         </is>
       </c>
       <c r="D471" s="1">
-        <v>5384</v>
+        <v>1438</v>
       </c>
       <c r="E471" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F471" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G471" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B472" s="1">
+        <v>280900</v>
       </c>
       <c r="C472" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE RED PEARL Червоний перламутр,  PPG D765/E1</t>
+          <t xml:space="preserve">Корпус ємності Кр 280/90 Тип 1 С 0101, Тара 280900</t>
         </is>
       </c>
       <c r="D472" s="1">
-        <v>3731</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>8</v>
+      </c>
+      <c r="E472" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F472" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G472" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B473" s="1">
+        <v>550900</v>
       </c>
       <c r="C473" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT ORANGE Прозорий помаранчевий,  PPG D790/E1</t>
+          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
         </is>
       </c>
       <c r="D473" s="1">
-        <v>3731</v>
+        <v>10</v>
       </c>
       <c r="E473" s="1">
-        <v>2</v>
+        <v>261</v>
       </c>
       <c r="F473" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G473" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B474" s="1">
+        <v>100012</v>
       </c>
       <c r="C474" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT RED PEARL Яскраво-червоний перламутр,  PPG D793/E1</t>
+          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
         </is>
       </c>
       <c r="D474" s="1">
-        <v>3731</v>
+        <v>19</v>
       </c>
       <c r="E474" s="1">
-        <v>1</v>
+        <v>610</v>
       </c>
       <c r="F474" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G474" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B475" s="1">
+        <v>220015</v>
       </c>
       <c r="C475" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE BLUE PEARL Тонкий синій перламутр,  PPG D943/E1</t>
+          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
         </is>
       </c>
       <c r="D475" s="1">
-        <v>3731</v>
+        <v>36</v>
       </c>
       <c r="E475" s="1">
-        <v>4</v>
+        <v>152</v>
       </c>
       <c r="F475" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G475" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B476" s="1">
+        <v>500021</v>
       </c>
       <c r="C476" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE PEARL WHITE Тонкий перламутрово-білий ,  PPG D954/E1</t>
+          <t xml:space="preserve">Корпус ємності 5000/210 Тип 1 С 0101 040101, Тара 500021</t>
         </is>
       </c>
       <c r="D476" s="1">
-        <v>3731</v>
+        <v>56</v>
       </c>
       <c r="E476" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F476" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G476" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B477" s="1">
+        <v>902555</v>
       </c>
       <c r="C477" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COPPER PEARL Мідний перламутр,  PPG D955/E1</t>
+          <t xml:space="preserve">Кришка до ємності 90 Тип 1 С 0101,  Тара 902555</t>
         </is>
       </c>
       <c r="D477" s="1">
-        <v>3731</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="E477" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F477" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G477" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B478" s="1">
+        <v>120100</v>
       </c>
       <c r="C478" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW PEARL Жовтий перламутр,  PPG D956/E1</t>
+          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
         </is>
       </c>
       <c r="D478" s="1">
-        <v>3731</v>
+        <v>6</v>
       </c>
       <c r="E478" s="1">
-        <v>4</v>
+        <v>856</v>
       </c>
       <c r="F478" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G478" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B479" s="1">
+        <v>150220</v>
       </c>
       <c r="C479" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GREEN PEARL Зелений перламутр,  PPG D957/E1</t>
+          <t xml:space="preserve">Кришка до ємності 150 Тип 2 С 0101, Тара 150220</t>
         </is>
       </c>
       <c r="D479" s="1">
-        <v>3731</v>
+        <v>12</v>
       </c>
       <c r="E479" s="1">
-        <v>6</v>
+        <v>296</v>
       </c>
       <c r="F479" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G479" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B480" s="1">
+        <v>185340</v>
       </c>
       <c r="C480" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VIOLET PEARL Фіолетовий перламутр,  PPG D958/E1</t>
+          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
         </is>
       </c>
       <c r="D480" s="1">
-        <v>3731</v>
+        <v>12</v>
       </c>
       <c r="E480" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F480" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G480" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B481" s="1">
+        <v>210500</v>
       </c>
       <c r="C481" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED PEARL Червоний перламутр,  PPG D960/E1</t>
+          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
         </is>
       </c>
       <c r="D481" s="1">
-        <v>3731</v>
+        <v>22</v>
       </c>
       <c r="E481" s="1">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F481" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G481" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D965/E1</t>
+          <t xml:space="preserve">D8426/E0.4</t>
         </is>
       </c>
       <c r="C482" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC ORANGE PEARL Помаранчевий перламутр,  PPG D965/E1</t>
+          <t xml:space="preserve">Грунт в аерозолі темно-сірий (G7) 0,4л, PPG  D8426</t>
         </is>
       </c>
       <c r="D482" s="1">
-        <v>3731</v>
+        <v>789</v>
       </c>
       <c r="E482" s="1">
         <v>4</v>
       </c>
       <c r="F482" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G482" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D973/E1</t>
+          <t xml:space="preserve">D812/E5</t>
         </is>
       </c>
       <c r="C483" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON/GRS BC Red Green Pearl Червоно-зеленовий перламутр,  PPG D973/E1</t>
+          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
         </is>
       </c>
       <c r="D483" s="1">
-        <v>3731</v>
+        <v>2724</v>
       </c>
       <c r="E483" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F483" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G483" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D979/E1</t>
+          <t xml:space="preserve">D8199/E0.33</t>
         </is>
       </c>
       <c r="C484" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT VIOLET Прозоро-фіолетовий,  PPG D979/E1</t>
+          <t xml:space="preserve">Пігмент VIVID RED Яскраво-червоний, SPECIAL MIDCOAT CONCENTRATE, PPG D8199/E0.33</t>
         </is>
       </c>
       <c r="D484" s="1">
-        <v>3731</v>
+        <v>6042</v>
       </c>
       <c r="E484" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F484" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G484" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D983/E1</t>
+          <t xml:space="preserve">D8717/E5</t>
         </is>
       </c>
       <c r="C485" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER ALUMINIUM ORANGE Помаранчевий металік,  PPG D983/E1</t>
+          <t xml:space="preserve">Розчинник стандартний, 5л,  PPG  D8717</t>
         </is>
       </c>
       <c r="D485" s="1">
-        <v>3731</v>
+        <v>4921</v>
       </c>
       <c r="E485" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F485" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G485" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D985/E1</t>
+          <t xml:space="preserve">A242/E0.2K</t>
         </is>
       </c>
       <c r="C486" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER BLUE ALUMINIUM Синій металік,  PPG D985/E1</t>
+          <t xml:space="preserve">Шпаклівка акрилова 0,2 кг</t>
         </is>
       </c>
       <c r="D486" s="1">
-        <v>3731</v>
+        <v>362</v>
       </c>
       <c r="E486" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F486" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G486" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D991/E1</t>
+          <t xml:space="preserve">D8255/E0.5</t>
         </is>
       </c>
       <c r="C487" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RUBINE Рубіновий,  PPG D991/E1</t>
+          <t xml:space="preserve">Затверджувач повільний UHS 0.5 л</t>
         </is>
       </c>
       <c r="D487" s="1">
-        <v>5384</v>
+        <v>422</v>
       </c>
       <c r="E487" s="1">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F487" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G487" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9040/E0.5</t>
+          <t xml:space="preserve">QDG-57/S1</t>
         </is>
       </c>
       <c r="C488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
+          <t xml:space="preserve">Пігмент IRON RED  Золотисто-коричневий, Quickline QDG-57/S1</t>
         </is>
       </c>
       <c r="D488" s="1">
-        <v>24844</v>
+        <v>1438</v>
       </c>
       <c r="E488" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F488" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G488" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9070/E1</t>
+          <t xml:space="preserve">QBC-59/S1</t>
         </is>
       </c>
       <c r="C489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SUPER FINE LIQUID METAL Надтонкий рідкий метал, PPG D9070/E1</t>
+          <t xml:space="preserve">Пігмент ORANGE ALUMINIUM Помаранчовий металік, Quickline QBC-59/S1</t>
         </is>
       </c>
       <c r="D489" s="1">
-        <v>6011</v>
+        <v>2611</v>
       </c>
       <c r="E489" s="1">
         <v>2</v>
       </c>
       <c r="F489" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G489" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B490" s="1">
+        <v>2269326</v>
       </c>
       <c r="C490" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL SILVER Кристально-сріблястий,  PPG PRLX2/E0.113K</t>
+          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
         </is>
       </c>
       <c r="D490" s="1">
-        <v>8273</v>
+        <v>472</v>
       </c>
       <c r="E490" s="1">
-        <v>5</v>
+        <v>123</v>
       </c>
       <c r="F490" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G490" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B491" s="1">
+        <v>142241</v>
       </c>
       <c r="C491" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL BLUE Кристально-синій,  PPG PRLX4/E0.113K</t>
+          <t xml:space="preserve">Терозон пневмопистолет для клею ET AIR GUN MULTIPRESS</t>
         </is>
       </c>
       <c r="D491" s="1">
-        <v>8273</v>
+        <v>25356</v>
       </c>
       <c r="E491" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F491" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G491" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX9/E0.113K</t>
+          <t xml:space="preserve">QDG-49/S1</t>
         </is>
       </c>
       <c r="C492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER AMETHYST DREAM Фіолетово-аметистовий переливчастий,  PPG PRLX9/E0.113K</t>
+          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
         </is>
       </c>
       <c r="D492" s="1">
-        <v>8273</v>
+        <v>1438</v>
       </c>
       <c r="E492" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F492" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G492" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8238/E1</t>
+          <t xml:space="preserve">QDG-49/S1</t>
         </is>
       </c>
       <c r="C493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий HS до грунта DP4000 1л, PPG  D8238</t>
+          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
         </is>
       </c>
       <c r="D493" s="1">
-        <v>3441</v>
+        <v>1438</v>
       </c>
       <c r="E493" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F493" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G493" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D835/E1</t>
+          <t xml:space="preserve">QBC-15/S1</t>
         </is>
       </c>
       <c r="C494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
+          <t xml:space="preserve">Пігмент ONYX BLACK  Чорний онікс, Quickline QBC-15/S1</t>
         </is>
       </c>
       <c r="D494" s="1">
-        <v>1906</v>
+        <v>1632</v>
       </c>
       <c r="E494" s="1">
-        <v>5</v>
+        <v>54</v>
       </c>
       <c r="F494" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G494" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8501/E1</t>
+          <t xml:space="preserve">QBC-15/S1</t>
         </is>
       </c>
       <c r="C495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 білий (G1) 1л,  PPG  D8501  (затверджувач швидкий HS 1л, PPG  D8238)</t>
+          <t xml:space="preserve">Пігмент ONYX BLACK  Чорний онікс, Quickline QBC-15/S1</t>
         </is>
       </c>
       <c r="D495" s="1">
-        <v>1586</v>
+        <v>1632</v>
       </c>
       <c r="E495" s="1">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F495" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G495" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B496" s="1">
+        <v>2671610</v>
       </c>
       <c r="C496" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 темно-сірий (G7) 1л, PPG  D8507  (затверджувач швидкий HS 1л, PPG  D8238)</t>
+          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
         </is>
       </c>
       <c r="D496" s="1">
-        <v>1586</v>
+        <v>821</v>
       </c>
       <c r="E496" s="1">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="F496" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G496" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8505/E3</t>
+          <t xml:space="preserve">PLP307-1001-L</t>
         </is>
       </c>
       <c r="C497" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) сірий (G5) 2:1:0,5  3L, PPG D8505</t>
+          <t xml:space="preserve">Напівкомбінезон  PPG, розмір L</t>
         </is>
       </c>
       <c r="D497" s="1">
-        <v>4406</v>
+        <v>1490</v>
       </c>
       <c r="E497" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F497" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G497" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B498" s="1">
+        <v>150900</v>
       </c>
       <c r="C498" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт універсальний адгезійний для пластику 1л,  PPG  D820 D820</t>
+          <t xml:space="preserve">Корпус ємності 150/90, Тара 150900</t>
         </is>
       </c>
       <c r="D498" s="1">
-        <v>2965</v>
+        <v>6</v>
       </c>
       <c r="E498" s="1">
-        <v>7</v>
+        <v>200</v>
       </c>
       <c r="F498" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G498" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B499" s="1">
+        <v>2404</v>
       </c>
       <c r="C499" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт епоксидний  DP40 CHROMATE FREE 1л, 1:1, PPG  D834 (затверджувач 1 л, PPG  D835)</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
         </is>
       </c>
       <c r="D499" s="1">
-        <v>2147</v>
+        <v>286</v>
       </c>
       <c r="E499" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F499" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G499" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B500" s="1">
+        <v>2405</v>
       </c>
       <c r="C500" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-знежирювач агресивний, 5л,  PPG  D845</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
         </is>
       </c>
       <c r="D500" s="1">
-        <v>3719</v>
+        <v>286</v>
       </c>
       <c r="E500" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F500" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G500" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B501" s="1">
+        <v>2407</v>
       </c>
       <c r="C501" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-знежирювач слабоагресивний, 5л, PPG  D837</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
         </is>
       </c>
       <c r="D501" s="1">
-        <v>3067</v>
+        <v>189</v>
       </c>
       <c r="E501" s="1">
         <v>2</v>
       </c>
       <c r="F501" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G501" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B502" s="1">
+        <v>2408</v>
       </c>
       <c r="C502" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувач до пластику 1 л</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks  SFR 1:1/3:1, Silco 2408</t>
         </is>
       </c>
       <c r="D502" s="1">
-        <v>497</v>
+        <v>286</v>
       </c>
       <c r="E502" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F502" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G502" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B503" s="1">
+        <v>3420</v>
       </c>
       <c r="C503" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач до лаку D8131 UHS 2,5л, PPG  D8254</t>
+          <t xml:space="preserve">Диск для видалення залишків клею  Tape-Off+,  2 шт, Silco 3420</t>
         </is>
       </c>
       <c r="D503" s="1">
-        <v>4960</v>
+        <v>683</v>
       </c>
       <c r="E503" s="1">
-        <v>72</v>
+        <v>9</v>
       </c>
       <c r="F503" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G503" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D880/E1</t>
+          <t xml:space="preserve">1846-P</t>
         </is>
       </c>
       <c r="C504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS 1 л.</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  385ml, Silco 1846-P</t>
         </is>
       </c>
       <c r="D504" s="1">
-        <v>1123</v>
+        <v>9</v>
       </c>
       <c r="E504" s="1">
-        <v>127</v>
+        <v>52</v>
       </c>
       <c r="F504" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G504" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8131/E5</t>
+          <t xml:space="preserve">1848-P</t>
         </is>
       </c>
       <c r="C505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак UHS,  2:1, 5л,  PPG  D8131  (затверджувач 2,5л, PPG  D8254)</t>
+          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
         </is>
       </c>
       <c r="D505" s="1">
-        <v>7200</v>
+        <v>12</v>
       </c>
       <c r="E505" s="1">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="F505" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G505" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D808/E5</t>
+          <t xml:space="preserve">1850-P</t>
         </is>
       </c>
       <c r="C506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400ml, Silco 1850-P</t>
         </is>
       </c>
       <c r="D506" s="1">
-        <v>2499</v>
+        <v>14</v>
       </c>
       <c r="E506" s="1">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="F506" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G506" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8715/E2.5</t>
+          <t xml:space="preserve">1851-P</t>
         </is>
       </c>
       <c r="C507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для грунтів PRODUCTIVE THINNER 2,5л, PPG  D8715</t>
+          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 2300ml, Silco 1851-P</t>
         </is>
       </c>
       <c r="D507" s="1">
-        <v>2373</v>
+        <v>17</v>
       </c>
       <c r="E507" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F507" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G507" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D868/E1</t>
+          <t xml:space="preserve">3368-50</t>
         </is>
       </c>
       <c r="C508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів на MS і HS лаках, 1л,  PPG  D868</t>
+          <t xml:space="preserve">Пластикова пляшка з пензлем та кулькою Touch-Up Bottle 50мл, Silco 3368</t>
         </is>
       </c>
       <c r="D508" s="1">
-        <v>1191</v>
+        <v>29</v>
       </c>
       <c r="E508" s="1">
-        <v>9</v>
+        <v>309</v>
       </c>
       <c r="F508" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G508" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8430/E1</t>
+          <t xml:space="preserve">1980-18</t>
         </is>
       </c>
       <c r="C509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів на HS і UHS лаках, 1л,  PPG  D8430</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 18мм x 50м,  Silco 1980</t>
         </is>
       </c>
       <c r="D509" s="1">
-        <v>1350</v>
+        <v>91</v>
       </c>
       <c r="E509" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="F509" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G509" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D851/E1</t>
+          <t xml:space="preserve">1980-24</t>
         </is>
       </c>
       <c r="C510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів по базі (біндер), 1л,  PPG  D851</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
         </is>
       </c>
       <c r="D510" s="1">
-        <v>1926</v>
+        <v>121</v>
       </c>
       <c r="E510" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="F510" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G510" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B511" s="1">
+        <v>1040</v>
       </c>
       <c r="C511" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник універсальний стандартний (18-25C), 5л,  PPG  D807</t>
+          <t xml:space="preserve">Поролоновий валик для пройомів 13мм x 50м, Silco 1040</t>
         </is>
       </c>
       <c r="D511" s="1">
-        <v>2499</v>
+        <v>989</v>
       </c>
       <c r="E511" s="1">
-        <v>90</v>
+        <v>23</v>
       </c>
       <c r="F511" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G511" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B512" s="1">
+        <v>1090</v>
       </c>
       <c r="C512" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик кистьовий  1л, QL 1410</t>
+          <t xml:space="preserve">Поролоновий валик Т-подібний 15мм x 25м , Silco 1090</t>
         </is>
       </c>
       <c r="D512" s="1">
-        <v>459</v>
+        <v>1132</v>
       </c>
       <c r="E512" s="1">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F512" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G512" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1412/S0.25K</t>
+          <t xml:space="preserve">2531-300</t>
         </is>
       </c>
       <c r="C513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
+          <t xml:space="preserve">Рушник поліпропіленовий  Blue-Tex Box 300шт,  32 x 36см, Silco 2531</t>
         </is>
       </c>
       <c r="D513" s="1">
-        <v>250</v>
+        <v>2757</v>
       </c>
       <c r="E513" s="1">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="F513" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G513" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3415/S0.8</t>
+          <t xml:space="preserve">4500-4-150</t>
         </is>
       </c>
       <c r="C514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 4м x 150м, Silco 4500</t>
         </is>
       </c>
       <c r="D514" s="1">
-        <v>507</v>
+        <v>1446</v>
       </c>
       <c r="E514" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F514" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G514" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3417/S0.8</t>
+          <t xml:space="preserve">7660-B</t>
         </is>
       </c>
       <c r="C515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Бронескотч срібло Mount Tape  50мм x 50м, Silco 7660</t>
         </is>
       </c>
       <c r="D515" s="1">
-        <v>507</v>
+        <v>696</v>
       </c>
       <c r="E515" s="1">
-        <v>88</v>
+        <v>1</v>
       </c>
       <c r="F515" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G515" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>1305486</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7660-C</t>
+        </is>
       </c>
       <c r="C516" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насадка FLATSTR для вузьких текстурних швів, 10шт, Teroson 1305486</t>
+          <t xml:space="preserve">Бронескотч чорний Mount Tape 50мм x 50м, Silco 7660</t>
         </is>
       </c>
       <c r="D516" s="1">
-        <v>837</v>
+        <v>696</v>
       </c>
       <c r="E516" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F516" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G516" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>1470999</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7080-A-1</t>
+        </is>
       </c>
       <c r="C517" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насадка WIDESTR для широких текстурних швів, 10шт, Teroson 1470999</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  білий,  4:1 1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D517" s="1">
-        <v>837</v>
+        <v>535</v>
       </c>
       <c r="E517" s="1">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="F517" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G517" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-24/S3</t>
+          <t xml:space="preserve">7080-B-1</t>
         </is>
       </c>
       <c r="C518" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DEEP BLUE Темно-синій, Quickline QBC-24/S3</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  темно-сірий,  4:1  1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D518" s="1">
-        <v>4486</v>
+        <v>535</v>
       </c>
       <c r="E518" s="1">
-        <v>14</v>
+        <v>203</v>
       </c>
       <c r="F518" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G518" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-55/S3</t>
+          <t xml:space="preserve">7080-C-1</t>
         </is>
       </c>
       <c r="C519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  сірий,  4:1 1л, Silco 7080 (затвержувач, 250мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D519" s="1">
-        <v>4486</v>
+        <v>535</v>
       </c>
       <c r="E519" s="1">
-        <v>6</v>
+        <v>258</v>
       </c>
       <c r="F519" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G519" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-02/S0.5</t>
+          <t xml:space="preserve">7100-C-1</t>
         </is>
       </c>
       <c r="C520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GOLD LEAF Золотистий лист, Quickline QSE-02/S0.5</t>
+          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  сірий,  4:1  1L, Silco 7100</t>
         </is>
       </c>
       <c r="D520" s="1">
-        <v>2388</v>
+        <v>901</v>
       </c>
       <c r="E520" s="1">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="F520" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G520" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-03/S0.5</t>
+          <t xml:space="preserve">7120-C-1</t>
         </is>
       </c>
       <c r="C521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент COPPER Мідний, Quickline QSE-03/S0.5</t>
+          <t xml:space="preserve">Грунт наповнювач ультрашвидкий HS SFR M12  сірий,  5:1  1л, Silco 7120  (затверджувач, 200мл, Silco 7125)</t>
         </is>
       </c>
       <c r="D521" s="1">
-        <v>2388</v>
+        <v>762</v>
       </c>
       <c r="E521" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="F521" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G521" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-04/S0.5</t>
+          <t xml:space="preserve">7125-02</t>
         </is>
       </c>
       <c r="C522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STARLIGHT RED Зоряний червоний, Quickline QSE-04/S0.5</t>
+          <t xml:space="preserve">Затверджувач стандартний до грунта 7120 SFR M12 , 200мл, Silco 7125</t>
         </is>
       </c>
       <c r="D522" s="1">
-        <v>2388</v>
+        <v>231</v>
       </c>
       <c r="E522" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F522" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G522" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-05/S0.5</t>
+          <t xml:space="preserve">7014-S-0,5</t>
         </is>
       </c>
       <c r="C523" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FLASH RED Блискучий червоний, Quickline QSE-05/S0.5</t>
+          <t xml:space="preserve">Грунт 1К для пластику в аерозолі, прозорий 500мл,  Silco 7014</t>
         </is>
       </c>
       <c r="D523" s="1">
-        <v>2388</v>
+        <v>387</v>
       </c>
       <c r="E523" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F523" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G523" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-06/S0.5</t>
+          <t xml:space="preserve">7015-S-1</t>
         </is>
       </c>
       <c r="C524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPACE BLUE Космічний синій, Quickline QSE-06/S0.5</t>
+          <t xml:space="preserve">Грунт 1К для пластику срібний,  1л,  Silco 7015</t>
         </is>
       </c>
       <c r="D524" s="1">
-        <v>2388</v>
+        <v>706</v>
       </c>
       <c r="E524" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F524" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G524" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-56/S1</t>
+          <t xml:space="preserve">7035-0,5</t>
         </is>
       </c>
       <c r="C525" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
+          <t xml:space="preserve">Адгезаційна добавка для пластику в грунти 4 Plastic  500мл, Silco 7035</t>
         </is>
       </c>
       <c r="D525" s="1">
-        <v>1319</v>
+        <v>408</v>
       </c>
       <c r="E525" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F525" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G525" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-58/S1</t>
+          <t xml:space="preserve">9090-1</t>
         </is>
       </c>
       <c r="C526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT RED Яскраво-червоний, Quickline QDG-58/S1</t>
+          <t xml:space="preserve">Лак ультрашвидкий  HS X9  3:1  1л, Silco  9090  (затверджувач стандартний UHS, 330мл,  Silco 9125)</t>
         </is>
       </c>
       <c r="D526" s="1">
-        <v>1319</v>
+        <v>869</v>
       </c>
       <c r="E526" s="1">
-        <v>4</v>
+        <v>42</v>
       </c>
       <c r="F526" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G526" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>280900</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9100-1</t>
+        </is>
       </c>
       <c r="C527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 280/90 Тип 1 С 0101, Тара 280900</t>
+          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D527" s="1">
-        <v>7</v>
-[...4 lines deleted...]
-        </is>
+        <v>716</v>
+      </c>
+      <c r="E527" s="1">
+        <v>34</v>
       </c>
       <c r="F527" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G527" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>550900</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9125-0,33</t>
+        </is>
       </c>
       <c r="C528" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
+          <t xml:space="preserve">Затверджувач стандартний UHS, 330мл,  Silco 9125</t>
         </is>
       </c>
       <c r="D528" s="1">
-        <v>10</v>
+        <v>426</v>
       </c>
       <c r="E528" s="1">
-        <v>771</v>
+        <v>36</v>
       </c>
       <c r="F528" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G528" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>100012</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9125-05</t>
+        </is>
       </c>
       <c r="C529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS, 500мл, Silco 9125</t>
         </is>
       </c>
       <c r="D529" s="1">
-        <v>17</v>
+        <v>548</v>
       </c>
       <c r="E529" s="1">
-        <v>830</v>
+        <v>16</v>
       </c>
       <c r="F529" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G529" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>220015</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7170-0,75</t>
+        </is>
       </c>
       <c r="C530" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
+          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
         </is>
       </c>
       <c r="D530" s="1">
-        <v>33</v>
+        <v>562</v>
       </c>
       <c r="E530" s="1">
-        <v>256</v>
+        <v>8</v>
       </c>
       <c r="F530" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G530" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>500021</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3210-145</t>
+        </is>
       </c>
       <c r="C531" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 5000/210 Тип 1 С 0101 040101, Тара 500021</t>
+          <t xml:space="preserve">Круг полірувальний жовтий (середньої жорскості) Moxi Pads 145 x 30мм, Silco 3210</t>
         </is>
       </c>
       <c r="D531" s="1">
-        <v>51</v>
+        <v>760</v>
       </c>
       <c r="E531" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F531" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G531" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>902555</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3130-0,5</t>
+        </is>
       </c>
       <c r="C532" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 90 Тип 1 С 0101,  Тара 902555</t>
+          <t xml:space="preserve">Універсальний прискорювач сушки  Accelerator,  500мл,  Silco 3130</t>
         </is>
       </c>
       <c r="D532" s="1">
-        <v>3</v>
-[...4 lines deleted...]
-        </is>
+        <v>462</v>
+      </c>
+      <c r="E532" s="1">
+        <v>12</v>
       </c>
       <c r="F532" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G532" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>120100</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7050-1</t>
+        </is>
       </c>
       <c r="C533" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
+          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  1л,  Silco 7050</t>
         </is>
       </c>
       <c r="D533" s="1">
-        <v>5</v>
-[...4 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="E533" s="1">
+        <v>117</v>
       </c>
       <c r="F533" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G533" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>150220</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7050-5</t>
+        </is>
       </c>
       <c r="C534" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 150 Тип 2 С 0101, Тара 150220</t>
+          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  5л,  Silco 7050</t>
         </is>
       </c>
       <c r="D534" s="1">
-        <v>11</v>
+        <v>1649</v>
       </c>
       <c r="E534" s="1">
-        <v>391</v>
+        <v>8</v>
       </c>
       <c r="F534" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G534" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>185340</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">210-1,8</t>
+        </is>
       </c>
       <c r="C535" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
+          <t xml:space="preserve">Шпатлівка універсальна, м'яка, 1,8кг, Silco 210</t>
         </is>
       </c>
       <c r="D535" s="1">
-        <v>11</v>
+        <v>581</v>
       </c>
       <c r="E535" s="1">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F535" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G535" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>210500</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6080-1,5</t>
+        </is>
       </c>
       <c r="C536" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
+          <t xml:space="preserve">Шпатлівка  універсальна, легка B8 Multi-Light,  1,5л, Silco  6080</t>
         </is>
       </c>
       <c r="D536" s="1">
-        <v>20</v>
+        <v>805</v>
       </c>
       <c r="E536" s="1">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="F536" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G536" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8426/E0.4</t>
+          <t xml:space="preserve">6090-1</t>
         </is>
       </c>
       <c r="C537" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт в аерозолі темно-сірий (G7) 0,4л, PPG  D8426</t>
+          <t xml:space="preserve">Шпатлівка напівлегка, фінішна B9 Multi-Azure,  1л,  Silco 6090</t>
         </is>
       </c>
       <c r="D537" s="1">
-        <v>724</v>
+        <v>668</v>
       </c>
       <c r="E537" s="1">
-        <v>5</v>
+        <v>152</v>
       </c>
       <c r="F537" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G537" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D812/E5</t>
+          <t xml:space="preserve">QL5000</t>
         </is>
       </c>
       <c r="C538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
+          <t xml:space="preserve">Вказівник опису пігментів Quickline SB TintingGuideFan</t>
         </is>
       </c>
       <c r="D538" s="1">
-        <v>2499</v>
+        <v>2058</v>
       </c>
       <c r="E538" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F538" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G538" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B539" s="1">
+        <v>5151</v>
       </c>
       <c r="C539" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIVID RED Яскраво-червоний, SPECIAL MIDCOAT CONCENTRATE, PPG D8199/E0.33</t>
+          <t xml:space="preserve">Ніж для маскувальної плівки, Silco 5151</t>
         </is>
       </c>
       <c r="D539" s="1">
-        <v>5543</v>
+        <v>175</v>
       </c>
       <c r="E539" s="1">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F539" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G539" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B540" s="1">
+        <v>7703</v>
       </c>
       <c r="C540" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG CARBON BLACK Вугільно-чорний, PPG D702/E1</t>
+          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
         </is>
       </c>
       <c r="D540" s="1">
-        <v>2670</v>
+        <v>3427</v>
       </c>
       <c r="E540" s="1">
         <v>1</v>
       </c>
       <c r="F540" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G540" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B541" s="1">
+        <v>2671189</v>
       </c>
       <c r="C541" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник стандартний, 5л,  PPG  D8717</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
         </is>
       </c>
       <c r="D541" s="1">
-        <v>4515</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>294</v>
+      </c>
+      <c r="E541" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F541" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G541" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B542" s="1">
+        <v>2671463</v>
       </c>
       <c r="C542" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпаклівка акрилова 0,2 кг</t>
+          <t xml:space="preserve">Праймер-активатор  для вклеювання скла Bond ALL-IN-ONE, 10мл,  Teroson  2671463</t>
         </is>
       </c>
       <c r="D542" s="1">
-        <v>333</v>
+        <v>178</v>
       </c>
       <c r="E542" s="1">
-        <v>6</v>
+        <v>317</v>
       </c>
       <c r="F542" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G542" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8255/E0.5</t>
+          <t xml:space="preserve">D8024/E3</t>
         </is>
       </c>
       <c r="C543" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний UHS 0.5 л</t>
+          <t xml:space="preserve">Грунт наповнювач UHS SURFACER сірий 3л, PPG  D8024 (затверджувач UHS 2,5 л, PPG  D8302)</t>
         </is>
       </c>
       <c r="D543" s="1">
-        <v>645</v>
+        <v>7430</v>
       </c>
       <c r="E543" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F543" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G543" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-57/S1</t>
+          <t xml:space="preserve">D8018/E3</t>
         </is>
       </c>
       <c r="C544" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент IRON RED  Золотисто-коричневий, Quickline QDG-57/S1</t>
+          <t xml:space="preserve">Грунт наповнювач UHS SURFACER білий 3л, PPG  D8018 (затверджувач UHS 2,5 л, PPG  D8302)</t>
         </is>
       </c>
       <c r="D544" s="1">
-        <v>1319</v>
+        <v>7430</v>
       </c>
       <c r="E544" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F544" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G544" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B545" s="1">
+        <v>1550</v>
       </c>
       <c r="C545" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ORANGE ALUMINIUM Помаранчовий металік, Quickline QBC-59/S1</t>
+          <t xml:space="preserve">Напівмаска захисна малярна  Pro Half Mask A1/P2 ( в комплекті), Silco 1550</t>
         </is>
       </c>
       <c r="D545" s="1">
-        <v>2395</v>
+        <v>1015</v>
       </c>
       <c r="E545" s="1">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F545" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G545" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B546" s="1">
-        <v>2269326</v>
+        <v>1554</v>
       </c>
       <c r="C546" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
+          <t xml:space="preserve">Префільтр Prefilter P2 для захисної малярної напівмаски Pro Half Mask (дві пари), Silco 1554</t>
         </is>
       </c>
       <c r="D546" s="1">
-        <v>433</v>
+        <v>235</v>
       </c>
       <c r="E546" s="1">
-        <v>135</v>
+        <v>3</v>
       </c>
       <c r="F546" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G546" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B547" s="1">
+        <v>1557</v>
       </c>
       <c r="C547" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
+          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
         </is>
       </c>
       <c r="D547" s="1">
-        <v>709</v>
+        <v>103</v>
       </c>
       <c r="E547" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F547" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G547" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B548" s="1">
+        <v>1620</v>
       </c>
       <c r="C548" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
+          <t xml:space="preserve">Маска пилозахисна  Dust Mask FFP2 NR, Silco 1620</t>
         </is>
       </c>
       <c r="D548" s="1">
-        <v>1319</v>
+        <v>109</v>
       </c>
       <c r="E548" s="1">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F548" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G548" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B549" s="1">
+        <v>4630</v>
       </c>
       <c r="C549" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ONYX BLACK  Чорний онікс, Quickline QBC-15/S1</t>
+          <t xml:space="preserve">Диск-підкладка м'який для орбітальних шліфмашин, Silco 4630</t>
         </is>
       </c>
       <c r="D549" s="1">
-        <v>1497</v>
+        <v>193</v>
       </c>
       <c r="E549" s="1">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="F549" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G549" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B550" s="1">
-        <v>2671610</v>
+        <v>8067</v>
       </c>
       <c r="C550" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
+          <t xml:space="preserve">Мікрофібра 40x40 см, Silco 8067</t>
         </is>
       </c>
       <c r="D550" s="1">
-        <v>754</v>
+        <v>115</v>
       </c>
       <c r="E550" s="1">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F550" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G550" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B551" s="1">
+        <v>8110</v>
       </c>
       <c r="C551" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівкомбінезон  PPG, розмір L</t>
+          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
         </is>
       </c>
       <c r="D551" s="1">
-        <v>2279</v>
+        <v>955</v>
       </c>
       <c r="E551" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F551" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G551" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1000/120</t>
+          <t xml:space="preserve">2040-A-1</t>
         </is>
       </c>
       <c r="C552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності прозорий 1000/120 Тип 3 С 0101 010101, Тара 1000/120</t>
+          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
         </is>
       </c>
       <c r="D552" s="1">
-        <v>17</v>
+        <v>411</v>
       </c>
       <c r="E552" s="1">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F552" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G552" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>150900</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2040-C-1</t>
+        </is>
       </c>
       <c r="C553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 150/90, Тара 150900</t>
+          <t xml:space="preserve">Антигравійний захист, сірий 1кг, Silco 2040</t>
         </is>
       </c>
       <c r="D553" s="1">
-        <v>6</v>
+        <v>411</v>
       </c>
       <c r="E553" s="1">
-        <v>300</v>
+        <v>3</v>
       </c>
       <c r="F553" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G553" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B554" s="1">
-        <v>2404</v>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2110-1</t>
+        </is>
       </c>
       <c r="C554" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
+          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  1л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
         </is>
       </c>
       <c r="D554" s="1">
-        <v>263</v>
+        <v>784</v>
       </c>
       <c r="E554" s="1">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="F554" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G554" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B555" s="1">
-        <v>2405</v>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2130-05</t>
+        </is>
       </c>
       <c r="C555" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
+          <t xml:space="preserve">Затверджувач швидкий до епоксидного грунта  500мл,  Silco 2130</t>
         </is>
       </c>
       <c r="D555" s="1">
-        <v>263</v>
+        <v>507</v>
       </c>
       <c r="E555" s="1">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F555" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G555" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B556" s="1">
-        <v>2407</v>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2270-P-A</t>
+        </is>
       </c>
       <c r="C556" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
+          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, червоний, 115 x 230мм, P360,  Silco 2270</t>
         </is>
       </c>
       <c r="D556" s="1">
-        <v>174</v>
+        <v>59</v>
       </c>
       <c r="E556" s="1">
-        <v>2</v>
+        <v>159</v>
       </c>
       <c r="F556" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G556" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B557" s="1">
-        <v>2408</v>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2270-P-B</t>
+        </is>
       </c>
       <c r="C557" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks  SFR 1:1/3:1, Silco 2408</t>
+          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, сірий, 115 x 230мм, P1500, Silco 2270</t>
         </is>
       </c>
       <c r="D557" s="1">
-        <v>263</v>
+        <v>59</v>
       </c>
       <c r="E557" s="1">
-        <v>5</v>
+        <v>351</v>
       </c>
       <c r="F557" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G557" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B558" s="1">
-        <v>3420</v>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3020-1</t>
+        </is>
       </c>
       <c r="C558" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск для видалення залишків клею  Tape-Off+,  2 шт, Silco 3420</t>
+          <t xml:space="preserve">Паста абразивна матуюча  Ezee-Matt,  1кг,   Silco 3020</t>
         </is>
       </c>
       <c r="D558" s="1">
-        <v>627</v>
+        <v>924</v>
       </c>
       <c r="E558" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F558" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G558" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1846-P</t>
+          <t xml:space="preserve">3050-240</t>
         </is>
       </c>
       <c r="C559" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  385ml, Silco 1846-P</t>
+          <t xml:space="preserve">SILCO 3050-240 Диск абразивний  150 мм</t>
         </is>
       </c>
       <c r="D559" s="1">
         <v>8</v>
       </c>
       <c r="E559" s="1">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="F559" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G559" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1848-P</t>
+          <t xml:space="preserve">3060-150-100</t>
         </is>
       </c>
       <c r="C560" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
         </is>
       </c>
       <c r="D560" s="1">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E560" s="1">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F560" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G560" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1850-P</t>
+          <t xml:space="preserve">3060-150-120</t>
         </is>
       </c>
       <c r="C561" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400ml, Silco 1850-P</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
         </is>
       </c>
       <c r="D561" s="1">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E561" s="1">
-        <v>2</v>
+        <v>254</v>
       </c>
       <c r="F561" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G561" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851-P</t>
+          <t xml:space="preserve">3060-150-150</t>
         </is>
       </c>
       <c r="C562" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 2300ml, Silco 1851-P</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
         </is>
       </c>
       <c r="D562" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E562" s="1">
-        <v>12</v>
+        <v>707</v>
       </c>
       <c r="F562" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G562" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3368-50</t>
+          <t xml:space="preserve">3060-150-240</t>
         </is>
       </c>
       <c r="C563" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластикова пляшка з пензлем та кулькою Touch-Up Bottle 50мл, Silco 3368</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P240, Silco  3060-150</t>
         </is>
       </c>
       <c r="D563" s="1">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E563" s="1">
-        <v>373</v>
+        <v>899</v>
       </c>
       <c r="F563" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G563" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-18</t>
+          <t xml:space="preserve">3060-150-320</t>
         </is>
       </c>
       <c r="C564" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 18мм x 50м,  Silco 1980</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P320, Silco  3060-150</t>
         </is>
       </c>
       <c r="D564" s="1">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="E564" s="1">
-        <v>16</v>
+        <v>184</v>
       </c>
       <c r="F564" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G564" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B565" s="1">
-        <v>1040</v>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-360</t>
+        </is>
       </c>
       <c r="C565" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поролоновий валик для пройомів 13мм x 50м, Silco 1040</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
         </is>
       </c>
       <c r="D565" s="1">
-        <v>908</v>
+        <v>17</v>
       </c>
       <c r="E565" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="F565" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G565" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B566" s="1">
-        <v>1090</v>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-400</t>
+        </is>
       </c>
       <c r="C566" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поролоновий валик Т-подібний 15мм x 25м , Silco 1090</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P400, Silco  3060-150</t>
         </is>
       </c>
       <c r="D566" s="1">
-        <v>853</v>
+        <v>17</v>
       </c>
       <c r="E566" s="1">
-        <v>9</v>
+        <v>619</v>
       </c>
       <c r="F566" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G566" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2531-300</t>
+          <t xml:space="preserve">3060-150-500</t>
         </is>
       </c>
       <c r="C567" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник поліпропіленовий  Blue-Tex Box 300шт,  32 x 36см, Silco 2531</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P500, Silco  3060-150</t>
         </is>
       </c>
       <c r="D567" s="1">
-        <v>2530</v>
+        <v>17</v>
       </c>
       <c r="E567" s="1">
-        <v>7</v>
+        <v>216</v>
       </c>
       <c r="F567" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G567" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4500-4-150</t>
+          <t xml:space="preserve">3060-150-600</t>
         </is>
       </c>
       <c r="C568" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 4м x 150м, Silco 4500</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P600, Silco  3060-150</t>
         </is>
       </c>
       <c r="D568" s="1">
-        <v>1327</v>
+        <v>17</v>
       </c>
       <c r="E568" s="1">
-        <v>25</v>
+        <v>375</v>
       </c>
       <c r="F568" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G568" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-B</t>
+          <t xml:space="preserve">3060-150-800</t>
         </is>
       </c>
       <c r="C569" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бронескотч срібло Mount Tape  50мм x 50м, Silco 7660</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
         </is>
       </c>
       <c r="D569" s="1">
-        <v>639</v>
+        <v>17</v>
       </c>
       <c r="E569" s="1">
-        <v>8</v>
+        <v>332</v>
       </c>
       <c r="F569" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G569" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-C</t>
+          <t xml:space="preserve">6160-800</t>
         </is>
       </c>
       <c r="C570" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бронескотч чорний Mount Tape 50мм x 50м, Silco 7660</t>
+          <t xml:space="preserve">Рулони на поролоні  Abra-Foam SBS, 115mm x  25m, P800, Silco 6160</t>
         </is>
       </c>
       <c r="D570" s="1">
-        <v>639</v>
+        <v>1064</v>
       </c>
       <c r="E570" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F570" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G570" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-A-1</t>
+          <t xml:space="preserve">9250-0,2</t>
         </is>
       </c>
       <c r="C571" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  білий,  4:1 1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
         </is>
       </c>
       <c r="D571" s="1">
-        <v>491</v>
+        <v>256</v>
       </c>
       <c r="E571" s="1">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="F571" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G571" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-B-1</t>
+          <t xml:space="preserve">9900-A-1</t>
         </is>
       </c>
       <c r="C572" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  темно-сірий,  4:1  1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D572" s="1">
-        <v>491</v>
+        <v>682</v>
       </c>
       <c r="E572" s="1">
-        <v>334</v>
+        <v>19</v>
       </c>
       <c r="F572" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G572" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-C-1</t>
+          <t xml:space="preserve">9900-B-1</t>
         </is>
       </c>
       <c r="C573" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  сірий,  4:1 1л, Silco 7080 (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, темно-сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D573" s="1">
-        <v>491</v>
+        <v>682</v>
       </c>
       <c r="E573" s="1">
-        <v>307</v>
+        <v>13</v>
       </c>
       <c r="F573" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G573" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-C-1</t>
+          <t xml:space="preserve">9900-C-1</t>
         </is>
       </c>
       <c r="C574" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  сірий,  4:1  1L, Silco 7100</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D574" s="1">
-        <v>827</v>
+        <v>682</v>
       </c>
       <c r="E574" s="1">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="F574" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G574" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7120-C-1</t>
+          <t xml:space="preserve">3060-150-080</t>
         </is>
       </c>
       <c r="C575" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач ультрашвидкий HS SFR M12  сірий,  5:1  1л, Silco 7120  (затверджувач, 200мл, Silco 7125)</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P80,   Silco  3060-150</t>
         </is>
       </c>
       <c r="D575" s="1">
-        <v>699</v>
+        <v>18</v>
       </c>
       <c r="E575" s="1">
-        <v>37</v>
+        <v>710</v>
       </c>
       <c r="F575" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G575" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7125-02</t>
+          <t xml:space="preserve">8515-5</t>
         </is>
       </c>
       <c r="C576" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний до грунта 7120 SFR M12 , 200мл, Silco 7125</t>
+          <t xml:space="preserve">Знежирювач водо-спиртовий,  5л, Silco  8515</t>
         </is>
       </c>
       <c r="D576" s="1">
-        <v>212</v>
+        <v>886</v>
       </c>
       <c r="E576" s="1">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="F576" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G576" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7300-C-04</t>
+          <t xml:space="preserve">3950-0,33</t>
         </is>
       </c>
       <c r="C577" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач 2К супершвидкий в аерозолі M30, 400мл, Silco 7300</t>
+          <t xml:space="preserve">Затверджувач HS акриловий, 330мл,  Silco 3950</t>
         </is>
       </c>
       <c r="D577" s="1">
-        <v>1024</v>
+        <v>255</v>
       </c>
       <c r="E577" s="1">
-        <v>2</v>
+        <v>74</v>
       </c>
       <c r="F577" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G577" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7014-S-0,5</t>
+          <t xml:space="preserve">9123-0,5</t>
         </is>
       </c>
       <c r="C578" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику в аерозолі, прозорий 500мл,  Silco 7014</t>
+          <t xml:space="preserve">Затверджувач швидкий  UHS, 500мл, Silco 9123</t>
         </is>
       </c>
       <c r="D578" s="1">
-        <v>355</v>
+        <v>548</v>
       </c>
       <c r="E578" s="1">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="F578" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G578" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7015-S-1</t>
+          <t xml:space="preserve">6165-320</t>
         </is>
       </c>
       <c r="C579" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику срібний,  1л,  Silco 7015</t>
+          <t xml:space="preserve">Рулони абразивні на поролоні  Abra-Foam SBS, 115мм х 25м, P320, Silco 6165</t>
         </is>
       </c>
       <c r="D579" s="1">
-        <v>648</v>
+        <v>1774</v>
       </c>
       <c r="E579" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="F579" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G579" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9090-1</t>
+          <t xml:space="preserve">7030-1</t>
         </is>
       </c>
       <c r="C580" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак ультрашвидкий  HS X9  3:1  1л, Silco  9090  (затверджувач стандартний UHS, 330мл,  Silco 9125)</t>
+          <t xml:space="preserve">Розчинник акриловий швидкий Maxx Thinner,  1л,  Silco 7030</t>
         </is>
       </c>
       <c r="D580" s="1">
-        <v>797</v>
+        <v>330</v>
       </c>
       <c r="E580" s="1">
-        <v>116</v>
+        <v>13</v>
       </c>
       <c r="F580" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G580" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9100-1</t>
+          <t xml:space="preserve">7100-A-1</t>
         </is>
       </c>
       <c r="C581" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  білий,  4:1 1л, Silco 7100  (затверджувач,  Silco 9250/9230)</t>
         </is>
       </c>
       <c r="D581" s="1">
-        <v>646</v>
+        <v>901</v>
       </c>
       <c r="E581" s="1">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="F581" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G581" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-0,33</t>
+          <t xml:space="preserve">3109-6</t>
         </is>
       </c>
       <c r="C582" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний UHS, 330мл,  Silco 9125</t>
+          <t xml:space="preserve">Стрічка двостороння,  6мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D582" s="1">
-        <v>268</v>
+        <v>349</v>
       </c>
       <c r="E582" s="1">
-        <v>116</v>
+        <v>2</v>
       </c>
       <c r="F582" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G582" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-05</t>
+          <t xml:space="preserve">5090-0,03</t>
         </is>
       </c>
       <c r="C583" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS, 500мл, Silco 9125</t>
+          <t xml:space="preserve">5090-0,03 Очищувач-активатор, прозорий, 30мл.</t>
         </is>
       </c>
       <c r="D583" s="1">
-        <v>503</v>
+        <v>473</v>
       </c>
       <c r="E583" s="1">
-        <v>67</v>
+        <v>3</v>
       </c>
       <c r="F583" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G583" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7170-0,75</t>
+          <t xml:space="preserve">6075-0,5</t>
         </is>
       </c>
       <c r="C584" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
+          <t xml:space="preserve">Розчинник для переходів в аерозолі Fade-Thinner Spray, 500мл,  Silco 6075</t>
         </is>
       </c>
       <c r="D584" s="1">
-        <v>515</v>
+        <v>319</v>
       </c>
       <c r="E584" s="1">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="F584" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G584" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3210-145</t>
+          <t xml:space="preserve">6116-B-0,75</t>
         </is>
       </c>
       <c r="C585" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний жовтий (середньої жорскості) Moxi Pads 145 x 30мм, Silco 3210</t>
+          <t xml:space="preserve">Фарба 1К для пластику Чорна матова B-Paint, 750мл,  Silco 6116</t>
         </is>
       </c>
       <c r="D585" s="1">
-        <v>698</v>
+        <v>885</v>
       </c>
       <c r="E585" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F585" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G585" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3130-0,5</t>
+          <t xml:space="preserve">6150-1</t>
         </is>
       </c>
       <c r="C586" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний прискорювач сушки  Accelerator,  500мл,  Silco 3130</t>
+          <t xml:space="preserve">Шпатлівка з алюмінієм  B15 Multi-Alu,  1л, Silco 6150</t>
         </is>
       </c>
       <c r="D586" s="1">
-        <v>424</v>
+        <v>752</v>
       </c>
       <c r="E586" s="1">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="F586" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G586" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7050-1</t>
+          <t xml:space="preserve">9120-1</t>
         </is>
       </c>
       <c r="C587" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  1л,  Silco 7050</t>
+          <t xml:space="preserve">Лак X12 Supreme 2:1, 1л, Silco 9120  (затв. UHS, 0,5л, Silco 9122, 9123, 9125, 9127)</t>
         </is>
       </c>
       <c r="D587" s="1">
-        <v>331</v>
+        <v>1190</v>
       </c>
       <c r="E587" s="1">
-        <v>134</v>
+        <v>21</v>
       </c>
       <c r="F587" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G587" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7050-5</t>
+          <t xml:space="preserve">9040-1</t>
         </is>
       </c>
       <c r="C588" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  5л,  Silco 7050</t>
+          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D588" s="1">
-        <v>1513</v>
+        <v>555</v>
       </c>
       <c r="E588" s="1">
-        <v>23</v>
+        <v>392</v>
       </c>
       <c r="F588" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G588" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B589" s="1">
+        <v>782222</v>
       </c>
       <c r="C589" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка універсальна, м'яка, 1,8кг, Silco 210</t>
+          <t xml:space="preserve">Насадка ET DOOR EDGE на картуш 'метелик', 1шт, Teroson  782222</t>
         </is>
       </c>
       <c r="D589" s="1">
-        <v>533</v>
+        <v>120</v>
       </c>
       <c r="E589" s="1">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F589" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G589" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B590" s="1">
+        <v>2142441</v>
       </c>
       <c r="C590" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка  універсальна, легка B8 Multi-Light,  1,5л, Silco  6080</t>
+          <t xml:space="preserve">Перетворювач іржі VR 625,  400мл,  Teroson 2142441</t>
         </is>
       </c>
       <c r="D590" s="1">
-        <v>739</v>
+        <v>469</v>
       </c>
       <c r="E590" s="1">
-        <v>176</v>
+        <v>116</v>
       </c>
       <c r="F590" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G590" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MIRKA</t>
+        </is>
+      </c>
+      <c r="B591" s="1">
+        <v>8111202594</v>
       </c>
       <c r="C591" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка напівлегка, фінішна B9 Multi-Azure,  1л,  Silco 6090</t>
+          <t xml:space="preserve">Абразивний лист MIRLON TOTAL Лист 115х230мм UF P1500 сірий, MIRKA 8111202594</t>
         </is>
       </c>
       <c r="D591" s="1">
-        <v>613</v>
+        <v>47</v>
       </c>
       <c r="E591" s="1">
-        <v>191</v>
+        <v>285</v>
       </c>
       <c r="F591" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G591" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QL5000</t>
+          <t xml:space="preserve">6040-0,5</t>
         </is>
       </c>
       <c r="C592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вказівник опису пігментів Quickline SB TintingGuideFan</t>
+          <t xml:space="preserve">Шпатлівка  для пластиків Flexplast, антрацит, 0,5кг,  Silco 6040</t>
         </is>
       </c>
       <c r="D592" s="1">
-        <v>3160</v>
+        <v>361</v>
       </c>
       <c r="E592" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F592" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G592" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>5151</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8424/E0.4</t>
+        </is>
       </c>
       <c r="C593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ніж для маскувальної плівки, Silco 5151</t>
+          <t xml:space="preserve">Грунт в аерозолі сірий (G6) 0,4л, PPG  D8424</t>
         </is>
       </c>
       <c r="D593" s="1">
-        <v>160</v>
+        <v>789</v>
       </c>
       <c r="E593" s="1">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F593" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G593" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B594" s="1">
-        <v>7703</v>
+        <v>2647773</v>
       </c>
       <c r="C594" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 600мл, Teroson 2647773</t>
         </is>
       </c>
       <c r="D594" s="1">
-        <v>3144</v>
+        <v>431</v>
       </c>
       <c r="E594" s="1">
-        <v>1</v>
+        <v>281</v>
       </c>
       <c r="F594" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G594" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2671189</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9082-0,25</t>
+        </is>
       </c>
       <c r="C595" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
+          <t xml:space="preserve">Затвержувач до грунта 7080 M8 Acryfil  Hardener extra fast, 250ml, Silco 9082</t>
         </is>
       </c>
       <c r="D595" s="1">
         <v>270</v>
       </c>
       <c r="E595" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="F595" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G595" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2671463</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9085-0,25</t>
+        </is>
       </c>
       <c r="C596" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Праймер-активатор  для вклеювання скла Bond ALL-IN-ONE, 10мл,  Teroson  2671463</t>
+          <t xml:space="preserve">Затвержувач стандартний до грунта 7080 M8  Akrylic, 250мл,  Silco 9085</t>
         </is>
       </c>
       <c r="D596" s="1">
-        <v>163</v>
+        <v>270</v>
       </c>
       <c r="E596" s="1">
-        <v>198</v>
+        <v>567</v>
       </c>
       <c r="F596" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G596" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8024/E3</t>
+          <t xml:space="preserve">2350-M</t>
         </is>
       </c>
       <c r="C597" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач UHS SURFACER сірий 3л, PPG  D8024 (затверджувач UHS 2,5 л, PPG  D8302)</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
         </is>
       </c>
       <c r="D597" s="1">
-        <v>6816</v>
+        <v>1596</v>
       </c>
       <c r="E597" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F597" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G597" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8018/E3</t>
+          <t xml:space="preserve">2350-L</t>
         </is>
       </c>
       <c r="C598" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач UHS SURFACER білий 3л, PPG  D8018 (затверджувач UHS 2,5 л, PPG  D8302)</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
         </is>
       </c>
       <c r="D598" s="1">
-        <v>6816</v>
+        <v>1596</v>
       </c>
       <c r="E598" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F598" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G598" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8019/E3</t>
+          <t xml:space="preserve">5800-XL</t>
         </is>
       </c>
       <c r="C599" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач UHS SURFACER темно-сірий 3л, PPG  D8019 (затверджувач UHS 2,5 л, PPG  D8302)</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
         </is>
       </c>
       <c r="D599" s="1">
-        <v>6816</v>
+        <v>1236</v>
       </c>
       <c r="E599" s="1">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="F599" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G599" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B600" s="1">
-        <v>1550</v>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2950-125-0,6</t>
+        </is>
       </c>
       <c r="C600" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівмаска захисна малярна  Pro Half Mask A1/P2 ( в комплекті), Silco 1550</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 600мл, Silco 2950</t>
         </is>
       </c>
       <c r="D600" s="1">
-        <v>932</v>
+        <v>1998</v>
       </c>
       <c r="E600" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F600" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G600" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1555</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-17/S3</t>
+        </is>
       </c>
       <c r="C601" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр А1 для захисної малярної напівмаски Pro Half Mask (пара), Silco 1555</t>
+          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-17/S3</t>
         </is>
       </c>
       <c r="D601" s="1">
-        <v>602</v>
+        <v>4890</v>
       </c>
       <c r="E601" s="1">
-        <v>6</v>
+        <v>78</v>
       </c>
       <c r="F601" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G601" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1557</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-27/S3</t>
+        </is>
       </c>
       <c r="C602" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
+          <t xml:space="preserve">Пігмент REDISH VIOLET Прозорий фіолетовий, Quickline QBC-27/S3</t>
         </is>
       </c>
       <c r="D602" s="1">
-        <v>94</v>
+        <v>4890</v>
       </c>
       <c r="E602" s="1">
-        <v>4</v>
+        <v>45</v>
       </c>
       <c r="F602" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G602" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1620</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-34/S1</t>
+        </is>
       </c>
       <c r="C603" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маска пилозахисна  Dust Mask FFP2 NR, Silco 1620</t>
+          <t xml:space="preserve">Пігмент REDUCED GOLDEN YELLOW Прозорий золотисто-жовтий, Quickline QBC-34/S1</t>
         </is>
       </c>
       <c r="D603" s="1">
-        <v>122</v>
+        <v>1632</v>
       </c>
       <c r="E603" s="1">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="F603" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G603" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>4630</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-91/S3</t>
+        </is>
       </c>
       <c r="C604" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск-підкладка м'який для орбітальних шліфмашин, Silco 4630</t>
+          <t xml:space="preserve">Пігмент PURE BASE Чиста база, Quickline QBC-91/S3</t>
         </is>
       </c>
       <c r="D604" s="1">
-        <v>177</v>
+        <v>4890</v>
       </c>
       <c r="E604" s="1">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F604" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G604" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>8067</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QSE-01/S0.5</t>
+        </is>
       </c>
       <c r="C605" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мікрофібра 40x40 см, Silco 8067</t>
+          <t xml:space="preserve">Пігмент DIAMOND SILVER Діамантово-сріблястий, Quickline QSE-01/S0.5</t>
         </is>
       </c>
       <c r="D605" s="1">
-        <v>106</v>
+        <v>2604</v>
       </c>
       <c r="E605" s="1">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="F605" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G605" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>8110</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8505/E1</t>
+        </is>
       </c>
       <c r="C606" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
+          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 сірий (G5) 1л, PPG  D8505  (затверджувач швидкий HS 1л, PPG  D8238)</t>
         </is>
       </c>
       <c r="D606" s="1">
-        <v>876</v>
+        <v>1729</v>
       </c>
       <c r="E606" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F606" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G606" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1818-C-0,4</t>
+          <t xml:space="preserve">1410-0,85</t>
         </is>
       </c>
       <c r="C607" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт універсальний 1К  в аерозолі  сірий, 400мл, Silco 1818</t>
+          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
         </is>
       </c>
       <c r="D607" s="1">
-        <v>309</v>
+        <v>530</v>
       </c>
       <c r="E607" s="1">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="F607" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G607" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-A-1</t>
+          <t xml:space="preserve">QBC-70/S1</t>
         </is>
       </c>
       <c r="C608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
+          <t xml:space="preserve">Пігмент ULTRA FINE LENTICULAR ALUMINIUM Ультра тонкий металік, Quickline QBC-70/S1</t>
         </is>
       </c>
       <c r="D608" s="1">
-        <v>377</v>
+        <v>1906</v>
       </c>
       <c r="E608" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F608" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G608" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-C-1</t>
+          <t xml:space="preserve">9250-0,5</t>
         </is>
       </c>
       <c r="C609" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, сірий 1кг, Silco 2040</t>
+          <t xml:space="preserve">Затверджувач стандартний, 500мл,  Silco 9250</t>
         </is>
       </c>
       <c r="D609" s="1">
-        <v>377</v>
+        <v>436</v>
       </c>
       <c r="E609" s="1">
-        <v>8</v>
+        <v>478</v>
       </c>
       <c r="F609" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G609" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2110-1</t>
+          <t xml:space="preserve">QBC-85/S1</t>
         </is>
       </c>
       <c r="C610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  1л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
+          <t xml:space="preserve">Пігмент GREEN EFFECT PEARL  Зелений перламутр мінливий, Quickline QBC-85/S1</t>
         </is>
       </c>
       <c r="D610" s="1">
-        <v>720</v>
+        <v>2611</v>
       </c>
       <c r="E610" s="1">
-        <v>33</v>
+        <v>7</v>
       </c>
       <c r="F610" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G610" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2130-05</t>
+          <t xml:space="preserve">QBC-79/S1</t>
         </is>
       </c>
       <c r="C611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий до епоксидного грунта  500мл,  Silco 2130</t>
+          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
         </is>
       </c>
       <c r="D611" s="1">
-        <v>465</v>
+        <v>2611</v>
       </c>
       <c r="E611" s="1">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="F611" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G611" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-P-A</t>
+          <t xml:space="preserve">PRLX1/E0.113K</t>
         </is>
       </c>
       <c r="C612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, червоний, 115 x 230мм, P360,  Silco 2270</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL RED Кристально-червоний,  PPG PRLX1/E0.113K</t>
         </is>
       </c>
       <c r="D612" s="1">
-        <v>55</v>
+        <v>9019</v>
       </c>
       <c r="E612" s="1">
-        <v>349</v>
+        <v>4</v>
       </c>
       <c r="F612" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G612" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-P-B</t>
+          <t xml:space="preserve">QH-4410/S0.5</t>
         </is>
       </c>
       <c r="C613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, сірий, 115 x 230мм, P1500, Silco 2270</t>
+          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
         </is>
       </c>
       <c r="D613" s="1">
-        <v>55</v>
+        <v>577</v>
       </c>
       <c r="E613" s="1">
-        <v>407</v>
+        <v>350</v>
       </c>
       <c r="F613" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G613" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3020-1</t>
+          <t xml:space="preserve">QA-1000/S5</t>
         </is>
       </c>
       <c r="C614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста абразивна матуюча  Ezee-Matt,  1кг,   Silco 3020</t>
+          <t xml:space="preserve">Антисилікон  5л,  QL 1000</t>
         </is>
       </c>
       <c r="D614" s="1">
-        <v>848</v>
+        <v>1697</v>
       </c>
       <c r="E614" s="1">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F614" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G614" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3050-240</t>
+          <t xml:space="preserve">QBC-22/S1</t>
         </is>
       </c>
       <c r="C615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 3050-240 Диск абразивний  150 мм</t>
+          <t xml:space="preserve">Пігмент BLUE Синій, Quickline QBC-22/S1</t>
         </is>
       </c>
       <c r="D615" s="1">
-        <v>12</v>
+        <v>1632</v>
       </c>
       <c r="E615" s="1">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="F615" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G615" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-100</t>
+          <t xml:space="preserve">9515-1</t>
         </is>
       </c>
       <c r="C616" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
+          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  1л,  Silco  9515</t>
         </is>
       </c>
       <c r="D616" s="1">
-        <v>15</v>
+        <v>360</v>
       </c>
       <c r="E616" s="1">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F616" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G616" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-120</t>
+          <t xml:space="preserve">PRLX3/E0.113K</t>
         </is>
       </c>
       <c r="C617" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL GOLD Кристально-золотий,  PPG PRLX3/E0.113K</t>
         </is>
       </c>
       <c r="D617" s="1">
-        <v>15</v>
+        <v>9019</v>
       </c>
       <c r="E617" s="1">
-        <v>319</v>
+        <v>5</v>
       </c>
       <c r="F617" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G617" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-150</t>
+          <t xml:space="preserve">QBC-57/S1</t>
         </is>
       </c>
       <c r="C618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент CANARY ORANGE Канарський помаранч, Quickline QBC-57/S1</t>
         </is>
       </c>
       <c r="D618" s="1">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>1632</v>
+      </c>
+      <c r="E618" s="1">
+        <v>1</v>
       </c>
       <c r="F618" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G618" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-180</t>
+          <t xml:space="preserve">QDG-18/S3</t>
         </is>
       </c>
       <c r="C619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P180, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
         </is>
       </c>
       <c r="D619" s="1">
-        <v>15</v>
+        <v>4315</v>
       </c>
       <c r="E619" s="1">
-        <v>207</v>
+        <v>1</v>
       </c>
       <c r="F619" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G619" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-240</t>
+          <t xml:space="preserve">QDG-19/S1</t>
         </is>
       </c>
       <c r="C620" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P240, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
         </is>
       </c>
       <c r="D620" s="1">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>1438</v>
+      </c>
+      <c r="E620" s="1">
+        <v>1</v>
       </c>
       <c r="F620" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G620" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-320</t>
+          <t xml:space="preserve">D841/E0.5</t>
         </is>
       </c>
       <c r="C621" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P320, Silco  3060-150</t>
+          <t xml:space="preserve">Затверджувач стандартний MS 0,5 л</t>
         </is>
       </c>
       <c r="D621" s="1">
-        <v>15</v>
+        <v>786</v>
       </c>
       <c r="E621" s="1">
-        <v>504</v>
+        <v>118</v>
       </c>
       <c r="F621" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G621" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-360</t>
+          <t xml:space="preserve">QBC-82/S1</t>
         </is>
       </c>
       <c r="C622" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент FINE RED PEARL Червоний перламутр з дрібним зерном, Quickline QBC-82/S1</t>
         </is>
       </c>
       <c r="D622" s="1">
-        <v>15</v>
+        <v>2611</v>
       </c>
       <c r="E622" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F622" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G622" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-400</t>
+          <t xml:space="preserve">QDG-27/S3</t>
         </is>
       </c>
       <c r="C623" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P400, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент MARINE BLUE Морський синій, Quickline QDG-27/S3</t>
         </is>
       </c>
       <c r="D623" s="1">
-        <v>15</v>
+        <v>4315</v>
       </c>
       <c r="E623" s="1">
-        <v>689</v>
+        <v>4</v>
       </c>
       <c r="F623" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G623" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-500</t>
+          <t xml:space="preserve">QDG-29/S1</t>
         </is>
       </c>
       <c r="C624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P500, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
         </is>
       </c>
       <c r="D624" s="1">
-        <v>15</v>
+        <v>1438</v>
       </c>
       <c r="E624" s="1">
-        <v>116</v>
+        <v>3</v>
       </c>
       <c r="F624" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G624" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-600</t>
+          <t xml:space="preserve">QDG-54/S1</t>
         </is>
       </c>
       <c r="C625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P600, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
         </is>
       </c>
       <c r="D625" s="1">
-        <v>15</v>
+        <v>1438</v>
       </c>
       <c r="E625" s="1">
-        <v>180</v>
+        <v>1</v>
       </c>
       <c r="F625" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G625" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-800</t>
+          <t xml:space="preserve">QSE-07/S0.5</t>
         </is>
       </c>
       <c r="C626" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
+          <t xml:space="preserve">Пігмент AQUA GREEN Зелений, Quickline QSE-07/S0.5</t>
         </is>
       </c>
       <c r="D626" s="1">
-        <v>15</v>
+        <v>2604</v>
       </c>
       <c r="E626" s="1">
-        <v>532</v>
+        <v>2</v>
       </c>
       <c r="F626" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G626" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B627" s="1">
+        <v>2095619</v>
       </c>
       <c r="C627" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулони абразивні на поролоні  Abra-Foam SBS, 115мм х 25м, P600, Silco 6165</t>
+          <t xml:space="preserve">Герметик для швів PU 9208F чорний, 280мл, Teroson 2095619</t>
         </is>
       </c>
       <c r="D627" s="1">
-        <v>1627</v>
+        <v>212</v>
       </c>
       <c r="E627" s="1">
-        <v>2</v>
+        <v>266</v>
       </c>
       <c r="F627" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G627" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B628" s="1">
+        <v>2898365</v>
       </c>
       <c r="C628" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 2К антикорозійний M22 Wash Prime   1:1  1л,  Silco 7220 (затверджувач, 1л,  Silco 7225)</t>
+          <t xml:space="preserve">Грунтівка на основі цинку VR 4610 AE 400мл EGFD,Teroson 2898365</t>
         </is>
       </c>
       <c r="D628" s="1">
-        <v>1105</v>
+        <v>485</v>
       </c>
       <c r="E628" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F628" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G628" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7225-1</t>
+          <t xml:space="preserve">QBC-31/S1</t>
         </is>
       </c>
       <c r="C629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник до антикорозійного грунта 7220 M22, 1л,  Silco 7225</t>
+          <t xml:space="preserve">Пігмент VIVID YELLOW Яскраво-жовтий з червоним відтінком, Quickline QBC-31/S1</t>
         </is>
       </c>
       <c r="D629" s="1">
-        <v>534</v>
+        <v>1632</v>
       </c>
       <c r="E629" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F629" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G629" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-0,2</t>
+          <t xml:space="preserve">QDG-39/S1</t>
         </is>
       </c>
       <c r="C630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
+          <t xml:space="preserve">Пігмент STRAW YELLOW Жовта солома, Quickline QDG-39/S1</t>
         </is>
       </c>
       <c r="D630" s="1">
-        <v>235</v>
+        <v>1438</v>
       </c>
       <c r="E630" s="1">
-        <v>79</v>
+        <v>2</v>
       </c>
       <c r="F630" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G630" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9900-A-1</t>
+          <t xml:space="preserve">1780-48</t>
         </is>
       </c>
       <c r="C631" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Стрічка малярна  Dura-Tape/80°C/ біла, 48мм x 50м, Silco 1780</t>
         </is>
       </c>
       <c r="D631" s="1">
-        <v>626</v>
+        <v>139</v>
       </c>
       <c r="E631" s="1">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F631" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G631" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B632" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B632" s="1">
+        <v>4905</v>
       </c>
       <c r="C632" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, темно-сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
         </is>
       </c>
       <c r="D632" s="1">
-        <v>626</v>
+        <v>1546</v>
       </c>
       <c r="E632" s="1">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="F632" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G632" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9900-C-1</t>
+          <t xml:space="preserve">7025-C-1</t>
         </is>
       </c>
       <c r="C633" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику  1кг, Silco 7025</t>
         </is>
       </c>
       <c r="D633" s="1">
-        <v>626</v>
+        <v>1021</v>
       </c>
       <c r="E633" s="1">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F633" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G633" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B634" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B634" s="1">
+        <v>7711</v>
       </c>
       <c r="C634" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P80,   Silco  3060-150</t>
+          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
         </is>
       </c>
       <c r="D634" s="1">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>799</v>
+      </c>
+      <c r="E634" s="1">
+        <v>1</v>
       </c>
       <c r="F634" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G634" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>89010810</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D953/E1</t>
+        </is>
       </c>
       <c r="C635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник універсальний PLUS 500мл, WURTH 089010810</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE LENTICULAR ALUMINIUM Великий лінзовидний металік,  PPG D953/E1</t>
         </is>
       </c>
       <c r="D635" s="1">
-        <v>161</v>
+        <v>3011</v>
       </c>
       <c r="E635" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F635" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G635" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9230-2,5</t>
+          <t xml:space="preserve">PRLX7/E0.113K</t>
         </is>
       </c>
       <c r="C636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HS акриловий затверджувач швидкий</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER FIRESIDE COPPER Теплий мідний,  PPG PRLX7/E0.113K</t>
         </is>
       </c>
       <c r="D636" s="1">
-        <v>1298</v>
+        <v>9019</v>
       </c>
       <c r="E636" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F636" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G636" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8515-5</t>
+          <t xml:space="preserve">D734/E1</t>
         </is>
       </c>
       <c r="C637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Знежирювач водо-спиртовий,  5л, Silco  8515</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG VIOLET Фіолетовий, PPG D734/E1</t>
         </is>
       </c>
       <c r="D637" s="1">
-        <v>813</v>
+        <v>2911</v>
       </c>
       <c r="E637" s="1">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="F637" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G637" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3950-0,33</t>
+          <t xml:space="preserve">2350-XL</t>
         </is>
       </c>
       <c r="C638" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS акриловий, 330мл,  Silco 3950</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XL, Silco 2350</t>
         </is>
       </c>
       <c r="D638" s="1">
-        <v>234</v>
+        <v>1596</v>
       </c>
       <c r="E638" s="1">
-        <v>61</v>
+        <v>5</v>
       </c>
       <c r="F638" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G638" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6165-240</t>
+          <t xml:space="preserve">7015-T-1</t>
         </is>
       </c>
       <c r="C639" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулони абразивні на поролоні Abra-Foam SBS, 115мм х 25м, P240, Silco 6165</t>
+          <t xml:space="preserve">Грунт 1К для пластику прозорий 1л,  Silco 7015</t>
         </is>
       </c>
       <c r="D639" s="1">
-        <v>1627</v>
+        <v>706</v>
       </c>
       <c r="E639" s="1">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F639" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G639" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6165-500</t>
+          <t xml:space="preserve">BEN1002</t>
         </is>
       </c>
       <c r="C640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулони абразивні на поролоні  Abra-Foam SBS, 115мм х 25м, P500, Silco 6165</t>
+          <t xml:space="preserve">Робочий стіл STANDARD BENCH</t>
         </is>
       </c>
       <c r="D640" s="1">
-        <v>1627</v>
+        <v>6339</v>
       </c>
       <c r="E640" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F640" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G640" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9123-0,5</t>
+          <t xml:space="preserve">6140-1</t>
         </is>
       </c>
       <c r="C641" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий  UHS, 500мл, Silco 9123</t>
+          <t xml:space="preserve">Шпатлівка скловолокно B14 Multi-Fiber,  1л,  Silco 6140</t>
         </is>
       </c>
       <c r="D641" s="1">
-        <v>503</v>
+        <v>576</v>
       </c>
       <c r="E641" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="F641" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G641" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6165-320</t>
+          <t xml:space="preserve">3202-0,5</t>
         </is>
       </c>
       <c r="C642" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулони абразивні на поролоні  Abra-Foam SBS, 115мм х 25м, P320, Silco 6165</t>
+          <t xml:space="preserve">Паста полірувальна Антиголограма  Moxi AH,  500мл, Silco 3202</t>
         </is>
       </c>
       <c r="D642" s="1">
-        <v>1627</v>
+        <v>696</v>
       </c>
       <c r="E642" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F642" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G642" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7030-1</t>
+          <t xml:space="preserve">5850-L-100</t>
         </is>
       </c>
       <c r="C643" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий швидкий Maxx Thinner,  1л,  Silco 7030</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір L 100 шт, Silco 5850</t>
         </is>
       </c>
       <c r="D643" s="1">
-        <v>303</v>
+        <v>793</v>
       </c>
       <c r="E643" s="1">
-        <v>41</v>
+        <v>11</v>
       </c>
       <c r="F643" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G643" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-A-1</t>
+          <t xml:space="preserve">5850-XL-100</t>
         </is>
       </c>
       <c r="C644" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  білий,  4:1 1л, Silco 7100  (затверджувач,  Silco 9250/9230)</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100шт, Silco 5850</t>
         </is>
       </c>
       <c r="D644" s="1">
-        <v>827</v>
+        <v>793</v>
       </c>
       <c r="E644" s="1">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="F644" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G644" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-B-1</t>
+          <t xml:space="preserve">8063-4</t>
         </is>
       </c>
       <c r="C645" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  темно-сірий,  4:1 1L, Silco 7100</t>
+          <t xml:space="preserve">Серветки мікрофібра  (4шт різного кольору/упаковка), Silco 8063</t>
         </is>
       </c>
       <c r="D645" s="1">
-        <v>827</v>
+        <v>279</v>
       </c>
       <c r="E645" s="1">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="F645" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G645" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-6</t>
+          <t xml:space="preserve">QBC-65/S1</t>
         </is>
       </c>
       <c r="C646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка двостороння,  6мм х 10м, Silco 3109</t>
+          <t xml:space="preserve">Пігмент EXTRA COARSE ALUMINIUM Особливо великий металік, Quickline QBC-65/S1</t>
         </is>
       </c>
       <c r="D646" s="1">
-        <v>320</v>
+        <v>1632</v>
       </c>
       <c r="E646" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="F646" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G646" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5090-0,03</t>
+          <t xml:space="preserve">QA-1710/S1</t>
         </is>
       </c>
       <c r="C647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5090-0,03 Очищувач-активатор, прозорий, 30мл.</t>
+          <t xml:space="preserve">Добавка для переходів по базі (біндер) 1л, QL 1710</t>
         </is>
       </c>
       <c r="D647" s="1">
-        <v>723</v>
+        <v>738</v>
       </c>
       <c r="E647" s="1">
-        <v>3</v>
+        <v>43</v>
       </c>
       <c r="F647" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G647" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B648" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B648" s="1">
+        <v>2403</v>
       </c>
       <c r="C648" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К для пластику Чорна матова B-Paint, 750мл,  Silco 6116</t>
+          <t xml:space="preserve">Пластикові палички для змішування  Mix-Sticks, Silco 2403</t>
         </is>
       </c>
       <c r="D648" s="1">
-        <v>812</v>
+        <v>4</v>
       </c>
       <c r="E648" s="1">
-        <v>12</v>
+        <v>350</v>
       </c>
       <c r="F648" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G648" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6150-1</t>
+          <t xml:space="preserve">QP-3411/S0.8</t>
         </is>
       </c>
       <c r="C649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка з алюмінієм  B15 Multi-Alu,  1л, Silco 6150</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 білий 0,8л, QL 3411  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D649" s="1">
-        <v>690</v>
+        <v>553</v>
       </c>
       <c r="E649" s="1">
-        <v>4</v>
+        <v>87</v>
       </c>
       <c r="F649" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G649" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B650" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B650" s="1">
+        <v>2206</v>
       </c>
       <c r="C650" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак X12 Supreme 2:1, 1л, Silco 9120  (затв. UHS, 0,5л, Silco 9122, 9123, 9125, 9127)</t>
+          <t xml:space="preserve">Серветка липка для пиловидалення Wave-Rag, Silco 2206</t>
         </is>
       </c>
       <c r="D650" s="1">
-        <v>1092</v>
+        <v>96</v>
       </c>
       <c r="E650" s="1">
-        <v>27</v>
+        <v>138</v>
       </c>
       <c r="F650" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G650" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9040-1</t>
+          <t xml:space="preserve">9050-1</t>
         </is>
       </c>
       <c r="C651" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Лак HS X5  2:1  1л,  Silco 9050 (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D651" s="1">
-        <v>509</v>
+        <v>638</v>
       </c>
       <c r="E651" s="1">
-        <v>369</v>
+        <v>79</v>
       </c>
       <c r="F651" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G651" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>782222</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QH-4900/S1</t>
+        </is>
       </c>
       <c r="C652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насадка ET DOOR EDGE на картуш 'метелик', 1шт, Teroson  782222</t>
+          <t xml:space="preserve">Активатор для QP-3100</t>
         </is>
       </c>
       <c r="D652" s="1">
-        <v>110</v>
+        <v>404</v>
       </c>
       <c r="E652" s="1">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F652" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G652" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>891503001</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-26/S1</t>
+        </is>
       </c>
       <c r="C653" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насос-розпилювач помповий, 1л., WURTH 0891503001</t>
+          <t xml:space="preserve">Пігмент STRONG PURPLE Насичений фіолетовий, Quickline QBC-26/S1</t>
         </is>
       </c>
       <c r="D653" s="1">
-        <v>1150</v>
+        <v>1632</v>
       </c>
       <c r="E653" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F653" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G653" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2142441</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6170-0,45</t>
+        </is>
       </c>
       <c r="C654" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Перетворювач іржі VR 625,  400мл,  Teroson 2142441</t>
+          <t xml:space="preserve">Шпатлівка напіврідка, фінішна B17 Glaze, 450мл,  Silco 6170</t>
         </is>
       </c>
       <c r="D654" s="1">
-        <v>431</v>
+        <v>641</v>
       </c>
       <c r="E654" s="1">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="F654" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G654" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MIRKA</t>
-[...3 lines deleted...]
-        <v>8111202594</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5504-1</t>
+        </is>
       </c>
       <c r="C655" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний лист MIRLON TOTAL Лист 115х230мм UF P1500 сірий, MIRKA 8111202594</t>
+          <t xml:space="preserve">Розчинник універсальний, 1л, Silco 5504</t>
         </is>
       </c>
       <c r="D655" s="1">
-        <v>43</v>
+        <v>268</v>
       </c>
       <c r="E655" s="1">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="F655" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G655" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6040-0,5</t>
+          <t xml:space="preserve">6070-1</t>
         </is>
       </c>
       <c r="C656" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка  для пластиків Flexplast, антрацит, 0,5кг,  Silco 6040</t>
+          <t xml:space="preserve">Розчинник для переходів Fade-Thinner, 1л,  Silco 6070</t>
         </is>
       </c>
       <c r="D656" s="1">
-        <v>332</v>
+        <v>584</v>
       </c>
       <c r="E656" s="1">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="F656" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G656" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B657" s="1">
+        <v>2210</v>
       </c>
       <c r="C657" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт в аерозолі сірий (G6) 0,4л, PPG  D8424</t>
+          <t xml:space="preserve">Серветка для пиловидалення WB-Rag, 25 шт. Silco, 2210</t>
         </is>
       </c>
       <c r="D657" s="1">
-        <v>724</v>
+        <v>592</v>
       </c>
       <c r="E657" s="1">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F657" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G657" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2647773</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QP-3415/S2</t>
+        </is>
       </c>
       <c r="C658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 600мл, Teroson 2647773</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
         </is>
       </c>
       <c r="D658" s="1">
-        <v>396</v>
+        <v>1346</v>
       </c>
       <c r="E658" s="1">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="F658" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G658" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B659" s="1">
+        <v>2095616</v>
       </c>
       <c r="C659" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвержувач до грунта 7080 M8 Acryfil  Hardener extra fast, 250ml, Silco 9082</t>
+          <t xml:space="preserve">Герметик для швів PU 9108F сірий, 280мл, Teroson 2095616</t>
         </is>
       </c>
       <c r="D659" s="1">
-        <v>248</v>
+        <v>212</v>
       </c>
       <c r="E659" s="1">
-        <v>99</v>
+        <v>233</v>
       </c>
       <c r="F659" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G659" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9085-0,25</t>
+          <t xml:space="preserve">10L/З КРИШКОЮ</t>
         </is>
       </c>
       <c r="C660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвержувач стандартний до грунта 7080 M8  Akrylic, 250мл,  Silco 9085</t>
+          <t xml:space="preserve">Корпус ємності 10л з кришкою білий, Тара 10L/З КРИШКОЮ</t>
         </is>
       </c>
       <c r="D660" s="1">
-        <v>248</v>
+        <v>166</v>
       </c>
       <c r="E660" s="1">
-        <v>577</v>
+        <v>5</v>
       </c>
       <c r="F660" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G660" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-M</t>
+          <t xml:space="preserve">2260-R-A</t>
         </is>
       </c>
       <c r="C661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
+          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Scuff Roll, червоний, 115 x 10м, P360  Silco 2260</t>
         </is>
       </c>
       <c r="D661" s="1">
-        <v>1464</v>
+        <v>1622</v>
       </c>
       <c r="E661" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F661" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G661" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-L</t>
+          <t xml:space="preserve">2270-R-B</t>
         </is>
       </c>
       <c r="C662" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
+          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Flex Total Roll, сірий, 115 x 10м, P1500  Silco 2270</t>
         </is>
       </c>
       <c r="D662" s="1">
-        <v>1464</v>
+        <v>1744</v>
       </c>
       <c r="E662" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F662" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G662" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5800-XL</t>
+          <t xml:space="preserve">2350-XXL</t>
         </is>
       </c>
       <c r="C663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XXL, Silco 2350</t>
         </is>
       </c>
       <c r="D663" s="1">
-        <v>971</v>
+        <v>1596</v>
       </c>
       <c r="E663" s="1">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="F663" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G663" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,6</t>
+          <t xml:space="preserve">2531-35</t>
         </is>
       </c>
       <c r="C664" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 600мл, Silco 2950</t>
+          <t xml:space="preserve">Рушник поліпропіленовий  Blue-Tex 35 шт, 32 x 36см,  Silco 2531</t>
         </is>
       </c>
       <c r="D664" s="1">
-        <v>1834</v>
+        <v>311</v>
       </c>
       <c r="E664" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F664" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G664" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2095618</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3280-0,5</t>
+        </is>
       </c>
       <c r="C665" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів PU 9108F білий, 280мл, Teroson 2095618</t>
+          <t xml:space="preserve">Очисник прозорий Finish Inspection, 500 мл, Silco 3280</t>
         </is>
       </c>
       <c r="D665" s="1">
-        <v>195</v>
+        <v>600</v>
       </c>
       <c r="E665" s="1">
-        <v>93</v>
+        <v>3</v>
       </c>
       <c r="F665" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G665" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-17/S3</t>
+          <t xml:space="preserve">9400-1</t>
         </is>
       </c>
       <c r="C666" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-17/S3</t>
+          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D666" s="1">
-        <v>4486</v>
+        <v>1395</v>
       </c>
       <c r="E666" s="1">
-        <v>77</v>
+        <v>1</v>
       </c>
       <c r="F666" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G666" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-27/S3</t>
+          <t xml:space="preserve">9410-1</t>
         </is>
       </c>
       <c r="C667" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDISH VIOLET Прозорий фіолетовий, Quickline QBC-27/S3</t>
+          <t xml:space="preserve">Лак матовий X41 3:1  1л, Silco 9410 (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D667" s="1">
-        <v>4486</v>
+        <v>2162</v>
       </c>
       <c r="E667" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F667" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G667" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-34/S1</t>
+          <t xml:space="preserve">2270-R-A</t>
         </is>
       </c>
       <c r="C668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED GOLDEN YELLOW Прозорий золотисто-жовтий, Quickline QBC-34/S1</t>
+          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Flex Total Roll, червоний, 115 x 10м,  P360   Silco 2270</t>
         </is>
       </c>
       <c r="D668" s="1">
-        <v>1497</v>
+        <v>1744</v>
       </c>
       <c r="E668" s="1">
         <v>2</v>
       </c>
       <c r="F668" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G668" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-91/S3</t>
+          <t xml:space="preserve">2950-125-0,4</t>
         </is>
       </c>
       <c r="C669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BASE Чиста база, Quickline QBC-91/S3</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 400мл, Silco 2950</t>
         </is>
       </c>
       <c r="D669" s="1">
-        <v>4486</v>
+        <v>1762</v>
       </c>
       <c r="E669" s="1">
         <v>11</v>
       </c>
       <c r="F669" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G669" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-01/S0.5</t>
+          <t xml:space="preserve">2950-125-0,18</t>
         </is>
       </c>
       <c r="C670" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DIAMOND SILVER Діамантово-сріблястий, Quickline QSE-01/S0.5</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
         </is>
       </c>
       <c r="D670" s="1">
-        <v>2388</v>
+        <v>1490</v>
       </c>
       <c r="E670" s="1">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="F670" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G670" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B671" s="1">
+        <v>2941</v>
       </c>
       <c r="C671" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 сірий (G5) 1л, PPG  D8505  (затверджувач швидкий HS 1л, PPG  D8238)</t>
+          <t xml:space="preserve">Адаптер для фарбопульта DeVilbiss, Silco 2941</t>
         </is>
       </c>
       <c r="D671" s="1">
-        <v>1586</v>
+        <v>785</v>
       </c>
       <c r="E671" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F671" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G671" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B672" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B672" s="1">
+        <v>2943</v>
       </c>
       <c r="C672" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
+          <t xml:space="preserve">Адаптер для фарбопульта Iwata WS400, Silco 2943</t>
         </is>
       </c>
       <c r="D672" s="1">
-        <v>487</v>
+        <v>785</v>
       </c>
       <c r="E672" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F672" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G672" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B673" s="1">
+        <v>2947</v>
       </c>
       <c r="C673" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ULTRA FINE LENTICULAR ALUMINIUM Ультра тонкий металік, Quickline QBC-70/S1</t>
+          <t xml:space="preserve">Адаптер для фарбопульта Iwata W-400, LPH-400, Silco 2947</t>
         </is>
       </c>
       <c r="D673" s="1">
-        <v>1749</v>
+        <v>785</v>
       </c>
       <c r="E673" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F673" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G673" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-0,5</t>
+          <t xml:space="preserve">BDPBMP36</t>
         </is>
       </c>
       <c r="C674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 500мл,  Silco 9250</t>
+          <t xml:space="preserve">Маскувальний папір 900мм х 250м, BODYLINE  BDPBMP36</t>
         </is>
       </c>
       <c r="D674" s="1">
-        <v>281</v>
+        <v>2034</v>
       </c>
       <c r="E674" s="1">
-        <v>458</v>
+        <v>2</v>
       </c>
       <c r="F674" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G674" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-85/S1</t>
+          <t xml:space="preserve">BUCCP1</t>
         </is>
       </c>
       <c r="C675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GREEN EFFECT PEARL  Зелений перламутр мінливий, Quickline QBC-85/S1</t>
+          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
         </is>
       </c>
       <c r="D675" s="1">
-        <v>2395</v>
+        <v>2392</v>
       </c>
       <c r="E675" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F675" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G675" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-79/S1</t>
+          <t xml:space="preserve">YA130CG100</t>
         </is>
       </c>
       <c r="C676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR BLACK KIT, 1л, Gladiator YA130CG100</t>
         </is>
       </c>
       <c r="D676" s="1">
-        <v>2395</v>
+        <v>1411</v>
       </c>
       <c r="E676" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F676" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G676" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX1/E0.113K</t>
+          <t xml:space="preserve">YA230CG100</t>
         </is>
       </c>
       <c r="C677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL RED Кристально-червоний,  PPG PRLX1/E0.113K</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 1л, Gladiator YA230CG100</t>
         </is>
       </c>
       <c r="D677" s="1">
-        <v>8273</v>
+        <v>1411</v>
       </c>
       <c r="E677" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F677" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G677" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4410/S0.5</t>
+          <t xml:space="preserve">YA130CG17800</t>
         </is>
       </c>
       <c r="C678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR BLACK KIT, 4л, Gladiator YA130CG17800</t>
         </is>
       </c>
       <c r="D678" s="1">
-        <v>530</v>
+        <v>5222</v>
       </c>
       <c r="E678" s="1">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="F678" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G678" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1000/S5</t>
+          <t xml:space="preserve">YA230CG17800</t>
         </is>
       </c>
       <c r="C679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антисилікон  5л,  QL 1000</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
         </is>
       </c>
       <c r="D679" s="1">
-        <v>1557</v>
+        <v>5222</v>
       </c>
       <c r="E679" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F679" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G679" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-22/S1</t>
+          <t xml:space="preserve">9125-2,5</t>
         </is>
       </c>
       <c r="C680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE Синій, Quickline QBC-22/S1</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9125</t>
         </is>
       </c>
       <c r="D680" s="1">
-        <v>1497</v>
+        <v>2321</v>
       </c>
       <c r="E680" s="1">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="F680" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G680" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-78/S1</t>
+          <t xml:space="preserve">7070-5</t>
         </is>
       </c>
       <c r="C681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RED EFFECT PEARL Червоний перламутр мінливий, Quickline QBC-78/S1</t>
+          <t xml:space="preserve">Розчинник акриловий повільний Maxx Thinner,  5л,  Silco 7070</t>
         </is>
       </c>
       <c r="D681" s="1">
-        <v>2395</v>
+        <v>1935</v>
       </c>
       <c r="E681" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F681" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G681" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9515-1</t>
+          <t xml:space="preserve">QBC-32/S1</t>
         </is>
       </c>
       <c r="C682" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  1л,  Silco  9515</t>
+          <t xml:space="preserve">Пігмент REDUCED GREENISH YELLOW Прозорий зеленувато-жовтий, Quickline QBC-32/S1</t>
         </is>
       </c>
       <c r="D682" s="1">
-        <v>330</v>
+        <v>1632</v>
       </c>
       <c r="E682" s="1">
-        <v>51</v>
+        <v>4</v>
       </c>
       <c r="F682" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G682" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX3/E0.113K</t>
+          <t xml:space="preserve">QBC-55/S3</t>
         </is>
       </c>
       <c r="C683" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL GOLD Кристально-золотий,  PPG PRLX3/E0.113K</t>
+          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
         </is>
       </c>
       <c r="D683" s="1">
-        <v>8273</v>
+        <v>4890</v>
       </c>
       <c r="E683" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F683" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G683" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B684" s="1">
+        <v>2988279</v>
       </c>
       <c r="C684" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CANARY ORANGE Канарський помаранч, Quickline QBC-57/S1</t>
+          <t xml:space="preserve">Клей для склеювання кузовних деталей EP 5055, 200мл, Teroson 2988279</t>
         </is>
       </c>
       <c r="D684" s="1">
-        <v>1497</v>
+        <v>2280</v>
       </c>
       <c r="E684" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F684" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G684" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LOCTITE</t>
+        </is>
+      </c>
+      <c r="B685" s="1">
+        <v>2693822</v>
       </c>
       <c r="C685" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIOLET EFFECT PEARL Фіолетовий перламутр мінливий, Quickline QBC-81/S1</t>
+          <t xml:space="preserve">Пневматичний пістолеn для двокомпонентних клеїв HD14, Loctite 2693822</t>
         </is>
       </c>
       <c r="D685" s="1">
-        <v>2395</v>
+        <v>17864</v>
       </c>
       <c r="E685" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F685" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G685" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-18/S3</t>
+          <t xml:space="preserve">1970-48</t>
         </is>
       </c>
       <c r="C686" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 48мм x 50м, Silco 1970</t>
         </is>
       </c>
       <c r="D686" s="1">
-        <v>3959</v>
+        <v>161</v>
       </c>
       <c r="E686" s="1">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="F686" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G686" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-19/S1</t>
+          <t xml:space="preserve">8515-5</t>
         </is>
       </c>
       <c r="C687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
+          <t xml:space="preserve">Знежирювач водо-спиртовий,  5л, Silco  8515</t>
         </is>
       </c>
       <c r="D687" s="1">
-        <v>1319</v>
+        <v>886</v>
       </c>
       <c r="E687" s="1">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="F687" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G687" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D841/E0.5</t>
+          <t xml:space="preserve">4110-0,4</t>
         </is>
       </c>
       <c r="C688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний MS 0,5 л</t>
+          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
         </is>
       </c>
       <c r="D688" s="1">
-        <v>721</v>
+        <v>337</v>
       </c>
       <c r="E688" s="1">
-        <v>132</v>
+        <v>20</v>
       </c>
       <c r="F688" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G688" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-82/S1</t>
+          <t xml:space="preserve">9127-2,5</t>
         </is>
       </c>
       <c r="C689" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FINE RED PEARL Червоний перламутр з дрібним зерном, Quickline QBC-82/S1</t>
+          <t xml:space="preserve">Затверджувач повільний  UHS  2,5л, Silco 9127</t>
         </is>
       </c>
       <c r="D689" s="1">
-        <v>2395</v>
+        <v>2417</v>
       </c>
       <c r="E689" s="1">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="F689" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G689" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-27/S3</t>
+          <t xml:space="preserve">9230-0,5</t>
         </is>
       </c>
       <c r="C690" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент MARINE BLUE Морський синій, Quickline QDG-27/S3</t>
+          <t xml:space="preserve">Затверджувач швидкий, 500мл,  Silco  9230</t>
         </is>
       </c>
       <c r="D690" s="1">
-        <v>3959</v>
+        <v>436</v>
       </c>
       <c r="E690" s="1">
-        <v>4</v>
+        <v>117</v>
       </c>
       <c r="F690" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G690" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-29/S1</t>
+          <t xml:space="preserve">647_0,9</t>
         </is>
       </c>
       <c r="C691" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
+          <t xml:space="preserve">Розчинник Р-647 БП (0,9л) (0,76кг)</t>
         </is>
       </c>
       <c r="D691" s="1">
-        <v>1319</v>
+        <v>142</v>
       </c>
       <c r="E691" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F691" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G691" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-54/S1</t>
+          <t xml:space="preserve">647_5</t>
         </is>
       </c>
       <c r="C692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
+          <t xml:space="preserve">Розчинник Р-647 БП (5л) (4,25кг)</t>
         </is>
       </c>
       <c r="D692" s="1">
-        <v>1319</v>
+        <v>705</v>
       </c>
       <c r="E692" s="1">
-        <v>1</v>
+        <v>107</v>
       </c>
       <c r="F692" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G692" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B693" s="1">
+        <v>2156526</v>
       </c>
       <c r="C693" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент AQUA GREEN Зелений, Quickline QSE-07/S0.5</t>
+          <t xml:space="preserve">Кислотні серветки  BONDERITE M-NT 1455 W, 50шт, Teroson 2156526</t>
         </is>
       </c>
       <c r="D693" s="1">
-        <v>2388</v>
+        <v>2866</v>
       </c>
       <c r="E693" s="1">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F693" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G693" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2095619</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D9050/E0.118</t>
+        </is>
       </c>
       <c r="C694" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів PU 9208F чорний, 280мл, Teroson 2095619</t>
+          <t xml:space="preserve">Пігмент Vivid Red Ruby Яскраво-червоний рубін, PPG D9050/E0.118</t>
         </is>
       </c>
       <c r="D694" s="1">
-        <v>195</v>
+        <v>12274</v>
       </c>
       <c r="E694" s="1">
-        <v>283</v>
+        <v>6</v>
       </c>
       <c r="F694" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G694" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2898365</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150180</t>
+        </is>
       </c>
       <c r="C695" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунтівка на основі цинку VR 4610 AE 400мл EGFD,Teroson 2898365</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
         </is>
       </c>
       <c r="D695" s="1">
-        <v>445</v>
+        <v>32</v>
       </c>
       <c r="E695" s="1">
-        <v>10</v>
+        <v>379</v>
       </c>
       <c r="F695" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G695" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-39/S1</t>
+          <t xml:space="preserve">BAMAD150240</t>
         </is>
       </c>
       <c r="C696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRAW YELLOW Жовта солома, Quickline QDG-39/S1</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P240 (Bx50), BODYLINE  BAMAD150240</t>
         </is>
       </c>
       <c r="D696" s="1">
-        <v>1319</v>
+        <v>32</v>
       </c>
       <c r="E696" s="1">
-        <v>5</v>
+        <v>143</v>
       </c>
       <c r="F696" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G696" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1425-4</t>
+          <t xml:space="preserve">BAMAD150400</t>
         </is>
       </c>
       <c r="C697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста для миття рук, 4л,  Silco 1425</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P400 (Bx50), BODYLINE  BAMAD150400</t>
         </is>
       </c>
       <c r="D697" s="1">
-        <v>809</v>
+        <v>32</v>
       </c>
       <c r="E697" s="1">
-        <v>6</v>
+        <v>103</v>
       </c>
       <c r="F697" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G697" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1780-48</t>
+          <t xml:space="preserve">BAMAD150080</t>
         </is>
       </c>
       <c r="C698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна  Dura-Tape/80°C/ біла, 48мм x 50м, Silco 1780</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
         </is>
       </c>
       <c r="D698" s="1">
-        <v>128</v>
+        <v>32</v>
       </c>
       <c r="E698" s="1">
-        <v>21</v>
+        <v>226</v>
       </c>
       <c r="F698" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G698" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B699" s="1">
-        <v>4905</v>
+        <v>120100</v>
       </c>
       <c r="C699" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
+          <t xml:space="preserve">Кришка до ємності 120 Тип 4 С 0101, Тара 120100</t>
         </is>
       </c>
       <c r="D699" s="1">
-        <v>1418</v>
+        <v>6</v>
       </c>
       <c r="E699" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F699" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G699" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7025-C-1</t>
+          <t xml:space="preserve">5701-100</t>
         </is>
       </c>
       <c r="C700" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику  1кг, Silco 7025</t>
+          <t xml:space="preserve">Пензель-аплікатор 1 шт, Silco 5701</t>
         </is>
       </c>
       <c r="D700" s="1">
-        <v>937</v>
+        <v>13</v>
       </c>
       <c r="E700" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="F700" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G700" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B701" s="1">
-        <v>7711</v>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2110-5</t>
+        </is>
       </c>
       <c r="C701" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
+          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  5л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
         </is>
       </c>
       <c r="D701" s="1">
-        <v>733</v>
+        <v>2650</v>
       </c>
       <c r="E701" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F701" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G701" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D953/E1</t>
+          <t xml:space="preserve">9110-1</t>
         </is>
       </c>
       <c r="C702" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE LENTICULAR ALUMINIUM Великий лінзовидний металік,  PPG D953/E1</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D702" s="1">
-        <v>2763</v>
+        <v>733</v>
       </c>
       <c r="E702" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F702" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G702" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX7/E0.113K</t>
+          <t xml:space="preserve">2205-500</t>
         </is>
       </c>
       <c r="C703" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER FIRESIDE COPPER Теплий мідний,  PPG PRLX7/E0.113K</t>
+          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
         </is>
       </c>
       <c r="D703" s="1">
-        <v>8273</v>
+        <v>3834</v>
       </c>
       <c r="E703" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F703" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G703" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D734/E1</t>
+          <t xml:space="preserve">HB090</t>
         </is>
       </c>
       <c r="C704" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG VIOLET Фіолетовий, PPG D734/E1</t>
+          <t xml:space="preserve">HB090(0.5)  біла смола</t>
         </is>
       </c>
       <c r="D704" s="1">
-        <v>2670</v>
+        <v>7483</v>
       </c>
       <c r="E704" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F704" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G704" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-XL</t>
+          <t xml:space="preserve">HB100</t>
         </is>
       </c>
       <c r="C705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XL, Silco 2350</t>
+          <t xml:space="preserve">HB100 (1) прозора смола</t>
         </is>
       </c>
       <c r="D705" s="1">
-        <v>1464</v>
+        <v>1173</v>
       </c>
       <c r="E705" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F705" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G705" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7015-T-1</t>
+          <t xml:space="preserve">HB120</t>
         </is>
       </c>
       <c r="C706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику прозорий 1л,  Silco 7015</t>
+          <t xml:space="preserve">HB120 (0.5) пігмент з алюм.порошком мілке зерно</t>
         </is>
       </c>
       <c r="D706" s="1">
-        <v>648</v>
+        <v>6525</v>
       </c>
       <c r="E706" s="1">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="F706" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G706" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BEN1002</t>
+          <t xml:space="preserve">HB203</t>
         </is>
       </c>
       <c r="C707" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Робочий стіл STANDARD BENCH</t>
+          <t xml:space="preserve">HB203 (0,5) пігмент без алюм.порошка</t>
         </is>
       </c>
       <c r="D707" s="1">
-        <v>9732</v>
+        <v>4204</v>
       </c>
       <c r="E707" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F707" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G707" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6140-1</t>
+          <t xml:space="preserve">HB250</t>
         </is>
       </c>
       <c r="C708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка скловолокно B14 Multi-Fiber,  1л,  Silco 6140</t>
+          <t xml:space="preserve">HB250 (1л) пігмент без алюм.порошка жовтий</t>
         </is>
       </c>
       <c r="D708" s="1">
-        <v>528</v>
+        <v>4005</v>
       </c>
       <c r="E708" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F708" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G708" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3202-0,5</t>
+          <t xml:space="preserve">HB471</t>
         </is>
       </c>
       <c r="C709" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна Антиголограма  Moxi AH,  500мл, Silco 3202</t>
+          <t xml:space="preserve">HB471 (0,5) пігмент без алюм.порошка зеленувато-синій</t>
         </is>
       </c>
       <c r="D709" s="1">
-        <v>639</v>
+        <v>7317</v>
       </c>
       <c r="E709" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F709" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G709" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5850-L-100</t>
+          <t xml:space="preserve">HB770</t>
         </is>
       </c>
       <c r="C710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір L 100 шт, Silco 5850</t>
+          <t xml:space="preserve">HB770 (0,5) пігмент без алюм.порошка оксид червоного</t>
         </is>
       </c>
       <c r="D710" s="1">
-        <v>728</v>
+        <v>6402</v>
       </c>
       <c r="E710" s="1">
-        <v>16</v>
+        <v>0</v>
       </c>
       <c r="F710" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G710" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5850-XL-100</t>
+          <t xml:space="preserve">HВ990</t>
         </is>
       </c>
       <c r="C711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100шт, Silco 5850</t>
+          <t xml:space="preserve">HВ990 (1л) пігмент без алюм.порошка білий</t>
         </is>
       </c>
       <c r="D711" s="1">
-        <v>728</v>
+        <v>4079</v>
       </c>
       <c r="E711" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F711" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G711" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8063-4</t>
+          <t xml:space="preserve">HВ999</t>
         </is>
       </c>
       <c r="C712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветки мікрофібра  (4шт різного кольору/упаковка), Silco 8063</t>
+          <t xml:space="preserve">HВ999 (0,5) пігмент без алюм.порошка білий відтінок</t>
         </is>
       </c>
       <c r="D712" s="1">
-        <v>256</v>
+        <v>3486</v>
       </c>
       <c r="E712" s="1">
-        <v>43</v>
+        <v>0</v>
       </c>
       <c r="F712" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G712" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B713" s="1">
+        <v>1851</v>
       </c>
       <c r="C713" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EXTRA COARSE ALUMINIUM Особливо великий металік, Quickline QBC-65/S1</t>
+          <t xml:space="preserve">1851 стакан для змішування 2300мл</t>
         </is>
       </c>
       <c r="D713" s="1">
-        <v>1497</v>
+        <v>46</v>
       </c>
       <c r="E713" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F713" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G713" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1710/S1</t>
+          <t xml:space="preserve">1851-P</t>
         </is>
       </c>
       <c r="C714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Добавка для переходів по базі (біндер) 1л, QL 1710</t>
+          <t xml:space="preserve">1851 кришки для чашки</t>
         </is>
       </c>
       <c r="D714" s="1">
-        <v>677</v>
+        <v>17</v>
       </c>
       <c r="E714" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="F714" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G714" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3411/S0.8</t>
+          <t xml:space="preserve">BAMAD150120</t>
         </is>
       </c>
       <c r="C715" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 білий 0,8л, QL 3411  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
         </is>
       </c>
       <c r="D715" s="1">
-        <v>507</v>
+        <v>32</v>
       </c>
       <c r="E715" s="1">
-        <v>54</v>
+        <v>304</v>
       </c>
       <c r="F715" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G715" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2206</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150500</t>
+        </is>
       </c>
       <c r="C716" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветка липка для пиловидалення Wave-Rag, Silco 2206</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
         </is>
       </c>
       <c r="D716" s="1">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="E716" s="1">
-        <v>186</v>
+        <v>429</v>
       </c>
       <c r="F716" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G716" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9050-1</t>
+          <t xml:space="preserve">D947/E1</t>
         </is>
       </c>
       <c r="C717" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS X5  2:1  1л,  Silco 9050 (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Пігмент Ultra Fine Lenticular Aluminum Ультра дрібний лінзовидний металік,  PPG D947/E1</t>
         </is>
       </c>
       <c r="D717" s="1">
-        <v>585</v>
+        <v>3011</v>
       </c>
       <c r="E717" s="1">
-        <v>168</v>
+        <v>6</v>
       </c>
       <c r="F717" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G717" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B718" s="1">
+        <v>583065</v>
       </c>
       <c r="C718" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM GOLD Середній золотистий металік,  PPG D944/E1</t>
+          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
         </is>
       </c>
       <c r="D718" s="1">
-        <v>2763</v>
+        <v>231</v>
       </c>
       <c r="E718" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F718" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G718" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4900/S1</t>
+          <t xml:space="preserve">D9037/E0.35</t>
         </is>
       </c>
       <c r="C719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активатор для QP-3100</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - SILVER GLASS FLAKE Сріблясто-склянні блискітки, PPG D9037/E0.35</t>
         </is>
       </c>
       <c r="D719" s="1">
-        <v>618</v>
+        <v>6408</v>
       </c>
       <c r="E719" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F719" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G719" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-26/S1</t>
+          <t xml:space="preserve">1980-24</t>
         </is>
       </c>
       <c r="C720" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRONG PURPLE Насичений фіолетовий, Quickline QBC-26/S1</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
         </is>
       </c>
       <c r="D720" s="1">
-        <v>1497</v>
+        <v>121</v>
       </c>
       <c r="E720" s="1">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="F720" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G720" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B721" s="1">
+        <v>2969707</v>
       </c>
       <c r="C721" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка ультрашвидка, універсальна B11 SFR Superfast,  1л,  Silco 6110</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
         </is>
       </c>
       <c r="D721" s="1">
-        <v>608</v>
+        <v>569</v>
       </c>
       <c r="E721" s="1">
-        <v>3</v>
+        <v>45</v>
       </c>
       <c r="F721" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G721" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6170-0,45</t>
+          <t xml:space="preserve">PPG0003</t>
         </is>
       </c>
       <c r="C722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка напіврідка, фінішна B17 Glaze, 450мл,  Silco 6170</t>
+          <t xml:space="preserve">Тест-карта 180*70 мм, PPG0003</t>
         </is>
       </c>
       <c r="D722" s="1">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>3.5</v>
+      </c>
+      <c r="E722" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F722" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G722" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6070-1</t>
+          <t xml:space="preserve">3530-B</t>
         </is>
       </c>
       <c r="C723" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів Fade-Thinner, 1л,  Silco 6070</t>
+          <t xml:space="preserve">Суха проявочна пудра, чорний, набір (150 г + аплікатор), Silco 3530-B</t>
         </is>
       </c>
       <c r="D723" s="1">
-        <v>536</v>
+        <v>1174</v>
       </c>
       <c r="E723" s="1">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F723" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G723" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B724" s="1">
-        <v>2210</v>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7055-1</t>
+        </is>
       </c>
       <c r="C724" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветка для пиловидалення WB-Rag, 25 шт. Silco, 2210</t>
+          <t xml:space="preserve">Розчинник базовий, стандартний Basecoat Thinner, 1л,  Silco 7055</t>
         </is>
       </c>
       <c r="D724" s="1">
-        <v>544</v>
+        <v>394</v>
       </c>
       <c r="E724" s="1">
-        <v>19</v>
+        <v>105</v>
       </c>
       <c r="F724" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G724" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3415/S2</t>
+          <t xml:space="preserve">D8551/E2.5</t>
         </is>
       </c>
       <c r="C725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
+          <t xml:space="preserve">Грунт DP3500  G1, 2.5L, PPG D8551</t>
         </is>
       </c>
       <c r="D725" s="1">
-        <v>1234</v>
+        <v>6021</v>
       </c>
       <c r="E725" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F725" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G725" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2095616</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8263/E0.5</t>
+        </is>
       </c>
       <c r="C726" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів PU 9108F сірий, 280мл, Teroson 2095616</t>
+          <t xml:space="preserve">Затвердник стандартний HS, 0,5L, PPG D8263</t>
         </is>
       </c>
       <c r="D726" s="1">
-        <v>195</v>
+        <v>513</v>
       </c>
       <c r="E726" s="1">
-        <v>220</v>
+        <v>6</v>
       </c>
       <c r="F726" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G726" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">10L/З КРИШКОЮ</t>
+          <t xml:space="preserve">QC-7510/S1</t>
         </is>
       </c>
       <c r="C727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 10л з кришкою білий, Тара 10L/З КРИШКОЮ</t>
+          <t xml:space="preserve">Лак швидкий UHS, 1л, QL 7510 (затверджувач UHS 0,5л, 4510/4520)</t>
         </is>
       </c>
       <c r="D727" s="1">
-        <v>150</v>
+        <v>1022</v>
       </c>
       <c r="E727" s="1">
-        <v>5</v>
+        <v>307</v>
       </c>
       <c r="F727" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G727" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2260-R-A</t>
+          <t xml:space="preserve">D8262/E0.5</t>
         </is>
       </c>
       <c r="C728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Scuff Roll, червоний, 115 x 10м, P360  Silco 2260</t>
+          <t xml:space="preserve">Затвердник швидкий HS, 0,5L, PPG D8262</t>
         </is>
       </c>
       <c r="D728" s="1">
-        <v>1488</v>
+        <v>513</v>
       </c>
       <c r="E728" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F728" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G728" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-R-B</t>
+          <t xml:space="preserve">PLP307-1001-XХL</t>
         </is>
       </c>
       <c r="C729" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Flex Total Roll, сірий, 115 x 10м, P1500  Silco 2270</t>
+          <t xml:space="preserve">Напівкомбінезони з вишивкою XХL PPG</t>
         </is>
       </c>
       <c r="D729" s="1">
-        <v>1600</v>
+        <v>1490</v>
       </c>
       <c r="E729" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F729" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G729" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-XXL</t>
+          <t xml:space="preserve">PLP307-1001-XL</t>
         </is>
       </c>
       <c r="C730" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XXL, Silco 2350</t>
+          <t xml:space="preserve">Напівкомбінезони з вишивкою XL, PPG</t>
         </is>
       </c>
       <c r="D730" s="1">
-        <v>1464</v>
+        <v>2306</v>
       </c>
       <c r="E730" s="1">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F730" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G730" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B731" s="1">
+        <v>2969641</v>
       </c>
       <c r="C731" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник поліпропіленовий  Blue-Tex 35 шт, 32 x 36см,  Silco 2531</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
         </is>
       </c>
       <c r="D731" s="1">
-        <v>285</v>
+        <v>569</v>
       </c>
       <c r="E731" s="1">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F731" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G731" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-12</t>
+          <t xml:space="preserve">D8242/E0.5</t>
         </is>
       </c>
       <c r="C732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка двостороння,  12мм х 10м, Silco 3109</t>
+          <t xml:space="preserve">Затверджувач швидкий UHS 0,5 л, PPG  D8242</t>
         </is>
       </c>
       <c r="D732" s="1">
-        <v>624</v>
+        <v>1035</v>
       </c>
       <c r="E732" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F732" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G732" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3280-0,5</t>
+          <t xml:space="preserve">D8243/E0.5</t>
         </is>
       </c>
       <c r="C733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник прозорий Finish Inspection, 500 мл, Silco 3280</t>
+          <t xml:space="preserve">Затверджувач  стандартний UHS 0,5 л, PPG  D8243</t>
         </is>
       </c>
       <c r="D733" s="1">
-        <v>551</v>
+        <v>1035</v>
       </c>
       <c r="E733" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F733" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G733" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9400-1</t>
+          <t xml:space="preserve">1852-0,385</t>
         </is>
       </c>
       <c r="C734" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Мірний стакан Mix-Cup 385мл, Silco 1852</t>
         </is>
       </c>
       <c r="D734" s="1">
-        <v>1280</v>
+        <v>13</v>
       </c>
       <c r="E734" s="1">
-        <v>3</v>
+        <v>138</v>
       </c>
       <c r="F734" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G734" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9410-1</t>
+          <t xml:space="preserve">1852-0,75</t>
         </is>
       </c>
       <c r="C735" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак матовий X41 3:1  1л, Silco 9410 (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Мірний стакан Mix-Cup 750мл, Silco  1852</t>
         </is>
       </c>
       <c r="D735" s="1">
-        <v>1983</v>
+        <v>19</v>
       </c>
       <c r="E735" s="1">
-        <v>15</v>
+        <v>258</v>
       </c>
       <c r="F735" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G735" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B736" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B736" s="1">
+        <v>1854</v>
       </c>
       <c r="C736" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Flex Total Roll, червоний, 115 x 10м,  P360   Silco 2270</t>
+          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400мл, Silco 1854</t>
         </is>
       </c>
       <c r="D736" s="1">
-        <v>1600</v>
+        <v>27</v>
       </c>
       <c r="E736" s="1">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="F736" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G736" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,4</t>
+          <t xml:space="preserve">9110-5</t>
         </is>
       </c>
       <c r="C737" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 400мл, Silco 2950</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D737" s="1">
-        <v>1617</v>
+        <v>3445</v>
       </c>
       <c r="E737" s="1">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F737" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G737" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,18</t>
+          <t xml:space="preserve">9110-1</t>
         </is>
       </c>
       <c r="C738" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D738" s="1">
-        <v>1368</v>
+        <v>733</v>
       </c>
       <c r="E738" s="1">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F738" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G738" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B739" s="1">
-        <v>2941</v>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6075-0,5</t>
+        </is>
       </c>
       <c r="C739" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер для фарбопульта DeVilbiss, Silco 2941</t>
+          <t xml:space="preserve">Розчинник для переходів в аерозолі Fade-Thinner Spray, 500мл,  Silco 6075</t>
         </is>
       </c>
       <c r="D739" s="1">
-        <v>720</v>
+        <v>319</v>
       </c>
       <c r="E739" s="1">
         <v>2</v>
       </c>
       <c r="F739" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G739" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B740" s="1">
-        <v>2943</v>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9515-5</t>
+        </is>
       </c>
       <c r="C740" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер для фарбопульта Iwata WS400, Silco 2943</t>
+          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  5л,  Silco  9515</t>
         </is>
       </c>
       <c r="D740" s="1">
-        <v>720</v>
+        <v>1514</v>
       </c>
       <c r="E740" s="1">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="F740" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G740" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B741" s="1">
-        <v>2947</v>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7025-B-1</t>
+        </is>
       </c>
       <c r="C741" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер для фарбопульта Iwata W-400, LPH-400, Silco 2947</t>
+          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику темно-сірий  1кг, Silco 7025</t>
         </is>
       </c>
       <c r="D741" s="1">
-        <v>720</v>
+        <v>1021</v>
       </c>
       <c r="E741" s="1">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F741" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G741" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B742" s="1">
+        <v>2406</v>
       </c>
       <c r="C742" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маскувальний папір  450мм x 250м, BODYLINE  BDPBMP18</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 2:1/3:1, Silco 2406</t>
         </is>
       </c>
       <c r="D742" s="1">
-        <v>923</v>
+        <v>198</v>
       </c>
       <c r="E742" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F742" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G742" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BDPBMP36</t>
+          <t xml:space="preserve">Y7,5-BUCKET</t>
         </is>
       </c>
       <c r="C743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маскувальний папір 900мм х 250м, BODYLINE  BDPBMP36</t>
+          <t xml:space="preserve">Кругле відро біле 7,5 л, Тара Y7,5-Bucket</t>
         </is>
       </c>
       <c r="D743" s="1">
-        <v>1867</v>
+        <v>129</v>
       </c>
       <c r="E743" s="1">
         <v>7</v>
       </c>
       <c r="F743" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G743" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BUCCP1</t>
+          <t xml:space="preserve">Y7,5-LID</t>
         </is>
       </c>
       <c r="C744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
+          <t xml:space="preserve">Кришка кругла біла для відра 7,5л, Тара Y7,5-Lid</t>
         </is>
       </c>
       <c r="D744" s="1">
-        <v>2194</v>
+        <v>23</v>
       </c>
       <c r="E744" s="1">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F744" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G744" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B745" s="1">
+        <v>2969709</v>
       </c>
       <c r="C745" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR BLACK KIT, 1л, Gladiator YA130CG100</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) охра, 300мл, Teroson 2969709</t>
         </is>
       </c>
       <c r="D745" s="1">
-        <v>1295</v>
+        <v>569</v>
       </c>
       <c r="E745" s="1">
-        <v>1</v>
+        <v>67</v>
       </c>
       <c r="F745" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G745" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B746" s="1">
+        <v>2989853</v>
       </c>
       <c r="C746" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 1л, Gladiator YA230CG100</t>
+          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
         </is>
       </c>
       <c r="D746" s="1">
-        <v>1295</v>
+        <v>1312</v>
       </c>
       <c r="E746" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F746" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G746" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">YA130CG17800</t>
+          <t xml:space="preserve">3530-A</t>
         </is>
       </c>
       <c r="C747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR BLACK KIT, 4л, Gladiator YA130CG17800</t>
+          <t xml:space="preserve">Суха проявочна пудра, синя, набір (150 г + аплікатор), Silco 3530-A</t>
         </is>
       </c>
       <c r="D747" s="1">
-        <v>4791</v>
+        <v>1174</v>
       </c>
       <c r="E747" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F747" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G747" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">YA230CG17800</t>
+          <t xml:space="preserve">3109-25</t>
         </is>
       </c>
       <c r="C748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
+          <t xml:space="preserve">Стрічка двостороння,  25мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D748" s="1">
-        <v>4791</v>
+        <v>1065</v>
       </c>
       <c r="E748" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F748" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G748" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-2,5</t>
+          <t xml:space="preserve">6100-1</t>
         </is>
       </c>
       <c r="C749" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9125</t>
+          <t xml:space="preserve">Шпатлівка  універсальна, біла B10 Multi-White, 1л, Silco 6100</t>
         </is>
       </c>
       <c r="D749" s="1">
-        <v>2130</v>
+        <v>668</v>
       </c>
       <c r="E749" s="1">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="F749" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G749" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7070-5</t>
+          <t xml:space="preserve">9130-NG-1</t>
         </is>
       </c>
       <c r="C750" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий повільний Maxx Thinner,  5л,  Silco 7070</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
         </is>
       </c>
       <c r="D750" s="1">
-        <v>1746</v>
+        <v>1041</v>
       </c>
       <c r="E750" s="1">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="F750" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G750" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-32/S1</t>
+          <t xml:space="preserve">9350-0,5</t>
         </is>
       </c>
       <c r="C751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED GREENISH YELLOW Прозорий зеленувато-жовтий, Quickline QBC-32/S1</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  0,5л, Silco 9350</t>
         </is>
       </c>
       <c r="D751" s="1">
-        <v>1497</v>
+        <v>548</v>
       </c>
       <c r="E751" s="1">
-        <v>4</v>
+        <v>53</v>
       </c>
       <c r="F751" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G751" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-55/S3</t>
+          <t xml:space="preserve">9370-2,5</t>
         </is>
       </c>
       <c r="C752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
+          <t xml:space="preserve">Затверджувач повільний  UHS  2,5л, Silco 9370</t>
         </is>
       </c>
       <c r="D752" s="1">
-        <v>2693</v>
+        <v>2411</v>
       </c>
       <c r="E752" s="1">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F752" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G752" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2988279</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3550-0,5</t>
+        </is>
       </c>
       <c r="C753" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для склеювання кузовних деталей EP 5055, 200мл, Teroson 2988279</t>
+          <t xml:space="preserve">Проявочна пудра чорна в аерозолі, 500мл, Silco 3550</t>
         </is>
       </c>
       <c r="D753" s="1">
-        <v>2092</v>
+        <v>303</v>
       </c>
       <c r="E753" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F753" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G753" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LOCTITE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B754" s="1">
-        <v>2693822</v>
+        <v>3750</v>
       </c>
       <c r="C754" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пневматичний пістолеn для двокомпонентних клеїв HD14, Loctite 2693822</t>
+          <t xml:space="preserve">Шліфувальний блок 70х200 мм з відведенням пилу, 1 шт, Silco 3750</t>
         </is>
       </c>
       <c r="D754" s="1">
-        <v>16388</v>
+        <v>992</v>
       </c>
       <c r="E754" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F754" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G754" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B755" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B755" s="1">
+        <v>3760</v>
       </c>
       <c r="C755" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 48мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">Шліфувальний гнучкий ручний блок 70х400мм із відведенням пилу, 1шт, Silco 3760</t>
         </is>
       </c>
       <c r="D755" s="1">
-        <v>148</v>
+        <v>1679</v>
       </c>
       <c r="E755" s="1">
-        <v>120</v>
+        <v>3</v>
       </c>
       <c r="F755" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G755" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B756" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B756" s="1">
+        <v>3720</v>
       </c>
       <c r="C756" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
+          <t xml:space="preserve">Шліфувальний ручний блок 70х198мм, 1 шт, Silco 3720</t>
         </is>
       </c>
       <c r="D756" s="1">
-        <v>309</v>
+        <v>463</v>
       </c>
       <c r="E756" s="1">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="F756" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G756" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9127-2,5</t>
+          <t xml:space="preserve">9150-1</t>
         </is>
       </c>
       <c r="C757" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний  UHS  2,5л, Silco 9127</t>
+          <t xml:space="preserve">Лак швидкий UHS 420 X15 Lumina 2:1 1л,  Silco 9150 (затв. UHS, 0,5л, Silco 9330/9350)</t>
         </is>
       </c>
       <c r="D757" s="1">
-        <v>2218</v>
+        <v>1066</v>
       </c>
       <c r="E757" s="1">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="F757" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G757" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>782222</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3215-145</t>
+        </is>
       </c>
       <c r="C758" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насадка ET DOOR EDGE на картуш 'метелик', 1шт, Teroson  782222</t>
+          <t xml:space="preserve">Круг полірувальний оранжевий (мягкий) Moxi Pads 145 x 30мм, Silco 3215</t>
         </is>
       </c>
       <c r="D758" s="1">
-        <v>110</v>
+        <v>760</v>
       </c>
       <c r="E758" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F758" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G758" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B759" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B759" s="1">
+        <v>3430</v>
       </c>
       <c r="C759" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий, 500мл,  Silco  9230</t>
+          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
         </is>
       </c>
       <c r="D759" s="1">
-        <v>400</v>
+        <v>804</v>
       </c>
       <c r="E759" s="1">
-        <v>129</v>
+        <v>8</v>
       </c>
       <c r="F759" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G759" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">647_5</t>
+          <t xml:space="preserve">BDPBCFP</t>
         </is>
       </c>
       <c r="C760" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник Р-647 БП (5л) (4,25кг)</t>
+          <t xml:space="preserve">Губка для попереднього полірування помаранчева 150мм, BODYLINE BDPBCFP</t>
         </is>
       </c>
       <c r="D760" s="1">
-        <v>411</v>
+        <v>496</v>
       </c>
       <c r="E760" s="1">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="F760" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G760" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2156526</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8302/E2.5</t>
+        </is>
       </c>
       <c r="C761" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кислотні серветки  BONDERITE M-NT 1455 W, 50шт, Teroson 2156526</t>
+          <t xml:space="preserve">Затверджувач UHS 2,5 л, PPG  D8302</t>
         </is>
       </c>
       <c r="D761" s="1">
-        <v>2630</v>
+        <v>5568</v>
       </c>
       <c r="E761" s="1">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F761" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G761" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9050/E0.118</t>
+          <t xml:space="preserve">BFFWP</t>
         </is>
       </c>
       <c r="C762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент Vivid Red Ruby Яскраво-червоний рубін, PPG D9050/E0.118</t>
+          <t xml:space="preserve">Губка полірувальна  Finish (чорна) 150мм, BODYLINE BFFWP</t>
         </is>
       </c>
       <c r="D762" s="1">
-        <v>11260</v>
+        <v>489</v>
       </c>
       <c r="E762" s="1">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F762" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G762" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150180</t>
+          <t xml:space="preserve">2950-125-0,85</t>
         </is>
       </c>
       <c r="C763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 850мл, Silco 2950</t>
         </is>
       </c>
       <c r="D763" s="1">
-        <v>29</v>
+        <v>1938</v>
       </c>
       <c r="E763" s="1">
-        <v>388</v>
+        <v>12</v>
       </c>
       <c r="F763" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G763" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150240</t>
+          <t xml:space="preserve">1854-P</t>
         </is>
       </c>
       <c r="C764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P240 (Bx50), BODYLINE  BAMAD150240</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400мл, Silco 1854-P</t>
         </is>
       </c>
       <c r="D764" s="1">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E764" s="1">
-        <v>230</v>
+        <v>109</v>
       </c>
       <c r="F764" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G764" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B765" s="1">
+        <v>6220</v>
       </c>
       <c r="C765" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P400 (Bx50), BODYLINE  BAMAD150400</t>
+          <t xml:space="preserve">Диск для очищення CSD 50 мм, тип Roloc, Silco 6220</t>
         </is>
       </c>
       <c r="D765" s="1">
-        <v>29</v>
+        <v>129</v>
       </c>
       <c r="E765" s="1">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="F765" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G765" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150080</t>
+          <t xml:space="preserve">7820-L</t>
         </is>
       </c>
       <c r="C766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
+          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір L, 1 пара, Silco 7820</t>
         </is>
       </c>
       <c r="D766" s="1">
-        <v>29</v>
+        <v>136</v>
       </c>
       <c r="E766" s="1">
-        <v>230</v>
+        <v>19</v>
       </c>
       <c r="F766" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G766" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>120100</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7820-XL</t>
+        </is>
       </c>
       <c r="C767" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 120 Тип 4 С 0101, Тара 120100</t>
+          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір XL, 1 пара, Silco 7820</t>
         </is>
       </c>
       <c r="D767" s="1">
-        <v>1.5</v>
+        <v>136</v>
       </c>
       <c r="E767" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F767" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G767" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2110-5</t>
+          <t xml:space="preserve">1970-24</t>
         </is>
       </c>
       <c r="C768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  5л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 24мм x 50м, Silco 1970</t>
         </is>
       </c>
       <c r="D768" s="1">
-        <v>2431</v>
+        <v>81</v>
       </c>
       <c r="E768" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F768" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G768" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B769" s="1">
+        <v>350900</v>
       </c>
       <c r="C769" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Корпус ємності Кр 350/90 Тип 1 С 0101, Тара 350900</t>
         </is>
       </c>
       <c r="D769" s="1">
-        <v>672</v>
+        <v>10</v>
       </c>
       <c r="E769" s="1">
-        <v>7</v>
+        <v>670</v>
       </c>
       <c r="F769" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G769" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2205-500</t>
+          <t xml:space="preserve">9040-5</t>
         </is>
       </c>
       <c r="C770" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
+          <t xml:space="preserve">Лак  HS X4  2:1 5л, Silco  9040  (затвер, 2500мл,  Silco 9270/9250/9230)</t>
         </is>
       </c>
       <c r="D770" s="1">
-        <v>3517</v>
+        <v>2639</v>
       </c>
       <c r="E770" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F770" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G770" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B771" s="1">
+        <v>899110300</v>
       </c>
       <c r="C771" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB090(0.5)  біла смола</t>
+          <t xml:space="preserve">Распіратор чашкової форми CM2000 FFP1,без клапана, WURTH 0899110300</t>
         </is>
       </c>
       <c r="D771" s="1">
-        <v>7422</v>
+        <v>55</v>
       </c>
       <c r="E771" s="1">
-        <v>0</v>
+        <v>66</v>
       </c>
       <c r="F771" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G771" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B772" s="1">
+        <v>1668322125</v>
       </c>
       <c r="C772" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB100 (1) прозора смола</t>
+          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
         </is>
       </c>
       <c r="D772" s="1">
-        <v>1164</v>
+        <v>277</v>
       </c>
       <c r="E772" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F772" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G772" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B773" s="1">
+        <v>1664131250</v>
       </c>
       <c r="C773" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB110 (0.5) пігмент з алюм.порошком дуже мілке зерно</t>
+          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
         </is>
       </c>
       <c r="D773" s="1">
-        <v>6350</v>
+        <v>40</v>
       </c>
       <c r="E773" s="1">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="F773" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G773" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B774" s="1">
+        <v>710006</v>
       </c>
       <c r="C774" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB120 (0.5) пігмент з алюм.порошком мілке зерно</t>
+          <t xml:space="preserve">Свердло для точкового зварювання HSCO 6 мм, WURTH 0710006</t>
         </is>
       </c>
       <c r="D774" s="1">
-        <v>6472</v>
+        <v>413</v>
       </c>
       <c r="E774" s="1">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="F774" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G774" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B775" s="1">
+        <v>710008</v>
       </c>
       <c r="C775" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB203 (0,5) пігмент без алюм.порошка</t>
+          <t xml:space="preserve">Свердло для точкового зварювання 8 мм, WURTH 0710008</t>
         </is>
       </c>
       <c r="D775" s="1">
-        <v>4171</v>
+        <v>363</v>
       </c>
       <c r="E775" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F775" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G775" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB250</t>
+          <t xml:space="preserve">SF-80-18</t>
         </is>
       </c>
       <c r="C776" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB250 (1л) пігмент без алюм.порошка жовтий</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 18 мм × 50 м, Safex SF-80-18</t>
         </is>
       </c>
       <c r="D776" s="1">
-        <v>3973</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>43</v>
+      </c>
+      <c r="E776" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F776" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G776" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB454</t>
+          <t xml:space="preserve">SF-80-24</t>
         </is>
       </c>
       <c r="C777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB454 (0,5)  Блакитний сапфір</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 36 мм × 50 м, Safex SF-80-36</t>
         </is>
       </c>
       <c r="D777" s="1">
-        <v>7422</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>57</v>
+      </c>
+      <c r="E777" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F777" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G777" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB471</t>
+          <t xml:space="preserve">SF-80-36</t>
         </is>
       </c>
       <c r="C778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB471 (0,5) пігмент без алюм.порошка зеленувато-синій</t>
+          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-36</t>
         </is>
       </c>
       <c r="D778" s="1">
-        <v>7258</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>83</v>
+      </c>
+      <c r="E778" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F778" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G778" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB770</t>
+          <t xml:space="preserve">SF-110-24</t>
         </is>
       </c>
       <c r="C779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB770 (0,5) пігмент без алюм.порошка оксид червоного</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 24 мм × 50 м, Safex SF-110-24</t>
         </is>
       </c>
       <c r="D779" s="1">
-        <v>6350</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>63</v>
+      </c>
+      <c r="E779" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F779" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G779" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ990</t>
+          <t xml:space="preserve">SF-110-36</t>
         </is>
       </c>
       <c r="C780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ990 (1л) пігмент без алюм.порошка білий</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 36 мм × 50 м, Safex SF-110-36</t>
         </is>
       </c>
       <c r="D780" s="1">
-        <v>4047</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>93</v>
+      </c>
+      <c r="E780" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F780" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G780" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ999</t>
+          <t xml:space="preserve">SFA-110-24</t>
         </is>
       </c>
       <c r="C781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ999 (0,5) пігмент без алюм.порошка білий відтінок</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, помаранчева, 24 мм × 50 м, Safex SFA-110-24</t>
         </is>
       </c>
       <c r="D781" s="1">
-        <v>3458</v>
+        <v>81</v>
       </c>
       <c r="E781" s="1">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="F781" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G781" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB002(5)</t>
+          <t xml:space="preserve">QBC-14/S3</t>
         </is>
       </c>
       <c r="C782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB002(5) VOG регулятор</t>
+          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-14/S3</t>
         </is>
       </c>
       <c r="D782" s="1">
-        <v>1477</v>
+        <v>4894</v>
       </c>
       <c r="E782" s="1">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="F782" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G782" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B783" s="1">
-        <v>1851</v>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4500-4-150</t>
+        </is>
       </c>
       <c r="C783" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851 стакан для змішування 2300мл</t>
+          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 4м x 150м, Silco 4500</t>
         </is>
       </c>
       <c r="D783" s="1">
-        <v>42</v>
+        <v>1446</v>
       </c>
       <c r="E783" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F783" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G783" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851-P</t>
+          <t xml:space="preserve">4220-125</t>
         </is>
       </c>
       <c r="C784" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851 кришки для чашки</t>
+          <t xml:space="preserve">Сито для фарби 125µ Paint Strainer синє, Silco 4220</t>
         </is>
       </c>
       <c r="D784" s="1">
-        <v>16</v>
+        <v>4.5</v>
       </c>
       <c r="E784" s="1">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="F784" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G784" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150120</t>
+          <t xml:space="preserve">2215-25</t>
         </is>
       </c>
       <c r="C785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
+          <t xml:space="preserve">Серветка антистатична Antistatic Wipe  25 шт, 32 x 40см  Silco 2215</t>
         </is>
       </c>
       <c r="D785" s="1">
-        <v>29</v>
+        <v>1299</v>
       </c>
       <c r="E785" s="1">
-        <v>358</v>
+        <v>17</v>
       </c>
       <c r="F785" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G785" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150320</t>
+          <t xml:space="preserve">9130-NG-1</t>
         </is>
       </c>
       <c r="C786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P320 (Bx50), BODYLINE  BAMAD150320</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
         </is>
       </c>
       <c r="D786" s="1">
-        <v>29</v>
+        <v>1041</v>
       </c>
       <c r="E786" s="1">
-        <v>65</v>
+        <v>8</v>
       </c>
       <c r="F786" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G786" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150500</t>
+          <t xml:space="preserve">9130-NG-5</t>
         </is>
       </c>
       <c r="C787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
         </is>
       </c>
       <c r="D787" s="1">
-        <v>29</v>
+        <v>4657</v>
       </c>
       <c r="E787" s="1">
-        <v>434</v>
+        <v>21</v>
       </c>
       <c r="F787" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G787" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D947/E1</t>
+          <t xml:space="preserve">9110-5</t>
         </is>
       </c>
       <c r="C788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент Ultra Fine Lenticular Aluminum Ультра дрібний лінзовидний металік,  PPG D947/E1</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D788" s="1">
-        <v>2763</v>
+        <v>3445</v>
       </c>
       <c r="E788" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F788" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G788" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>583065</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2080-5</t>
+        </is>
       </c>
       <c r="C789" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
+          <t xml:space="preserve">Рідина для захисту камери від пилу  Anti-Dust  5л, Silco 2080</t>
         </is>
       </c>
       <c r="D789" s="1">
-        <v>137</v>
+        <v>1273</v>
       </c>
       <c r="E789" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F789" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G789" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-24</t>
+          <t xml:space="preserve">4500-6-150</t>
         </is>
       </c>
       <c r="C790" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
+          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 6м x 150м, Silco 4500</t>
         </is>
       </c>
       <c r="D790" s="1">
-        <v>112</v>
+        <v>2247</v>
       </c>
       <c r="E790" s="1">
-        <v>74</v>
+        <v>1</v>
       </c>
       <c r="F790" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G790" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969707</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6030-1</t>
+        </is>
       </c>
       <c r="C791" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
+          <t xml:space="preserve">Шпатлівка B3 Multi-Fill, 1 л, Silco 6030</t>
         </is>
       </c>
       <c r="D791" s="1">
-        <v>522</v>
+        <v>602</v>
       </c>
       <c r="E791" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="F791" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G791" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG0003</t>
+          <t xml:space="preserve">3087-150-5</t>
         </is>
       </c>
       <c r="C792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тест-карта 180*70 мм, PPG0003</t>
+          <t xml:space="preserve">Інтерфейсна площадка MH 3087, 150x5 мм, 2 шт, Silco 3087</t>
         </is>
       </c>
       <c r="D792" s="1">
-        <v>2.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>255</v>
+      </c>
+      <c r="E792" s="1">
+        <v>25</v>
       </c>
       <c r="F792" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G792" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MIRKA</t>
+        </is>
+      </c>
+      <c r="B793" s="1">
+        <v>8111202581</v>
       </c>
       <c r="C793" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пензель-аплікатор 1 шт, Silco 5701</t>
+          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм XF P800 темно-сірий, MIRKA 8111202581</t>
         </is>
       </c>
       <c r="D793" s="1">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="E793" s="1">
-        <v>6</v>
+        <v>117</v>
       </c>
       <c r="F793" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G793" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3530-B</t>
+          <t xml:space="preserve">9270-2,5</t>
         </is>
       </c>
       <c r="C794" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Суха проявочна пудра, чорний, набір (150 г + аплікатор), Silco 3530-B</t>
+          <t xml:space="preserve">Затверджувач повільний, 2500мл,  Silco  9270</t>
         </is>
       </c>
       <c r="D794" s="1">
-        <v>1077</v>
+        <v>2110</v>
       </c>
       <c r="E794" s="1">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="F794" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G794" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1970-36</t>
+          <t xml:space="preserve">4220-190</t>
         </is>
       </c>
       <c r="C795" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 36мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">Сито для фарби 190µ Paint Strainer червоне, Silco 4220</t>
         </is>
       </c>
       <c r="D795" s="1">
-        <v>111</v>
+        <v>3.5</v>
       </c>
       <c r="E795" s="1">
-        <v>1</v>
+        <v>474</v>
       </c>
       <c r="F795" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G795" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7055-1</t>
+          <t xml:space="preserve">QC-7700/S1</t>
         </is>
       </c>
       <c r="C796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник базовий, стандартний Basecoat Thinner, 1л,  Silco 7055</t>
+          <t xml:space="preserve">Лак HS  1л, QL 7700 (затверджувач 0,5л, QL 4700)</t>
         </is>
       </c>
       <c r="D796" s="1">
-        <v>362</v>
+        <v>951</v>
       </c>
       <c r="E796" s="1">
-        <v>108</v>
+        <v>1</v>
       </c>
       <c r="F796" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G796" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8551/E2.5</t>
+          <t xml:space="preserve">QH-4700/S0.5</t>
         </is>
       </c>
       <c r="C797" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP3500  G1, 2.5L, PPG D8551</t>
+          <t xml:space="preserve">Затверджувач  0,5л, QL 4700</t>
         </is>
       </c>
       <c r="D797" s="1">
-        <v>3218</v>
+        <v>621</v>
       </c>
       <c r="E797" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F797" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G797" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8555/E2.5</t>
+          <t xml:space="preserve">3250-150</t>
         </is>
       </c>
       <c r="C798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP3500  G5, 2.5L, PPG D8555</t>
+          <t xml:space="preserve">Круг полірувальний з овчини Moxi 150 x 32 мм, Silco 3250</t>
         </is>
       </c>
       <c r="D798" s="1">
-        <v>3218</v>
+        <v>730</v>
       </c>
       <c r="E798" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F798" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G798" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8557/E2.5</t>
+          <t xml:space="preserve">3290-1</t>
         </is>
       </c>
       <c r="C799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP3500  G7, 2.5L, PPG D8557</t>
+          <t xml:space="preserve">Паста полірувальна фінішна P90, 1 кг, Silco 3290</t>
         </is>
       </c>
       <c r="D799" s="1">
-        <v>3218</v>
+        <v>1618</v>
       </c>
       <c r="E799" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F799" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G799" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8263/E0.5</t>
+          <t xml:space="preserve">3215-1</t>
         </is>
       </c>
       <c r="C800" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник стандартний HS, 0,5L, PPG D8263</t>
+          <t xml:space="preserve">Паста полірувальна P15 X-Cut, 1 кг, Silco 3215</t>
         </is>
       </c>
       <c r="D800" s="1">
-        <v>788</v>
+        <v>1766</v>
       </c>
       <c r="E800" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F800" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G800" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8262/E0.5</t>
+          <t xml:space="preserve">3085-150-080</t>
         </is>
       </c>
       <c r="C801" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник швидкий HS, 0,5L, PPG D8262</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P080, Silco  3085-150</t>
         </is>
       </c>
       <c r="D801" s="1">
-        <v>788</v>
+        <v>26</v>
       </c>
       <c r="E801" s="1">
-        <v>6</v>
+        <v>270</v>
       </c>
       <c r="F801" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G801" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PLP307-1001-XХL</t>
+          <t xml:space="preserve">3085-150-120</t>
         </is>
       </c>
       <c r="C802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівкомбінезони з вишивкою XХL PPG</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P120, Silco  3085-150</t>
         </is>
       </c>
       <c r="D802" s="1">
-        <v>2279</v>
+        <v>25</v>
       </c>
       <c r="E802" s="1">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="F802" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G802" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PLP307-1001-XL</t>
+          <t xml:space="preserve">3085-150-150</t>
         </is>
       </c>
       <c r="C803" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівкомбінезони з вишивкою XL, PPG</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P150, Silco  3085-150</t>
         </is>
       </c>
       <c r="D803" s="1">
-        <v>2279</v>
+        <v>24</v>
       </c>
       <c r="E803" s="1">
-        <v>3</v>
+        <v>299</v>
       </c>
       <c r="F803" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G803" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969641</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-180</t>
+        </is>
       </c>
       <c r="C804" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P180, Silco  3085-150</t>
         </is>
       </c>
       <c r="D804" s="1">
-        <v>522</v>
+        <v>24</v>
       </c>
       <c r="E804" s="1">
-        <v>18</v>
+        <v>275</v>
       </c>
       <c r="F804" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G804" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8242/E0.5</t>
+          <t xml:space="preserve">3085-150-240</t>
         </is>
       </c>
       <c r="C805" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий UHS 0,5 л, PPG  D8242</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P240, Silco  3085-150</t>
         </is>
       </c>
       <c r="D805" s="1">
-        <v>666</v>
+        <v>24</v>
       </c>
       <c r="E805" s="1">
-        <v>6</v>
+        <v>193</v>
       </c>
       <c r="F805" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G805" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8243/E0.5</t>
+          <t xml:space="preserve">3085-150-320</t>
         </is>
       </c>
       <c r="C806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач  стандартний UHS 0,5 л, PPG  D8243</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P320, Silco  3085-150</t>
         </is>
       </c>
       <c r="D806" s="1">
-        <v>666</v>
+        <v>24</v>
       </c>
       <c r="E806" s="1">
-        <v>6</v>
+        <v>168</v>
       </c>
       <c r="F806" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G806" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1852-0,385</t>
+          <t xml:space="preserve">3085-150-400</t>
         </is>
       </c>
       <c r="C807" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан Mix-Cup 385мл, Silco 1852</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P400, Silco  3085-150</t>
         </is>
       </c>
       <c r="D807" s="1">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E807" s="1">
-        <v>137</v>
+        <v>95</v>
       </c>
       <c r="F807" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G807" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1852-0,75</t>
+          <t xml:space="preserve">3085-150-500</t>
         </is>
       </c>
       <c r="C808" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан Mix-Cup 750мл, Silco  1852</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P500, Silco  3085-150</t>
         </is>
       </c>
       <c r="D808" s="1">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E808" s="1">
-        <v>77</v>
+        <v>245</v>
       </c>
       <c r="F808" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G808" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B809" s="1">
-        <v>1854</v>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-600</t>
+        </is>
       </c>
       <c r="C809" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400мл, Silco 1854</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P600, Silco  3085-150</t>
         </is>
       </c>
       <c r="D809" s="1">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="E809" s="1">
-        <v>43</v>
+        <v>305</v>
       </c>
       <c r="F809" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G809" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9110-5</t>
+          <t xml:space="preserve">3085-150-800</t>
         </is>
       </c>
       <c r="C810" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P800, Silco  3085-150</t>
         </is>
       </c>
       <c r="D810" s="1">
-        <v>3160</v>
+        <v>24</v>
       </c>
       <c r="E810" s="1">
-        <v>37</v>
+        <v>110</v>
       </c>
       <c r="F810" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G810" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9130-NG-5</t>
+          <t xml:space="preserve">3085-70-080</t>
         </is>
       </c>
       <c r="C811" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
+          <t xml:space="preserve">Керамічні смужки Ceramic Film, 70 мм, P080, Silco 3085-70</t>
         </is>
       </c>
       <c r="D811" s="1">
-        <v>4177</v>
+        <v>1509</v>
       </c>
       <c r="E811" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F811" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G811" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9350-2,5</t>
+          <t xml:space="preserve">3085-70-180</t>
         </is>
       </c>
       <c r="C812" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9350</t>
+          <t xml:space="preserve">Керамічні смужки Ceramic Film, 70 мм, P180, Silco 3085-70</t>
         </is>
       </c>
       <c r="D812" s="1">
-        <v>2102</v>
+        <v>1458</v>
       </c>
       <c r="E812" s="1">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="F812" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G812" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9110-1</t>
+          <t xml:space="preserve">1852-0,385-L</t>
         </is>
       </c>
       <c r="C813" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup 385 мл, Silco 1852</t>
         </is>
       </c>
       <c r="D813" s="1">
-        <v>672</v>
+        <v>9</v>
       </c>
       <c r="E813" s="1">
-        <v>39</v>
+        <v>152</v>
       </c>
       <c r="F813" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G813" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6075-0,5</t>
+          <t xml:space="preserve">1852-0,75-L</t>
         </is>
       </c>
       <c r="C814" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів в аерозолі Fade-Thinner Spray, 500мл,  Silco 6075</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup 750 мл, Silco 1852</t>
         </is>
       </c>
       <c r="D814" s="1">
-        <v>293</v>
+        <v>12</v>
       </c>
       <c r="E814" s="1">
-        <v>26</v>
+        <v>137</v>
       </c>
       <c r="F814" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G814" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9515-5</t>
+          <t xml:space="preserve">QP-3431/S1</t>
         </is>
       </c>
       <c r="C815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  5л,  Silco  9515</t>
+          <t xml:space="preserve">Грунт ALL-IN-ONE білий, 1л, QL 3431 (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D815" s="1">
-        <v>1390</v>
+        <v>1617</v>
       </c>
       <c r="E815" s="1">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="F815" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G815" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7025-B-1</t>
+          <t xml:space="preserve">QP-3435/S1</t>
         </is>
       </c>
       <c r="C816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику темно-сірий  1кг, Silco 7025</t>
+          <t xml:space="preserve">Грунт ALL-IN-ONE сірий, 1л,  QL 3435 (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D816" s="1">
-        <v>937</v>
+        <v>1617</v>
       </c>
       <c r="E816" s="1">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="F816" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G816" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2406</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QP-3437/S1</t>
+        </is>
       </c>
       <c r="C817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 2:1/3:1, Silco 2406</t>
+          <t xml:space="preserve">Грунт ALL-IN-ONE темно-сірий, 1л,  QL 3437  (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D817" s="1">
-        <v>182</v>
+        <v>1617</v>
       </c>
       <c r="E817" s="1">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F817" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G817" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B818" s="1">
+        <v>265324</v>
       </c>
       <c r="C818" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кругле відро біле 7,5 л, Тара Y7,5-Bucket</t>
+          <t xml:space="preserve">Очисник PU 8550 для скла та фарбованого металу 1 л., Teroson 265324</t>
         </is>
       </c>
       <c r="D818" s="1">
-        <v>119</v>
+        <v>767</v>
       </c>
       <c r="E818" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F818" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G818" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B819" s="1">
+        <v>960304</v>
       </c>
       <c r="C819" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка кругла біла для відра 7,5л, Тара Y7,5-Lid</t>
+          <t xml:space="preserve">Пневматичний пістолет червоний POWERLINE II, Teroson 960304</t>
         </is>
       </c>
       <c r="D819" s="1">
-        <v>21</v>
+        <v>29656</v>
       </c>
       <c r="E819" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F819" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G819" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B820" s="1">
-        <v>2969709</v>
+        <v>626180</v>
       </c>
       <c r="C820" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) охра, 300мл, Teroson 2969709</t>
+          <t xml:space="preserve">Герметик розпилюючий Sikaflex-529 Evolution (охра) 290мл, SIKA 626180</t>
         </is>
       </c>
       <c r="D820" s="1">
-        <v>522</v>
+        <v>410</v>
       </c>
       <c r="E820" s="1">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="F820" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G820" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B821" s="1">
-        <v>2989853</v>
+        <v>440119</v>
       </c>
       <c r="C821" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
+          <t xml:space="preserve">Антигравій на основі бітуму SikaGard-6060 чорний,1л, SIKA 440119</t>
         </is>
       </c>
       <c r="D821" s="1">
-        <v>1204</v>
+        <v>381</v>
       </c>
       <c r="E821" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F821" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G821" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B822" s="1">
+        <v>440206</v>
       </c>
       <c r="C822" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Суха проявочна пудра, синя, набір (150 г + аплікатор), Silco 3530-A</t>
+          <t xml:space="preserve">Антикорр на основі каучуку SikaGard-6440 1 л, чорний SIKA 440206</t>
         </is>
       </c>
       <c r="D822" s="1">
-        <v>1077</v>
+        <v>401</v>
       </c>
       <c r="E822" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F822" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G822" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B823" s="1">
+        <v>440132</v>
       </c>
       <c r="C823" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка двостороння,  25мм х 10м, Silco 3109</t>
+          <t xml:space="preserve">Антигравій SikaGard-6470 чорний, 1л, SIKA 440132</t>
         </is>
       </c>
       <c r="D823" s="1">
-        <v>978</v>
+        <v>475</v>
       </c>
       <c r="E823" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F823" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G823" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B824" s="1">
+        <v>440135</v>
       </c>
       <c r="C824" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка  універсальна, біла B10 Multi-White, 1л, Silco 6100</t>
+          <t xml:space="preserve">Антигравій SikaGard-6470 сірий, 1л, SIKA 440135</t>
         </is>
       </c>
       <c r="D824" s="1">
-        <v>613</v>
+        <v>475</v>
       </c>
       <c r="E824" s="1">
-        <v>47</v>
+        <v>7</v>
       </c>
       <c r="F824" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G824" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B825" s="1">
+        <v>440138</v>
       </c>
       <c r="C825" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
+          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6220 жовтий, 1л,SIKA 440138</t>
         </is>
       </c>
       <c r="D825" s="1">
-        <v>955</v>
+        <v>484</v>
       </c>
       <c r="E825" s="1">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F825" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G825" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B826" s="1">
+        <v>440221</v>
       </c>
       <c r="C826" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS  0,5л, Silco 9350</t>
+          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6250 білий, 1л, SIKA 440221</t>
         </is>
       </c>
       <c r="D826" s="1">
-        <v>503</v>
+        <v>608</v>
       </c>
       <c r="E826" s="1">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="F826" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G826" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B827" s="1">
+        <v>732004</v>
       </c>
       <c r="C827" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний  UHS  2,5л, Silco 9370</t>
+          <t xml:space="preserve">Клей для автоскла безпраймерний Sikaflex SOLO чорний 600 мл, SIKA 732004</t>
         </is>
       </c>
       <c r="D827" s="1">
-        <v>2213</v>
+        <v>361</v>
       </c>
       <c r="E827" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F827" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G827" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B828" s="1">
+        <v>6965</v>
       </c>
       <c r="C828" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Проявочна пудра чорна в аерозолі, 500мл, Silco 3550</t>
+          <t xml:space="preserve">Герметик Sikaflex-227 білий 300мл, SIKA 6965</t>
         </is>
       </c>
       <c r="D828" s="1">
-        <v>279</v>
+        <v>169</v>
       </c>
       <c r="E828" s="1">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="F828" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G828" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B829" s="1">
-        <v>3750</v>
+        <v>6964</v>
       </c>
       <c r="C829" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шліфувальний блок 70х200 мм з відведенням пилу, 1 шт, Silco 3750</t>
+          <t xml:space="preserve">Герметик Sikaflex-227 сірий 300мл, SIKA 6964</t>
         </is>
       </c>
       <c r="D829" s="1">
-        <v>909</v>
+        <v>169</v>
       </c>
       <c r="E829" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="F829" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G829" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B830" s="1">
-        <v>3760</v>
+        <v>4553</v>
       </c>
       <c r="C830" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шліфувальний гнучкий ручний блок 70х400мм із відведенням пилу, 1шт, Silco 3760</t>
+          <t xml:space="preserve">Герметик Sikaflex-227 чорний 300мл, SIKA 4553</t>
         </is>
       </c>
       <c r="D830" s="1">
-        <v>1540</v>
+        <v>169</v>
       </c>
       <c r="E830" s="1">
-        <v>3</v>
+        <v>67</v>
       </c>
       <c r="F830" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G830" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B831" s="1">
-        <v>3720</v>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2120-0,33</t>
+        </is>
       </c>
       <c r="C831" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шліфувальний ручний блок 70х198мм, 1 шт, Silco 3720</t>
+          <t xml:space="preserve">Затверджувач стандартний до епоксидного грунта  330мл,  Silco 2120</t>
         </is>
       </c>
       <c r="D831" s="1">
-        <v>425</v>
+        <v>281</v>
       </c>
       <c r="E831" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F831" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G831" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B832" s="1">
+        <v>117570</v>
       </c>
       <c r="C832" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий UHS 420 X15 Lumina 2:1 1л,  Silco 9150 (затв. UHS, 0,5л, Silco 9330/9350)</t>
+          <t xml:space="preserve">Активатор для скла Aktivator - 100, 1 л SIKA 117570</t>
         </is>
       </c>
       <c r="D832" s="1">
-        <v>979</v>
+        <v>2092</v>
       </c>
       <c r="E832" s="1">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="F832" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G832" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3215-145</t>
+          <t xml:space="preserve">9330-0,5</t>
         </is>
       </c>
       <c r="C833" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний оранжевий (мягкий) Moxi Pads 145 x 30мм, Silco 3215</t>
+          <t xml:space="preserve">Швидкий затверджувач UHS 0,5</t>
         </is>
       </c>
       <c r="D833" s="1">
-        <v>698</v>
+        <v>548</v>
       </c>
       <c r="E833" s="1">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="F833" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G833" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B834" s="1">
-        <v>3430</v>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9330-2,5</t>
+        </is>
       </c>
       <c r="C834" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
+          <t xml:space="preserve">Швидкий затверджувач UHS 2,5</t>
         </is>
       </c>
       <c r="D834" s="1">
-        <v>738</v>
+        <v>2291</v>
       </c>
       <c r="E834" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F834" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G834" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969590</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3251-145</t>
+        </is>
       </c>
       <c r="C835" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) чорний, 300мл, Teroson 2969590</t>
+          <t xml:space="preserve">Круг полірувальний фіолетовий Moxi Pads 145 x 30мм, Silco 3251</t>
         </is>
       </c>
       <c r="D835" s="1">
-        <v>522</v>
+        <v>250</v>
       </c>
       <c r="E835" s="1">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="F835" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G835" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BDPBCFP</t>
+          <t xml:space="preserve">1852-1,4</t>
         </is>
       </c>
       <c r="C836" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Губка для попереднього полірування помаранчева 150мм, BODYLINE BDPBCFP</t>
+          <t xml:space="preserve">1852 Кришка Mix-Cup 1400ml</t>
         </is>
       </c>
       <c r="D836" s="1">
-        <v>456</v>
+        <v>18</v>
       </c>
       <c r="E836" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
       <c r="F836" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G836" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8302/E2.5</t>
+          <t xml:space="preserve">6160-240</t>
         </is>
       </c>
       <c r="C837" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач UHS 2,5 л, PPG  D8302</t>
+          <t xml:space="preserve">6160 рулони Abra-Foam SBS, 25m, P 240</t>
         </is>
       </c>
       <c r="D837" s="1">
-        <v>5108</v>
+        <v>1774</v>
       </c>
       <c r="E837" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F837" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G837" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BFFWP</t>
+          <t xml:space="preserve">6160-400</t>
         </is>
       </c>
       <c r="C838" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Губка полірувальна  Finish (чорна) 150мм, BODYLINE BFFWP</t>
+          <t xml:space="preserve">6160 рулони Abra-Foam SBS, 25m, P 400</t>
         </is>
       </c>
       <c r="D838" s="1">
-        <v>315</v>
+        <v>1774</v>
       </c>
       <c r="E838" s="1">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="F838" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G838" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,85</t>
+          <t xml:space="preserve">D854/E3</t>
         </is>
       </c>
       <c r="C839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 850мл, Silco 2950</t>
+          <t xml:space="preserve">Грунт  двокомпонентний (2K) прозорий ґрунт-ізолятор PPG D854</t>
         </is>
       </c>
       <c r="D839" s="1">
-        <v>1779</v>
+        <v>5459</v>
       </c>
       <c r="E839" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F839" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G839" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B840" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B840" s="1">
+        <v>1450</v>
       </c>
       <c r="C840" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400мл, Silco 1854-P</t>
+          <t xml:space="preserve">Багаторазовий респіратор для обличчя SILCO</t>
         </is>
       </c>
       <c r="D840" s="1">
-        <v>13</v>
+        <v>5033</v>
       </c>
       <c r="E840" s="1">
-        <v>134</v>
+        <v>1</v>
       </c>
       <c r="F840" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G840" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B841" s="1">
-        <v>6220</v>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6160-600</t>
+        </is>
       </c>
       <c r="C841" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск для очищення CSD 50 мм, тип Roloc, Silco 6220</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P600 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D841" s="1">
-        <v>119</v>
+        <v>1774</v>
       </c>
       <c r="E841" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="F841" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G841" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B842" s="1">
-        <v>6240</v>
+        <v>2647771</v>
       </c>
       <c r="C842" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск для очищення CSD 150 мм, Silco 6240</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 300мл, Teroson 2647771</t>
         </is>
       </c>
       <c r="D842" s="1">
-        <v>354</v>
+        <v>472</v>
       </c>
       <c r="E842" s="1">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="F842" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G842" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7820-L</t>
+          <t xml:space="preserve">SF-110-18</t>
         </is>
       </c>
       <c r="C843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір L, 1 пара, Silco 7820</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 18 мм × 50 м, Safex SF-110-18</t>
         </is>
       </c>
       <c r="D843" s="1">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>47</v>
+      </c>
+      <c r="E843" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F843" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G843" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7820-XL</t>
+          <t xml:space="preserve">SF-110-48</t>
         </is>
       </c>
       <c r="C844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір XL, 1 пара, Silco 7820</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 48 мм × 50 м, Safex SF-110-48</t>
         </is>
       </c>
       <c r="D844" s="1">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>124</v>
+      </c>
+      <c r="E844" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F844" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G844" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1970-24</t>
+          <t xml:space="preserve">SFA-110-36</t>
         </is>
       </c>
       <c r="C845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 24мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, помаранчева, 36 мм × 50 м, Safex SFA-110-36</t>
         </is>
       </c>
       <c r="D845" s="1">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>145</v>
+      </c>
+      <c r="E845" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F845" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G845" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>350900</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-86/S1</t>
+        </is>
       </c>
       <c r="C846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 350/90 Тип 1 С 0101, Тара 350900</t>
+          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-86/S1</t>
         </is>
       </c>
       <c r="D846" s="1">
-        <v>9</v>
+        <v>2611</v>
       </c>
       <c r="E846" s="1">
-        <v>670</v>
+        <v>21</v>
       </c>
       <c r="F846" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G846" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9040-5</t>
+          <t xml:space="preserve">QH-4510/S05</t>
         </is>
       </c>
       <c r="C847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  HS X4  2:1 5л, Silco  9040  (затвер, 2500мл,  Silco 9270/9250/9230)</t>
+          <t xml:space="preserve">Затверджувач UHS швидкий, 0,5 л, QUICKLINE 4510</t>
         </is>
       </c>
       <c r="D847" s="1">
-        <v>2421</v>
+        <v>841</v>
       </c>
       <c r="E847" s="1">
-        <v>21</v>
+        <v>201</v>
       </c>
       <c r="F847" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G847" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-2,5</t>
+          <t xml:space="preserve">QH-4220/S0,2</t>
         </is>
       </c>
       <c r="C848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 2500мл,  Silco  9250</t>
+          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
         </is>
       </c>
       <c r="D848" s="1">
-        <v>1817</v>
+        <v>320</v>
       </c>
       <c r="E848" s="1">
-        <v>13</v>
+        <v>210</v>
       </c>
       <c r="F848" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G848" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9150-5</t>
+          <t xml:space="preserve">PRLX9/E0.113K</t>
         </is>
       </c>
       <c r="C849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий UHS 420 X15 Lumina 2:1 5л,  Silco 9150 (затв. UHS, 2,5л, Silco 9330/9350/9370)</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER AMETHYST DREAM Фіолетово-аметистовий переливчастий,  PPG PRLX9/E0.113K</t>
         </is>
       </c>
       <c r="D849" s="1">
-        <v>4781</v>
+        <v>9019</v>
       </c>
       <c r="E849" s="1">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="F849" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G849" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>899110300</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PRLX6/E0.113K</t>
+        </is>
       </c>
       <c r="C850" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Распіратор чашкової форми CM2000 FFP1,без клапана, WURTH 0899110300</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER SOLARIS RED Сонячно-червоний,  PPG PRLX6/E0.113K</t>
         </is>
       </c>
       <c r="D850" s="1">
-        <v>51</v>
+        <v>9019</v>
       </c>
       <c r="E850" s="1">
-        <v>76</v>
+        <v>4</v>
       </c>
       <c r="F850" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G850" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B851" s="1">
-        <v>1668322125</v>
+        <v>36.319</v>
       </c>
       <c r="C851" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
+          <t xml:space="preserve">Лак ACRULIUX 2K 500 Plus, 1л ( затвердник 500мл, UNIHARD 500)  Dichem 36.319</t>
         </is>
       </c>
       <c r="D851" s="1">
-        <v>254</v>
+        <v>1058</v>
       </c>
       <c r="E851" s="1">
-        <v>23</v>
+        <v>182</v>
       </c>
       <c r="F851" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G851" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B852" s="1">
-        <v>1664131250</v>
+        <v>39.796</v>
       </c>
       <c r="C852" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
+          <t xml:space="preserve">затверджувач стандартний, 500мл, UNIHARD 500, Dichem 39.796</t>
         </is>
       </c>
       <c r="D852" s="1">
-        <v>37</v>
+        <v>384</v>
       </c>
       <c r="E852" s="1">
-        <v>20</v>
+        <v>143</v>
       </c>
       <c r="F852" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G852" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B853" s="1">
-        <v>710006</v>
+        <v>39.797</v>
       </c>
       <c r="C853" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свердло для точкового зварювання HSCO 6 мм, WURTH 0710006</t>
+          <t xml:space="preserve">затверджувач швидкий,500мл, UNIHARD 500, Dichem 39.797</t>
         </is>
       </c>
       <c r="D853" s="1">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="E853" s="1">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="F853" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G853" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B854" s="1">
-        <v>710008</v>
+        <v>36.328</v>
       </c>
       <c r="C854" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свердло для точкового зварювання 8 мм, WURTH 0710008</t>
+          <t xml:space="preserve">Лак ACRULIUX 2K/HS PLUS ( затвердник 500мл, UNIHARD 600)  Dichem 36.328</t>
         </is>
       </c>
       <c r="D854" s="1">
-        <v>334</v>
+        <v>1123</v>
       </c>
       <c r="E854" s="1">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="F854" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G854" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B855" s="1">
+        <v>36.335</v>
       </c>
       <c r="C855" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-18</t>
+          <t xml:space="preserve">Лак ACRULIUX VOC 420 PLUS UHS ( затвердник 500мл, UNIHARD 600)  Dichem 36.335</t>
         </is>
       </c>
       <c r="D855" s="1">
-        <v>40</v>
-[...4 lines deleted...]
-        </is>
+        <v>1392</v>
+      </c>
+      <c r="E855" s="1">
+        <v>47</v>
       </c>
       <c r="F855" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G855" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B856" s="1">
+        <v>39.787</v>
       </c>
       <c r="C856" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-24</t>
+          <t xml:space="preserve">затверджувач стандартний,500мл, UNIHARD 600, Dichem 39.787</t>
         </is>
       </c>
       <c r="D856" s="1">
-        <v>53</v>
-[...4 lines deleted...]
-        </is>
+        <v>432</v>
+      </c>
+      <c r="E856" s="1">
+        <v>17</v>
       </c>
       <c r="F856" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G856" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B857" s="1">
+        <v>39.786</v>
       </c>
       <c r="C857" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-36</t>
+          <t xml:space="preserve">затверджувач швидкий, 500мл, UNIHARD 600, Dichem 39.786</t>
         </is>
       </c>
       <c r="D857" s="1">
-        <v>76</v>
-[...4 lines deleted...]
-        </is>
+        <v>432</v>
+      </c>
+      <c r="E857" s="1">
+        <v>113</v>
       </c>
       <c r="F857" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G857" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B858" s="1">
+        <v>36.151</v>
       </c>
       <c r="C858" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 110, Safex SF-110-24</t>
+          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Темно сірий 1л (затверджувач,  Dichem 39.552)</t>
         </is>
       </c>
       <c r="D858" s="1">
-        <v>58</v>
+        <v>864</v>
       </c>
       <c r="E858" s="1">
-        <v>8</v>
+        <v>44</v>
       </c>
       <c r="F858" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G858" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B859" s="1">
+        <v>36.11</v>
       </c>
       <c r="C859" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 110, Safex SF-110-36</t>
+          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Білий 1л (затверджувач,  Dichem 39.552)</t>
         </is>
       </c>
       <c r="D859" s="1">
-        <v>85</v>
+        <v>864</v>
       </c>
       <c r="E859" s="1">
-        <v>133</v>
+        <v>7</v>
       </c>
       <c r="F859" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G859" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B860" s="1">
+        <v>36.12</v>
       </c>
       <c r="C860" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 110 Aqua, Safex SFA-110-24</t>
+          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Чорний 1л (затверджувач,  Dichem 39.552)</t>
         </is>
       </c>
       <c r="D860" s="1">
-        <v>75</v>
+        <v>864</v>
       </c>
       <c r="E860" s="1">
-        <v>831</v>
+        <v>14</v>
       </c>
       <c r="F860" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G860" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B861" s="1">
+        <v>39.552</v>
       </c>
       <c r="C861" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-14/S3</t>
+          <t xml:space="preserve">Затвердник до грунта 2K 5:1  UNIHARD GOLD, Dichem 39.552</t>
         </is>
       </c>
       <c r="D861" s="1">
-        <v>2376</v>
+        <v>292</v>
       </c>
       <c r="E861" s="1">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="F861" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G861" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B862" s="1">
+        <v>36.19</v>
       </c>
       <c r="C862" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 4м x 150м, Silco 4500</t>
+          <t xml:space="preserve">Грунт для Пластику 1 л, Dichem 36.190</t>
         </is>
       </c>
       <c r="D862" s="1">
-        <v>1327</v>
+        <v>912</v>
       </c>
       <c r="E862" s="1">
         <v>20</v>
       </c>
       <c r="F862" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G862" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B863" s="1">
+        <v>62.101</v>
       </c>
       <c r="C863" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сито для фарби 125µ Paint Strainer синє, Silco 4220</t>
+          <t xml:space="preserve">Акриловий розчинник швидкий Dichem, 62.101</t>
         </is>
       </c>
       <c r="D863" s="1">
-        <v>4.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>504</v>
+      </c>
+      <c r="E863" s="1">
+        <v>54</v>
       </c>
       <c r="F863" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G863" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B864" s="1">
+        <v>62.102</v>
       </c>
       <c r="C864" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Металева картка для тестування Testcolor Cards, 25 шт.,  Silco 2401</t>
+          <t xml:space="preserve">Акриловий розчинник стандартний Dichem, 62.102</t>
         </is>
       </c>
       <c r="D864" s="1">
-        <v>489</v>
+        <v>504</v>
       </c>
       <c r="E864" s="1">
-        <v>8</v>
+        <v>64</v>
       </c>
       <c r="F864" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G864" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B865" s="1">
+        <v>36.195</v>
       </c>
       <c r="C865" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветка антистатична Antistatic Wipe  25 шт, 32 x 40см  Silco 2215</t>
+          <t xml:space="preserve">Бамперна фарба чорна 1кг Dichem 36.195</t>
         </is>
       </c>
       <c r="D865" s="1">
-        <v>1192</v>
+        <v>1291</v>
       </c>
       <c r="E865" s="1">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="F865" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G865" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6165-800</t>
+          <t xml:space="preserve">34.100N</t>
         </is>
       </c>
       <c r="C866" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулони на поролоні  Abra-Foam SBS, 115mm x  25m, P800, Silco 6165</t>
+          <t xml:space="preserve">Антигравій чорний 1 кг, Dichem 34.100N</t>
         </is>
       </c>
       <c r="D866" s="1">
-        <v>1627</v>
+        <v>531</v>
       </c>
       <c r="E866" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F866" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G866" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9130-NG-1</t>
+          <t xml:space="preserve">34.200N</t>
         </is>
       </c>
       <c r="C867" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
+          <t xml:space="preserve">Антигравій білий  1 кг, Dichem 34.200N</t>
         </is>
       </c>
       <c r="D867" s="1">
-        <v>955</v>
+        <v>531</v>
       </c>
       <c r="E867" s="1">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="F867" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G867" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9130-NG-5</t>
+          <t xml:space="preserve">34.300N</t>
         </is>
       </c>
       <c r="C868" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
+          <t xml:space="preserve">Антигравій сірий  1 кг, Dichem 34.300N</t>
         </is>
       </c>
       <c r="D868" s="1">
-        <v>4177</v>
+        <v>531</v>
       </c>
       <c r="E868" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F868" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G868" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B869" s="1">
+        <v>30.3</v>
       </c>
       <c r="C869" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Фарба для дисків срібна, 750 мл Dichem 30.300</t>
         </is>
       </c>
       <c r="D869" s="1">
-        <v>2346</v>
+        <v>981</v>
       </c>
       <c r="E869" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F869" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G869" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B870" s="1">
+        <v>30.31</v>
       </c>
       <c r="C870" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рідина для захисту камери від пилу  Anti-Dust  5л, Silco 2080</t>
+          <t xml:space="preserve">Фарба для дисків чорна матова, 750 мл Dichem 30.310</t>
         </is>
       </c>
       <c r="D870" s="1">
-        <v>856</v>
+        <v>981</v>
       </c>
       <c r="E870" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F870" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G870" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B871" s="1">
+        <v>19.07</v>
       </c>
       <c r="C871" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 6м x 150м, Silco 4500</t>
+          <t xml:space="preserve">Паста для чищення рук 1кг, Dichem 19.070</t>
         </is>
       </c>
       <c r="D871" s="1">
-        <v>2061</v>
+        <v>409</v>
       </c>
       <c r="E871" s="1">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="F871" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G871" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6030-1</t>
+          <t xml:space="preserve">TYVEK_L</t>
         </is>
       </c>
       <c r="C872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка B3 Multi-Fill, 1 л, Silco 6030</t>
+          <t xml:space="preserve">Костюм розмір L Dichem</t>
         </is>
       </c>
       <c r="D872" s="1">
-        <v>552</v>
+        <v>387</v>
       </c>
       <c r="E872" s="1">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="F872" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G872" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MIRKA</t>
-[...3 lines deleted...]
-        <v>8111202581</v>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">19.096.125</t>
+        </is>
       </c>
       <c r="C873" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм XF P800 темно-сірий, MIRKA 8111202581</t>
+          <t xml:space="preserve">Сито для фарби 125 мікрон Dichem</t>
         </is>
       </c>
       <c r="D873" s="1">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>7</v>
+      </c>
+      <c r="E873" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F873" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G873" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B874" s="1">
+        <v>35.14</v>
       </c>
       <c r="C874" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний, 2500мл,  Silco  9270</t>
+          <t xml:space="preserve">Шпаклівка Універсальна Platinum PLUS 1кг, Dichem 35.140</t>
         </is>
       </c>
       <c r="D874" s="1">
-        <v>1775</v>
+        <v>529</v>
       </c>
       <c r="E874" s="1">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="F874" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G874" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B875" s="1">
+        <v>35.17</v>
       </c>
       <c r="C875" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сито для фарби 190µ Paint Strainer червоне, Silco 4220</t>
+          <t xml:space="preserve">Шпаклівка зі скловолокном 0,85, Dichem 35.170</t>
         </is>
       </c>
       <c r="D875" s="1">
-        <v>3.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>497</v>
+      </c>
+      <c r="E875" s="1">
+        <v>17</v>
       </c>
       <c r="F875" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G875" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7700/S1</t>
+          <t xml:space="preserve">TYVEK_XL</t>
         </is>
       </c>
       <c r="C876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS  1л, QL 7700 (затверджувач 0,5л, QL 4700)</t>
+          <t xml:space="preserve">Костюм розмір XL Dichem</t>
         </is>
       </c>
       <c r="D876" s="1">
-        <v>873</v>
+        <v>387</v>
       </c>
       <c r="E876" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F876" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G876" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4700/S0.5</t>
+          <t xml:space="preserve">TYVEK_2XL</t>
         </is>
       </c>
       <c r="C877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач  0,5л, QL 4700</t>
+          <t xml:space="preserve">Костюм розмір 2XL Dichem</t>
         </is>
       </c>
       <c r="D877" s="1">
-        <v>569</v>
+        <v>387</v>
       </c>
       <c r="E877" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F877" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G877" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3250-150</t>
+          <t xml:space="preserve">19.096.190</t>
         </is>
       </c>
       <c r="C878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний з овчини Moxi 150 x 32 мм, Silco 3250</t>
+          <t xml:space="preserve">Сито для фарби 190 мікрон Dichem</t>
         </is>
       </c>
       <c r="D878" s="1">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>7</v>
+      </c>
+      <c r="E878" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F878" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G878" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B879" s="1">
+        <v>36.16</v>
       </c>
       <c r="C879" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний чорний (фінішній), 145 мм, Silco 3252</t>
+          <t xml:space="preserve">Грунт Акриловий 2K 5:1 світло сірий, 1л (затверджувач,  Dichem 39.552)</t>
         </is>
       </c>
       <c r="D879" s="1">
-        <v>222</v>
+        <v>864</v>
       </c>
       <c r="E879" s="1">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="F879" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G879" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B880" s="1">
+        <v>2969590</v>
       </c>
       <c r="C880" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна фінішна P90, 1 кг, Silco 3290</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) чорний, 300мл, Teroson 2969590</t>
         </is>
       </c>
       <c r="D880" s="1">
-        <v>1361</v>
+        <v>569</v>
       </c>
       <c r="E880" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="F880" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G880" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B881" s="1">
+        <v>39.787</v>
       </c>
       <c r="C881" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна універсальна однокрокова P20, 1 кг, Silco 3220</t>
+          <t xml:space="preserve">затверджувач стандартний,500мл, UNIHARD 600, Dichem 39.787</t>
         </is>
       </c>
       <c r="D881" s="1">
-        <v>1307</v>
+        <v>236</v>
       </c>
       <c r="E881" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F881" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G881" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3215-1</t>
+          <t xml:space="preserve">SF-110-48</t>
         </is>
       </c>
       <c r="C882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна P15 X-Cut, 1 кг, Silco 3215</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 48 мм × 50 м, Safex SF-110-48</t>
         </is>
       </c>
       <c r="D882" s="1">
-        <v>1485</v>
+        <v>124</v>
       </c>
       <c r="E882" s="1">
-        <v>2</v>
+        <v>91</v>
       </c>
       <c r="F882" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G882" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B883" s="1">
+        <v>19.07</v>
       </c>
       <c r="C883" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P080, Silco  3085-150</t>
+          <t xml:space="preserve">Паста для чищення рук 1кг, Dichem 19.070</t>
         </is>
       </c>
       <c r="D883" s="1">
-        <v>22</v>
+        <v>457</v>
       </c>
       <c r="E883" s="1">
-        <v>285</v>
+        <v>3</v>
       </c>
       <c r="F883" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G883" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-120</t>
+          <t xml:space="preserve">TYVEK_L</t>
         </is>
       </c>
       <c r="C884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P120, Silco  3085-150</t>
+          <t xml:space="preserve">Костюм розмір L Dichem</t>
         </is>
       </c>
       <c r="D884" s="1">
-        <v>21</v>
+        <v>433</v>
       </c>
       <c r="E884" s="1">
-        <v>155</v>
+        <v>2</v>
       </c>
       <c r="F884" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G884" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-150</t>
+          <t xml:space="preserve">TYVEK_2XL</t>
         </is>
       </c>
       <c r="C885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P150, Silco  3085-150</t>
+          <t xml:space="preserve">Костюм розмір 2XL Dichem</t>
         </is>
       </c>
       <c r="D885" s="1">
-        <v>21</v>
+        <v>433</v>
       </c>
       <c r="E885" s="1">
-        <v>230</v>
+        <v>2</v>
       </c>
       <c r="F885" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G885" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B886" s="1">
+        <v>891503030</v>
       </c>
       <c r="C886" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P180, Silco  3085-150</t>
+          <t xml:space="preserve">Насос-розпилювач кислотостійкий , 1л., WURTH 0891503030</t>
         </is>
       </c>
       <c r="D886" s="1">
-        <v>21</v>
+        <v>2590</v>
       </c>
       <c r="E886" s="1">
-        <v>206</v>
+        <v>2</v>
       </c>
       <c r="F886" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G886" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HENKEL</t>
+        </is>
+      </c>
+      <c r="B887" s="1">
+        <v>760225</v>
       </c>
       <c r="C887" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P240, Silco  3085-150</t>
+          <t xml:space="preserve">'Рідкий ключ', з ефектом заморожування до -43°С Henkel</t>
         </is>
       </c>
       <c r="D887" s="1">
-        <v>21</v>
+        <v>698</v>
       </c>
       <c r="E887" s="1">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F887" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G887" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LOCTITE</t>
+        </is>
+      </c>
+      <c r="B888" s="1">
+        <v>1725908</v>
       </c>
       <c r="C888" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P320, Silco  3085-150</t>
+          <t xml:space="preserve">Поглинач вологи LOCTITE HUMIDITY ABSORBER 50 гр (ком-кт 2 шт)</t>
         </is>
       </c>
       <c r="D888" s="1">
-        <v>21</v>
+        <v>227</v>
       </c>
       <c r="E888" s="1">
-        <v>220</v>
+        <v>22</v>
       </c>
       <c r="F888" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G888" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HENKEL</t>
+        </is>
+      </c>
+      <c r="B889" s="1">
+        <v>2098250</v>
       </c>
       <c r="C889" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P400, Silco  3085-150</t>
+          <t xml:space="preserve">Очисник для рук LOCTITE SF 7850 400мл</t>
         </is>
       </c>
       <c r="D889" s="1">
-        <v>21</v>
+        <v>365</v>
       </c>
       <c r="E889" s="1">
-        <v>210</v>
+        <v>22</v>
       </c>
       <c r="F889" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G889" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1" t="inlineStr">
-        <is>
-[...1210 lines deleted...]
-      <c r="A930" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>