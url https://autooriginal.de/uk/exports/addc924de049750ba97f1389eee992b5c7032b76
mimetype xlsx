--- v1 (2025-12-28)
+++ v2 (2026-03-16)
@@ -100,51 +100,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="128.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="8.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">27.12.25 23:48</t>
+          <t xml:space="preserve">16.03.26 08:44</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">UAH</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -168,27176 +168,28265 @@
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Постачання, дн.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NORMFEST</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">4710-6</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Сверло для точечной сварки (Schweisspunktbohrer)</t>
         </is>
       </c>
       <c r="D3" s="1">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E3" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NORMFEST</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">2986-02</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Багатоцільове мастило для ШРКШ, 400 гр (BG-B)</t>
         </is>
       </c>
       <c r="D4" s="1">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="E4" s="1">
         <v>18</v>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NORMFEST</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">2893-881</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Алюмінієвий спрей, 400 мл (ALLOY ALUSPRAY)</t>
         </is>
       </c>
       <c r="D5" s="1">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E5" s="1">
         <v>1</v>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSSAUTO</t>
         </is>
       </c>
       <c r="B6" s="1">
         <v>100069</v>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Голки для усування бруду з фарби</t>
         </is>
       </c>
       <c r="D6" s="1">
-        <v>553</v>
+        <v>569</v>
       </c>
       <c r="E6" s="1">
         <v>12</v>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSSAUTO</t>
         </is>
       </c>
       <c r="B7" s="1">
         <v>100760</v>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Серветка екстрапоглинаюча 25 шт</t>
         </is>
       </c>
       <c r="D7" s="1">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="E7" s="1">
         <v>1</v>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3900/S1</t>
+          <t xml:space="preserve">QP-3200/S1</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для пластиків 1К 1л,  QL 3900</t>
+          <t xml:space="preserve">Грунт епоксидний 1л, QL 3200 (затверджувач, 0,33л, QL 4600)</t>
         </is>
       </c>
       <c r="D8" s="1">
-        <v>1314</v>
+        <v>2446</v>
       </c>
       <c r="E8" s="1">
         <v>2</v>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3200/S1</t>
+          <t xml:space="preserve">QC-7400/S1</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт епоксидний 1л, QL 3200 (затверджувач, 0,33л, QL 4600)</t>
+          <t xml:space="preserve">Лак HS  1л, QL 7400 (затверджувач HS 0,5л, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D9" s="1">
-        <v>2379</v>
+        <v>859</v>
       </c>
       <c r="E9" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1110/S1</t>
+          <t xml:space="preserve">QC-7600/S1</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний знежирювач</t>
+          <t xml:space="preserve">Лак антискретч 1л, QL 7600 (затверджувач HS, 0,5л, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D10" s="1">
-        <v>279</v>
+        <v>835</v>
       </c>
       <c r="E10" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1070/S1</t>
+          <t xml:space="preserve">QF-2660/S1.8K</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
+          <t xml:space="preserve">Шпатлівка з алюмінієвим наповнювачем  1,8кг, QL 2660</t>
         </is>
       </c>
       <c r="D11" s="1">
-        <v>1118</v>
+        <v>847</v>
       </c>
       <c r="E11" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1402/S1K</t>
+          <t xml:space="preserve">QA-1110/S1</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист сірий  1л, QL 1402</t>
+          <t xml:space="preserve">Універсальний знежирювач</t>
         </is>
       </c>
       <c r="D12" s="1">
-        <v>357</v>
+        <v>287</v>
       </c>
       <c r="E12" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1403/S1K</t>
+          <t xml:space="preserve">QA-1000/S5</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
+          <t xml:space="preserve">Антисилікон  5л,  QL 1000</t>
         </is>
       </c>
       <c r="D13" s="1">
-        <v>214</v>
+        <v>1744</v>
       </c>
       <c r="E13" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D01S4V150Q</t>
+          <t xml:space="preserve">QA-1070/S1</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг абразивний velcro на паперовій основі p600 d150 (100шт)</t>
+          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
         </is>
       </c>
       <c r="D14" s="1">
-        <v>689</v>
+        <v>1150</v>
       </c>
       <c r="E14" s="1">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-16/S3</t>
+          <t xml:space="preserve">QA-1900/S0.5</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GRAPHITE BLACK Насичений чорний з синім відтінком, Quickline QBC-16/S3</t>
+          <t xml:space="preserve">Пластифікатор  0,5л, QL 1900</t>
         </is>
       </c>
       <c r="D15" s="1">
-        <v>4890</v>
+        <v>1108</v>
       </c>
       <c r="E15" s="1">
         <v>1</v>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-17/S3</t>
+          <t xml:space="preserve">QA-1710/S1</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-17/S3</t>
+          <t xml:space="preserve">Добавка для переходів по базі (біндер) 1л, QL 1710</t>
         </is>
       </c>
       <c r="D16" s="1">
-        <v>4890</v>
+        <v>759</v>
       </c>
       <c r="E16" s="1">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-42/S1</t>
+          <t xml:space="preserve">QA-1403/S1K</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
+          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
         </is>
       </c>
       <c r="D17" s="1">
-        <v>1632</v>
+        <v>220</v>
       </c>
       <c r="E17" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">DRIMEX</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-79/S1</t>
+          <t xml:space="preserve">D01S4V150Q</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
+          <t xml:space="preserve">Круг абразивний velcro на паперовій основі p600 d150 (100шт)</t>
         </is>
       </c>
       <c r="D18" s="1">
-        <v>2611</v>
+        <v>709</v>
       </c>
       <c r="E18" s="1">
         <v>2</v>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-18/S3</t>
+          <t xml:space="preserve">QBC-17/S3</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
+          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-17/S3</t>
         </is>
       </c>
       <c r="D19" s="1">
-        <v>4315</v>
+        <v>5027</v>
       </c>
       <c r="E19" s="1">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-19/S1</t>
+          <t xml:space="preserve">QBC-42/S1</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
+          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
         </is>
       </c>
       <c r="D20" s="1">
-        <v>1438</v>
+        <v>1677</v>
       </c>
       <c r="E20" s="1">
         <v>1</v>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-35/S3</t>
+          <t xml:space="preserve">QBC-79/S1</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
+          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
         </is>
       </c>
       <c r="D21" s="1">
-        <v>4315</v>
+        <v>2684</v>
       </c>
       <c r="E21" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-54/S1</t>
+          <t xml:space="preserve">QDG-18/S3</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
+          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
         </is>
       </c>
       <c r="D22" s="1">
-        <v>1438</v>
+        <v>4436</v>
       </c>
       <c r="E22" s="1">
         <v>2</v>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4420/S05</t>
+          <t xml:space="preserve">QDG-19/S1</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
+          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
         </is>
       </c>
       <c r="D23" s="1">
-        <v>577</v>
+        <v>1479</v>
       </c>
       <c r="E23" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4410/S0.5</t>
+          <t xml:space="preserve">QDG-35/S3</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
+          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
         </is>
       </c>
       <c r="D24" s="1">
-        <v>577</v>
+        <v>4436</v>
       </c>
       <c r="E24" s="1">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4220/S0,2</t>
+          <t xml:space="preserve">QDG-54/S1</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
+          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
         </is>
       </c>
       <c r="D25" s="1">
-        <v>320</v>
+        <v>1479</v>
       </c>
       <c r="E25" s="1">
-        <v>241</v>
+        <v>2</v>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5210/S5</t>
+          <t xml:space="preserve">QH-4420/S05</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник швидкий 5л, QL 5210</t>
+          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
         </is>
       </c>
       <c r="D26" s="1">
-        <v>2170</v>
+        <v>594</v>
       </c>
       <c r="E26" s="1">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5220/S1</t>
+          <t xml:space="preserve">QH-4410/S0.5</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник стандартний 1л, QL 5220</t>
+          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
         </is>
       </c>
       <c r="D27" s="1">
-        <v>602</v>
+        <v>594</v>
       </c>
       <c r="E27" s="1">
-        <v>4</v>
+        <v>42</v>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
-[...3 lines deleted...]
-        <v>1161301</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QH-4220/S0,2</t>
+        </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стаканчика, 1300 мл</t>
+          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
         </is>
       </c>
       <c r="D28" s="1">
-        <v>9</v>
+        <v>329</v>
       </c>
       <c r="E28" s="1">
-        <v>131</v>
+        <v>228</v>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
-[...3 lines deleted...]
-        <v>1160651</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QH-4220/S0.5</t>
+        </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стаканчика, 650 мл</t>
+          <t xml:space="preserve">Затверджувач MS стандартний</t>
         </is>
       </c>
       <c r="D29" s="1">
-        <v>7</v>
+        <v>531</v>
       </c>
       <c r="E29" s="1">
-        <v>178</v>
+        <v>10</v>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D767/E1</t>
+          <t xml:space="preserve">QS-5220/S1</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE SATIN ALUMINIUM Дрібний сатін металік, PPG D767/E1</t>
+          <t xml:space="preserve">Розчинник стандартний 1л, QL 5220</t>
         </is>
       </c>
       <c r="D30" s="1">
-        <v>3011</v>
+        <v>619</v>
       </c>
       <c r="E30" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D768/E1</t>
+          <t xml:space="preserve">QS-5610/S1</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM SATIN ALUMINIUM Середній сатін металік, PPG D768/E1</t>
+          <t xml:space="preserve">Розчинник для переходів 1л,  QL 5610</t>
         </is>
       </c>
       <c r="D31" s="1">
-        <v>2911</v>
+        <v>685</v>
       </c>
       <c r="E31" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DRIMEX</t>
+        </is>
+      </c>
+      <c r="B32" s="1">
+        <v>1161301</v>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE ALUMINIUM Особливо дрібний металік, PPG D769/E1</t>
+          <t xml:space="preserve">Кришка до мірного стаканчика, 1300 мл</t>
         </is>
       </c>
       <c r="D32" s="1">
-        <v>3011</v>
+        <v>9</v>
       </c>
       <c r="E32" s="1">
-        <v>0</v>
+        <v>131</v>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DRIMEX</t>
+        </is>
+      </c>
+      <c r="B33" s="1">
+        <v>1160651</v>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE ALUMINIUM Дрібний металік, PPG D770/E3.5</t>
+          <t xml:space="preserve">Кришка до мірного стаканчика, 650 мл</t>
         </is>
       </c>
       <c r="D33" s="1">
-        <v>10540</v>
+        <v>7</v>
       </c>
       <c r="E33" s="1">
-        <v>0</v>
+        <v>178</v>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D771/E3.5</t>
+          <t xml:space="preserve">D744/E1</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM Сердній металік, PPG D771/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
         </is>
       </c>
       <c r="D34" s="1">
-        <v>10540</v>
+        <v>3096</v>
       </c>
       <c r="E34" s="1">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D772/E3.5</t>
+          <t xml:space="preserve">D746/E1</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE ALUMINIUM Великий металік, PPG D772/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
         </is>
       </c>
       <c r="D35" s="1">
-        <v>10540</v>
+        <v>4179</v>
       </c>
       <c r="E35" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D946/E3.5</t>
+          <t xml:space="preserve">D750/E1</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE LENTICULAR ALUMINIUM Наддрібний лінзовидний металік, PPG D946/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC OLIVE Оливковий, PPG D750/E1</t>
         </is>
       </c>
       <c r="D36" s="1">
-        <v>10539</v>
+        <v>3096</v>
       </c>
       <c r="E36" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D947/E1</t>
+          <t xml:space="preserve">D785/E1</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент Ultra Fine Lenticular Aluminum Ультра дрібний лінзовидний металік,  PPG D947/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
         </is>
       </c>
       <c r="D37" s="1">
-        <v>3011</v>
+        <v>2992</v>
       </c>
       <c r="E37" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D952/E3.5</t>
+          <t xml:space="preserve">D792/E1</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE LENTICULAR ALUMINIUM Дрібний лінзовидний металік, PPG 952/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
         </is>
       </c>
       <c r="D38" s="1">
-        <v>10539</v>
+        <v>3096</v>
       </c>
       <c r="E38" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D953/E1</t>
+          <t xml:space="preserve">D942/E1</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE LENTICULAR ALUMINIUM Великий лінзовидний металік,  PPG D953/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC GRAPHITE BLACK Насичений чорний з синім відтінком, PPG D942/E1</t>
         </is>
       </c>
       <c r="D39" s="1">
-        <v>3011</v>
+        <v>3096</v>
       </c>
       <c r="E39" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D989/E1</t>
+          <t xml:space="preserve">D968/E1</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER COARSE SILVER DOLLAR ALI Агломератвеликий срібний долар,  PPG D989/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
         </is>
       </c>
       <c r="D40" s="1">
-        <v>3011</v>
+        <v>3096</v>
       </c>
       <c r="E40" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D740/E3.5</t>
+          <t xml:space="preserve">D970/E1</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLACK Чорний, PPG D740/E3.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
         </is>
       </c>
       <c r="D41" s="1">
-        <v>10539</v>
+        <v>3096</v>
       </c>
       <c r="E41" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D741/E1</t>
+          <t xml:space="preserve">D971/E1</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT BLUE Яскраво-синій,  PPG D741/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
         </is>
       </c>
       <c r="D42" s="1">
-        <v>3011</v>
+        <v>3096</v>
       </c>
       <c r="E42" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D744/E1</t>
+          <t xml:space="preserve">D9020/E0.35</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
         </is>
       </c>
       <c r="D43" s="1">
-        <v>3011</v>
+        <v>3945</v>
       </c>
       <c r="E43" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D746/E1</t>
+          <t xml:space="preserve">D764/E1</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
         </is>
       </c>
       <c r="D44" s="1">
-        <v>4065</v>
+        <v>6034</v>
       </c>
       <c r="E44" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D749/E1</t>
+          <t xml:space="preserve">D945/E1</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BROWN Коричневий, PPG D749/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC GOLDEN YELLOW PEARL Золотисто-жовтий перламутр,  PPG D945/E1</t>
         </is>
       </c>
       <c r="D45" s="1">
-        <v>3011</v>
+        <v>4181</v>
       </c>
       <c r="E45" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D750/E1</t>
+          <t xml:space="preserve">D973/E1</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC OLIVE Оливковий, PPG D750/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON/GRS BC Red Green Pearl Червоно-зеленовий перламутр,  PPG D973/E1</t>
         </is>
       </c>
       <c r="D46" s="1">
-        <v>3011</v>
+        <v>4181</v>
       </c>
       <c r="E46" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D752/E1</t>
+          <t xml:space="preserve">D983/E1</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED Червоний, PPG D752/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER ALUMINIUM ORANGE Помаранчевий металік,  PPG D983/E1</t>
         </is>
       </c>
       <c r="D47" s="1">
-        <v>3011</v>
+        <v>4181</v>
       </c>
       <c r="E47" s="1">
         <v>0</v>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D753/E1</t>
+          <t xml:space="preserve">D990/E1</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE Білий, PPG D753/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER FINE GLACIER WHITE Тонкий кристально-чистий білий,  PPG D990/E1</t>
         </is>
       </c>
       <c r="D48" s="1">
-        <v>3011</v>
+        <v>6034</v>
       </c>
       <c r="E48" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D754/E1</t>
+          <t xml:space="preserve">D9040/E0.5</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT BLUE Прозоро-синій, PPG D754/E1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
         </is>
       </c>
       <c r="D49" s="1">
-        <v>3011</v>
+        <v>27842</v>
       </c>
       <c r="E49" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D756/E1</t>
+          <t xml:space="preserve">PRLX5/E0.113K</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE BLACK Синьо-чорний, PPG D756/E1</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER STELLAR GREEN Зоряний зелений,  PPG PRLX5/E0.113K</t>
         </is>
       </c>
       <c r="D50" s="1">
-        <v>3011</v>
+        <v>9272</v>
       </c>
       <c r="E50" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D757/E1</t>
+          <t xml:space="preserve">PRLX8/E0.113K</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RUBY RED Рубіново-червоний, PPG D757/E1</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER COSMIC TURQUOISE Космічний бірюзовий,  PPG PRLX8/E0.113K</t>
         </is>
       </c>
       <c r="D51" s="1">
-        <v>3011</v>
+        <v>9272</v>
       </c>
       <c r="E51" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D759/E1</t>
+          <t xml:space="preserve">D835/E1</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MATTING BASE Матуюча база, PPG D759/E1</t>
+          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
         </is>
       </c>
       <c r="D52" s="1">
-        <v>3011</v>
+        <v>2135</v>
       </c>
       <c r="E52" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D776/E1</t>
+          <t xml:space="preserve">D846/E1</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE Синій, PPG D776/E1</t>
+          <t xml:space="preserve">Очисник- знежирювач антистатичний для пластику, 1л,  PPG  D846</t>
         </is>
       </c>
       <c r="D53" s="1">
-        <v>3011</v>
+        <v>1051</v>
       </c>
       <c r="E53" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D777/E1</t>
+          <t xml:space="preserve">D837/E5</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT GREEN Прозоро-зелений,  PPG D777/E1</t>
+          <t xml:space="preserve">Очисник-знежирювач слабоагресивний, 5л, PPG  D837</t>
         </is>
       </c>
       <c r="D54" s="1">
-        <v>3011</v>
+        <v>3437</v>
       </c>
       <c r="E54" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D778/E1</t>
+          <t xml:space="preserve">D880/E1</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW OXIDE Жовтий оксид, PPG D778/E1</t>
+          <t xml:space="preserve">Лак HS 1 л.</t>
         </is>
       </c>
       <c r="D55" s="1">
-        <v>3011</v>
+        <v>1258</v>
       </c>
       <c r="E55" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D779/E1</t>
+          <t xml:space="preserve">D808/E5</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED OXIDE Червоний оксид, PPG D779/E1</t>
+          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
         </is>
       </c>
       <c r="D56" s="1">
-        <v>3011</v>
+        <v>4840</v>
       </c>
       <c r="E56" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D780/E1</t>
+          <t xml:space="preserve">QA-1410/S1K</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRILLIANT YELLOW Яскраво-жовтий, PPG D780/E1</t>
+          <t xml:space="preserve">Герметик кистьовий  1л, QL 1410</t>
         </is>
       </c>
       <c r="D57" s="1">
-        <v>3011</v>
+        <v>515</v>
       </c>
       <c r="E57" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D785/E1</t>
+          <t xml:space="preserve">QA-1412/S0.25K</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
+          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
         </is>
       </c>
       <c r="D58" s="1">
-        <v>2911</v>
+        <v>280</v>
       </c>
       <c r="E58" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D789/E3.5</t>
+          <t xml:space="preserve">QP-3415/S0.8</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC JET BLACK Насичений чорний, PPG D789/E3.5</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D59" s="1">
-        <v>10539</v>
+        <v>568</v>
       </c>
       <c r="E59" s="1">
-        <v>0</v>
+        <v>104</v>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D792/E1</t>
+          <t xml:space="preserve">QP-3417/S0.8</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D60" s="1">
-        <v>3011</v>
+        <v>568</v>
       </c>
       <c r="E60" s="1">
-        <v>3</v>
+        <v>48</v>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B61" s="1">
+        <v>1305486</v>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC PHTHALO GREEN Фтало-зелений, PPG D797/E1</t>
+          <t xml:space="preserve">Насадка FLATSTR для вузьких текстурних швів, 10шт, Teroson 1305486</t>
         </is>
       </c>
       <c r="D61" s="1">
-        <v>2911</v>
+        <v>938</v>
       </c>
       <c r="E61" s="1">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B62" s="1">
+        <v>1470999</v>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GRAPHITE BLACK Насичений чорний з синім відтінком, PPG D942/E1</t>
+          <t xml:space="preserve">Насадка WIDESTR для широких текстурних швів, 10шт, Teroson 1470999</t>
         </is>
       </c>
       <c r="D62" s="1">
-        <v>3011</v>
+        <v>938</v>
       </c>
       <c r="E62" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D959/E1</t>
+          <t xml:space="preserve">QDG-56/S1</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC ULTRA FINE WHITE Ультра тонкий білий, PPG D959/E1</t>
+          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
         </is>
       </c>
       <c r="D63" s="1">
-        <v>3011</v>
+        <v>1479</v>
       </c>
       <c r="E63" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B64" s="1">
+        <v>550900</v>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC LIGHT YELLOW Світло-жовтий, PPG D964/E1</t>
+          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
         </is>
       </c>
       <c r="D64" s="1">
-        <v>3278</v>
+        <v>101</v>
       </c>
       <c r="E64" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B65" s="1">
+        <v>100012</v>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLACK Ледь помітний чорний, PPG D967/E1</t>
+          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
         </is>
       </c>
       <c r="D65" s="1">
-        <v>3011</v>
+        <v>19</v>
       </c>
       <c r="E65" s="1">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B66" s="1">
+        <v>220015</v>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
+          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
         </is>
       </c>
       <c r="D66" s="1">
-        <v>3011</v>
+        <v>37</v>
       </c>
       <c r="E66" s="1">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B67" s="1">
+        <v>120100</v>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE YELLOW Ледь помітний жовтий, PPG D969/E1</t>
+          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
         </is>
       </c>
       <c r="D67" s="1">
-        <v>3011</v>
+        <v>6</v>
       </c>
       <c r="E67" s="1">
-        <v>0</v>
+        <v>397</v>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B68" s="1">
+        <v>185340</v>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
+          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
         </is>
       </c>
       <c r="D68" s="1">
-        <v>3011</v>
+        <v>12</v>
       </c>
       <c r="E68" s="1">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B69" s="1">
+        <v>210500</v>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
+          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
         </is>
       </c>
       <c r="D69" s="1">
-        <v>3011</v>
+        <v>23</v>
       </c>
       <c r="E69" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D976/E1</t>
+          <t xml:space="preserve">D812/E5</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER PINK Прозоро-рожевий , PPG D976/E1</t>
+          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
         </is>
       </c>
       <c r="D70" s="1">
-        <v>3479</v>
+        <v>4840</v>
       </c>
       <c r="E70" s="1">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D977/E1</t>
+          <t xml:space="preserve">QBC-69/S1</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RED SHADE BLUE Червоний з синім відтінком, PPG D977/E1</t>
+          <t xml:space="preserve">Пігмент FINE SATIN ALUMINIUM Тонкий сатін металік, Quickline QBC-69/S1</t>
         </is>
       </c>
       <c r="D71" s="1">
-        <v>3011</v>
+        <v>2684</v>
       </c>
       <c r="E71" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B72" s="1">
+        <v>2269326</v>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER SCARLET Насичений червоний, PPG D978/E1</t>
+          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
         </is>
       </c>
       <c r="D72" s="1">
-        <v>3011</v>
+        <v>485</v>
       </c>
       <c r="E72" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B73" s="1">
+        <v>2671610</v>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT GOLD  Прозоро-золотий, PPG D980/E1</t>
+          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
         </is>
       </c>
       <c r="D73" s="1">
-        <v>3194</v>
+        <v>845</v>
       </c>
       <c r="E73" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D981/E1</t>
+          <t xml:space="preserve">PLP307-1001-L</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER INTENSE VIOLET Інтенсивно-фіолетовий , PPG D981/E1</t>
+          <t xml:space="preserve">Напівкомбінезон  PPG, розмір L</t>
         </is>
       </c>
       <c r="D74" s="1">
-        <v>3212</v>
+        <v>1532</v>
       </c>
       <c r="E74" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B75" s="1">
+        <v>2061022</v>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VERDANT YELLOW Зеленувато-жовтий, PPG D794/E1</t>
+          <t xml:space="preserve">Локтайт герметик SI 5699 GY ТВ 80ml</t>
         </is>
       </c>
       <c r="D75" s="1">
-        <v>3011</v>
+        <v>219</v>
       </c>
       <c r="E75" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B76" s="1">
+        <v>1918989</v>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
+          <t xml:space="preserve">Локтайт клей 243 ВО 10ml</t>
         </is>
       </c>
       <c r="D76" s="1">
-        <v>3837</v>
+        <v>152</v>
       </c>
       <c r="E76" s="1">
         <v>1</v>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BOSSAUTO</t>
+        </is>
+      </c>
+      <c r="B77" s="1">
+        <v>100073</v>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MAROON Прозоро-бордовий, PPG D748/E1</t>
+          <t xml:space="preserve">Ironmask набір</t>
         </is>
       </c>
       <c r="D77" s="1">
-        <v>4066</v>
+        <v>278</v>
       </c>
       <c r="E77" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DRIMEX</t>
+        </is>
+      </c>
+      <c r="B78" s="1">
+        <v>1162231</v>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE PEARL Білий перламутр, PPG D751/E1</t>
+          <t xml:space="preserve">Кришка до мірного стаканчика, 2230 мл</t>
         </is>
       </c>
       <c r="D78" s="1">
-        <v>4066</v>
+        <v>13</v>
       </c>
       <c r="E78" s="1">
-        <v>0</v>
+        <v>269</v>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B79" s="1">
+        <v>51422</v>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MID-SHADE BLUE Прозорий синій, PPG D760/E1</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P180, 3М 51422</t>
         </is>
       </c>
       <c r="D79" s="1">
-        <v>5869</v>
+        <v>41</v>
       </c>
       <c r="E79" s="1">
-        <v>0</v>
+        <v>448</v>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B80" s="1">
+        <v>150900</v>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RICH RED BLUE Насичений червоно-синій, PPG D761/E1</t>
+          <t xml:space="preserve">Корпус ємності 150/90, Тара 150900</t>
         </is>
       </c>
       <c r="D80" s="1">
-        <v>5869</v>
+        <v>7</v>
       </c>
       <c r="E80" s="1">
-        <v>0</v>
+        <v>93</v>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B81" s="1">
+        <v>1850</v>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER VIOLET BLUE Фіолетово-синій, PPG D762/E1</t>
+          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400ml, Silco 1850</t>
         </is>
       </c>
       <c r="D81" s="1">
-        <v>5869</v>
+        <v>17</v>
       </c>
       <c r="E81" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B82" s="1">
+        <v>2404</v>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE PEARL Синій перламутр, PPG D763/E1</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
         </is>
       </c>
       <c r="D82" s="1">
-        <v>4066</v>
+        <v>294</v>
       </c>
       <c r="E82" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B83" s="1">
+        <v>2405</v>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
         </is>
       </c>
       <c r="D83" s="1">
-        <v>5869</v>
+        <v>294</v>
       </c>
       <c r="E83" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B84" s="1">
+        <v>2406</v>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE RED PEARL Червоний перламутр,  PPG D765/E1</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 2:1/3:1, Silco 2406</t>
         </is>
       </c>
       <c r="D84" s="1">
-        <v>4066</v>
+        <v>204</v>
       </c>
       <c r="E84" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B85" s="1">
+        <v>2407</v>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT ORANGE Прозорий помаранчевий,  PPG D790/E1</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
         </is>
       </c>
       <c r="D85" s="1">
-        <v>4066</v>
+        <v>195</v>
       </c>
       <c r="E85" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B86" s="1">
+        <v>2408</v>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE BLUE PEARL Тонкий синій перламутр,  PPG D943/E1</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks  SFR 1:1/3:1, Silco 2408</t>
         </is>
       </c>
       <c r="D86" s="1">
-        <v>4066</v>
+        <v>294</v>
       </c>
       <c r="E86" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B87" s="1">
+        <v>3420</v>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GOLDEN YELLOW PEARL Золотисто-жовтий перламутр,  PPG D945/E1</t>
+          <t xml:space="preserve">Диск для видалення залишків клею  Tape-Off+,  2 шт, Silco 3420</t>
         </is>
       </c>
       <c r="D87" s="1">
-        <v>4066</v>
+        <v>702</v>
       </c>
       <c r="E87" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B88" s="1">
+        <v>3430</v>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE PEARL WHITE Тонкий перламутрово-білий ,  PPG D954/E1</t>
+          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
         </is>
       </c>
       <c r="D88" s="1">
-        <v>4066</v>
+        <v>826</v>
       </c>
       <c r="E88" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D955/E1</t>
+          <t xml:space="preserve">1848-P</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COPPER PEARL Мідний перламутр,  PPG D955/E1</t>
+          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
         </is>
       </c>
       <c r="D89" s="1">
-        <v>4066</v>
+        <v>12</v>
       </c>
       <c r="E89" s="1">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B90" s="1">
+        <v>1851</v>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW PEARL Жовтий перламутр,  PPG D956/E1</t>
+          <t xml:space="preserve">Мірний стакан Mix-Cup 2300ml, Silco 1851</t>
         </is>
       </c>
       <c r="D90" s="1">
-        <v>4066</v>
+        <v>47</v>
       </c>
       <c r="E90" s="1">
-        <v>0</v>
+        <v>29</v>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D957/E1</t>
+          <t xml:space="preserve">2080-5</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GREEN PEARL Зелений перламутр,  PPG D957/E1</t>
+          <t xml:space="preserve">Рідина для захисту камери від пилу  Anti-Dust  5л, Silco 2080</t>
         </is>
       </c>
       <c r="D91" s="1">
-        <v>4066</v>
+        <v>1309</v>
       </c>
       <c r="E91" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D958/E1</t>
+          <t xml:space="preserve">3368-50</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VIOLET PEARL Фіолетовий перламутр,  PPG D958/E1</t>
+          <t xml:space="preserve">Пластикова пляшка з пензлем та кулькою Touch-Up Bottle 50мл, Silco 3368</t>
         </is>
       </c>
       <c r="D92" s="1">
-        <v>4066</v>
+        <v>30</v>
       </c>
       <c r="E92" s="1">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D960/E1</t>
+          <t xml:space="preserve">1980-18</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED PEARL Червоний перламутр,  PPG D960/E1</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 18мм x 50м,  Silco 1980</t>
         </is>
       </c>
       <c r="D93" s="1">
-        <v>4066</v>
+        <v>94</v>
       </c>
       <c r="E93" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D965/E1</t>
+          <t xml:space="preserve">1980-24</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC ORANGE PEARL Помаранчевий перламутр,  PPG D965/E1</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
         </is>
       </c>
       <c r="D94" s="1">
-        <v>4066</v>
+        <v>125</v>
       </c>
       <c r="E94" s="1">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D973/E1</t>
+          <t xml:space="preserve">2205-450</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON/GRS BC Red Green Pearl Червоно-зеленовий перламутр,  PPG D973/E1</t>
+          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Box 450шт,  30 x 38см, Silco 2205</t>
         </is>
       </c>
       <c r="D95" s="1">
-        <v>4066</v>
+        <v>3942</v>
       </c>
       <c r="E95" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D979/E1</t>
+          <t xml:space="preserve">7660-B</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT VIOLET Прозоро-фіолетовий,  PPG D979/E1</t>
+          <t xml:space="preserve">Бронескотч срібло Mount Tape  50мм x 50м, Silco 7660</t>
         </is>
       </c>
       <c r="D96" s="1">
-        <v>4066</v>
+        <v>715</v>
       </c>
       <c r="E96" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D985/E1</t>
+          <t xml:space="preserve">7660-C</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER BLUE ALUMINIUM Синій металік,  PPG D985/E1</t>
+          <t xml:space="preserve">Бронескотч чорний Mount Tape 50мм x 50м, Silco 7660</t>
         </is>
       </c>
       <c r="D97" s="1">
-        <v>4066</v>
+        <v>715</v>
       </c>
       <c r="E97" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D990/E1</t>
+          <t xml:space="preserve">4220-190</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER FINE GLACIER WHITE Тонкий кристально-чистий білий,  PPG D990/E1</t>
+          <t xml:space="preserve">Сито для фарби 190µ Paint Strainer червоне, Silco 4220</t>
         </is>
       </c>
       <c r="D98" s="1">
-        <v>5869</v>
+        <v>4</v>
       </c>
       <c r="E98" s="1">
-        <v>4</v>
+        <v>195</v>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D991/E1</t>
+          <t xml:space="preserve">7080-C-1</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RUBINE Рубіновий,  PPG D991/E1</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  сірий,  4:1 1л, Silco 7080 (затвержувач, 250мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D99" s="1">
-        <v>5869</v>
+        <v>550</v>
       </c>
       <c r="E99" s="1">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9040/E0.5</t>
+          <t xml:space="preserve">7300-C-04</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
+          <t xml:space="preserve">Грунт наповнювач 2К супершвидкий в аерозолі M30, 400мл, Silco 7300</t>
         </is>
       </c>
       <c r="D100" s="1">
-        <v>27081</v>
+        <v>1147</v>
       </c>
       <c r="E100" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX1/E0.113K</t>
+          <t xml:space="preserve">9250-0,5</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL RED Кристально-червоний,  PPG PRLX1/E0.113K</t>
+          <t xml:space="preserve">Затверджувач стандартний, 500мл,  Silco  9250</t>
         </is>
       </c>
       <c r="D101" s="1">
-        <v>9019</v>
+        <v>449</v>
       </c>
       <c r="E101" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX2/E0.113K</t>
+          <t xml:space="preserve">7035-0,5</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL SILVER Кристально-сріблястий,  PPG PRLX2/E0.113K</t>
+          <t xml:space="preserve">Адгезаційна добавка для пластику в грунти 4 Plastic  500мл, Silco 7035</t>
         </is>
       </c>
       <c r="D102" s="1">
-        <v>9019</v>
+        <v>420</v>
       </c>
       <c r="E102" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX3/E0.113K</t>
+          <t xml:space="preserve">2309-M</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL GOLD Кристально-золотий,  PPG PRLX3/E0.113K</t>
+          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір M,  Silco 2309</t>
         </is>
       </c>
       <c r="D103" s="1">
-        <v>9019</v>
+        <v>407</v>
       </c>
       <c r="E103" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX4/E0.113K</t>
+          <t xml:space="preserve">2309-XL</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL BLUE Кристально-синій,  PPG PRLX4/E0.113K</t>
+          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір XL,  Silco 2309</t>
         </is>
       </c>
       <c r="D104" s="1">
-        <v>9019</v>
+        <v>407</v>
       </c>
       <c r="E104" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX5/E0.113K</t>
+          <t xml:space="preserve">9100-1</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER STELLAR GREEN Зоряний зелений,  PPG PRLX5/E0.113K</t>
+          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D105" s="1">
-        <v>9019</v>
+        <v>736</v>
       </c>
       <c r="E105" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX7/E0.113K</t>
+          <t xml:space="preserve">7170-0,75</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER FIRESIDE COPPER Теплий мідний,  PPG PRLX7/E0.113K</t>
+          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
         </is>
       </c>
       <c r="D106" s="1">
-        <v>9019</v>
+        <v>578</v>
       </c>
       <c r="E106" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX8/E0.113K</t>
+          <t xml:space="preserve">9009-0,75</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER COSMIC TURQUOISE Космічний бірюзовий,  PPG PRLX8/E0.113K</t>
+          <t xml:space="preserve">Фарба 1К срібна для дисків, 750мл, Silco 9009</t>
         </is>
       </c>
       <c r="D107" s="1">
-        <v>9019</v>
+        <v>681</v>
       </c>
       <c r="E107" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DH995/E0.5</t>
+          <t xml:space="preserve">3215-145</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент HARLEQUIN RED TO GOLD Від червоного до золотого, PPG DH995/E0.5</t>
+          <t xml:space="preserve">Круг полірувальний оранжевий (мягкий) Moxi Pads 145 x 30мм, Silco 3215</t>
         </is>
       </c>
       <c r="D108" s="1">
-        <v>78402</v>
+        <v>781</v>
       </c>
       <c r="E108" s="1">
         <v>1</v>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D835/E1</t>
+          <t xml:space="preserve">7050-5</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
+          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  5л,  Silco 7050</t>
         </is>
       </c>
       <c r="D109" s="1">
-        <v>2077</v>
+        <v>1696</v>
       </c>
       <c r="E109" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D846/E1</t>
+          <t xml:space="preserve">9515-1</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник- знежирювач антистатичний для пластику, 1л,  PPG  D846</t>
+          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  1л,  Silco  9515</t>
         </is>
       </c>
       <c r="D110" s="1">
-        <v>1022</v>
+        <v>370</v>
       </c>
       <c r="E110" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D837/E5</t>
+          <t xml:space="preserve">9515-5</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-знежирювач слабоагресивний, 5л, PPG  D837</t>
+          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  5л,  Silco  9515</t>
         </is>
       </c>
       <c r="D111" s="1">
-        <v>3343</v>
+        <v>1557</v>
       </c>
       <c r="E111" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D880/E1</t>
+          <t xml:space="preserve">210-1,8</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS 1 л.</t>
+          <t xml:space="preserve">Шпатлівка універсальна, м'яка, 1,8кг, Silco 210</t>
         </is>
       </c>
       <c r="D112" s="1">
-        <v>1224</v>
+        <v>597</v>
       </c>
       <c r="E112" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D808/E5</t>
+          <t xml:space="preserve">6090-1</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
+          <t xml:space="preserve">Шпатлівка напівлегка, фінішна B9 Multi-Azure,  1л,  Silco 6090</t>
         </is>
       </c>
       <c r="D113" s="1">
-        <v>4708</v>
+        <v>687</v>
       </c>
       <c r="E113" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1412/S0.25K</t>
+          <t xml:space="preserve">6110-1</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
+          <t xml:space="preserve">Шпатлівка ультрашвидка (8 хв.) полегшена, універсальна, м'яка B11 SFR Superfast,  Питома вага 1,3 кг/л. Колір білий,  Silco 6110</t>
         </is>
       </c>
       <c r="D114" s="1">
-        <v>273</v>
+        <v>680</v>
       </c>
       <c r="E114" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3415/S0.8</t>
+          <t xml:space="preserve">D963/E1</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS 1 л</t>
         </is>
       </c>
       <c r="D115" s="1">
-        <v>553</v>
+        <v>1520</v>
       </c>
       <c r="E115" s="1">
-        <v>125</v>
+        <v>1</v>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">VALSPAR</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3417/S0.8</t>
+          <t xml:space="preserve">64-001</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Каталог кольорів RAL</t>
         </is>
       </c>
       <c r="D116" s="1">
-        <v>553</v>
+        <v>348</v>
       </c>
       <c r="E116" s="1">
-        <v>64</v>
+        <v>3</v>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B117" s="1">
+        <v>5151</v>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DEEP BLUE Темно-синій, Quickline QBC-24/S3</t>
+          <t xml:space="preserve">Ніж для маскувальної плівки, Silco 5151</t>
         </is>
       </c>
       <c r="D117" s="1">
-        <v>4890</v>
+        <v>180</v>
       </c>
       <c r="E117" s="1">
         <v>1</v>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B118" s="1">
+        <v>7703</v>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BASE Чиста база, Quickline QBC-91/S3</t>
+          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
         </is>
       </c>
       <c r="D118" s="1">
-        <v>4890</v>
+        <v>3523</v>
       </c>
       <c r="E118" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WOLF-UA</t>
+        </is>
+      </c>
+      <c r="B119" s="1">
+        <v>388965</v>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
+          <t xml:space="preserve">Блокнот Колориста</t>
         </is>
       </c>
       <c r="D119" s="1">
-        <v>1438</v>
+        <v>0</v>
       </c>
       <c r="E119" s="1">
-        <v>1</v>
+        <v>109</v>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">WOLF-UA</t>
         </is>
       </c>
       <c r="B120" s="1">
-        <v>550900</v>
+        <v>68792</v>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
+          <t xml:space="preserve">Тест карта</t>
         </is>
       </c>
       <c r="D120" s="1">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>2.5</v>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B121" s="1">
-        <v>100012</v>
+        <v>2671189</v>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
         </is>
       </c>
       <c r="D121" s="1">
-        <v>19</v>
+        <v>303</v>
       </c>
       <c r="E121" s="1">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B122" s="1">
-        <v>220015</v>
+        <v>2671463</v>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
+          <t xml:space="preserve">Праймер-активатор  для вклеювання скла Bond ALL-IN-ONE, 10мл,  Teroson  2671463</t>
         </is>
       </c>
       <c r="D122" s="1">
-        <v>36</v>
+        <v>183</v>
       </c>
       <c r="E122" s="1">
-        <v>66</v>
+        <v>1</v>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B123" s="1">
-        <v>902555</v>
+        <v>1557</v>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 90 Тип 1 С 0101,  Тара 902555</t>
+          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
         </is>
       </c>
       <c r="D123" s="1">
-        <v>6</v>
+        <v>106</v>
       </c>
       <c r="E123" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B124" s="1">
-        <v>120100</v>
+        <v>4630</v>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
+          <t xml:space="preserve">Диск-підкладка м'який для орбітальних шліфмашин, Silco 4630</t>
         </is>
       </c>
       <c r="D124" s="1">
-        <v>6</v>
+        <v>198</v>
       </c>
       <c r="E124" s="1">
-        <v>397</v>
+        <v>3</v>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B125" s="1">
-        <v>150220</v>
+        <v>8110</v>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 150 Тип 2 С 0101, Тара 150220</t>
+          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
         </is>
       </c>
       <c r="D125" s="1">
-        <v>12</v>
+        <v>981</v>
       </c>
       <c r="E125" s="1">
-        <v>42</v>
+        <v>2</v>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B126" s="1">
-        <v>185340</v>
+        <v>9180</v>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
+          <t xml:space="preserve">Шліфмашинка пневмотична орбітально-ексцентрикова, 5mm, Silco 9180</t>
         </is>
       </c>
       <c r="D126" s="1">
-        <v>12</v>
+        <v>2256</v>
       </c>
       <c r="E126" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>210500</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2040-A-1</t>
+        </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
+          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
         </is>
       </c>
       <c r="D127" s="1">
-        <v>22</v>
+        <v>423</v>
       </c>
       <c r="E127" s="1">
         <v>2</v>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D812/E5</t>
+          <t xml:space="preserve">2040-B-1</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
+          <t xml:space="preserve">Антигравійний захист, чорний 1кг, Silco 2040</t>
         </is>
       </c>
       <c r="D128" s="1">
-        <v>4708</v>
+        <v>423</v>
       </c>
       <c r="E128" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-69/S1</t>
+          <t xml:space="preserve">2040-C-1</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FINE SATIN ALUMINIUM Тонкий сатін металік, Quickline QBC-69/S1</t>
+          <t xml:space="preserve">Антигравійний захист, сірий 1кг, Silco 2040</t>
         </is>
       </c>
       <c r="D129" s="1">
-        <v>2611</v>
+        <v>423</v>
       </c>
       <c r="E129" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2269326</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2270-P-A</t>
+        </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
+          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, червоний, 115 x 230мм, P360,  Silco 2270</t>
         </is>
       </c>
       <c r="D130" s="1">
-        <v>472</v>
+        <v>61</v>
       </c>
       <c r="E130" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2671610</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2270-P-B</t>
+        </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
+          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, сірий, 115 x 230мм, P1500, Silco 2270</t>
         </is>
       </c>
       <c r="D131" s="1">
-        <v>821</v>
+        <v>61</v>
       </c>
       <c r="E131" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2061022</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3050-150</t>
+        </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Локтайт герметик SI 5699 GY ТВ 80ml</t>
+          <t xml:space="preserve">SILCO 3050-150 Диск абразивний  150 мм</t>
         </is>
       </c>
       <c r="D132" s="1">
-        <v>213</v>
+        <v>7</v>
       </c>
       <c r="E132" s="1">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSSAUTO</t>
-[...3 lines deleted...]
-        <v>100073</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-100</t>
+        </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ironmask набір</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
         </is>
       </c>
       <c r="D133" s="1">
-        <v>270</v>
+        <v>17</v>
       </c>
       <c r="E133" s="1">
-        <v>2</v>
+        <v>135</v>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRIMEX</t>
-[...3 lines deleted...]
-        <v>1162231</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-120</t>
+        </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стаканчика, 2230 мл</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
         </is>
       </c>
       <c r="D134" s="1">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E134" s="1">
-        <v>269</v>
+        <v>196</v>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51416</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-150</t>
+        </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P240, 3M 51416</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
         </is>
       </c>
       <c r="D135" s="1">
-        <v>70</v>
+        <v>17</v>
       </c>
       <c r="E135" s="1">
-        <v>35</v>
+        <v>178</v>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51422</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-180</t>
+        </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P180, 3М 51422</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P180, Silco  3060-150</t>
         </is>
       </c>
       <c r="D136" s="1">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="E136" s="1">
-        <v>330</v>
+        <v>73</v>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>150900</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-240</t>
+        </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 150/90, Тара 150900</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P240, Silco  3060-150</t>
         </is>
       </c>
       <c r="D137" s="1">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="E137" s="1">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B138" s="1">
-        <v>1850</v>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-320</t>
+        </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400ml, Silco 1850</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P320, Silco  3060-150</t>
         </is>
       </c>
       <c r="D138" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E138" s="1">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B139" s="1">
-        <v>2404</v>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-360</t>
+        </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
         </is>
       </c>
       <c r="D139" s="1">
-        <v>286</v>
+        <v>17</v>
       </c>
       <c r="E139" s="1">
-        <v>1</v>
+        <v>176</v>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B140" s="1">
-        <v>2405</v>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-400</t>
+        </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P400, Silco  3060-150</t>
         </is>
       </c>
       <c r="D140" s="1">
-        <v>286</v>
+        <v>17</v>
       </c>
       <c r="E140" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B141" s="1">
-        <v>2407</v>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-600</t>
+        </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P600, Silco  3060-150</t>
         </is>
       </c>
       <c r="D141" s="1">
-        <v>189</v>
+        <v>17</v>
       </c>
       <c r="E141" s="1">
-        <v>2</v>
+        <v>76</v>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B142" s="1">
-        <v>3430</v>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-800</t>
+        </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
         </is>
       </c>
       <c r="D142" s="1">
-        <v>804</v>
+        <v>17</v>
       </c>
       <c r="E142" s="1">
-        <v>1</v>
+        <v>148</v>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1846-P</t>
+          <t xml:space="preserve">4090-1200</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  385ml, Silco 1846-P</t>
+          <t xml:space="preserve">SILCO 4090-1200 Листи абразивні</t>
         </is>
       </c>
       <c r="D143" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E143" s="1">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1848-P</t>
+          <t xml:space="preserve">4090-1500</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
+          <t xml:space="preserve">SILCO 4090-1500 Листи абразивні</t>
         </is>
       </c>
       <c r="D144" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E144" s="1">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B145" s="1">
-        <v>1851</v>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7220-1</t>
+        </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан Mix-Cup 2300ml, Silco 1851</t>
+          <t xml:space="preserve">Грунт 2К антикорозійний M22 Wash Prime   1:1  1л,  Silco 7220 (затверджувач, 1л,  Silco 7225)</t>
         </is>
       </c>
       <c r="D145" s="1">
-        <v>46</v>
+        <v>1239</v>
       </c>
       <c r="E145" s="1">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851-P</t>
+          <t xml:space="preserve">9250-0,2</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 2300ml, Silco 1851-P</t>
+          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
         </is>
       </c>
       <c r="D146" s="1">
-        <v>17</v>
+        <v>263</v>
       </c>
       <c r="E146" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-24</t>
+          <t xml:space="preserve">9900-A-1</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D147" s="1">
-        <v>121</v>
+        <v>701</v>
       </c>
       <c r="E147" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2205-450</t>
+          <t xml:space="preserve">9900-B-1</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Box 450шт,  30 x 38см, Silco 2205</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, темно-сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D148" s="1">
-        <v>3834</v>
+        <v>701</v>
       </c>
       <c r="E148" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-B</t>
+          <t xml:space="preserve">9900-C-1</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бронескотч срібло Mount Tape  50мм x 50м, Silco 7660</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D149" s="1">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="E149" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7300-C-04</t>
+          <t xml:space="preserve">3060-150-080</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач 2К супершвидкий в аерозолі M30, 400мл, Silco 7300</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P80,   Silco  3060-150</t>
         </is>
       </c>
       <c r="D150" s="1">
-        <v>1116</v>
+        <v>19</v>
       </c>
       <c r="E150" s="1">
-        <v>2</v>
+        <v>57</v>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2309-L</t>
+          <t xml:space="preserve">8515-5</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір L,  Silco 2309</t>
+          <t xml:space="preserve">Знежирювач водо-спиртовий,  5л, Silco  8515</t>
         </is>
       </c>
       <c r="D151" s="1">
-        <v>396</v>
+        <v>911</v>
       </c>
       <c r="E151" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2309-M</t>
+          <t xml:space="preserve">3950-0,33</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір M,  Silco 2309</t>
+          <t xml:space="preserve">Затверджувач HS акриловий, 330мл,  Silco 3950</t>
         </is>
       </c>
       <c r="D152" s="1">
-        <v>396</v>
+        <v>262</v>
       </c>
       <c r="E152" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2309-XL</t>
+          <t xml:space="preserve">9123-0,5</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний антистатичний Spray-Master розмір XL,  Silco 2309</t>
+          <t xml:space="preserve">Затверджувач швидкий  UHS, 500мл, Silco 9123</t>
         </is>
       </c>
       <c r="D153" s="1">
-        <v>396</v>
+        <v>564</v>
       </c>
       <c r="E153" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9100-1</t>
+          <t xml:space="preserve">3109-6</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Стрічка двостороння,  6мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D154" s="1">
-        <v>716</v>
+        <v>359</v>
       </c>
       <c r="E154" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B155" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B155" s="1">
+        <v>2210</v>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS, 500мл, Silco 9125</t>
+          <t xml:space="preserve">Серветка для пиловидалення WB-Rag, 25 шт, Silco 2210</t>
         </is>
       </c>
       <c r="D155" s="1">
-        <v>3102</v>
+        <v>609</v>
       </c>
       <c r="E155" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7170-0,75</t>
+          <t xml:space="preserve">6116-B-0,75</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
+          <t xml:space="preserve">Фарба 1К для пластику Чорна матова B-Paint, 750мл,  Silco 6116</t>
         </is>
       </c>
       <c r="D156" s="1">
-        <v>562</v>
+        <v>909</v>
       </c>
       <c r="E156" s="1">
         <v>1</v>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9009-0,75</t>
+          <t xml:space="preserve">9120-1</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К срібна для дисків, 750мл, Silco 9009</t>
+          <t xml:space="preserve">Лак X12 Supreme 2:1, 1л, Silco 9120  (затв. UHS, 0,5л, Silco 9122, 9123, 9125, 9127)</t>
         </is>
       </c>
       <c r="D157" s="1">
-        <v>663</v>
+        <v>1224</v>
       </c>
       <c r="E157" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3130-0,5</t>
+          <t xml:space="preserve">3201-1</t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний прискорювач сушки  Accelerator,  500мл,  Silco 3130</t>
+          <t xml:space="preserve">3201 Moxi Одноетапне полірування</t>
         </is>
       </c>
       <c r="D158" s="1">
-        <v>462</v>
+        <v>1076</v>
       </c>
       <c r="E158" s="1">
         <v>1</v>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6110-1</t>
+          <t xml:space="preserve">9040-1</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка ультрашвидка (8 хв.) полегшена, універсальна, м'яка B11 SFR Superfast,  Питома вага 1,3 кг/л. Колір білий,  Silco 6110</t>
+          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D159" s="1">
-        <v>662</v>
+        <v>570</v>
       </c>
       <c r="E159" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B160" s="1">
+        <v>891503001</v>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS 1 л</t>
+          <t xml:space="preserve">Насос-розпилювач помповий, 1л., WURTH 0891503001</t>
         </is>
       </c>
       <c r="D160" s="1">
-        <v>1478</v>
+        <v>1289</v>
       </c>
       <c r="E160" s="1">
         <v>1</v>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VALSPAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B161" s="1">
+        <v>2142441</v>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Каталог кольорів RAL</t>
+          <t xml:space="preserve">Перетворювач іржі VR 625,  400мл,  Teroson 2142441</t>
         </is>
       </c>
       <c r="D161" s="1">
-        <v>339</v>
+        <v>483</v>
       </c>
       <c r="E161" s="1">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">HENKEL</t>
         </is>
       </c>
       <c r="B162" s="1">
-        <v>7703</v>
+        <v>760225</v>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
+          <t xml:space="preserve">'Рідкий ключ', з ефектом заморожування до -43°С Henkel</t>
         </is>
       </c>
       <c r="D162" s="1">
-        <v>3427</v>
+        <v>717</v>
       </c>
       <c r="E162" s="1">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WOLF-UA</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>388965</v>
+        <v>5075</v>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Блокнот Колориста</t>
+          <t xml:space="preserve">Дошка для розведення шпаклівки, шт Silco 5075</t>
         </is>
       </c>
       <c r="D163" s="1">
-        <v>0</v>
+        <v>408</v>
       </c>
       <c r="E163" s="1">
-        <v>109</v>
+        <v>2</v>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WOLF-UA</t>
+          <t xml:space="preserve">MIRKA</t>
         </is>
       </c>
       <c r="B164" s="1">
-        <v>68792</v>
+        <v>8111202594</v>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тест карта</t>
+          <t xml:space="preserve">Абразивний лист MIRLON TOTAL Лист 115х230мм UF P1500 сірий, MIRKA 8111202594</t>
         </is>
       </c>
       <c r="D164" s="1">
-        <v>2.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>84</v>
+      </c>
+      <c r="E164" s="1">
+        <v>41</v>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2671189</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6040-0,5</t>
+        </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
+          <t xml:space="preserve">Шпатлівка  для пластиків Flexplast, антрацит, 0,5кг,  Silco 6040</t>
         </is>
       </c>
       <c r="D165" s="1">
-        <v>294</v>
+        <v>371</v>
       </c>
       <c r="E165" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B166" s="1">
-        <v>1557</v>
+        <v>33439</v>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
+          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P60, 3М 33439</t>
         </is>
       </c>
       <c r="D166" s="1">
-        <v>103</v>
+        <v>155</v>
       </c>
       <c r="E166" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B167" s="1">
+        <v>51426</v>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P320, 3М 51426</t>
         </is>
       </c>
       <c r="D167" s="1">
-        <v>411</v>
+        <v>41</v>
       </c>
       <c r="E167" s="1">
-        <v>1</v>
+        <v>201</v>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-B-1</t>
+          <t xml:space="preserve">9085-0,25</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, чорний 1кг, Silco 2040</t>
+          <t xml:space="preserve">Затвержувач стандартний до грунта 7080 M8  Akrylic, 250мл,  Silco 9085</t>
         </is>
       </c>
       <c r="D168" s="1">
-        <v>411</v>
+        <v>277</v>
       </c>
       <c r="E168" s="1">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3М</t>
+        </is>
+      </c>
+      <c r="B169" s="1">
+        <v>51815</v>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 3050-150 Диск абразивний  150 мм</t>
+          <t xml:space="preserve">Полірувальна паста Fast Cut PLUS Extreme 1кг, 3M 51815</t>
         </is>
       </c>
       <c r="D169" s="1">
-        <v>7</v>
+        <v>2032</v>
       </c>
       <c r="E169" s="1">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B170" s="1">
+        <v>50414</v>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 3050-240 Диск абразивний  150 мм</t>
+          <t xml:space="preserve">Абразивні диски Trizact 150мм, P3000, 3M 50414</t>
         </is>
       </c>
       <c r="D170" s="1">
-        <v>8</v>
+        <v>222</v>
       </c>
       <c r="E170" s="1">
-        <v>245</v>
+        <v>144</v>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-100</t>
+          <t xml:space="preserve">2350-M</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
         </is>
       </c>
       <c r="D171" s="1">
-        <v>17</v>
+        <v>1641</v>
       </c>
       <c r="E171" s="1">
-        <v>89</v>
+        <v>3</v>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-120</t>
+          <t xml:space="preserve">2350-L</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
         </is>
       </c>
       <c r="D172" s="1">
-        <v>17</v>
+        <v>1641</v>
       </c>
       <c r="E172" s="1">
-        <v>167</v>
+        <v>2</v>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-150</t>
+          <t xml:space="preserve">5800-XL</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
         </is>
       </c>
       <c r="D173" s="1">
-        <v>24</v>
+        <v>1271</v>
       </c>
       <c r="E173" s="1">
-        <v>50</v>
+        <v>127</v>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-180</t>
+          <t xml:space="preserve">1410-0,85</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P180, Silco  3060-150</t>
+          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
         </is>
       </c>
       <c r="D174" s="1">
-        <v>24</v>
+        <v>545</v>
       </c>
       <c r="E174" s="1">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B175" s="1">
+        <v>2898365</v>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
+          <t xml:space="preserve">Грунтівка на основі цинку VR 4610 AE 400мл EGFD,Teroson 2898365</t>
         </is>
       </c>
       <c r="D175" s="1">
-        <v>17</v>
+        <v>498</v>
       </c>
       <c r="E175" s="1">
-        <v>83</v>
+        <v>1</v>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-500</t>
+          <t xml:space="preserve">D800+D802</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P500, Silco  3060-150</t>
+          <t xml:space="preserve">Лак 1л, PPG D800 + затверджувач 0,5л, PPG D802 (комплект)</t>
         </is>
       </c>
       <c r="D176" s="1">
-        <v>17</v>
+        <v>902</v>
       </c>
       <c r="E176" s="1">
-        <v>18</v>
+        <v>390</v>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-800</t>
+          <t xml:space="preserve">1780-48</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
+          <t xml:space="preserve">Стрічка малярна  Dura-Tape/80°C/ біла, 48мм x 50м, Silco 1780</t>
         </is>
       </c>
       <c r="D177" s="1">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="E177" s="1">
-        <v>180</v>
+        <v>3</v>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B178" s="1">
+        <v>51412</v>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 4090-1200 Листи абразивні</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P120, 3M 51412</t>
         </is>
       </c>
       <c r="D178" s="1">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="E178" s="1">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B179" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B179" s="1">
+        <v>3125</v>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 2К антикорозійний M22 Wash Prime   1:1  1л,  Silco 7220 (затверджувач, 1л,  Silco 7225)</t>
+          <t xml:space="preserve">Накладка 125 мм, Silco 3125</t>
         </is>
       </c>
       <c r="D179" s="1">
-        <v>1205</v>
+        <v>549</v>
       </c>
       <c r="E179" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B180" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B180" s="1">
+        <v>4905</v>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
+          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
         </is>
       </c>
       <c r="D180" s="1">
-        <v>256</v>
+        <v>1589</v>
       </c>
       <c r="E180" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B181" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B181" s="1">
+        <v>7711</v>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
         </is>
       </c>
       <c r="D181" s="1">
-        <v>682</v>
+        <v>822</v>
       </c>
       <c r="E181" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6116-A-0,75</t>
+          <t xml:space="preserve">9125-0,33</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К для пластику антрацит B-Paint, 750мл,  Silco 6116</t>
+          <t xml:space="preserve">Затверджувач стандартний UHS, 330мл,  Silco 9125</t>
         </is>
       </c>
       <c r="D182" s="1">
-        <v>885</v>
+        <v>438</v>
       </c>
       <c r="E182" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9120-1</t>
+          <t xml:space="preserve">2350-XL</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак X12 Supreme 2:1, 1л, Silco 9120  (затв. UHS, 0,5л, Silco 9122, 9123, 9125, 9127)</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XL, Silco 2350</t>
         </is>
       </c>
       <c r="D183" s="1">
-        <v>1190</v>
+        <v>1641</v>
       </c>
       <c r="E183" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B184" s="1">
+        <v>1470999</v>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3201 Moxi Одноетапне полірування</t>
+          <t xml:space="preserve">Насадка WIDESTR для широких текстурних швів, 1шт, Teroson 1470999</t>
         </is>
       </c>
       <c r="D184" s="1">
-        <v>1046</v>
+        <v>938</v>
       </c>
       <c r="E184" s="1">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B185" s="1">
+        <v>5600</v>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Абразивні диски Trizact 150мм, P1500, 3M 05600</t>
         </is>
       </c>
       <c r="D185" s="1">
-        <v>555</v>
+        <v>222</v>
       </c>
       <c r="E185" s="1">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B186" s="1">
-        <v>5075</v>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3202-0,5</t>
+        </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Дошка для розведення шпаклівки, шт Silco 5075</t>
+          <t xml:space="preserve">Паста полірувальна Антиголограма  Moxi AH,  500мл, Silco 3202</t>
         </is>
       </c>
       <c r="D186" s="1">
-        <v>397</v>
+        <v>716</v>
       </c>
       <c r="E186" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2647773</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5850-L-100</t>
+        </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 600мл, Teroson 2647773</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір L 100 шт, Silco 5850</t>
         </is>
       </c>
       <c r="D187" s="1">
-        <v>431</v>
+        <v>815</v>
       </c>
       <c r="E187" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51426</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5850-XL-100</t>
+        </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P320, 3М 51426</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100шт, Silco 5850</t>
         </is>
       </c>
       <c r="D188" s="1">
-        <v>40</v>
+        <v>815</v>
       </c>
       <c r="E188" s="1">
-        <v>467</v>
+        <v>1</v>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>50414</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">8080-1,5</t>
+        </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Trizact 150мм, P3000, 3M 50414</t>
+          <t xml:space="preserve">Шпатлівка рідка Sprayplast, 1,5кг,  Silco 8080</t>
         </is>
       </c>
       <c r="D189" s="1">
-        <v>216</v>
+        <v>1122</v>
       </c>
       <c r="E189" s="1">
-        <v>290</v>
+        <v>1</v>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-M</t>
+          <t xml:space="preserve">8063-4</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
+          <t xml:space="preserve">Серветки мікрофібра  (4шт різного кольору/упаковка), Silco 8063</t>
         </is>
       </c>
       <c r="D190" s="1">
-        <v>1596</v>
+        <v>287</v>
       </c>
       <c r="E190" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SOTRO</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-L</t>
+          <t xml:space="preserve">T120070-A12</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
+          <t xml:space="preserve">Адаптер під пістолети для SP алюмін. A12</t>
         </is>
       </c>
       <c r="D191" s="1">
-        <v>1596</v>
+        <v>799</v>
       </c>
       <c r="E191" s="1">
         <v>1</v>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B192" s="1">
+        <v>51369</v>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P80, 3М 51369</t>
         </is>
       </c>
       <c r="D192" s="1">
-        <v>1236</v>
+        <v>41</v>
       </c>
       <c r="E192" s="1">
-        <v>93</v>
+        <v>375</v>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B193" s="1">
+        <v>51370</v>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P120, 3М 51370</t>
         </is>
       </c>
       <c r="D193" s="1">
-        <v>530</v>
+        <v>41</v>
       </c>
       <c r="E193" s="1">
-        <v>5</v>
+        <v>604</v>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B194" s="1">
-        <v>51411</v>
+        <v>51424</v>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P80+, 3M 51411</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P240, 3М 51424</t>
         </is>
       </c>
       <c r="D194" s="1">
-        <v>73</v>
+        <v>41</v>
       </c>
       <c r="E194" s="1">
-        <v>24</v>
+        <v>587</v>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B195" s="1">
+        <v>51421</v>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак 1л, PPG D800 + затверджувач 0,5л, PPG D802 (комплект)</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P150, 3М 51421</t>
         </is>
       </c>
       <c r="D195" s="1">
-        <v>878</v>
+        <v>41</v>
       </c>
       <c r="E195" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B196" s="1">
-        <v>51412</v>
+        <v>51428</v>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P120, 3M 51412</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P400, 3М 51428</t>
         </is>
       </c>
       <c r="D196" s="1">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="E196" s="1">
-        <v>30</v>
+        <v>514</v>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B197" s="1">
-        <v>4905</v>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3080-150-080</t>
+        </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
+          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P80, Silco 3080-150</t>
         </is>
       </c>
       <c r="D197" s="1">
-        <v>1546</v>
+        <v>16</v>
       </c>
       <c r="E197" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B198" s="1">
-        <v>7711</v>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3080-150-150</t>
+        </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
+          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P150, Silco 3080-150</t>
         </is>
       </c>
       <c r="D198" s="1">
-        <v>799</v>
+        <v>14</v>
       </c>
       <c r="E198" s="1">
         <v>1</v>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>5600</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5504-1</t>
+        </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Trizact 150мм, P1500, 3M 05600</t>
+          <t xml:space="preserve">Розчинник універсальний, 1л, Silco 5504</t>
         </is>
       </c>
       <c r="D199" s="1">
-        <v>216</v>
+        <v>276</v>
       </c>
       <c r="E199" s="1">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-220</t>
+          <t xml:space="preserve">3055-150-080</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P220, Silco  3060-150</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P080, Silco 3055-150</t>
         </is>
       </c>
       <c r="D200" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E200" s="1">
-        <v>5</v>
+        <v>62</v>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8063-4</t>
+          <t xml:space="preserve">3055-150-120</t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветки мікрофібра  (4шт різного кольору/упаковка), Silco 8063</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P120, Silco 3055-150</t>
         </is>
       </c>
       <c r="D201" s="1">
-        <v>279</v>
+        <v>8</v>
       </c>
       <c r="E201" s="1">
-        <v>14</v>
+        <v>153</v>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SOTRO</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">T120070-A12</t>
+          <t xml:space="preserve">3055-150-180</t>
         </is>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер під пістолети для SP алюмін. A12</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P180, Silco 3055-150</t>
         </is>
       </c>
       <c r="D202" s="1">
-        <v>777</v>
+        <v>8</v>
       </c>
       <c r="E202" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F202" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51369</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3055-150-400</t>
+        </is>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P80, 3М 51369</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P400, Silco 3055-150</t>
         </is>
       </c>
       <c r="D203" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E203" s="1">
-        <v>363</v>
+        <v>243</v>
       </c>
       <c r="F203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51370</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3055-150-500</t>
+        </is>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P120, 3М 51370</t>
+          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P500, Silco 3055-150</t>
         </is>
       </c>
       <c r="D204" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="E204" s="1">
-        <v>399</v>
+        <v>230</v>
       </c>
       <c r="F204" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51424</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QP-3415/S2</t>
+        </is>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P240, 3М 51424</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
         </is>
       </c>
       <c r="D205" s="1">
-        <v>40</v>
+        <v>1384</v>
       </c>
       <c r="E205" s="1">
-        <v>842</v>
+        <v>31</v>
       </c>
       <c r="F205" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51421</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2260-R-A</t>
+        </is>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P150, 3М 51421</t>
+          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Scuff Roll, червоний, 115 x 10м, P360  Silco 2260</t>
         </is>
       </c>
       <c r="D206" s="1">
-        <v>40</v>
+        <v>1667</v>
       </c>
       <c r="E206" s="1">
-        <v>271</v>
+        <v>1</v>
       </c>
       <c r="F206" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51428</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2350-XXL</t>
+        </is>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P400, 3М 51428</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XXL, Silco 2350</t>
         </is>
       </c>
       <c r="D207" s="1">
-        <v>40</v>
+        <v>1641</v>
       </c>
       <c r="E207" s="1">
-        <v>404</v>
+        <v>2</v>
       </c>
       <c r="F207" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3080-150-080</t>
+          <t xml:space="preserve">3109-12</t>
         </is>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P80, Silco 3080-150</t>
+          <t xml:space="preserve">Стрічка двостороння,  12мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D208" s="1">
-        <v>15</v>
+        <v>699</v>
       </c>
       <c r="E208" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F208" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3080-150-150</t>
+          <t xml:space="preserve">3280-0,5</t>
         </is>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Високоефективний керамічний шліфувальний диск D150, P150, Silco 3080-150</t>
+          <t xml:space="preserve">Очисник прозорий Finish Inspection, 500 мл, Silco 3280</t>
         </is>
       </c>
       <c r="D209" s="1">
-        <v>13</v>
+        <v>617</v>
       </c>
       <c r="E209" s="1">
         <v>1</v>
       </c>
       <c r="F209" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3055-150-080</t>
+          <t xml:space="preserve">9400-1</t>
         </is>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P080, Silco 3055-150</t>
+          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D210" s="1">
-        <v>8</v>
+        <v>1434</v>
       </c>
       <c r="E210" s="1">
-        <v>62</v>
+        <v>3</v>
       </c>
       <c r="F210" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3055-150-120</t>
+          <t xml:space="preserve">2950-125-0,4</t>
         </is>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P120, Silco 3055-150</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 400мл, Silco 2950</t>
         </is>
       </c>
       <c r="D211" s="1">
-        <v>7</v>
+        <v>1812</v>
       </c>
       <c r="E211" s="1">
-        <v>153</v>
+        <v>1</v>
       </c>
       <c r="F211" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3055-150-180</t>
+          <t xml:space="preserve">2950-125-0,18</t>
         </is>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P180, Silco 3055-150</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
         </is>
       </c>
       <c r="D212" s="1">
+        <v>1532</v>
+      </c>
+      <c r="E212" s="1">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="F212" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G212" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B213" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B213" s="1">
+        <v>2941</v>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P400, Silco 3055-150</t>
+          <t xml:space="preserve">Адаптер для фарбопульта DeVilbiss, Silco 2941</t>
         </is>
       </c>
       <c r="D213" s="1">
-        <v>7</v>
+        <v>807</v>
       </c>
       <c r="E213" s="1">
-        <v>243</v>
+        <v>1</v>
       </c>
       <c r="F213" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G213" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B214" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B214" s="1">
+        <v>2942</v>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний Starcut Gold, 150мм, 15H, P500, Silco 3055-150</t>
+          <t xml:space="preserve">Адаптер для фарбопульта Sata, Silco 2942</t>
         </is>
       </c>
       <c r="D214" s="1">
-        <v>7</v>
+        <v>807</v>
       </c>
       <c r="E214" s="1">
-        <v>230</v>
+        <v>1</v>
       </c>
       <c r="F214" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G214" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B215" s="1">
+        <v>2947</v>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
+          <t xml:space="preserve">Адаптер для фарбопульта Iwata W-400, LPH-400, Silco 2947</t>
         </is>
       </c>
       <c r="D215" s="1">
-        <v>1346</v>
+        <v>807</v>
       </c>
       <c r="E215" s="1">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="F215" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G215" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3280-0,5</t>
+          <t xml:space="preserve">BDPBCMP900</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник прозорий Finish Inspection, 500 мл, Silco 3280</t>
+          <t xml:space="preserve">Маскувальний папір 900мм х 180м,  BODYLINE  BDPBCMP900</t>
         </is>
       </c>
       <c r="D216" s="1">
-        <v>600</v>
+        <v>1215</v>
       </c>
       <c r="E216" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F216" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G216" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9400-1</t>
+          <t xml:space="preserve">BDPBMP36</t>
         </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Маскувальний папір 900мм х 250м, BODYLINE  BDPBMP36</t>
         </is>
       </c>
       <c r="D217" s="1">
-        <v>1395</v>
+        <v>2091</v>
       </c>
       <c r="E217" s="1">
         <v>2</v>
       </c>
       <c r="F217" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G217" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,18</t>
+          <t xml:space="preserve">BUCCP1</t>
         </is>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
+          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
         </is>
       </c>
       <c r="D218" s="1">
-        <v>1490</v>
+        <v>2459</v>
       </c>
       <c r="E218" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F218" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G218" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BDPBCMP900</t>
+          <t xml:space="preserve">YA230CG17800</t>
         </is>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маскувальний папір 900мм х 180м,  BODYLINE  BDPBCMP900</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
         </is>
       </c>
       <c r="D219" s="1">
-        <v>1182</v>
+        <v>9280</v>
       </c>
       <c r="E219" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F219" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G219" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B220" s="1">
+        <v>33540</v>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненій основі D150мм P800, 3М 33540</t>
         </is>
       </c>
       <c r="D220" s="1">
-        <v>2392</v>
+        <v>198</v>
       </c>
       <c r="E220" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F220" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G220" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B221" s="1">
+        <v>33541</v>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1000, 3М 33541</t>
         </is>
       </c>
       <c r="D221" s="1">
-        <v>9026</v>
+        <v>198</v>
       </c>
       <c r="E221" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F221" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G221" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33540</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9125-2,5</t>
+        </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненій основі D150мм P800, 3М 33540</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9125</t>
         </is>
       </c>
       <c r="D222" s="1">
-        <v>192</v>
+        <v>2386</v>
       </c>
       <c r="E222" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F222" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G222" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33541</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1780-30</t>
+        </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1000, 3М 33541</t>
+          <t xml:space="preserve">Стрічка малярна  Dura-Tape/ 80°C/ біла, 30мм x 50м, Silco 1780</t>
         </is>
       </c>
       <c r="D223" s="1">
-        <v>192</v>
+        <v>90</v>
       </c>
       <c r="E223" s="1">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="F223" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G223" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">7070-5</t>
         </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Розчинник акриловий повільний Maxx Thinner,  5л,  Silco 7070</t>
         </is>
       </c>
       <c r="D224" s="1">
-        <v>1935</v>
+        <v>1990</v>
       </c>
       <c r="E224" s="1">
         <v>1</v>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G224" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4110-0,4</t>
+          <t xml:space="preserve">1970-24</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 24мм x 50м, Silco 1970</t>
         </is>
       </c>
       <c r="D225" s="1">
-        <v>337</v>
+        <v>83</v>
       </c>
       <c r="E225" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G225" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150180</t>
+          <t xml:space="preserve">4110-0,4</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
+          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
         </is>
       </c>
       <c r="D226" s="1">
-        <v>32</v>
+        <v>346</v>
       </c>
       <c r="E226" s="1">
-        <v>45</v>
+        <v>5</v>
       </c>
       <c r="F226" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G226" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150080</t>
+          <t xml:space="preserve">647_5</t>
         </is>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
+          <t xml:space="preserve">Розчинник Р-647 БП (5л) (4,25кг)</t>
         </is>
       </c>
       <c r="D227" s="1">
-        <v>32</v>
+        <v>468</v>
       </c>
       <c r="E227" s="1">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="F227" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G227" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2205-500</t>
+          <t xml:space="preserve">BAMAD150180</t>
         </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
         </is>
       </c>
       <c r="D228" s="1">
-        <v>3834</v>
+        <v>33</v>
       </c>
       <c r="E228" s="1">
-        <v>1</v>
+        <v>69</v>
       </c>
       <c r="F228" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G228" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150120</t>
+          <t xml:space="preserve">BAMAD150240</t>
         </is>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P240 (Bx50), BODYLINE  BAMAD150240</t>
         </is>
       </c>
       <c r="D229" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E229" s="1">
-        <v>104</v>
+        <v>15</v>
       </c>
       <c r="F229" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G229" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150500</t>
+          <t xml:space="preserve">BAMAD150400</t>
         </is>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P400 (Bx50), BODYLINE  BAMAD150400</t>
         </is>
       </c>
       <c r="D230" s="1">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E230" s="1">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="F230" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G230" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>583065</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150080</t>
+        </is>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
         </is>
       </c>
       <c r="D231" s="1">
-        <v>149</v>
+        <v>33</v>
       </c>
       <c r="E231" s="1">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="F231" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G231" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51431</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9110-1</t>
+        </is>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P120+, 3M 51431</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D232" s="1">
-        <v>2010</v>
+        <v>753</v>
       </c>
       <c r="E232" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F232" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G232" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51433</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2205-500</t>
+        </is>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P180+, 3M 51433</t>
+          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
         </is>
       </c>
       <c r="D233" s="1">
-        <v>2010</v>
+        <v>3942</v>
       </c>
       <c r="E233" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F233" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G233" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51435</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150120</t>
+        </is>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P240+, 3M 51435</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
         </is>
       </c>
       <c r="D234" s="1">
-        <v>2010</v>
+        <v>33</v>
       </c>
       <c r="E234" s="1">
-        <v>2</v>
+        <v>119</v>
       </c>
       <c r="F234" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G234" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51413</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150320</t>
+        </is>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P150, 3M 51413</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P320 (Bx50), BODYLINE  BAMAD150320</t>
         </is>
       </c>
       <c r="D235" s="1">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="E235" s="1">
-        <v>1</v>
+        <v>58</v>
       </c>
       <c r="F235" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G235" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969707</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150500</t>
+        </is>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
         </is>
       </c>
       <c r="D236" s="1">
-        <v>569</v>
+        <v>33</v>
       </c>
       <c r="E236" s="1">
-        <v>11</v>
+        <v>96</v>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G236" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B237" s="1">
-        <v>2969641</v>
+        <v>583065</v>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
+          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
         </is>
       </c>
       <c r="D237" s="1">
-        <v>569</v>
+        <v>154</v>
       </c>
       <c r="E237" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G237" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B238" s="1">
-        <v>33543</v>
+        <v>51431</v>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1500, 3М 33543</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P120+, 3M 51431</t>
         </is>
       </c>
       <c r="D238" s="1">
-        <v>231</v>
+        <v>2066</v>
       </c>
       <c r="E238" s="1">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G238" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B239" s="1">
-        <v>33544</v>
+        <v>51435</v>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р2000, 3М 33544</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P240+, 3M 51435</t>
         </is>
       </c>
       <c r="D239" s="1">
-        <v>231</v>
+        <v>2066</v>
       </c>
       <c r="E239" s="1">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="F239" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G239" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B240" s="1">
-        <v>51423</v>
+        <v>2969707</v>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P220, 3М 51423</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
         </is>
       </c>
       <c r="D240" s="1">
-        <v>40</v>
+        <v>585</v>
       </c>
       <c r="E240" s="1">
-        <v>95</v>
+        <v>12</v>
       </c>
       <c r="F240" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G240" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51415</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3530-B</t>
+        </is>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P220, 3M 51415</t>
+          <t xml:space="preserve">Суха проявочна пудра, чорний, набір (150 г + аплікатор), Silco 3530-B</t>
         </is>
       </c>
       <c r="D241" s="1">
-        <v>70</v>
+        <v>1207</v>
       </c>
       <c r="E241" s="1">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="F241" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G241" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1854</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QC-7510/S1</t>
+        </is>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400мл, Silco 1854</t>
+          <t xml:space="preserve">Лак швидкий UHS, 1л, QL 7510 (затверджувач UHS 0,5л, 4510/4520)</t>
         </is>
       </c>
       <c r="D242" s="1">
-        <v>27</v>
+        <v>1051</v>
       </c>
       <c r="E242" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F242" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G242" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B243" s="1">
+        <v>51437</v>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P400+, 3M 51437</t>
         </is>
       </c>
       <c r="D243" s="1">
-        <v>4657</v>
+        <v>2066</v>
       </c>
       <c r="E243" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F243" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G243" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-240-1</t>
+          <t xml:space="preserve">PLP307-1001-XХL</t>
         </is>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразив на поролоні Silco 6160, P240 Abra-Foam SBS 11,5х12,5см 1шт.</t>
+          <t xml:space="preserve">Напівкомбінезони з вишивкою XХL PPG</t>
         </is>
       </c>
       <c r="D244" s="1">
-        <v>4.5</v>
+        <v>1532</v>
       </c>
       <c r="E244" s="1">
-        <v>163</v>
+        <v>1</v>
       </c>
       <c r="F244" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G244" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-500-1</t>
+          <t xml:space="preserve">PLP307-1001-XL</t>
         </is>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразив на поролоні Silco 6160, P500 Abra-Foam SBS 11,5х12,5см 1шт.</t>
+          <t xml:space="preserve">Напівкомбінезони з вишивкою XL, PPG</t>
         </is>
       </c>
       <c r="D245" s="1">
-        <v>4</v>
+        <v>1532</v>
       </c>
       <c r="E245" s="1">
-        <v>144</v>
+        <v>1</v>
       </c>
       <c r="F245" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G245" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B246" s="1">
-        <v>33440</v>
+        <v>2969641</v>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P80, 3М 33440</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
         </is>
       </c>
       <c r="D246" s="1">
-        <v>150</v>
+        <v>585</v>
       </c>
       <c r="E246" s="1">
-        <v>25</v>
+        <v>3</v>
       </c>
       <c r="F246" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G246" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
-      <c r="B247" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B247" s="1">
+        <v>33543</v>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний зелений на липучку 150мм, 3М 50487-O</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1500, 3М 33543</t>
         </is>
       </c>
       <c r="D247" s="1">
-        <v>802</v>
+        <v>237</v>
       </c>
       <c r="E247" s="1">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F247" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G247" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B248" s="1">
-        <v>50487</v>
+        <v>33544</v>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний зелений на липучку 150мм (аналог), 50487</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р2000, 3М 33544</t>
         </is>
       </c>
       <c r="D248" s="1">
-        <v>384</v>
+        <v>237</v>
       </c>
       <c r="E248" s="1">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="F248" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G248" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B249" s="1">
-        <v>2989853</v>
+        <v>51423</v>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P220, 3М 51423</t>
         </is>
       </c>
       <c r="D249" s="1">
-        <v>1312</v>
+        <v>41</v>
       </c>
       <c r="E249" s="1">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="F249" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G249" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B250" s="1">
-        <v>2969590</v>
+        <v>51415</v>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) чорний, 300мл, Teroson 2969590</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P220, 3M 51415</t>
         </is>
       </c>
       <c r="D250" s="1">
-        <v>569</v>
+        <v>72</v>
       </c>
       <c r="E250" s="1">
-        <v>8</v>
+        <v>157</v>
       </c>
       <c r="F250" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G250" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33542</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8242/E0.5</t>
+        </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1200, 3М 33542</t>
+          <t xml:space="preserve">Затверджувач швидкий UHS 0,5 л, PPG  D8242</t>
         </is>
       </c>
       <c r="D251" s="1">
-        <v>192</v>
+        <v>1064</v>
       </c>
       <c r="E251" s="1">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="F251" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G251" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW0600</t>
+          <t xml:space="preserve">9110-5</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р600 Matador 991, синій, Matador 06MW0600</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D252" s="1">
-        <v>22</v>
+        <v>3542</v>
       </c>
       <c r="E252" s="1">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="F252" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G252" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW1000</t>
+          <t xml:space="preserve">9130-NG-5</t>
         </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р1000 Matador 991, синій, Matador 06MW1000</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
         </is>
       </c>
       <c r="D253" s="1">
-        <v>22</v>
+        <v>4788</v>
       </c>
       <c r="E253" s="1">
-        <v>73</v>
+        <v>1</v>
       </c>
       <c r="F253" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G253" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW1200</t>
+          <t xml:space="preserve">9350-2,5</t>
         </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р1200 Matador 991, синій, Matador 06MW1200</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9350</t>
         </is>
       </c>
       <c r="D254" s="1">
-        <v>22</v>
+        <v>2356</v>
       </c>
       <c r="E254" s="1">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="F254" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G254" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW1500</t>
+          <t xml:space="preserve">7025-B-1</t>
         </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р1500 Matador 991, синій, Matador 06MW1500</t>
+          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику темно-сірий  1кг, Silco 7025</t>
         </is>
       </c>
       <c r="D255" s="1">
-        <v>22</v>
+        <v>1050</v>
       </c>
       <c r="E255" s="1">
-        <v>494</v>
+        <v>2</v>
       </c>
       <c r="F255" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G255" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW2000</t>
+          <t xml:space="preserve">6160-400-1</t>
         </is>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р2000 Matador 991, синій, Matador 06MW2000</t>
+          <t xml:space="preserve">Абразив на поролоні  Abra-Foam SBS, 115мм х 25м, P400, Silco 6160</t>
         </is>
       </c>
       <c r="D256" s="1">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="E256" s="1">
-        <v>505</v>
+        <v>18</v>
       </c>
       <c r="F256" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G256" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW2500</t>
+          <t xml:space="preserve">6160-240-1</t>
         </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р2500 Matador 991, синій, Matador 06MW2500</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P240 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D257" s="1">
-        <v>29</v>
+        <v>4.5</v>
       </c>
       <c r="E257" s="1">
-        <v>502</v>
+        <v>231</v>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G257" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW3000</t>
+          <t xml:space="preserve">6160-320-1</t>
         </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р3000 Matador 991, синій, Matador 06MW3000</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P320 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D258" s="1">
-        <v>29</v>
+        <v>4</v>
       </c>
       <c r="E258" s="1">
-        <v>226</v>
+        <v>111</v>
       </c>
       <c r="F258" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G258" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1854-P</t>
+          <t xml:space="preserve">6160-500-1</t>
         </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400мл, Silco 1854-P</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P500 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D259" s="1">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>0.5</v>
+      </c>
+      <c r="E259" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F259" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G259" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW0800</t>
+          <t xml:space="preserve">6160-600-1</t>
         </is>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р800 Matador 991, синій, Matador 06MW0800</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P600 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D260" s="1">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="E260" s="1">
-        <v>291</v>
+        <v>2</v>
       </c>
       <c r="F260" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G260" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MATADOR</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW0360</t>
+          <t xml:space="preserve">6160-800-1</t>
         </is>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р360 Matador 991, синій, Matador 06MW0360</t>
+          <t xml:space="preserve">Абразив на поролоні Silco 6160, P800 Abra-Foam SBS 11,5х12,5см 1шт.</t>
         </is>
       </c>
       <c r="D261" s="1">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="E261" s="1">
-        <v>410</v>
+        <v>60</v>
       </c>
       <c r="F261" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G261" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B262" s="1">
+        <v>33440</v>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 0,75 кг, AIRGUN_0,75</t>
+          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P80, 3М 33440</t>
         </is>
       </c>
       <c r="D262" s="1">
-        <v>113</v>
+        <v>155</v>
       </c>
       <c r="E262" s="1">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F262" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G262" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B263" s="1">
+        <v>50487</v>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 4 кг, AIRGUN_4</t>
+          <t xml:space="preserve">Круг полірувальний зелений на липучку 150мм (аналог), 50487</t>
         </is>
       </c>
       <c r="D263" s="1">
-        <v>534</v>
+        <v>395</v>
       </c>
       <c r="E263" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F263" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G263" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B264" s="1">
-        <v>1668322125</v>
+        <v>2989853</v>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
+          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
         </is>
       </c>
       <c r="D264" s="1">
-        <v>277</v>
+        <v>1349</v>
       </c>
       <c r="E264" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F264" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G264" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>1664131250</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QL300</t>
+        </is>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
+          <t xml:space="preserve">Фабра QL по коду 50г  розчинник 30г, QL300</t>
         </is>
       </c>
       <c r="D265" s="1">
-        <v>40</v>
+        <v>121</v>
       </c>
       <c r="E265" s="1">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F265" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G265" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>51436</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QL250</t>
+        </is>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P320,   3M 51436</t>
+          <t xml:space="preserve">Послуга з підбору фабри QL, QL250</t>
         </is>
       </c>
       <c r="D266" s="1">
-        <v>2010</v>
+        <v>215</v>
       </c>
       <c r="E266" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F266" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G266" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">647-5</t>
+          <t xml:space="preserve">3530-A</t>
         </is>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник Р-647 БП 5л</t>
+          <t xml:space="preserve">Суха проявочна пудра, синя, набір (150 г + аплікатор), Silco 3530-A</t>
         </is>
       </c>
       <c r="D267" s="1">
-        <v>455</v>
+        <v>1207</v>
       </c>
       <c r="E267" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F267" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G267" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-80-18</t>
+          <t xml:space="preserve">3109-25</t>
         </is>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 18 мм × 50 м, Safex SF-80-18</t>
+          <t xml:space="preserve">Стрічка двостороння,  25мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D268" s="1">
-        <v>43</v>
+        <v>1095</v>
       </c>
       <c r="E268" s="1">
-        <v>72</v>
+        <v>2</v>
       </c>
       <c r="F268" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G268" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-80-36</t>
+          <t xml:space="preserve">9350-0,5</t>
         </is>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-36</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  0,5л, Silco 9350</t>
         </is>
       </c>
       <c r="D269" s="1">
-        <v>83</v>
+        <v>564</v>
       </c>
       <c r="E269" s="1">
-        <v>107</v>
+        <v>10</v>
       </c>
       <c r="F269" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G269" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B270" s="1">
+        <v>3750</v>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 24 мм × 50 м, Safex SF-110-24</t>
+          <t xml:space="preserve">Шліфувальний блок 70х200 мм з відведенням пилу, 1 шт, Silco 3750</t>
         </is>
       </c>
       <c r="D270" s="1">
-        <v>63</v>
+        <v>1019</v>
       </c>
       <c r="E270" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F270" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G270" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B271" s="1">
+        <v>3760</v>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 36 мм × 50 м, Safex SF-110-36</t>
+          <t xml:space="preserve">Шліфувальний гнучкий ручний блок 70х400мм із відведенням пилу, 1шт, Silco 3760</t>
         </is>
       </c>
       <c r="D271" s="1">
-        <v>93</v>
+        <v>1726</v>
       </c>
       <c r="E271" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F271" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G271" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOP ХІМ</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">646_4,5</t>
+          <t xml:space="preserve">9150-1</t>
         </is>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник 646 ТОРхім 4,5л</t>
+          <t xml:space="preserve">Лак швидкий UHS 420 X15 Lumina 2:1 1л,  Silco 9150 (затв. UHS, 0,5л, Silco 9330/9350)</t>
         </is>
       </c>
       <c r="D272" s="1">
-        <v>425</v>
+        <v>1096</v>
       </c>
       <c r="E272" s="1">
         <v>1</v>
       </c>
       <c r="F272" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G272" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B273" s="1">
+        <v>2969590</v>
       </c>
       <c r="C273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна фінішна P90, 1 кг, Silco 3290</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) чорний, 300мл, Teroson 2969590</t>
         </is>
       </c>
       <c r="D273" s="1">
-        <v>1618</v>
+        <v>585</v>
       </c>
       <c r="E273" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F273" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G273" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
+          <t xml:space="preserve">3M</t>
         </is>
       </c>
       <c r="B274" s="1">
-        <v>62082</v>
+        <v>33542</v>
       </c>
       <c r="C274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник акриловий C355, 0,5л, Roberlo 62082</t>
+          <t xml:space="preserve">Абразивний гнучкий диск на спіненої основі D150мм Р1200, 3М 33542</t>
         </is>
       </c>
       <c r="D274" s="1">
-        <v>680</v>
+        <v>198</v>
       </c>
       <c r="E274" s="1">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F274" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G274" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>67948</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PPG300</t>
+        </is>
       </c>
       <c r="C275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак акриловий HS Unix 450, 1л,  Roberlo 67948  (затверджувач, 0,5л,  Roberlo 62082) )</t>
+          <t xml:space="preserve">Фабра PPG по коду 50г+ розчинник 50г, PPG300</t>
         </is>
       </c>
       <c r="D275" s="1">
-        <v>754</v>
+        <v>246</v>
       </c>
       <c r="E275" s="1">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F275" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G275" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>61158</v>
+          <t xml:space="preserve">MATADOR</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06MW0600</t>
+        </is>
       </c>
       <c r="C276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба структурна Bumper BC20 антрацит, 1л, Roberlo 61158</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р600 Matador 991, синій, Matador 06MW0600</t>
         </is>
       </c>
       <c r="D276" s="1">
-        <v>760</v>
+        <v>23</v>
       </c>
       <c r="E276" s="1">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="F276" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G276" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROBERLO</t>
-[...3 lines deleted...]
-        <v>61006</v>
+          <t xml:space="preserve">MATADOR</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06MW1000</t>
+        </is>
       </c>
       <c r="C277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка універсальна Multiextender, 1,5л, Roberlo 61006</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р1000 Matador 991, синій, Matador 06MW1000</t>
         </is>
       </c>
       <c r="D277" s="1">
-        <v>924</v>
+        <v>23</v>
       </c>
       <c r="E277" s="1">
-        <v>8</v>
+        <v>80</v>
       </c>
       <c r="F277" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G277" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-30-100</t>
+          <t xml:space="preserve">06MW1200</t>
         </is>
       </c>
       <c r="C278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Папір маскувальний 30см*100м, Safex SF-30-100</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р1200 Matador 991, синій, Matador 06MW1200</t>
         </is>
       </c>
       <c r="D278" s="1">
-        <v>247</v>
+        <v>23</v>
       </c>
       <c r="E278" s="1">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="F278" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G278" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06MW0400</t>
+          <t xml:space="preserve">06MW1500</t>
         </is>
       </c>
       <c r="C279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний папір водостійкий Р4000 Matador 991, синій, Matador 06MW0400</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р1500 Matador 991, синій, Matador 06MW1500</t>
         </is>
       </c>
       <c r="D279" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E279" s="1">
-        <v>500</v>
+        <v>467</v>
       </c>
       <c r="F279" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G279" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9002-B-0.6</t>
+          <t xml:space="preserve">06MW2000</t>
         </is>
       </c>
       <c r="C280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Gorilla 2K Захисне Покриття Silco 9002</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р2000 Matador 991, синій, Matador 06MW2000</t>
         </is>
       </c>
       <c r="D280" s="1">
-        <v>508</v>
+        <v>23</v>
       </c>
       <c r="E280" s="1">
-        <v>6</v>
+        <v>544</v>
       </c>
       <c r="F280" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G280" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3251-100</t>
+          <t xml:space="preserve">06MW2500</t>
         </is>
       </c>
       <c r="C281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний фіолетовий (жорсткий, ріжучий) Moxi Pads 145 x 25мм, Silco 3251</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р2500 Matador 991, синій, Matador 06MW2500</t>
         </is>
       </c>
       <c r="D281" s="1">
-        <v>131</v>
+        <v>30</v>
       </c>
       <c r="E281" s="1">
-        <v>1</v>
+        <v>525</v>
       </c>
       <c r="F281" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G281" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3180-150-1000</t>
+          <t xml:space="preserve">06MW3000</t>
         </is>
       </c>
       <c r="C282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P1000, 150мм,  Silco 3180</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р3000 Matador 991, синій, Matador 06MW3000</t>
         </is>
       </c>
       <c r="D282" s="1">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="E282" s="1">
-        <v>5</v>
+        <v>271</v>
       </c>
       <c r="F282" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G282" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B283" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B283" s="1">
+        <v>6220</v>
       </c>
       <c r="C283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P800, 150мм,  Silco 3180</t>
+          <t xml:space="preserve">Диск для очищення CSD 50 мм, тип Roloc, Silco 6220</t>
         </is>
       </c>
       <c r="D283" s="1">
-        <v>101</v>
+        <v>133</v>
       </c>
       <c r="E283" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F283" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G283" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3180-150-600</t>
+          <t xml:space="preserve">7820-L</t>
         </is>
       </c>
       <c r="C284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P600, 150мм,  Silco 3181</t>
+          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір L, 1 пара, Silco 7820</t>
         </is>
       </c>
       <c r="D284" s="1">
-        <v>101</v>
+        <v>140</v>
       </c>
       <c r="E284" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F284" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G284" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6890-1.5</t>
+          <t xml:space="preserve">7820-XL</t>
         </is>
       </c>
       <c r="C285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпаклівка  Sprayable B89 поліефірна 2K  Silco 6890</t>
+          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір XL, 1 пара, Silco 7820</t>
         </is>
       </c>
       <c r="D285" s="1">
-        <v>480</v>
+        <v>140</v>
       </c>
       <c r="E285" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G285" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3252-100</t>
+          <t xml:space="preserve">06MW0800</t>
         </is>
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг поліруваний чорний (фінішній), 100 мм, Silco 3252</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р800 Matador 991, синій, Matador 06MW0800</t>
         </is>
       </c>
       <c r="D286" s="1">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="E286" s="1">
-        <v>1</v>
+        <v>266</v>
       </c>
       <c r="F286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G286" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SPRINT</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">S99</t>
+          <t xml:space="preserve">06MW0360</t>
         </is>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпаклівка легка S99 1л  SPRINT</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р360 Matador 991, синій, Matador 06MW0360</t>
         </is>
       </c>
       <c r="D287" s="1">
-        <v>663</v>
+        <v>23</v>
       </c>
       <c r="E287" s="1">
-        <v>4</v>
+        <v>505</v>
       </c>
       <c r="F287" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G287" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NOVOL</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">37111+35822</t>
+          <t xml:space="preserve">AIRGUN_0,75</t>
         </is>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Novol Грунт акр. 4+1 PROTECT 310 сірий + затвр.Н 5520 PROTECT 300.310.350</t>
+          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 0,75 кг, AIRGUN_0,75</t>
         </is>
       </c>
       <c r="D288" s="1">
-        <v>767</v>
+        <v>116</v>
       </c>
       <c r="E288" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F288" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G288" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-86/S1</t>
+          <t xml:space="preserve">AIRGUN_4</t>
         </is>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-86/S1</t>
+          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 4 кг, AIRGUN_4</t>
         </is>
       </c>
       <c r="D289" s="1">
-        <v>2611</v>
+        <v>549</v>
       </c>
       <c r="E289" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F289" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G289" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B290" s="1">
+        <v>899110300</v>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антисилікон  5л,  QL 1000</t>
+          <t xml:space="preserve">Распіратор чашкової форми CM2000 FFP1,без клапана, WURTH 0899110300</t>
         </is>
       </c>
       <c r="D290" s="1">
-        <v>1697</v>
+        <v>56</v>
       </c>
       <c r="E290" s="1">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="F290" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G290" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B291" s="1">
+        <v>1668322125</v>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий, 500мл,  Silco  9230</t>
+          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
         </is>
       </c>
       <c r="D291" s="1">
-        <v>436</v>
+        <v>285</v>
       </c>
       <c r="E291" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F291" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G291" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B292" s="1">
+        <v>1664131250</v>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка  універсальна, легка B8 Multi-Light,  1,5л, Silco  6080</t>
+          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
         </is>
       </c>
       <c r="D292" s="1">
-        <v>805</v>
+        <v>41</v>
       </c>
       <c r="E292" s="1">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="F292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G292" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B293" s="1">
+        <v>710006</v>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  білий,  4:1 1л, Silco 7100  (затверджувач,  Silco 9250/9230)</t>
+          <t xml:space="preserve">Свердло для точкового зварювання HSCO 6 мм, WURTH 0710006</t>
         </is>
       </c>
       <c r="D293" s="1">
-        <v>901</v>
+        <v>425</v>
       </c>
       <c r="E293" s="1">
         <v>3</v>
       </c>
       <c r="F293" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G293" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">WURTH</t>
         </is>
       </c>
       <c r="B294" s="1">
-        <v>2142441</v>
+        <v>710008</v>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Перетворювач іржі VR 625,  400мл,  Teroson 2142441</t>
+          <t xml:space="preserve">Свердло для точкового зварювання 8 мм, WURTH 0710008</t>
         </is>
       </c>
       <c r="D294" s="1">
-        <v>469</v>
+        <v>374</v>
       </c>
       <c r="E294" s="1">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="F294" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G294" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>8110</v>
+          <t xml:space="preserve">РОЗЧИННИК</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">647-5</t>
+        </is>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
+          <t xml:space="preserve">Розчинник Р-647 БП 5л</t>
         </is>
       </c>
       <c r="D295" s="1">
-        <v>955</v>
+        <v>468</v>
       </c>
       <c r="E295" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F295" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G295" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-2,5</t>
+          <t xml:space="preserve">SF-80-18</t>
         </is>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9125</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 18 мм × 50 м, Safex SF-80-18</t>
         </is>
       </c>
       <c r="D296" s="1">
-        <v>2321</v>
+        <v>45</v>
       </c>
       <c r="E296" s="1">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="F296" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G296" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AIRGUN_8</t>
+          <t xml:space="preserve">SF-80-36</t>
         </is>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 8 кг, AIRGUN_8</t>
+          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-36</t>
         </is>
       </c>
       <c r="D297" s="1">
-        <v>1046</v>
+        <v>85</v>
       </c>
       <c r="E297" s="1">
-        <v>6</v>
+        <v>106</v>
       </c>
       <c r="F297" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G297" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D983/E1</t>
+          <t xml:space="preserve">SF-110-36</t>
         </is>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER ALUMINIUM ORANGE Помаранчевий металік,  PPG D983/E1</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 36 мм × 50 м, Safex SF-110-36</t>
         </is>
       </c>
       <c r="D298" s="1">
-        <v>4066</v>
+        <v>95</v>
       </c>
       <c r="E298" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F298" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G298" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3М</t>
-[...3 lines deleted...]
-        <v>51815</v>
+          <t xml:space="preserve">TOP ХІМ</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">646_4,5</t>
+        </is>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Полірувальна паста Fast Cut PLUS Extreme 1кг, 3M 51815</t>
+          <t xml:space="preserve">Розчинник 646 ТОРхім 4,5л</t>
         </is>
       </c>
       <c r="D299" s="1">
-        <v>1976</v>
+        <v>437</v>
       </c>
       <c r="E299" s="1">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="F299" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G299" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D966/E1</t>
+          <t xml:space="preserve">QH-4510/S05</t>
         </is>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE WHITE Ледь помітний білий, PPG D966/E1</t>
+          <t xml:space="preserve">Затверджувач UHS швидкий, 0,5 л, QUICKLINE 4510</t>
         </is>
       </c>
       <c r="D300" s="1">
-        <v>3011</v>
+        <v>865</v>
       </c>
       <c r="E300" s="1">
         <v>1</v>
       </c>
       <c r="F300" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G300" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3M</t>
-[...3 lines deleted...]
-        <v>33439</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3087-150-5</t>
+        </is>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка шліфувальна нескінчена Cubitron 10x330мм, P60, 3М 33439</t>
+          <t xml:space="preserve">Інтерфейсна площадка MH 3087, 150x5 мм, 2 шт, Silco 3087</t>
         </is>
       </c>
       <c r="D301" s="1">
-        <v>150</v>
+        <v>262</v>
       </c>
       <c r="E301" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F301" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G301" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3М</t>
+          <t xml:space="preserve">MIRKA</t>
         </is>
       </c>
       <c r="B302" s="1">
-        <v>31485</v>
+        <v>8111202581</v>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P500, 3М 31485</t>
+          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм XF P800 темно-сірий, MIRKA 8111202581</t>
         </is>
       </c>
       <c r="D302" s="1">
-        <v>40</v>
+        <v>84</v>
       </c>
       <c r="E302" s="1">
-        <v>150</v>
+        <v>3</v>
       </c>
       <c r="F302" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G302" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8243/E0.5</t>
+          <t xml:space="preserve">9270-2,5</t>
         </is>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач  стандартний UHS 0,5 л, PPG  D8243</t>
+          <t xml:space="preserve">Затверджувач повільний, 2500мл,  Silco  9270</t>
         </is>
       </c>
       <c r="D303" s="1">
-        <v>1035</v>
+        <v>2169</v>
       </c>
       <c r="E303" s="1">
         <v>1</v>
       </c>
       <c r="F303" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G303" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3М</t>
+        </is>
+      </c>
+      <c r="B304" s="1">
+        <v>31485</v>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для пластиків 1К 1л,  QL 3900</t>
+          <t xml:space="preserve">Абразивні диски Cubitron II 737U D150мм, P500, 3М 31485</t>
         </is>
       </c>
       <c r="D304" s="1">
-        <v>1314</v>
+        <v>41</v>
       </c>
       <c r="E304" s="1">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="F304" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G304" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7400/S1</t>
+          <t xml:space="preserve">3250-150</t>
         </is>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS  1л, QL 7400 (затверджувач HS 0,5л, QL 4410/4420)</t>
+          <t xml:space="preserve">Круг полірувальний з овчини Moxi 150 x 32 мм, Silco 3250</t>
         </is>
       </c>
       <c r="D305" s="1">
-        <v>835</v>
+        <v>751</v>
       </c>
       <c r="E305" s="1">
-        <v>149</v>
+        <v>1</v>
       </c>
       <c r="F305" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G305" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7600/S1</t>
+          <t xml:space="preserve">3290-1</t>
         </is>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак антискретч 1л, QL 7600 (затверджувач HS, 0,5л, QL 4410/4420)</t>
+          <t xml:space="preserve">Паста полірувальна фінішна P90, 1 кг, Silco 3290</t>
         </is>
       </c>
       <c r="D306" s="1">
-        <v>812</v>
+        <v>1663</v>
       </c>
       <c r="E306" s="1">
-        <v>223</v>
+        <v>5</v>
       </c>
       <c r="F306" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G306" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2660/S1.8K</t>
+          <t xml:space="preserve">3220-1</t>
         </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка з алюмінієвим наповнювачем  1,8кг, QL 2660</t>
+          <t xml:space="preserve">Паста полірувальна універсальна однокрокова P20, 1 кг, Silco 3220</t>
         </is>
       </c>
       <c r="D307" s="1">
-        <v>824</v>
+        <v>1598</v>
       </c>
       <c r="E307" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F307" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G307" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2440/S1.5K</t>
+          <t xml:space="preserve">3085-150-080</t>
         </is>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка для пластиків  1,5кг, QL 2440</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P080, Silco  3085-150</t>
         </is>
       </c>
       <c r="D308" s="1">
-        <v>993</v>
+        <v>27</v>
       </c>
       <c r="E308" s="1">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="F308" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G308" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QF-2630/S1.8K</t>
+          <t xml:space="preserve">3085-150-120</t>
         </is>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка зі скловолокном  1,8кг, QL 2630</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P120, Silco  3085-150</t>
         </is>
       </c>
       <c r="D309" s="1">
-        <v>757</v>
+        <v>26</v>
       </c>
       <c r="E309" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="F309" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G309" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1110/S1</t>
+          <t xml:space="preserve">3085-150-180</t>
         </is>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний знежирювач</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P180, Silco  3085-150</t>
         </is>
       </c>
       <c r="D310" s="1">
-        <v>279</v>
+        <v>25</v>
       </c>
       <c r="E310" s="1">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F310" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G310" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1070/S1</t>
+          <t xml:space="preserve">3085-150-240</t>
         </is>
       </c>
       <c r="C311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P240, Silco  3085-150</t>
         </is>
       </c>
       <c r="D311" s="1">
-        <v>1118</v>
+        <v>25</v>
       </c>
       <c r="E311" s="1">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="F311" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G311" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1900/S0.5</t>
+          <t xml:space="preserve">3085-150-320</t>
         </is>
       </c>
       <c r="C312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластифікатор  0,5л, QL 1900</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P320, Silco  3085-150</t>
         </is>
       </c>
       <c r="D312" s="1">
-        <v>1078</v>
+        <v>25</v>
       </c>
       <c r="E312" s="1">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="F312" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G312" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1402/S1K</t>
+          <t xml:space="preserve">3085-150-400</t>
         </is>
       </c>
       <c r="C313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист сірий  1л, QL 1402</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P400, Silco  3085-150</t>
         </is>
       </c>
       <c r="D313" s="1">
-        <v>357</v>
+        <v>25</v>
       </c>
       <c r="E313" s="1">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="F313" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G313" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1403/S1K</t>
+          <t xml:space="preserve">3085-150-500</t>
         </is>
       </c>
       <c r="C314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P500, Silco  3085-150</t>
         </is>
       </c>
       <c r="D314" s="1">
-        <v>214</v>
+        <v>25</v>
       </c>
       <c r="E314" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F314" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G314" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-11/S3</t>
+          <t xml:space="preserve">3085-150-600</t>
         </is>
       </c>
       <c r="C315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SUPER WHITE Насичений білий, Quickline QBC-11/S3</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P600, Silco  3085-150</t>
         </is>
       </c>
       <c r="D315" s="1">
-        <v>4890</v>
+        <v>25</v>
       </c>
       <c r="E315" s="1">
-        <v>207</v>
+        <v>33</v>
       </c>
       <c r="F315" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G315" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-12/S1</t>
+          <t xml:space="preserve">3085-150-800</t>
         </is>
       </c>
       <c r="C316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ARCTIC WHITE Білий низькоконцентрований, Quickline QBC-12/S1</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P800, Silco  3085-150</t>
         </is>
       </c>
       <c r="D316" s="1">
-        <v>1632</v>
+        <v>25</v>
       </c>
       <c r="E316" s="1">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F316" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G316" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-13/S1</t>
+          <t xml:space="preserve">3085-70-120</t>
         </is>
       </c>
       <c r="C317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT WHITE Яскравий білий, Quickline QBC-13/S1</t>
+          <t xml:space="preserve">Керамічні смужки Ceramic Film, 70 мм, P120, Silco 3085-70</t>
         </is>
       </c>
       <c r="D317" s="1">
-        <v>1632</v>
+        <v>1499</v>
       </c>
       <c r="E317" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F317" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G317" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-16/S3</t>
+          <t xml:space="preserve">1090-1</t>
         </is>
       </c>
       <c r="C318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GRAPHITE BLACK Насичений чорний з синім відтінком, Quickline QBC-16/S3</t>
+          <t xml:space="preserve">Поролоновий валик Т-подібний 15мм x 1м , 1 шт Silco 1090</t>
         </is>
       </c>
       <c r="D318" s="1">
-        <v>4890</v>
+        <v>21</v>
       </c>
       <c r="E318" s="1">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="F318" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G318" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ROBERLO</t>
+        </is>
+      </c>
+      <c r="B319" s="1">
+        <v>61158</v>
       </c>
       <c r="C319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE GRAPHITE BLACK Чорний прозорий (відтіночний), Quickline QBC-18/S1</t>
+          <t xml:space="preserve">Фарба структурна Bumper BC20 антрацит, 1л, Roberlo 61158</t>
         </is>
       </c>
       <c r="D319" s="1">
-        <v>1632</v>
+        <v>781</v>
       </c>
       <c r="E319" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F319" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G319" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ROBERLO</t>
+        </is>
+      </c>
+      <c r="B320" s="1">
+        <v>61006</v>
       </c>
       <c r="C320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CELESTIAL BLUE Синій чистий з червоним відтінком, Quickline QBC-20/S3</t>
+          <t xml:space="preserve">Шпатлівка універсальна Multiextender, 1,5л, Roberlo 61006</t>
         </is>
       </c>
       <c r="D320" s="1">
-        <v>4890</v>
+        <v>950</v>
       </c>
       <c r="E320" s="1">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="F320" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G320" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-21/S3</t>
+          <t xml:space="preserve">SF-30-100</t>
         </is>
       </c>
       <c r="C321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент MIDNIGHT BLUE Синій насичений, Quickline QBC-21/S3</t>
+          <t xml:space="preserve">Папір маскувальний 30см*100м, Safex SF-30-100</t>
         </is>
       </c>
       <c r="D321" s="1">
-        <v>4890</v>
+        <v>254</v>
       </c>
       <c r="E321" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F321" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G321" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B322" s="1">
+        <v>265324</v>
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент MOSS GREEN Зелений мох, Quickline QBC-23/S1</t>
+          <t xml:space="preserve">Очисник PU 8550 для скла та фарбованого металу 1 л., Teroson 265324</t>
         </is>
       </c>
       <c r="D322" s="1">
-        <v>1632</v>
+        <v>789</v>
       </c>
       <c r="E322" s="1">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="F322" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G322" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">MATADOR</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-35/S1</t>
+          <t xml:space="preserve">06MW0400</t>
         </is>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT YELLOW Яскраво-жовтий, Quickline QBC-35/S1</t>
+          <t xml:space="preserve">Абразивний папір водостійкий Р4000 Matador 991, синій, Matador 06MW0400</t>
         </is>
       </c>
       <c r="D323" s="1">
-        <v>1632</v>
+        <v>23</v>
       </c>
       <c r="E323" s="1">
-        <v>3</v>
+        <v>450</v>
       </c>
       <c r="F323" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G323" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B324" s="1">
+        <v>440119</v>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QBC-36/S1</t>
+          <t xml:space="preserve">Антигравій на основі бітуму SikaGard-6060 чорний,1л, SIKA 440119</t>
         </is>
       </c>
       <c r="D324" s="1">
-        <v>1632</v>
+        <v>392</v>
       </c>
       <c r="E324" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F324" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G324" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B325" s="1">
+        <v>440206</v>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FOREST GREEN Зелений з синім відтінком, Quickline QBC-40/S1</t>
+          <t xml:space="preserve">Антикорр на основі каучуку SikaGard-6440 1 л, чорний SIKA 440206</t>
         </is>
       </c>
       <c r="D325" s="1">
-        <v>1632</v>
+        <v>412</v>
       </c>
       <c r="E325" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F325" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G325" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B326" s="1">
+        <v>440132</v>
       </c>
       <c r="C326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRILLIANT GREEN Діамантовий зелений, Quickline QBC-41/S1</t>
+          <t xml:space="preserve">Антигравій SikaGard-6470 чорний, 1л, SIKA 440132</t>
         </is>
       </c>
       <c r="D326" s="1">
-        <v>1632</v>
+        <v>488</v>
       </c>
       <c r="E326" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F326" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G326" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B327" s="1">
+        <v>440138</v>
       </c>
       <c r="C327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
+          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6220 жовтий, 1л,SIKA 440138</t>
         </is>
       </c>
       <c r="D327" s="1">
-        <v>1632</v>
+        <v>497</v>
       </c>
       <c r="E327" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F327" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G327" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B328" s="1">
+        <v>440221</v>
       </c>
       <c r="C328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CHOCOLATE BROWN Шоколадно-коричневий, Quickline QBC-43/S1</t>
+          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6250 білий, 1л, SIKA 440221</t>
         </is>
       </c>
       <c r="D328" s="1">
-        <v>1632</v>
+        <v>625</v>
       </c>
       <c r="E328" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F328" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G328" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B329" s="1">
+        <v>732004</v>
       </c>
       <c r="C329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED CORAL RED Прозорий коралово-червоний, Quickline QBC-50/S1</t>
+          <t xml:space="preserve">Клей для автоскла безпраймерний Sikaflex SOLO чорний 600 мл, SIKA 732004</t>
         </is>
       </c>
       <c r="D329" s="1">
-        <v>1632</v>
+        <v>371</v>
       </c>
       <c r="E329" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F329" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G329" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B330" s="1">
+        <v>691472</v>
       </c>
       <c r="C330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED RED Прозорий червоний, Quickline QBC-51/S1</t>
+          <t xml:space="preserve">Клей для автоскла безпраймерний Sikaflex SOLO чорний 300 мл, SIKA 691472</t>
         </is>
       </c>
       <c r="D330" s="1">
-        <v>1632</v>
+        <v>209</v>
       </c>
       <c r="E330" s="1">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="F330" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G330" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B331" s="1">
+        <v>4553</v>
       </c>
       <c r="C331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент TERRACOTTA RED Пурпурно-червоний, Quickline QBC-52/S1</t>
+          <t xml:space="preserve">Герметик Sikaflex-227 чорний 300мл, SIKA 4553</t>
         </is>
       </c>
       <c r="D331" s="1">
-        <v>1632</v>
+        <v>174</v>
       </c>
       <c r="E331" s="1">
-        <v>70</v>
+        <v>2</v>
       </c>
       <c r="F331" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G331" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-53/S1</t>
+          <t xml:space="preserve">7080-B-3</t>
         </is>
       </c>
       <c r="C332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CRIMSON RED Темно-червоний, Quickline QBC-53/S1</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  темно-сірий, 3л, Silco 7080  (затвержувач, 750мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D332" s="1">
-        <v>1632</v>
+        <v>1607</v>
       </c>
       <c r="E332" s="1">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="F332" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G332" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-54/S1</t>
+          <t xml:space="preserve">2120-0,33</t>
         </is>
       </c>
       <c r="C333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент YELLOWISH RED Жовтувато-червоний, Quickline QBC-54/S1</t>
+          <t xml:space="preserve">Затверджувач стандартний до епоксидного грунта  330мл,  Silco 2120</t>
         </is>
       </c>
       <c r="D333" s="1">
-        <v>1632</v>
+        <v>289</v>
       </c>
       <c r="E333" s="1">
         <v>1</v>
       </c>
       <c r="F333" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G333" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-56/S1</t>
+          <t xml:space="preserve">9330-0,5</t>
         </is>
       </c>
       <c r="C334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент WILD ORANGE Дикий помаранч, Quickline QBC-56/S1</t>
+          <t xml:space="preserve">Швидкий затверджувач UHS 0,5</t>
         </is>
       </c>
       <c r="D334" s="1">
-        <v>3386</v>
+        <v>564</v>
       </c>
       <c r="E334" s="1">
         <v>6</v>
       </c>
       <c r="F334" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G334" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-58/S1</t>
+          <t xml:space="preserve">3180-150-1000</t>
         </is>
       </c>
       <c r="C335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BORDEAUX RED Бордовий, Quickline QBC-58/S1</t>
+          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P1000, 150мм,  Silco 3180</t>
         </is>
       </c>
       <c r="D335" s="1">
-        <v>1632</v>
+        <v>103</v>
       </c>
       <c r="E335" s="1">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F335" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G335" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-61/S3</t>
+          <t xml:space="preserve">3180-150-800</t>
         </is>
       </c>
       <c r="C336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент COARSE ALUMINIUM Великий металік, Quickline QBC-61/S3</t>
+          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P800, 150мм,  Silco 3180</t>
         </is>
       </c>
       <c r="D336" s="1">
-        <v>4890</v>
+        <v>103</v>
       </c>
       <c r="E336" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F336" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G336" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-63/S3</t>
+          <t xml:space="preserve">3180-150-600</t>
         </is>
       </c>
       <c r="C337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SILVER ALUMINIUM Сріблястий металік, Quickline QBC-63/S3</t>
+          <t xml:space="preserve">Диск шліфувальний гнучкий на піні P600, 150мм,  Silco 3181</t>
         </is>
       </c>
       <c r="D337" s="1">
-        <v>4890</v>
+        <v>103</v>
       </c>
       <c r="E337" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F337" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G337" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SPRINT</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-64/S3</t>
+          <t xml:space="preserve">S99</t>
         </is>
       </c>
       <c r="C338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EXTRA SILVER ALUMINIUM  Чистий яскравий сріблястий металік, Quickline QBC-64/S3</t>
+          <t xml:space="preserve">Шпаклівка легка S99 1л  SPRINT</t>
         </is>
       </c>
       <c r="D338" s="1">
-        <v>4890</v>
+        <v>681</v>
       </c>
       <c r="E338" s="1">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F338" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G338" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">NOVOL</t>
+        </is>
+      </c>
+      <c r="B339" s="1">
+        <v>1105</v>
       </c>
       <c r="C339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GOLDEN ALUMINIUM Золотистий металік, Quickline QBC-66/S1</t>
+          <t xml:space="preserve">Novol Шпаклівка універсальна. (2кг) (1*6)</t>
         </is>
       </c>
       <c r="D339" s="1">
-        <v>1632</v>
+        <v>484</v>
       </c>
       <c r="E339" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F339" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G339" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">NOVOL</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-67/S3</t>
+          <t xml:space="preserve">37141+35822</t>
         </is>
       </c>
       <c r="C340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPECIAL LARGE ALUMINIUM Спеціально великий металік,  Quickline QBC-67/S3</t>
+          <t xml:space="preserve">Novol Грунт акр. 4+1 PROTECT 310 чорний + затвр.Н 5520 PROTECT 300.310.350</t>
         </is>
       </c>
       <c r="D340" s="1">
-        <v>4890</v>
+        <v>552</v>
       </c>
       <c r="E340" s="1">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="F340" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G340" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B341" s="1">
+        <v>2647771</v>
       </c>
       <c r="C341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPECIAL ALUMINIUM Яскравий середній металік, Quickline QBC-68/S3</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 300мл, Teroson 2647771</t>
         </is>
       </c>
       <c r="D341" s="1">
-        <v>4890</v>
+        <v>485</v>
       </c>
       <c r="E341" s="1">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="F341" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G341" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-76/S1</t>
+          <t xml:space="preserve">SF-110-48</t>
         </is>
       </c>
       <c r="C342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FINE WHITE PEARL Тонкий білий перламутр, Quickline QBC-76/S1</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 48 мм × 50 м, Safex SF-110-48</t>
         </is>
       </c>
       <c r="D342" s="1">
-        <v>2611</v>
+        <v>127</v>
       </c>
       <c r="E342" s="1">
-        <v>19</v>
+        <v>38</v>
       </c>
       <c r="F342" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G342" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B343" s="1">
+        <v>39.787</v>
       </c>
       <c r="C343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент COARSE WHITE PEARL Великий білий перламутр, Quickline QBC-77/S1</t>
+          <t xml:space="preserve">затверджувач стандартний,500мл, UNIHARD 600, Dichem 39.787</t>
         </is>
       </c>
       <c r="D343" s="1">
-        <v>2611</v>
+        <v>496</v>
       </c>
       <c r="E343" s="1">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="F343" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G343" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B344" s="1">
+        <v>19.07</v>
       </c>
       <c r="C344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-80/S1</t>
+          <t xml:space="preserve">Паста для чищення рук 1кг, Dichem 19.070</t>
         </is>
       </c>
       <c r="D344" s="1">
-        <v>2611</v>
+        <v>422</v>
       </c>
       <c r="E344" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F344" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G344" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-83/S1</t>
+          <t xml:space="preserve">TYVEK_L</t>
         </is>
       </c>
       <c r="C345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY PEARL Червоний перламутр з середнім зерном, Quickline QBC-83/S1</t>
+          <t xml:space="preserve">Костюм розмір L Dichem</t>
         </is>
       </c>
       <c r="D345" s="1">
-        <v>2611</v>
+        <v>445</v>
       </c>
       <c r="E345" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F345" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G345" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HENKEL</t>
+        </is>
+      </c>
+      <c r="B346" s="1">
+        <v>2098250</v>
       </c>
       <c r="C346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GOLDEN PEARL Жовтий перламутр, Quickline QBC-84/S1</t>
+          <t xml:space="preserve">Очисник для рук LOCTITE SF 7850 400мл</t>
         </is>
       </c>
       <c r="D346" s="1">
-        <v>2611</v>
+        <v>376</v>
       </c>
       <c r="E346" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F346" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G346" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SPRINT</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-90/S1</t>
+          <t xml:space="preserve">H69_C68PLUS</t>
         </is>
       </c>
       <c r="C347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FLOP ADJUSTER  Регулятор зерна, Quickline QBC-90/S1</t>
+          <t xml:space="preserve">Sp Лак HS Vantix H69PLUS 1л + затверджувач 0,5л. C-68</t>
         </is>
       </c>
       <c r="D347" s="1">
-        <v>1632</v>
+        <v>1864</v>
       </c>
       <c r="E347" s="1">
-        <v>54</v>
+        <v>15</v>
       </c>
       <c r="F347" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G347" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-92/S3</t>
+          <t xml:space="preserve">SF-80-24</t>
         </is>
       </c>
       <c r="C348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент TRANSPARENT BASE Прозора база, Quickline QBC-92/S3</t>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 24 мм × 50 м, Safex SF-80-24</t>
         </is>
       </c>
       <c r="D348" s="1">
-        <v>4890</v>
+        <v>59</v>
       </c>
       <c r="E348" s="1">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="F348" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G348" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-14/S1</t>
+          <t xml:space="preserve">QL100</t>
         </is>
       </c>
       <c r="C349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент LIGHT WHITE Світло-білий, Quickline QDG-14/S1</t>
+          <t xml:space="preserve">Фабра QL по коду 100г (фарба + розчинник) QL100</t>
         </is>
       </c>
       <c r="D349" s="1">
-        <v>1438</v>
+        <v>7</v>
       </c>
       <c r="E349" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="F349" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G349" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-15/S3</t>
+          <t xml:space="preserve">PPG100</t>
         </is>
       </c>
       <c r="C350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SNOW WHITE Сніжно-білий, Quickline QDG-15/S3</t>
+          <t xml:space="preserve">Фабра PPG по коду 100г (фарба + розчинник) PPG100</t>
         </is>
       </c>
       <c r="D350" s="1">
-        <v>4315</v>
+        <v>4</v>
       </c>
       <c r="E350" s="1">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="F350" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G350" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-17/S1</t>
+          <t xml:space="preserve">6890-1,5</t>
         </is>
       </c>
       <c r="C351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BODY BLACK Насичений чорний, Quickline QDG-17/S1</t>
+          <t xml:space="preserve">Шпаклівка  Sprayable B89 поліефірна 2K  Silco 6890</t>
         </is>
       </c>
       <c r="D351" s="1">
-        <v>1438</v>
+        <v>494</v>
       </c>
       <c r="E351" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F351" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G351" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B352" s="1">
+        <v>51418</v>
       </c>
       <c r="C352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIOLET BLUE Фіолетово-синій, Quickline QDG-26/S1</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II 737U Purple+ 70x396мм P320, 3M 51418</t>
         </is>
       </c>
       <c r="D352" s="1">
-        <v>1438</v>
+        <v>72</v>
       </c>
       <c r="E352" s="1">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="F352" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G352" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-28/S1</t>
+          <t xml:space="preserve">2130-05</t>
         </is>
       </c>
       <c r="C353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CYAN BLUE Блакитно-синій, Quickline QDG-28/S1</t>
+          <t xml:space="preserve">Затверджувач швидкий до епоксидного грунта  500мл,  Silco 2130</t>
         </is>
       </c>
       <c r="D353" s="1">
-        <v>1438</v>
+        <v>521</v>
       </c>
       <c r="E353" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F353" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G353" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B354" s="1">
+        <v>51430</v>
       </c>
       <c r="C354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P80+,   3M 51430</t>
         </is>
       </c>
       <c r="D354" s="1">
-        <v>1438</v>
+        <v>2066</v>
       </c>
       <c r="E354" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F354" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G354" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-35/S3</t>
+          <t xml:space="preserve">AIRGUN_8</t>
         </is>
       </c>
       <c r="C355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
+          <t xml:space="preserve">Розчинник для обладнання AIRGUN CLEANER 8 кг, AIRGUN_8</t>
         </is>
       </c>
       <c r="D355" s="1">
-        <v>4315</v>
+        <v>1076</v>
       </c>
       <c r="E355" s="1">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F355" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G355" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-36/S1</t>
+          <t xml:space="preserve">TYVEK_2XL</t>
         </is>
       </c>
       <c r="C356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED SAND YELLOW Прозорий пісчано-жовтий, Quickline QDG-36/S1</t>
+          <t xml:space="preserve">Костюм розмір 2XL Dichem</t>
         </is>
       </c>
       <c r="D356" s="1">
-        <v>1438</v>
+        <v>445</v>
       </c>
       <c r="E356" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F356" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G356" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-37/S1</t>
+          <t xml:space="preserve">6165-240</t>
         </is>
       </c>
       <c r="C357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент HARVEST YELLOW Світло-жовтий, Quickline QDG-37/S1</t>
+          <t xml:space="preserve">Рулони абразивні на поролоні Abra-Foam SBS, 115мм х 25м, P240, Silco 6165</t>
         </is>
       </c>
       <c r="D357" s="1">
-        <v>1438</v>
+        <v>1823</v>
       </c>
       <c r="E357" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F357" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G357" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">3M</t>
+        </is>
+      </c>
+      <c r="B358" s="1">
+        <v>51433</v>
       </c>
       <c r="C358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SUNSHINE YELLOW Сонячно-жовтий, Quickline QDG-38/S1</t>
+          <t xml:space="preserve">Абразивні смужки Cubitron II в рулоні 12м P180+, 3M 51433</t>
         </is>
       </c>
       <c r="D358" s="1">
-        <v>1438</v>
+        <v>2066</v>
       </c>
       <c r="E358" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F358" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G358" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-48/S1</t>
+          <t xml:space="preserve">3550-0,5</t>
         </is>
       </c>
       <c r="C359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT GREEN Яскраво-зелений, Quickline QDG-48/S1</t>
+          <t xml:space="preserve">Проявочна пудра чорна в аерозолі, 500мл, Silco 3550</t>
         </is>
       </c>
       <c r="D359" s="1">
-        <v>1438</v>
+        <v>312</v>
       </c>
       <c r="E359" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F359" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G359" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ROBERLO</t>
+        </is>
+      </c>
+      <c r="B360" s="1">
+        <v>62082</v>
       </c>
       <c r="C360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIOLET RED Фіолетово-червоний, Quickline QDG-55/S1</t>
+          <t xml:space="preserve">Затвердник акриловий C355, 0,5л, Roberlo 62082</t>
         </is>
       </c>
       <c r="D360" s="1">
-        <v>1438</v>
+        <v>699</v>
       </c>
       <c r="E360" s="1">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="F360" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G360" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ROBERLO</t>
+        </is>
+      </c>
+      <c r="B361" s="1">
+        <v>67948</v>
       </c>
       <c r="C361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S3</t>
+          <t xml:space="preserve">Лак акриловий HS Unix 450, 1л,  Roberlo 67948  (затверджувач, 0,5л,  Roberlo 62082) )</t>
         </is>
       </c>
       <c r="D361" s="1">
-        <v>2092</v>
+        <v>775</v>
       </c>
       <c r="E361" s="1">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="F361" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G361" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-57/S3</t>
+          <t xml:space="preserve">SF-30-20</t>
         </is>
       </c>
       <c r="C362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент IRON RED Золотисто-коричневий, Quickline QDG-57/S3</t>
+          <t xml:space="preserve">Папір маскувальний 30см*20м, Safex SF-30-20</t>
         </is>
       </c>
       <c r="D362" s="1">
-        <v>2092</v>
+        <v>77</v>
       </c>
       <c r="E362" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F362" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G362" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-59/S3</t>
+          <t xml:space="preserve">SF-60-100</t>
         </is>
       </c>
       <c r="C363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE RED Синьо-червоний, Quickline QDG-59/S3</t>
+          <t xml:space="preserve">Папір маскувальний 60см*100м, Safex SF-60-100</t>
         </is>
       </c>
       <c r="D363" s="1">
-        <v>4315</v>
+        <v>497</v>
       </c>
       <c r="E363" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F363" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G363" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SAFEX</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4420/S05</t>
+          <t xml:space="preserve">SF-90-100</t>
         </is>
       </c>
       <c r="C364" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
+          <t xml:space="preserve">Папір маскувальний 90см*100м,  SF-90-100</t>
         </is>
       </c>
       <c r="D364" s="1">
-        <v>577</v>
+        <v>794</v>
       </c>
       <c r="E364" s="1">
-        <v>442</v>
+        <v>1</v>
       </c>
       <c r="F364" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G364" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SPRINT</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4520/S0.5</t>
+          <t xml:space="preserve">H69_C68</t>
         </is>
       </c>
       <c r="C365" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач UHS стандартний 0,5л, QL 4520</t>
+          <t xml:space="preserve">Sp Лак HS Vantix H69 1л + затверджувач 0,5л. C-68 (Комплект)</t>
         </is>
       </c>
       <c r="D365" s="1">
-        <v>841</v>
+        <v>1789</v>
       </c>
       <c r="E365" s="1">
-        <v>106</v>
+        <v>9</v>
       </c>
       <c r="F365" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G365" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4210/S02</t>
+          <t xml:space="preserve">9090-1</t>
         </is>
       </c>
       <c r="C366" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий MS 0,2л, QL 4210</t>
+          <t xml:space="preserve">Лак ультрашвидкий  HS X9  3:1  1л, Silco  9090  (затверджувач стандартний UHS, 330мл,  Silco 9125)</t>
         </is>
       </c>
       <c r="D366" s="1">
-        <v>320</v>
+        <v>893</v>
       </c>
       <c r="E366" s="1">
-        <v>60</v>
+        <v>5</v>
       </c>
       <c r="F366" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G366" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4230/S05</t>
+          <t xml:space="preserve">QC-7400/S1</t>
         </is>
       </c>
       <c r="C367" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач MS повільний</t>
+          <t xml:space="preserve">Лак HS  1л, QL 7400 (затверджувач HS 0,5л, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D367" s="1">
-        <v>516</v>
+        <v>859</v>
       </c>
       <c r="E367" s="1">
-        <v>5</v>
+        <v>304</v>
       </c>
       <c r="F367" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G367" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4220/S0.5</t>
+          <t xml:space="preserve">QC-7600/S1</t>
         </is>
       </c>
       <c r="C368" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач MS стандартний</t>
+          <t xml:space="preserve">Лак антискретч 1л, QL 7600 (затверджувач HS, 0,5л, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D368" s="1">
-        <v>516</v>
+        <v>835</v>
       </c>
       <c r="E368" s="1">
-        <v>44</v>
+        <v>183</v>
       </c>
       <c r="F368" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G368" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4900/S1</t>
+          <t xml:space="preserve">QP-3700/S1</t>
         </is>
       </c>
       <c r="C369" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активатор для QP-3100</t>
+          <t xml:space="preserve">Шпатлівка рідка  1л,  QL 3700</t>
         </is>
       </c>
       <c r="D369" s="1">
-        <v>404</v>
+        <v>1278</v>
       </c>
       <c r="E369" s="1">
         <v>1</v>
       </c>
       <c r="F369" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G369" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-2310/S0.5</t>
+          <t xml:space="preserve">QF-2660/S1.8K</t>
         </is>
       </c>
       <c r="C370" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий MS до акрилових фарб</t>
+          <t xml:space="preserve">Шпатлівка з алюмінієвим наповнювачем  1,8кг, QL 2660</t>
         </is>
       </c>
       <c r="D370" s="1">
-        <v>549</v>
+        <v>847</v>
       </c>
       <c r="E370" s="1">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F370" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G370" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5210/S5</t>
+          <t xml:space="preserve">QF-2440/S1.5K</t>
         </is>
       </c>
       <c r="C371" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник швидкий 5л, QL 5210</t>
+          <t xml:space="preserve">Шпатлівка для пластиків  1,5кг, QL 2440</t>
         </is>
       </c>
       <c r="D371" s="1">
-        <v>2170</v>
+        <v>1021</v>
       </c>
       <c r="E371" s="1">
-        <v>46</v>
+        <v>6</v>
       </c>
       <c r="F371" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G371" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5220/S5</t>
+          <t xml:space="preserve">QF-2630/S1.8K</t>
         </is>
       </c>
       <c r="C372" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник стандартний 5л, QL 5220</t>
+          <t xml:space="preserve">Шпатлівка зі скловолокном  1,8кг, QL 2630</t>
         </is>
       </c>
       <c r="D372" s="1">
-        <v>2170</v>
+        <v>778</v>
       </c>
       <c r="E372" s="1">
-        <v>338</v>
+        <v>1</v>
       </c>
       <c r="F372" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G372" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5230/S1</t>
+          <t xml:space="preserve">QA-1110/S1</t>
         </is>
       </c>
       <c r="C373" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник повільний 1л, QL 5230</t>
+          <t xml:space="preserve">Універсальний знежирювач</t>
         </is>
       </c>
       <c r="D373" s="1">
-        <v>602</v>
+        <v>287</v>
       </c>
       <c r="E373" s="1">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F373" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G373" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QS-5610/S1</t>
+          <t xml:space="preserve">QA-1070/S1</t>
         </is>
       </c>
       <c r="C374" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів 1л,  QL 5610</t>
+          <t xml:space="preserve">Очисник-підсилювач адгезії  1л, QL 1070</t>
         </is>
       </c>
       <c r="D374" s="1">
-        <v>667</v>
+        <v>1150</v>
       </c>
       <c r="E374" s="1">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F374" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G374" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D768/E1</t>
+          <t xml:space="preserve">QA-1900/S0.5</t>
         </is>
       </c>
       <c r="C375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM SATIN ALUMINIUM Середній сатін металік, PPG D768/E1</t>
+          <t xml:space="preserve">Пластифікатор  0,5л, QL 1900</t>
         </is>
       </c>
       <c r="D375" s="1">
-        <v>2911</v>
+        <v>1108</v>
       </c>
       <c r="E375" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F375" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G375" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D769/E1</t>
+          <t xml:space="preserve">QA-1403/S1K</t>
         </is>
       </c>
       <c r="C376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE ALUMINIUM Особливо дрібний металік, PPG D769/E1</t>
+          <t xml:space="preserve">Антигравійний захист чорний  1л, QL 1403</t>
         </is>
       </c>
       <c r="D376" s="1">
-        <v>3011</v>
+        <v>220</v>
       </c>
       <c r="E376" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F376" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G376" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D770/E3.5</t>
+          <t xml:space="preserve">QBC-11/S3</t>
         </is>
       </c>
       <c r="C377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE ALUMINIUM Дрібний металік, PPG D770/E3.5</t>
+          <t xml:space="preserve">Пігмент SUPER WHITE Насичений білий, Quickline QBC-11/S3</t>
         </is>
       </c>
       <c r="D377" s="1">
-        <v>10540</v>
+        <v>5027</v>
       </c>
       <c r="E377" s="1">
-        <v>2</v>
+        <v>98</v>
       </c>
       <c r="F377" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G377" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D771/E3.5</t>
+          <t xml:space="preserve">QBC-12/S1</t>
         </is>
       </c>
       <c r="C378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM Сердній металік, PPG D771/E3.5</t>
+          <t xml:space="preserve">Пігмент ARCTIC WHITE Білий низькоконцентрований, Quickline QBC-12/S1</t>
         </is>
       </c>
       <c r="D378" s="1">
-        <v>10540</v>
+        <v>1677</v>
       </c>
       <c r="E378" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F378" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G378" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D772/E3.5</t>
+          <t xml:space="preserve">QBC-13/S1</t>
         </is>
       </c>
       <c r="C379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE ALUMINIUM Великий металік, PPG D772/E3.5</t>
+          <t xml:space="preserve">Пігмент BRIGHT WHITE Яскравий білий, Quickline QBC-13/S1</t>
         </is>
       </c>
       <c r="D379" s="1">
-        <v>10540</v>
+        <v>1677</v>
       </c>
       <c r="E379" s="1">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F379" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G379" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D946/E3.5</t>
+          <t xml:space="preserve">QBC-16/S3</t>
         </is>
       </c>
       <c r="C380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE LENTICULAR ALUMINIUM Наддрібний лінзовидний металік, PPG D946/E3.5</t>
+          <t xml:space="preserve">Пігмент GRAPHITE BLACK Насичений чорний з синім відтінком, Quickline QBC-16/S3</t>
         </is>
       </c>
       <c r="D380" s="1">
-        <v>10539</v>
+        <v>5027</v>
       </c>
       <c r="E380" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F380" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G380" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D952/E3.5</t>
+          <t xml:space="preserve">QBC-18/S1</t>
         </is>
       </c>
       <c r="C381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE LENTICULAR ALUMINIUM Дрібний лінзовидний металік, PPG 952/E3.5</t>
+          <t xml:space="preserve">Пігмент PALE GRAPHITE BLACK Чорний прозорий (відтіночний), Quickline QBC-18/S1</t>
         </is>
       </c>
       <c r="D381" s="1">
-        <v>10539</v>
+        <v>1677</v>
       </c>
       <c r="E381" s="1">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="F381" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G381" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D989/E1</t>
+          <t xml:space="preserve">QBC-20/S3</t>
         </is>
       </c>
       <c r="C382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER COARSE SILVER DOLLAR ALI Агломератвеликий срібний долар,  PPG D989/E1</t>
+          <t xml:space="preserve">Пігмент CELESTIAL BLUE Синій чистий з червоним відтінком, Quickline QBC-20/S3</t>
         </is>
       </c>
       <c r="D382" s="1">
-        <v>3011</v>
+        <v>5027</v>
       </c>
       <c r="E382" s="1">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F382" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G382" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D895/E1</t>
+          <t xml:space="preserve">QBC-21/S3</t>
         </is>
       </c>
       <c r="C383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON  BC  TINTER Прозорий,  PPG D895/E1</t>
+          <t xml:space="preserve">Пігмент MIDNIGHT BLUE Синій насичений, Quickline QBC-21/S3</t>
         </is>
       </c>
       <c r="D383" s="1">
-        <v>2222</v>
+        <v>5027</v>
       </c>
       <c r="E383" s="1">
-        <v>58</v>
+        <v>3</v>
       </c>
       <c r="F383" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G383" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D740/E3.5</t>
+          <t xml:space="preserve">QBC-23/S1</t>
         </is>
       </c>
       <c r="C384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLACK Чорний, PPG D740/E3.5</t>
+          <t xml:space="preserve">Пігмент MOSS GREEN Зелений мох, Quickline QBC-23/S1</t>
         </is>
       </c>
       <c r="D384" s="1">
-        <v>10539</v>
+        <v>1677</v>
       </c>
       <c r="E384" s="1">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F384" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G384" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D741/E1</t>
+          <t xml:space="preserve">QBC-30/S1</t>
         </is>
       </c>
       <c r="C385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT BLUE Яскраво-синій,  PPG D741/E1</t>
+          <t xml:space="preserve">Пігмент LEMON YELLOW Лимонно-жовтий, Quickline QBC-30/S1</t>
         </is>
       </c>
       <c r="D385" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E385" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F385" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G385" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D744/E1</t>
+          <t xml:space="preserve">QBC-35/S1</t>
         </is>
       </c>
       <c r="C386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
+          <t xml:space="preserve">Пігмент BRIGHT YELLOW Яскраво-жовтий, Quickline QBC-35/S1</t>
         </is>
       </c>
       <c r="D386" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E386" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F386" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G386" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D746/E1</t>
+          <t xml:space="preserve">QBC-36/S1</t>
         </is>
       </c>
       <c r="C387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
+          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QBC-36/S1</t>
         </is>
       </c>
       <c r="D387" s="1">
-        <v>4065</v>
+        <v>1677</v>
       </c>
       <c r="E387" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F387" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G387" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D749/E1</t>
+          <t xml:space="preserve">QBC-40/S1</t>
         </is>
       </c>
       <c r="C388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BROWN Коричневий, PPG D749/E1</t>
+          <t xml:space="preserve">Пігмент FOREST GREEN Зелений з синім відтінком, Quickline QBC-40/S1</t>
         </is>
       </c>
       <c r="D388" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E388" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F388" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G388" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D750/E1</t>
+          <t xml:space="preserve">QBC-41/S1</t>
         </is>
       </c>
       <c r="C389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC OLIVE Оливковий, PPG D750/E1</t>
+          <t xml:space="preserve">Пігмент BRILLIANT GREEN Діамантовий зелений, Quickline QBC-41/S1</t>
         </is>
       </c>
       <c r="D389" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E389" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F389" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G389" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D752/E1</t>
+          <t xml:space="preserve">QBC-42/S1</t>
         </is>
       </c>
       <c r="C390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED Червоний, PPG D752/E1</t>
+          <t xml:space="preserve">Пігмент YELLOWISH GREEN Жовто-зелений, Quickline QBC-42/S1</t>
         </is>
       </c>
       <c r="D390" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E390" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F390" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G390" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D753/E1</t>
+          <t xml:space="preserve">QBC-43/S1</t>
         </is>
       </c>
       <c r="C391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE Білий, PPG D753/E1</t>
+          <t xml:space="preserve">Пігмент CHOCOLATE BROWN Шоколадно-коричневий, Quickline QBC-43/S1</t>
         </is>
       </c>
       <c r="D391" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E391" s="1">
-        <v>46</v>
+        <v>4</v>
       </c>
       <c r="F391" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G391" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D754/E1</t>
+          <t xml:space="preserve">QBC-50/S1</t>
         </is>
       </c>
       <c r="C392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT BLUE Прозоро-синій, PPG D754/E1</t>
+          <t xml:space="preserve">Пігмент REDUCED CORAL RED Прозорий коралово-червоний, Quickline QBC-50/S1</t>
         </is>
       </c>
       <c r="D392" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E392" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F392" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G392" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D756/E1</t>
+          <t xml:space="preserve">QBC-51/S1</t>
         </is>
       </c>
       <c r="C393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE BLACK Синьо-чорний, PPG D756/E1</t>
+          <t xml:space="preserve">Пігмент REDUCED RED Прозорий червоний, Quickline QBC-51/S1</t>
         </is>
       </c>
       <c r="D393" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E393" s="1">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="F393" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G393" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D757/E1</t>
+          <t xml:space="preserve">QBC-52/S1</t>
         </is>
       </c>
       <c r="C394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RUBY RED Рубіново-червоний, PPG D757/E1</t>
+          <t xml:space="preserve">Пігмент TERRACOTTA RED Пурпурно-червоний, Quickline QBC-52/S1</t>
         </is>
       </c>
       <c r="D394" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E394" s="1">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="F394" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G394" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D759/E1</t>
+          <t xml:space="preserve">QBC-53/S1</t>
         </is>
       </c>
       <c r="C395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC MATTING BASE Матуюча база, PPG D759/E1</t>
+          <t xml:space="preserve">Пігмент CRIMSON RED Темно-червоний, Quickline QBC-53/S1</t>
         </is>
       </c>
       <c r="D395" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E395" s="1">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F395" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G395" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D776/E1</t>
+          <t xml:space="preserve">QBC-54/S1</t>
         </is>
       </c>
       <c r="C396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE Синій, PPG D776/E1</t>
+          <t xml:space="preserve">Пігмент YELLOWISH RED Жовтувато-червоний, Quickline QBC-54/S1</t>
         </is>
       </c>
       <c r="D396" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E396" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F396" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G396" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D777/E1</t>
+          <t xml:space="preserve">QBC-56/S1</t>
         </is>
       </c>
       <c r="C397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT GREEN Прозоро-зелений,  PPG D777/E1</t>
+          <t xml:space="preserve">Пігмент WILD ORANGE Дикий помаранч, Quickline QBC-56/S1</t>
         </is>
       </c>
       <c r="D397" s="1">
-        <v>3011</v>
+        <v>3481</v>
       </c>
       <c r="E397" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F397" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G397" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D778/E1</t>
+          <t xml:space="preserve">QBC-61/S3</t>
         </is>
       </c>
       <c r="C398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW OXIDE Жовтий оксид, PPG D778/E1</t>
+          <t xml:space="preserve">Пігмент COARSE ALUMINIUM Великий металік, Quickline QBC-61/S3</t>
         </is>
       </c>
       <c r="D398" s="1">
-        <v>3011</v>
+        <v>5027</v>
       </c>
       <c r="E398" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F398" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G398" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D779/E1</t>
+          <t xml:space="preserve">QBC-63/S3</t>
         </is>
       </c>
       <c r="C399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED OXIDE Червоний оксид, PPG D779/E1</t>
+          <t xml:space="preserve">Пігмент SILVER ALUMINIUM Сріблястий металік, Quickline QBC-63/S3</t>
         </is>
       </c>
       <c r="D399" s="1">
-        <v>3011</v>
+        <v>5027</v>
       </c>
       <c r="E399" s="1">
         <v>3</v>
       </c>
       <c r="F399" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G399" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D780/E1</t>
+          <t xml:space="preserve">QBC-64/S3</t>
         </is>
       </c>
       <c r="C400" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRILLIANT YELLOW Яскраво-жовтий, PPG D780/E1</t>
+          <t xml:space="preserve">Пігмент EXTRA SILVER ALUMINIUM  Чистий яскравий сріблястий металік, Quickline QBC-64/S3</t>
         </is>
       </c>
       <c r="D400" s="1">
-        <v>3011</v>
+        <v>5027</v>
       </c>
       <c r="E400" s="1">
         <v>4</v>
       </c>
       <c r="F400" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G400" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D785/E1</t>
+          <t xml:space="preserve">QBC-66/S1</t>
         </is>
       </c>
       <c r="C401" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
+          <t xml:space="preserve">Пігмент GOLDEN ALUMINIUM Золотистий металік, Quickline QBC-66/S1</t>
         </is>
       </c>
       <c r="D401" s="1">
-        <v>2911</v>
+        <v>1677</v>
       </c>
       <c r="E401" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F401" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G401" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D787/E1</t>
+          <t xml:space="preserve">QBC-67/S3</t>
         </is>
       </c>
       <c r="C402" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG INTENSE ORANGE Інтенсивний оранжевий, PPG D787/E1</t>
+          <t xml:space="preserve">Пігмент SPECIAL LARGE ALUMINIUM Спеціально великий металік,  Quickline QBC-67/S3</t>
         </is>
       </c>
       <c r="D402" s="1">
-        <v>3212</v>
+        <v>5027</v>
       </c>
       <c r="E402" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F402" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G402" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D788/E1</t>
+          <t xml:space="preserve">QBC-68/S3</t>
         </is>
       </c>
       <c r="C403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG ROSE Рожевий, PPG D788/E1</t>
+          <t xml:space="preserve">Пігмент SPECIAL ALUMINIUM Яскравий середній металік, Quickline QBC-68/S3</t>
         </is>
       </c>
       <c r="D403" s="1">
-        <v>2826</v>
+        <v>5027</v>
       </c>
       <c r="E403" s="1">
-        <v>4</v>
+        <v>73</v>
       </c>
       <c r="F403" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G403" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D789/E3.5</t>
+          <t xml:space="preserve">QBC-75/S1</t>
         </is>
       </c>
       <c r="C404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC JET BLACK Насичений чорний, PPG D789/E3.5</t>
+          <t xml:space="preserve">Пігмент CRYSTAL WHITE PEARL Кристалічний білий перламутр, Quickline QBC-75/S1</t>
         </is>
       </c>
       <c r="D404" s="1">
-        <v>10539</v>
+        <v>2684</v>
       </c>
       <c r="E404" s="1">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="F404" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G404" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D792/E1</t>
+          <t xml:space="preserve">QBC-76/S1</t>
         </is>
       </c>
       <c r="C405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
+          <t xml:space="preserve">Пігмент FINE WHITE PEARL Тонкий білий перламутр, Quickline QBC-76/S1</t>
         </is>
       </c>
       <c r="D405" s="1">
-        <v>3011</v>
+        <v>2684</v>
       </c>
       <c r="E405" s="1">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F405" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G405" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D797/E1</t>
+          <t xml:space="preserve">QBC-77/S1</t>
         </is>
       </c>
       <c r="C406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC PHTHALO GREEN Фтало-зелений, PPG D797/E1</t>
+          <t xml:space="preserve">Пігмент COARSE WHITE PEARL Великий білий перламутр, Quickline QBC-77/S1</t>
         </is>
       </c>
       <c r="D406" s="1">
-        <v>2911</v>
+        <v>2684</v>
       </c>
       <c r="E406" s="1">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="F406" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G406" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D967/E1</t>
+          <t xml:space="preserve">QBC-80/S1</t>
         </is>
       </c>
       <c r="C407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLACK Ледь помітний чорний, PPG D967/E1</t>
+          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-80/S1</t>
         </is>
       </c>
       <c r="D407" s="1">
-        <v>3011</v>
+        <v>2684</v>
       </c>
       <c r="E407" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F407" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G407" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D968/E1</t>
+          <t xml:space="preserve">QBC-83/S1</t>
         </is>
       </c>
       <c r="C408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
+          <t xml:space="preserve">Пігмент RUBY PEARL Червоний перламутр з середнім зерном, Quickline QBC-83/S1</t>
         </is>
       </c>
       <c r="D408" s="1">
-        <v>3011</v>
+        <v>2684</v>
       </c>
       <c r="E408" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F408" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G408" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D969/E1</t>
+          <t xml:space="preserve">QBC-84/S1</t>
         </is>
       </c>
       <c r="C409" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE YELLOW Ледь помітний жовтий, PPG D969/E1</t>
+          <t xml:space="preserve">Пігмент GOLDEN PEARL Жовтий перламутр, Quickline QBC-84/S1</t>
         </is>
       </c>
       <c r="D409" s="1">
-        <v>3011</v>
+        <v>2684</v>
       </c>
       <c r="E409" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="F409" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G409" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D970/E1</t>
+          <t xml:space="preserve">QBC-86/S1</t>
         </is>
       </c>
       <c r="C410" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
+          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-86/S1</t>
         </is>
       </c>
       <c r="D410" s="1">
-        <v>3011</v>
+        <v>2684</v>
       </c>
       <c r="E410" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F410" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G410" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D971/E1</t>
+          <t xml:space="preserve">QBC-90/S1</t>
         </is>
       </c>
       <c r="C411" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
+          <t xml:space="preserve">Пігмент FLOP ADJUSTER  Регулятор зерна, Quickline QBC-90/S1</t>
         </is>
       </c>
       <c r="D411" s="1">
-        <v>3011</v>
+        <v>1677</v>
       </c>
       <c r="E411" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="F411" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G411" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D976/E1</t>
+          <t xml:space="preserve">QBC-92/S3</t>
         </is>
       </c>
       <c r="C412" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER PINK Прозоро-рожевий , PPG D976/E1</t>
+          <t xml:space="preserve">Пігмент TRANSPARENT BASE Прозора база, Quickline QBC-92/S3</t>
         </is>
       </c>
       <c r="D412" s="1">
-        <v>3479</v>
+        <v>5027</v>
       </c>
       <c r="E412" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F412" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G412" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D977/E1</t>
+          <t xml:space="preserve">QDG-14/S1</t>
         </is>
       </c>
       <c r="C413" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RED SHADE BLUE Червоний з синім відтінком, PPG D977/E1</t>
+          <t xml:space="preserve">Пігмент LIGHT WHITE Світло-білий, Quickline QDG-14/S1</t>
         </is>
       </c>
       <c r="D413" s="1">
-        <v>3011</v>
+        <v>1479</v>
       </c>
       <c r="E413" s="1">
         <v>3</v>
       </c>
       <c r="F413" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G413" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D978/E1</t>
+          <t xml:space="preserve">QDG-15/S3</t>
         </is>
       </c>
       <c r="C414" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER SCARLET Насичений червоний, PPG D978/E1</t>
+          <t xml:space="preserve">Пігмент SNOW WHITE Сніжно-білий, Quickline QDG-15/S3</t>
         </is>
       </c>
       <c r="D414" s="1">
-        <v>3011</v>
+        <v>4436</v>
       </c>
       <c r="E414" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="F414" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G414" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D981/E1</t>
+          <t xml:space="preserve">QDG-17/S1</t>
         </is>
       </c>
       <c r="C415" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER INTENSE VIOLET Інтенсивно-фіолетовий , PPG D981/E1</t>
+          <t xml:space="preserve">Пігмент BODY BLACK Насичений чорний, Quickline QDG-17/S1</t>
         </is>
       </c>
       <c r="D415" s="1">
-        <v>3212</v>
+        <v>1479</v>
       </c>
       <c r="E415" s="1">
         <v>4</v>
       </c>
       <c r="F415" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G415" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D794/E1</t>
+          <t xml:space="preserve">QDG-26/S1</t>
         </is>
       </c>
       <c r="C416" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VERDANT YELLOW Зеленувато-жовтий, PPG D794/E1</t>
+          <t xml:space="preserve">Пігмент VIOLET BLUE Фіолетово-синій, Quickline QDG-26/S1</t>
         </is>
       </c>
       <c r="D416" s="1">
-        <v>3011</v>
+        <v>1479</v>
       </c>
       <c r="E416" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F416" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G416" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9020/E0.35</t>
+          <t xml:space="preserve">QDG-28/S1</t>
         </is>
       </c>
       <c r="C417" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
+          <t xml:space="preserve">Пігмент CYAN BLUE Блакитно-синій, Quickline QDG-28/S1</t>
         </is>
       </c>
       <c r="D417" s="1">
-        <v>3837</v>
+        <v>1479</v>
       </c>
       <c r="E417" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F417" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G417" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9021/E0.35</t>
+          <t xml:space="preserve">QDG-29/S1</t>
         </is>
       </c>
       <c r="C418" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - VIOLA FANTASY Насичений фіолетовий,  PPG D9021/E0.35</t>
+          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
         </is>
       </c>
       <c r="D418" s="1">
-        <v>3837</v>
+        <v>1479</v>
       </c>
       <c r="E418" s="1">
         <v>1</v>
       </c>
       <c r="F418" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G418" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9022/E0.35</t>
+          <t xml:space="preserve">QDG-35/S3</t>
         </is>
       </c>
       <c r="C419" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - ARCTIC FIRE Блакитно-червоний,  PPG D9022/E0.35</t>
+          <t xml:space="preserve">Пігмент SAND YELLOW Пісчано-жовтий, Quickline QDG-35/S3</t>
         </is>
       </c>
       <c r="D419" s="1">
-        <v>3837</v>
+        <v>4436</v>
       </c>
       <c r="E419" s="1">
         <v>3</v>
       </c>
       <c r="F419" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G419" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9023/E0.35</t>
+          <t xml:space="preserve">QDG-36/S1</t>
         </is>
       </c>
       <c r="C420" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - TROPIC SUNRISE Помаранчево-рожевий з золотим відтінком,  PPG D9023/E0.35</t>
+          <t xml:space="preserve">Пігмент REDUCED SAND YELLOW Прозорий пісчано-жовтий, Quickline QDG-36/S1</t>
         </is>
       </c>
       <c r="D420" s="1">
-        <v>3837</v>
+        <v>1479</v>
       </c>
       <c r="E420" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F420" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G420" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9024/E0.35</t>
+          <t xml:space="preserve">QDG-37/S1</t>
         </is>
       </c>
       <c r="C421" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - Deltron/GRS BC Tinter,  PPG D9024/E0.35</t>
+          <t xml:space="preserve">Пігмент HARVEST YELLOW Світло-жовтий, Quickline QDG-37/S1</t>
         </is>
       </c>
       <c r="D421" s="1">
-        <v>3837</v>
+        <v>1479</v>
       </c>
       <c r="E421" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F421" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G421" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D748/E1</t>
+          <t xml:space="preserve">QDG-38/S1</t>
         </is>
       </c>
       <c r="C422" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MAROON Прозоро-бордовий, PPG D748/E1</t>
+          <t xml:space="preserve">Пігмент SUNSHINE YELLOW Сонячно-жовтий, Quickline QDG-38/S1</t>
         </is>
       </c>
       <c r="D422" s="1">
-        <v>4066</v>
+        <v>1479</v>
       </c>
       <c r="E422" s="1">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F422" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G422" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D751/E1</t>
+          <t xml:space="preserve">QDG-48/S1</t>
         </is>
       </c>
       <c r="C423" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE PEARL Білий перламутр, PPG D751/E1</t>
+          <t xml:space="preserve">Пігмент BRIGHT GREEN Яскраво-зелений, Quickline QDG-48/S1</t>
         </is>
       </c>
       <c r="D423" s="1">
-        <v>4066</v>
+        <v>1479</v>
       </c>
       <c r="E423" s="1">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="F423" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G423" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D760/E1</t>
+          <t xml:space="preserve">QDG-53/S1</t>
         </is>
       </c>
       <c r="C424" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MID-SHADE BLUE Прозорий синій, PPG D760/E1</t>
+          <t xml:space="preserve">Пігмент ORANGE Помаранчевий, Quickline QDG-53/S1</t>
         </is>
       </c>
       <c r="D424" s="1">
-        <v>5869</v>
+        <v>1479</v>
       </c>
       <c r="E424" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F424" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G424" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D761/E1</t>
+          <t xml:space="preserve">QDG-55/S1</t>
         </is>
       </c>
       <c r="C425" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RICH RED BLUE Насичений червоно-синій, PPG D761/E1</t>
+          <t xml:space="preserve">Пігмент VIOLET RED Фіолетово-червоний, Quickline QDG-55/S1</t>
         </is>
       </c>
       <c r="D425" s="1">
-        <v>5869</v>
+        <v>1479</v>
       </c>
       <c r="E425" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F425" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G425" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D762/E1</t>
+          <t xml:space="preserve">QDG-56/S3</t>
         </is>
       </c>
       <c r="C426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER VIOLET BLUE Фіолетово-синій, PPG D762/E1</t>
+          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S3</t>
         </is>
       </c>
       <c r="D426" s="1">
-        <v>5869</v>
+        <v>2151</v>
       </c>
       <c r="E426" s="1">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F426" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G426" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D763/E1</t>
+          <t xml:space="preserve">QDG-57/S3</t>
         </is>
       </c>
       <c r="C427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE PEARL Синій перламутр, PPG D763/E1</t>
+          <t xml:space="preserve">Пігмент IRON RED Золотисто-коричневий, Quickline QDG-57/S3</t>
         </is>
       </c>
       <c r="D427" s="1">
-        <v>4066</v>
+        <v>2151</v>
       </c>
       <c r="E427" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F427" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G427" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D764/E1</t>
+          <t xml:space="preserve">QDG-59/S3</t>
         </is>
       </c>
       <c r="C428" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
+          <t xml:space="preserve">Пігмент BLUE RED Синьо-червоний, Quickline QDG-59/S3</t>
         </is>
       </c>
       <c r="D428" s="1">
-        <v>5869</v>
+        <v>4436</v>
       </c>
       <c r="E428" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F428" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G428" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D765/E1</t>
+          <t xml:space="preserve">QH-4420/S05</t>
         </is>
       </c>
       <c r="C429" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE RED PEARL Червоний перламутр,  PPG D765/E1</t>
+          <t xml:space="preserve">Затверджувач HS стандартний 0,5л, QL 4420</t>
         </is>
       </c>
       <c r="D429" s="1">
-        <v>4066</v>
+        <v>594</v>
       </c>
       <c r="E429" s="1">
-        <v>3</v>
+        <v>484</v>
       </c>
       <c r="F429" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G429" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D954/E1</t>
+          <t xml:space="preserve">QH-4520/S0.5</t>
         </is>
       </c>
       <c r="C430" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE PEARL WHITE Тонкий перламутрово-білий ,  PPG D954/E1</t>
+          <t xml:space="preserve">Затверджувач UHS стандартний 0,5л, QL 4520</t>
         </is>
       </c>
       <c r="D430" s="1">
-        <v>4066</v>
+        <v>688</v>
       </c>
       <c r="E430" s="1">
-        <v>3</v>
+        <v>93</v>
       </c>
       <c r="F430" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G430" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D955/E1</t>
+          <t xml:space="preserve">QH-4220/S0,2</t>
         </is>
       </c>
       <c r="C431" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COPPER PEARL Мідний перламутр,  PPG D955/E1</t>
+          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
         </is>
       </c>
       <c r="D431" s="1">
-        <v>4066</v>
+        <v>329</v>
       </c>
       <c r="E431" s="1">
-        <v>4</v>
+        <v>254</v>
       </c>
       <c r="F431" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G431" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D956/E1</t>
+          <t xml:space="preserve">QH-4230/S05</t>
         </is>
       </c>
       <c r="C432" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW PEARL Жовтий перламутр,  PPG D956/E1</t>
+          <t xml:space="preserve">Затверджувач MS повільний</t>
         </is>
       </c>
       <c r="D432" s="1">
-        <v>4066</v>
+        <v>531</v>
       </c>
       <c r="E432" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F432" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G432" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D957/E1</t>
+          <t xml:space="preserve">QH-4220/S0.5</t>
         </is>
       </c>
       <c r="C433" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC GREEN PEARL Зелений перламутр,  PPG D957/E1</t>
+          <t xml:space="preserve">Затверджувач MS стандартний</t>
         </is>
       </c>
       <c r="D433" s="1">
-        <v>4066</v>
+        <v>531</v>
       </c>
       <c r="E433" s="1">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="F433" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G433" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D958/E1</t>
+          <t xml:space="preserve">QH-4900/S1</t>
         </is>
       </c>
       <c r="C434" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC VIOLET PEARL Фіолетовий перламутр,  PPG D958/E1</t>
+          <t xml:space="preserve">Активатор для QP-3100</t>
         </is>
       </c>
       <c r="D434" s="1">
-        <v>4066</v>
+        <v>416</v>
       </c>
       <c r="E434" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F434" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G434" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D960/E1</t>
+          <t xml:space="preserve">QH-2310/S0.5</t>
         </is>
       </c>
       <c r="C435" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC RED PEARL Червоний перламутр,  PPG D960/E1</t>
+          <t xml:space="preserve">Затверджувач швидкий MS до акрилових фарб</t>
         </is>
       </c>
       <c r="D435" s="1">
-        <v>4066</v>
+        <v>564</v>
       </c>
       <c r="E435" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F435" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G435" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D965/E1</t>
+          <t xml:space="preserve">QS-5210/S5</t>
         </is>
       </c>
       <c r="C436" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC ORANGE PEARL Помаранчевий перламутр,  PPG D965/E1</t>
+          <t xml:space="preserve">Розчинник швидкий 5л, QL 5210</t>
         </is>
       </c>
       <c r="D436" s="1">
-        <v>4066</v>
+        <v>2231</v>
       </c>
       <c r="E436" s="1">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="F436" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G436" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D973/E1</t>
+          <t xml:space="preserve">QS-5220/S5</t>
         </is>
       </c>
       <c r="C437" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON/GRS BC Red Green Pearl Червоно-зеленовий перламутр,  PPG D973/E1</t>
+          <t xml:space="preserve">Розчинник стандартний 5л, QL 5220</t>
         </is>
       </c>
       <c r="D437" s="1">
-        <v>4066</v>
+        <v>2231</v>
       </c>
       <c r="E437" s="1">
-        <v>2</v>
+        <v>258</v>
       </c>
       <c r="F437" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G437" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D979/E1</t>
+          <t xml:space="preserve">QS-5230/S1</t>
         </is>
       </c>
       <c r="C438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT VIOLET Прозоро-фіолетовий,  PPG D979/E1</t>
+          <t xml:space="preserve">Розчинник повільний 1л, QL 5230</t>
         </is>
       </c>
       <c r="D438" s="1">
-        <v>4066</v>
+        <v>619</v>
       </c>
       <c r="E438" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F438" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G438" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D985/E1</t>
+          <t xml:space="preserve">QS-5920/S05</t>
         </is>
       </c>
       <c r="C439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER BLUE ALUMINIUM Синій металік,  PPG D985/E1</t>
+          <t xml:space="preserve">Розчинник для рідкої шпаклівки 0,5л,  QL 5920</t>
         </is>
       </c>
       <c r="D439" s="1">
-        <v>4066</v>
+        <v>352</v>
       </c>
       <c r="E439" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F439" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G439" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D991/E1</t>
+          <t xml:space="preserve">QS-5610/S1</t>
         </is>
       </c>
       <c r="C440" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RUBINE Рубіновий,  PPG D991/E1</t>
+          <t xml:space="preserve">Розчинник для переходів 1л,  QL 5610</t>
         </is>
       </c>
       <c r="D440" s="1">
-        <v>5869</v>
+        <v>685</v>
       </c>
       <c r="E440" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F440" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G440" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9040/E0.5</t>
+          <t xml:space="preserve">D767/E1</t>
         </is>
       </c>
       <c r="C441" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE SATIN ALUMINIUM Дрібний сатін металік, PPG D767/E1</t>
         </is>
       </c>
       <c r="D441" s="1">
-        <v>27081</v>
+        <v>3096</v>
       </c>
       <c r="E441" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F441" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G441" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX2/E0.113K</t>
+          <t xml:space="preserve">D770/E3.5</t>
         </is>
       </c>
       <c r="C442" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL SILVER Кристально-сріблястий,  PPG PRLX2/E0.113K</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE ALUMINIUM Дрібний металік, PPG D770/E3.5</t>
         </is>
       </c>
       <c r="D442" s="1">
-        <v>9019</v>
+        <v>10836</v>
       </c>
       <c r="E442" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F442" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G442" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX4/E0.113K</t>
+          <t xml:space="preserve">D771/E3.5</t>
         </is>
       </c>
       <c r="C443" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL BLUE Кристально-синій,  PPG PRLX4/E0.113K</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MEDIUM ALUMINIUM Сердній металік, PPG D771/E3.5</t>
         </is>
       </c>
       <c r="D443" s="1">
-        <v>9019</v>
+        <v>10836</v>
       </c>
       <c r="E443" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F443" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G443" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D835/E1</t>
+          <t xml:space="preserve">D946/E3.5</t>
         </is>
       </c>
       <c r="C444" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC EXTRA FINE LENTICULAR ALUMINIUM Наддрібний лінзовидний металік, PPG D946/E3.5</t>
         </is>
       </c>
       <c r="D444" s="1">
-        <v>2077</v>
+        <v>10835</v>
       </c>
       <c r="E444" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F444" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G444" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8507/E1</t>
+          <t xml:space="preserve">D952/E3.5</t>
         </is>
       </c>
       <c r="C445" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 темно-сірий (G7) 1л, PPG  D8507  (затверджувач швидкий HS 1л, PPG  D8238)</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE LENTICULAR ALUMINIUM Дрібний лінзовидний металік, PPG 952/E3.5</t>
         </is>
       </c>
       <c r="D445" s="1">
-        <v>1729</v>
+        <v>10835</v>
       </c>
       <c r="E445" s="1">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="F445" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G445" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8505/E3</t>
+          <t xml:space="preserve">D989/E1</t>
         </is>
       </c>
       <c r="C446" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) сірий (G5) 2:1:0,5  3L, PPG D8505</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER COARSE SILVER DOLLAR ALI Агломератвеликий срібний долар,  PPG D989/E1</t>
         </is>
       </c>
       <c r="D446" s="1">
-        <v>5185</v>
+        <v>3096</v>
       </c>
       <c r="E446" s="1">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="F446" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G446" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D820/E1</t>
+          <t xml:space="preserve">D895/E1</t>
         </is>
       </c>
       <c r="C447" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт універсальний адгезійний для пластику 1л,  PPG  D820 D820</t>
+          <t xml:space="preserve">Пігмент DELTRON  BC  TINTER Прозорий,  PPG D895/E1</t>
         </is>
       </c>
       <c r="D447" s="1">
-        <v>3232</v>
+        <v>2285</v>
       </c>
       <c r="E447" s="1">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F447" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G447" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8434/E1</t>
+          <t xml:space="preserve">D740/E3.5</t>
         </is>
       </c>
       <c r="C448" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувач до пластику 1 л</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLACK Чорний, PPG D740/E3.5</t>
         </is>
       </c>
       <c r="D448" s="1">
-        <v>325</v>
+        <v>10835</v>
       </c>
       <c r="E448" s="1">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F448" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G448" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8254/E2.5</t>
+          <t xml:space="preserve">D741/E1</t>
         </is>
       </c>
       <c r="C449" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач до лаку D8131 UHS 2,5л, PPG  D8254</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT BLUE Яскраво-синій,  PPG D741/E1</t>
         </is>
       </c>
       <c r="D449" s="1">
-        <v>5406</v>
+        <v>3096</v>
       </c>
       <c r="E449" s="1">
-        <v>136</v>
+        <v>1</v>
       </c>
       <c r="F449" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G449" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D880/E1</t>
+          <t xml:space="preserve">D744/E1</t>
         </is>
       </c>
       <c r="C450" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS 1 л.</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WARM YELLOW Тепло-жовтий, PPG D744/E1</t>
         </is>
       </c>
       <c r="D450" s="1">
-        <v>1224</v>
+        <v>3096</v>
       </c>
       <c r="E450" s="1">
-        <v>120</v>
+        <v>3</v>
       </c>
       <c r="F450" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G450" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8131/E5</t>
+          <t xml:space="preserve">D746/E1</t>
         </is>
       </c>
       <c r="C451" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак UHS,  2:1, 5л,  PPG  D8131  (затверджувач 2,5л, PPG  D8254)</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MAGENTA,  PPG D746/E1</t>
         </is>
       </c>
       <c r="D451" s="1">
-        <v>7849</v>
+        <v>4179</v>
       </c>
       <c r="E451" s="1">
-        <v>136</v>
+        <v>3</v>
       </c>
       <c r="F451" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G451" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D808/E5</t>
+          <t xml:space="preserve">D749/E1</t>
         </is>
       </c>
       <c r="C452" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BROWN Коричневий, PPG D749/E1</t>
         </is>
       </c>
       <c r="D452" s="1">
-        <v>2724</v>
+        <v>3096</v>
       </c>
       <c r="E452" s="1">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="F452" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G452" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D868/E1</t>
+          <t xml:space="preserve">D752/E1</t>
         </is>
       </c>
       <c r="C453" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів на MS і HS лаках, 1л,  PPG  D868</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED Червоний, PPG D752/E1</t>
         </is>
       </c>
       <c r="D453" s="1">
-        <v>1298</v>
+        <v>3096</v>
       </c>
       <c r="E453" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F453" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G453" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8430/E1</t>
+          <t xml:space="preserve">D753/E1</t>
         </is>
       </c>
       <c r="C454" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів на HS і UHS лаках, 1л,  PPG  D8430</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE Білий, PPG D753/E1</t>
         </is>
       </c>
       <c r="D454" s="1">
-        <v>1471</v>
+        <v>3096</v>
       </c>
       <c r="E454" s="1">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="F454" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G454" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D851/E1</t>
+          <t xml:space="preserve">D756/E1</t>
         </is>
       </c>
       <c r="C455" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів по базі (біндер), 1л,  PPG  D851</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE BLACK Синьо-чорний, PPG D756/E1</t>
         </is>
       </c>
       <c r="D455" s="1">
-        <v>2099</v>
+        <v>3096</v>
       </c>
       <c r="E455" s="1">
         <v>3</v>
       </c>
       <c r="F455" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G455" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D807/E5</t>
+          <t xml:space="preserve">D757/E1</t>
         </is>
       </c>
       <c r="C456" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник універсальний стандартний (18-25C), 5л,  PPG  D807</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RUBY RED Рубіново-червоний, PPG D757/E1</t>
         </is>
       </c>
       <c r="D456" s="1">
-        <v>2724</v>
+        <v>3096</v>
       </c>
       <c r="E456" s="1">
-        <v>87</v>
+        <v>1</v>
       </c>
       <c r="F456" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G456" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1410/S1K</t>
+          <t xml:space="preserve">D759/E1</t>
         </is>
       </c>
       <c r="C457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик кистьовий  1л, QL 1410</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC MATTING BASE Матуюча база, PPG D759/E1</t>
         </is>
       </c>
       <c r="D457" s="1">
-        <v>501</v>
+        <v>3096</v>
       </c>
       <c r="E457" s="1">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F457" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G457" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1412/S0.25K</t>
+          <t xml:space="preserve">D776/E1</t>
         </is>
       </c>
       <c r="C458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BLUE Синій, PPG D776/E1</t>
         </is>
       </c>
       <c r="D458" s="1">
-        <v>273</v>
+        <v>3096</v>
       </c>
       <c r="E458" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F458" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G458" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3415/S0.8</t>
+          <t xml:space="preserve">D779/E1</t>
         </is>
       </c>
       <c r="C459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED OXIDE Червоний оксид, PPG D779/E1</t>
         </is>
       </c>
       <c r="D459" s="1">
-        <v>553</v>
+        <v>3096</v>
       </c>
       <c r="E459" s="1">
-        <v>167</v>
+        <v>4</v>
       </c>
       <c r="F459" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G459" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3417/S0.8</t>
+          <t xml:space="preserve">D780/E1</t>
         </is>
       </c>
       <c r="C460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRILLIANT YELLOW Яскраво-жовтий, PPG D780/E1</t>
         </is>
       </c>
       <c r="D460" s="1">
-        <v>553</v>
+        <v>3096</v>
       </c>
       <c r="E460" s="1">
-        <v>245</v>
+        <v>3</v>
       </c>
       <c r="F460" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G460" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>1305486</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D785/E1</t>
+        </is>
       </c>
       <c r="C461" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насадка FLATSTR для вузьких текстурних швів, 10шт, Teroson 1305486</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG BORDEAUX Бордовий, PPG D785/E1</t>
         </is>
       </c>
       <c r="D461" s="1">
-        <v>912</v>
+        <v>2992</v>
       </c>
       <c r="E461" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F461" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G461" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>1470999</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D787/E1</t>
+        </is>
       </c>
       <c r="C462" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насадка WIDESTR для широких текстурних швів, 10шт, Teroson 1470999</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG INTENSE ORANGE Інтенсивний оранжевий, PPG D787/E1</t>
         </is>
       </c>
       <c r="D462" s="1">
-        <v>912</v>
+        <v>3302</v>
       </c>
       <c r="E462" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F462" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G462" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-24/S3</t>
+          <t xml:space="preserve">D788/E1</t>
         </is>
       </c>
       <c r="C463" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DEEP BLUE Темно-синій, Quickline QBC-24/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG ROSE Рожевий, PPG D788/E1</t>
         </is>
       </c>
       <c r="D463" s="1">
-        <v>4890</v>
+        <v>2905</v>
       </c>
       <c r="E463" s="1">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="F463" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G463" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-55/S3</t>
+          <t xml:space="preserve">D789/E3.5</t>
         </is>
       </c>
       <c r="C464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC JET BLACK Насичений чорний, PPG D789/E3.5</t>
         </is>
       </c>
       <c r="D464" s="1">
-        <v>4890</v>
+        <v>10835</v>
       </c>
       <c r="E464" s="1">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="F464" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G464" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-02/S0.5</t>
+          <t xml:space="preserve">D792/E1</t>
         </is>
       </c>
       <c r="C465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GOLD LEAF Золотистий лист, Quickline QSE-02/S0.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT ORANGE Яскраво-помаранчевий, PPG D792/E1</t>
         </is>
       </c>
       <c r="D465" s="1">
-        <v>2604</v>
+        <v>3096</v>
       </c>
       <c r="E465" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F465" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G465" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-03/S0.5</t>
+          <t xml:space="preserve">D797/E1</t>
         </is>
       </c>
       <c r="C466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент COPPER Мідний, Quickline QSE-03/S0.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC PHTHALO GREEN Фтало-зелений, PPG D797/E1</t>
         </is>
       </c>
       <c r="D466" s="1">
-        <v>2604</v>
+        <v>2992</v>
       </c>
       <c r="E466" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F466" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G466" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-04/S0.5</t>
+          <t xml:space="preserve">D959/E1</t>
         </is>
       </c>
       <c r="C467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STARLIGHT RED Зоряний червоний, Quickline QSE-04/S0.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC ULTRA FINE WHITE Ультра тонкий білий, PPG D959/E1</t>
         </is>
       </c>
       <c r="D467" s="1">
-        <v>2604</v>
+        <v>3096</v>
       </c>
       <c r="E467" s="1">
         <v>2</v>
       </c>
       <c r="F467" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G467" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-05/S0.5</t>
+          <t xml:space="preserve">D966/E1</t>
         </is>
       </c>
       <c r="C468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FLASH RED Блискучий червоний, Quickline QSE-05/S0.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE WHITE Ледь помітний білий, PPG D966/E1</t>
         </is>
       </c>
       <c r="D468" s="1">
-        <v>2604</v>
+        <v>3096</v>
       </c>
       <c r="E468" s="1">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="F468" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G468" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-06/S0.5</t>
+          <t xml:space="preserve">D968/E1</t>
         </is>
       </c>
       <c r="C469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент SPACE BLUE Космічний синій, Quickline QSE-06/S0.5</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE RED Ледь помітний червоний, PPG D968/E1</t>
         </is>
       </c>
       <c r="D469" s="1">
-        <v>2604</v>
+        <v>3096</v>
       </c>
       <c r="E469" s="1">
-        <v>33</v>
+        <v>2</v>
       </c>
       <c r="F469" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G469" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-56/S1</t>
+          <t xml:space="preserve">D969/E1</t>
         </is>
       </c>
       <c r="C470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE YELLOW Ледь помітний жовтий, PPG D969/E1</t>
         </is>
       </c>
       <c r="D470" s="1">
-        <v>1438</v>
+        <v>3096</v>
       </c>
       <c r="E470" s="1">
         <v>2</v>
       </c>
       <c r="F470" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G470" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-58/S1</t>
+          <t xml:space="preserve">D970/E1</t>
         </is>
       </c>
       <c r="C471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BRIGHT RED Яскраво-червоний, Quickline QDG-58/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE BLUE Ледь помітний синій, PPG D970/E1</t>
         </is>
       </c>
       <c r="D471" s="1">
-        <v>1438</v>
+        <v>3096</v>
       </c>
       <c r="E471" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F471" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G471" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>280900</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D971/E1</t>
+        </is>
       </c>
       <c r="C472" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 280/90 Тип 1 С 0101, Тара 280900</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRACE GREEN Ледь помітний зелений, PPG D971/E1</t>
         </is>
       </c>
       <c r="D472" s="1">
-        <v>8</v>
-[...4 lines deleted...]
-        </is>
+        <v>3096</v>
+      </c>
+      <c r="E472" s="1">
+        <v>4</v>
       </c>
       <c r="F472" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G472" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>550900</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D977/E1</t>
+        </is>
       </c>
       <c r="C473" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RED SHADE BLUE Червоний з синім відтінком, PPG D977/E1</t>
         </is>
       </c>
       <c r="D473" s="1">
-        <v>10</v>
+        <v>3096</v>
       </c>
       <c r="E473" s="1">
-        <v>261</v>
+        <v>4</v>
       </c>
       <c r="F473" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G473" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>100012</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D978/E1</t>
+        </is>
       </c>
       <c r="C474" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER SCARLET Насичений червоний, PPG D978/E1</t>
         </is>
       </c>
       <c r="D474" s="1">
-        <v>19</v>
+        <v>3096</v>
       </c>
       <c r="E474" s="1">
-        <v>610</v>
+        <v>3</v>
       </c>
       <c r="F474" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G474" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>220015</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D980/E1</t>
+        </is>
       </c>
       <c r="C475" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT GOLD  Прозоро-золотий, PPG D980/E1</t>
         </is>
       </c>
       <c r="D475" s="1">
-        <v>36</v>
+        <v>3284</v>
       </c>
       <c r="E475" s="1">
-        <v>152</v>
+        <v>2</v>
       </c>
       <c r="F475" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G475" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>500021</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D981/E1</t>
+        </is>
       </c>
       <c r="C476" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 5000/210 Тип 1 С 0101 040101, Тара 500021</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER INTENSE VIOLET Інтенсивно-фіолетовий , PPG D981/E1</t>
         </is>
       </c>
       <c r="D476" s="1">
-        <v>56</v>
+        <v>3302</v>
       </c>
       <c r="E476" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="F476" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G476" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>902555</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D794/E1</t>
+        </is>
       </c>
       <c r="C477" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 90 Тип 1 С 0101,  Тара 902555</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC VERDANT YELLOW Зеленувато-жовтий, PPG D794/E1</t>
         </is>
       </c>
       <c r="D477" s="1">
+        <v>3096</v>
+      </c>
+      <c r="E477" s="1">
         <v>3</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="F477" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G477" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>120100</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D9020/E0.35</t>
+        </is>
       </c>
       <c r="C478" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - AUTUMN MYSTERY Червоно-коричнево-золотий, PPG D9020/E0.35</t>
         </is>
       </c>
       <c r="D478" s="1">
-        <v>6</v>
+        <v>3945</v>
       </c>
       <c r="E478" s="1">
-        <v>856</v>
+        <v>7</v>
       </c>
       <c r="F478" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G478" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>150220</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D9022/E0.35</t>
+        </is>
       </c>
       <c r="C479" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 150 Тип 2 С 0101, Тара 150220</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - ARCTIC FIRE Блакитно-червоний,  PPG D9022/E0.35</t>
         </is>
       </c>
       <c r="D479" s="1">
-        <v>12</v>
+        <v>3945</v>
       </c>
       <c r="E479" s="1">
-        <v>296</v>
+        <v>3</v>
       </c>
       <c r="F479" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G479" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>185340</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D9023/E0.35</t>
+        </is>
       </c>
       <c r="C480" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
+          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - TROPIC SUNRISE Помаранчево-рожевий з золотим відтінком,  PPG D9023/E0.35</t>
         </is>
       </c>
       <c r="D480" s="1">
-        <v>12</v>
+        <v>3945</v>
       </c>
       <c r="E480" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F480" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G480" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>210500</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D9024/E0.35</t>
+        </is>
       </c>
       <c r="C481" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
+          <t xml:space="preserve">Пігмент EH - Deltron/GRS BC Tinter,  PPG D9024/E0.35</t>
         </is>
       </c>
       <c r="D481" s="1">
-        <v>22</v>
+        <v>3945</v>
       </c>
       <c r="E481" s="1">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F481" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G481" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8426/E0.4</t>
+          <t xml:space="preserve">D748/E1</t>
         </is>
       </c>
       <c r="C482" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт в аерозолі темно-сірий (G7) 0,4л, PPG  D8426</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TRANSPARENT MAROON Прозоро-бордовий, PPG D748/E1</t>
         </is>
       </c>
       <c r="D482" s="1">
-        <v>789</v>
+        <v>4181</v>
       </c>
       <c r="E482" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F482" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G482" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D812/E5</t>
+          <t xml:space="preserve">D751/E1</t>
         </is>
       </c>
       <c r="C483" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC WHITE PEARL Білий перламутр, PPG D751/E1</t>
         </is>
       </c>
       <c r="D483" s="1">
-        <v>2724</v>
+        <v>4181</v>
       </c>
       <c r="E483" s="1">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F483" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G483" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8199/E0.33</t>
+          <t xml:space="preserve">D761/E1</t>
         </is>
       </c>
       <c r="C484" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIVID RED Яскраво-червоний, SPECIAL MIDCOAT CONCENTRATE, PPG D8199/E0.33</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER RICH RED BLUE Насичений червоно-синій, PPG D761/E1</t>
         </is>
       </c>
       <c r="D484" s="1">
-        <v>6042</v>
+        <v>6034</v>
       </c>
       <c r="E484" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F484" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G484" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8717/E5</t>
+          <t xml:space="preserve">D762/E1</t>
         </is>
       </c>
       <c r="C485" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник стандартний, 5л,  PPG  D8717</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER VIOLET BLUE Фіолетово-синій, PPG D762/E1</t>
         </is>
       </c>
       <c r="D485" s="1">
-        <v>4921</v>
+        <v>6034</v>
       </c>
       <c r="E485" s="1">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F485" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G485" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">A242/E0.2K</t>
+          <t xml:space="preserve">D764/E1</t>
         </is>
       </c>
       <c r="C486" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпаклівка акрилова 0,2 кг</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED VIOLET Червоно-фіолетовий,  PPG D764/E1</t>
         </is>
       </c>
       <c r="D486" s="1">
-        <v>362</v>
+        <v>6034</v>
       </c>
       <c r="E486" s="1">
         <v>4</v>
       </c>
       <c r="F486" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G486" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8255/E0.5</t>
+          <t xml:space="preserve">D765/E1</t>
         </is>
       </c>
       <c r="C487" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний UHS 0.5 л</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE RED PEARL Червоний перламутр,  PPG D765/E1</t>
         </is>
       </c>
       <c r="D487" s="1">
-        <v>422</v>
+        <v>4181</v>
       </c>
       <c r="E487" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F487" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G487" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-57/S1</t>
+          <t xml:space="preserve">D793/E1</t>
         </is>
       </c>
       <c r="C488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент IRON RED  Золотисто-коричневий, Quickline QDG-57/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC BRIGHT RED PEARL Яскраво-червоний перламутр,  PPG D793/E1</t>
         </is>
       </c>
       <c r="D488" s="1">
-        <v>1438</v>
+        <v>4181</v>
       </c>
       <c r="E488" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F488" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G488" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-59/S1</t>
+          <t xml:space="preserve">D943/E1</t>
         </is>
       </c>
       <c r="C489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ORANGE ALUMINIUM Помаранчовий металік, Quickline QBC-59/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC FINE BLUE PEARL Тонкий синій перламутр,  PPG D943/E1</t>
         </is>
       </c>
       <c r="D489" s="1">
-        <v>2611</v>
+        <v>4181</v>
       </c>
       <c r="E489" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F489" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G489" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2269326</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D955/E1</t>
+        </is>
       </c>
       <c r="C490" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COPPER PEARL Мідний перламутр,  PPG D955/E1</t>
         </is>
       </c>
       <c r="D490" s="1">
-        <v>472</v>
+        <v>4181</v>
       </c>
       <c r="E490" s="1">
-        <v>123</v>
+        <v>2</v>
       </c>
       <c r="F490" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G490" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>142241</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D956/E1</t>
+        </is>
       </c>
       <c r="C491" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Терозон пневмопистолет для клею ET AIR GUN MULTIPRESS</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC YELLOW PEARL Жовтий перламутр,  PPG D956/E1</t>
         </is>
       </c>
       <c r="D491" s="1">
-        <v>25356</v>
+        <v>4181</v>
       </c>
       <c r="E491" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F491" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G491" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-49/S1</t>
+          <t xml:space="preserve">D957/E1</t>
         </is>
       </c>
       <c r="C492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC GREEN PEARL Зелений перламутр,  PPG D957/E1</t>
         </is>
       </c>
       <c r="D492" s="1">
-        <v>1438</v>
+        <v>4181</v>
       </c>
       <c r="E492" s="1">
         <v>3</v>
       </c>
       <c r="F492" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G492" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-49/S1</t>
+          <t xml:space="preserve">D958/E1</t>
         </is>
       </c>
       <c r="C493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC VIOLET PEARL Фіолетовий перламутр,  PPG D958/E1</t>
         </is>
       </c>
       <c r="D493" s="1">
-        <v>1438</v>
+        <v>4181</v>
       </c>
       <c r="E493" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F493" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G493" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-15/S1</t>
+          <t xml:space="preserve">D960/E1</t>
         </is>
       </c>
       <c r="C494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ONYX BLACK  Чорний онікс, Quickline QBC-15/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC RED PEARL Червоний перламутр,  PPG D960/E1</t>
         </is>
       </c>
       <c r="D494" s="1">
-        <v>1632</v>
+        <v>4181</v>
       </c>
       <c r="E494" s="1">
-        <v>54</v>
+        <v>1</v>
       </c>
       <c r="F494" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G494" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-15/S1</t>
+          <t xml:space="preserve">D965/E1</t>
         </is>
       </c>
       <c r="C495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ONYX BLACK  Чорний онікс, Quickline QBC-15/S1</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC ORANGE PEARL Помаранчевий перламутр,  PPG D965/E1</t>
         </is>
       </c>
       <c r="D495" s="1">
-        <v>1632</v>
+        <v>4181</v>
       </c>
       <c r="E495" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F495" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G495" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2671610</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D979/E1</t>
+        </is>
       </c>
       <c r="C496" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER TRANSPARENT VIOLET Прозоро-фіолетовий,  PPG D979/E1</t>
         </is>
       </c>
       <c r="D496" s="1">
-        <v>821</v>
+        <v>4181</v>
       </c>
       <c r="E496" s="1">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="F496" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G496" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PLP307-1001-L</t>
+          <t xml:space="preserve">D9040/E0.5</t>
         </is>
       </c>
       <c r="C497" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівкомбінезон  PPG, розмір L</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SILVER PRISM Сріблястий з преливом, PPG D9040/E0.35</t>
         </is>
       </c>
       <c r="D497" s="1">
-        <v>1490</v>
+        <v>27842</v>
       </c>
       <c r="E497" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F497" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G497" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>150900</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D9070/E1</t>
+        </is>
       </c>
       <c r="C498" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 150/90, Тара 150900</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC TINTER - SUPER FINE LIQUID METAL Надтонкий рідкий метал, PPG D9070/E1</t>
         </is>
       </c>
       <c r="D498" s="1">
-        <v>6</v>
+        <v>6737</v>
       </c>
       <c r="E498" s="1">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="F498" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G498" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2404</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PRLX2/E0.113K</t>
+        </is>
       </c>
       <c r="C499" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL SILVER Кристально-сріблястий,  PPG PRLX2/E0.113K</t>
         </is>
       </c>
       <c r="D499" s="1">
-        <v>286</v>
+        <v>9272</v>
       </c>
       <c r="E499" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F499" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G499" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2405</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PRLX4/E0.113K</t>
+        </is>
       </c>
       <c r="C500" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL BLUE Кристально-синій,  PPG PRLX4/E0.113K</t>
         </is>
       </c>
       <c r="D500" s="1">
-        <v>286</v>
+        <v>9272</v>
       </c>
       <c r="E500" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F500" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G500" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2407</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PRLX6/E0.113K</t>
+        </is>
       </c>
       <c r="C501" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER SOLARIS RED Сонячно-червоний,  PPG PRLX6/E0.113K</t>
         </is>
       </c>
       <c r="D501" s="1">
-        <v>189</v>
+        <v>9272</v>
       </c>
       <c r="E501" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F501" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G501" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2408</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PRLX9/E0.113K</t>
+        </is>
       </c>
       <c r="C502" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks  SFR 1:1/3:1, Silco 2408</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER AMETHYST DREAM Фіолетово-аметистовий переливчастий,  PPG PRLX9/E0.113K</t>
         </is>
       </c>
       <c r="D502" s="1">
-        <v>286</v>
+        <v>9272</v>
       </c>
       <c r="E502" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F502" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G502" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>3420</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8238/E1</t>
+        </is>
       </c>
       <c r="C503" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск для видалення залишків клею  Tape-Off+,  2 шт, Silco 3420</t>
+          <t xml:space="preserve">Затверджувач швидкий HS до грунта DP4000 1л, PPG  D8238</t>
         </is>
       </c>
       <c r="D503" s="1">
-        <v>683</v>
+        <v>3856</v>
       </c>
       <c r="E503" s="1">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F503" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G503" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1846-P</t>
+          <t xml:space="preserve">D835/E1</t>
         </is>
       </c>
       <c r="C504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  385ml, Silco 1846-P</t>
+          <t xml:space="preserve">Затверджувач до епоксидного грунта 1 л, PPG  D835</t>
         </is>
       </c>
       <c r="D504" s="1">
-        <v>9</v>
+        <v>2135</v>
       </c>
       <c r="E504" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="F504" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G504" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1848-P</t>
+          <t xml:space="preserve">D8501/E1</t>
         </is>
       </c>
       <c r="C505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
+          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 білий (G1) 1л,  PPG  D8501  (затверджувач швидкий HS 1л, PPG  D8238)</t>
         </is>
       </c>
       <c r="D505" s="1">
-        <v>12</v>
+        <v>1777</v>
       </c>
       <c r="E505" s="1">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="F505" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G505" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1850-P</t>
+          <t xml:space="preserve">D8505/E3</t>
         </is>
       </c>
       <c r="C506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400ml, Silco 1850-P</t>
+          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) сірий (G5) 2:1:0,5  3L, PPG D8505</t>
         </is>
       </c>
       <c r="D506" s="1">
-        <v>14</v>
+        <v>5331</v>
       </c>
       <c r="E506" s="1">
         <v>2</v>
       </c>
       <c r="F506" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G506" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851-P</t>
+          <t xml:space="preserve">D820/E1</t>
         </is>
       </c>
       <c r="C507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 2300ml, Silco 1851-P</t>
+          <t xml:space="preserve">Грунт універсальний адгезійний для пластику 1л,  PPG  D820 D820</t>
         </is>
       </c>
       <c r="D507" s="1">
-        <v>17</v>
+        <v>3323</v>
       </c>
       <c r="E507" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F507" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G507" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3368-50</t>
+          <t xml:space="preserve">D834/E1</t>
         </is>
       </c>
       <c r="C508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластикова пляшка з пензлем та кулькою Touch-Up Bottle 50мл, Silco 3368</t>
+          <t xml:space="preserve">Грунт епоксидний  DP40 CHROMATE FREE 1л, 1:1, PPG  D834 (затверджувач 1 л, PPG  D835)</t>
         </is>
       </c>
       <c r="D508" s="1">
-        <v>29</v>
+        <v>2406</v>
       </c>
       <c r="E508" s="1">
-        <v>309</v>
+        <v>10</v>
       </c>
       <c r="F508" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G508" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-18</t>
+          <t xml:space="preserve">D845/E5</t>
         </is>
       </c>
       <c r="C509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 18мм x 50м,  Silco 1980</t>
+          <t xml:space="preserve">Очисник-знежирювач агресивний, 5л,  PPG  D845</t>
         </is>
       </c>
       <c r="D509" s="1">
-        <v>91</v>
+        <v>4168</v>
       </c>
       <c r="E509" s="1">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F509" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G509" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-24</t>
+          <t xml:space="preserve">D837/E5</t>
         </is>
       </c>
       <c r="C510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
+          <t xml:space="preserve">Очисник-знежирювач слабоагресивний, 5л, PPG  D837</t>
         </is>
       </c>
       <c r="D510" s="1">
-        <v>121</v>
+        <v>3437</v>
       </c>
       <c r="E510" s="1">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="F510" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G510" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1040</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8254/E2.5</t>
+        </is>
       </c>
       <c r="C511" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поролоновий валик для пройомів 13мм x 50м, Silco 1040</t>
+          <t xml:space="preserve">Затверджувач до лаку D8131 UHS 2,5л, PPG  D8254</t>
         </is>
       </c>
       <c r="D511" s="1">
-        <v>989</v>
+        <v>5558</v>
       </c>
       <c r="E511" s="1">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="F511" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G511" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1090</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D880/E1</t>
+        </is>
       </c>
       <c r="C512" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поролоновий валик Т-подібний 15мм x 25м , Silco 1090</t>
+          <t xml:space="preserve">Лак HS 1 л.</t>
         </is>
       </c>
       <c r="D512" s="1">
-        <v>1132</v>
+        <v>1258</v>
       </c>
       <c r="E512" s="1">
-        <v>5</v>
+        <v>94</v>
       </c>
       <c r="F512" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G512" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2531-300</t>
+          <t xml:space="preserve">D8131/E5</t>
         </is>
       </c>
       <c r="C513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник поліпропіленовий  Blue-Tex Box 300шт,  32 x 36см, Silco 2531</t>
+          <t xml:space="preserve">Лак UHS,  2:1, 5л,  PPG  D8131  (затверджувач 2,5л, PPG  D8254)</t>
         </is>
       </c>
       <c r="D513" s="1">
-        <v>2757</v>
+        <v>8069</v>
       </c>
       <c r="E513" s="1">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="F513" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G513" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4500-4-150</t>
+          <t xml:space="preserve">D808/E5</t>
         </is>
       </c>
       <c r="C514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 4м x 150м, Silco 4500</t>
+          <t xml:space="preserve">Розчинник  швидкий  (5-18C) , 5л,  PPG  D808</t>
         </is>
       </c>
       <c r="D514" s="1">
-        <v>1446</v>
+        <v>2800</v>
       </c>
       <c r="E514" s="1">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F514" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G514" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-B</t>
+          <t xml:space="preserve">D8715/E2.5</t>
         </is>
       </c>
       <c r="C515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бронескотч срібло Mount Tape  50мм x 50м, Silco 7660</t>
+          <t xml:space="preserve">Розчинник для грунтів PRODUCTIVE THINNER 2,5л, PPG  D8715</t>
         </is>
       </c>
       <c r="D515" s="1">
-        <v>696</v>
+        <v>2659</v>
       </c>
       <c r="E515" s="1">
         <v>1</v>
       </c>
       <c r="F515" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G515" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-C</t>
+          <t xml:space="preserve">D868/E1</t>
         </is>
       </c>
       <c r="C516" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бронескотч чорний Mount Tape 50мм x 50м, Silco 7660</t>
+          <t xml:space="preserve">Розчинник для переходів на MS і HS лаках, 1л,  PPG  D868</t>
         </is>
       </c>
       <c r="D516" s="1">
-        <v>696</v>
+        <v>1334</v>
       </c>
       <c r="E516" s="1">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F516" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G516" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-A-1</t>
+          <t xml:space="preserve">D8430/E1</t>
         </is>
       </c>
       <c r="C517" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  білий,  4:1 1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Розчинник для переходів на HS і UHS лаках, 1л,  PPG  D8430</t>
         </is>
       </c>
       <c r="D517" s="1">
-        <v>535</v>
+        <v>1512</v>
       </c>
       <c r="E517" s="1">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="F517" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G517" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-B-1</t>
+          <t xml:space="preserve">D851/E1</t>
         </is>
       </c>
       <c r="C518" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  темно-сірий,  4:1  1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Розчинник для переходів по базі (біндер), 1л,  PPG  D851</t>
         </is>
       </c>
       <c r="D518" s="1">
-        <v>535</v>
+        <v>2158</v>
       </c>
       <c r="E518" s="1">
-        <v>203</v>
+        <v>3</v>
       </c>
       <c r="F518" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G518" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7080-C-1</t>
+          <t xml:space="preserve">D807/E5</t>
         </is>
       </c>
       <c r="C519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  сірий,  4:1 1л, Silco 7080 (затвержувач, 250мл, Silco 9082/9085)</t>
+          <t xml:space="preserve">Розчинник універсальний стандартний (18-25C), 5л,  PPG  D807</t>
         </is>
       </c>
       <c r="D519" s="1">
-        <v>535</v>
+        <v>2800</v>
       </c>
       <c r="E519" s="1">
-        <v>258</v>
+        <v>126</v>
       </c>
       <c r="F519" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G519" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-C-1</t>
+          <t xml:space="preserve">QA-1410/S1K</t>
         </is>
       </c>
       <c r="C520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  сірий,  4:1  1L, Silco 7100</t>
+          <t xml:space="preserve">Герметик кистьовий  1л, QL 1410</t>
         </is>
       </c>
       <c r="D520" s="1">
-        <v>901</v>
+        <v>515</v>
       </c>
       <c r="E520" s="1">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="F520" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G520" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7120-C-1</t>
+          <t xml:space="preserve">QA-1412/S0.25K</t>
         </is>
       </c>
       <c r="C521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач ультрашвидкий HS SFR M12  сірий,  5:1  1л, Silco 7120  (затверджувач, 200мл, Silco 7125)</t>
+          <t xml:space="preserve">Ремонтний комплект  0,25кг, QL 1412</t>
         </is>
       </c>
       <c r="D521" s="1">
-        <v>762</v>
+        <v>280</v>
       </c>
       <c r="E521" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F521" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G521" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7125-02</t>
+          <t xml:space="preserve">QP-3415/S0.8</t>
         </is>
       </c>
       <c r="C522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний до грунта 7120 SFR M12 , 200мл, Silco 7125</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 0,8л, QL 3415  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D522" s="1">
-        <v>231</v>
+        <v>568</v>
       </c>
       <c r="E522" s="1">
-        <v>12</v>
+        <v>110</v>
       </c>
       <c r="F522" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G522" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7014-S-0,5</t>
+          <t xml:space="preserve">QP-3417/S0.8</t>
         </is>
       </c>
       <c r="C523" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику в аерозолі, прозорий 500мл,  Silco 7014</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 темно-сірий 0,8л, QL 3417  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D523" s="1">
-        <v>387</v>
+        <v>568</v>
       </c>
       <c r="E523" s="1">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="F523" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G523" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B524" s="1">
+        <v>1305486</v>
       </c>
       <c r="C524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику срібний,  1л,  Silco 7015</t>
+          <t xml:space="preserve">Насадка FLATSTR для вузьких текстурних швів, 10шт, Teroson 1305486</t>
         </is>
       </c>
       <c r="D524" s="1">
-        <v>706</v>
+        <v>938</v>
       </c>
       <c r="E524" s="1">
         <v>4</v>
       </c>
       <c r="F524" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G524" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B525" s="1">
+        <v>1470999</v>
       </c>
       <c r="C525" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адгезаційна добавка для пластику в грунти 4 Plastic  500мл, Silco 7035</t>
+          <t xml:space="preserve">Насадка WIDESTR для широких текстурних швів, 10шт, Teroson 1470999</t>
         </is>
       </c>
       <c r="D525" s="1">
-        <v>408</v>
+        <v>938</v>
       </c>
       <c r="E525" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F525" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G525" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9090-1</t>
+          <t xml:space="preserve">QBC-24/S3</t>
         </is>
       </c>
       <c r="C526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак ультрашвидкий  HS X9  3:1  1л, Silco  9090  (затверджувач стандартний UHS, 330мл,  Silco 9125)</t>
+          <t xml:space="preserve">Пігмент DEEP BLUE Темно-синій, Quickline QBC-24/S3</t>
         </is>
       </c>
       <c r="D526" s="1">
-        <v>869</v>
+        <v>5027</v>
       </c>
       <c r="E526" s="1">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="F526" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G526" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9100-1</t>
+          <t xml:space="preserve">QBC-55/S3</t>
         </is>
       </c>
       <c r="C527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
         </is>
       </c>
       <c r="D527" s="1">
-        <v>716</v>
+        <v>5027</v>
       </c>
       <c r="E527" s="1">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="F527" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G527" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-0,33</t>
+          <t xml:space="preserve">QSE-03/S0.5</t>
         </is>
       </c>
       <c r="C528" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний UHS, 330мл,  Silco 9125</t>
+          <t xml:space="preserve">Пігмент COPPER Мідний, Quickline QSE-03/S0.5</t>
         </is>
       </c>
       <c r="D528" s="1">
-        <v>426</v>
+        <v>2677</v>
       </c>
       <c r="E528" s="1">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="F528" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G528" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-05</t>
+          <t xml:space="preserve">QSE-04/S0.5</t>
         </is>
       </c>
       <c r="C529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS, 500мл, Silco 9125</t>
+          <t xml:space="preserve">Пігмент STARLIGHT RED Зоряний червоний, Quickline QSE-04/S0.5</t>
         </is>
       </c>
       <c r="D529" s="1">
-        <v>548</v>
+        <v>2677</v>
       </c>
       <c r="E529" s="1">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F529" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G529" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7170-0,75</t>
+          <t xml:space="preserve">QSE-05/S0.5</t>
         </is>
       </c>
       <c r="C530" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
+          <t xml:space="preserve">Пігмент FLASH RED Блискучий червоний, Quickline QSE-05/S0.5</t>
         </is>
       </c>
       <c r="D530" s="1">
-        <v>562</v>
+        <v>2677</v>
       </c>
       <c r="E530" s="1">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="F530" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G530" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3210-145</t>
+          <t xml:space="preserve">QSE-06/S0.5</t>
         </is>
       </c>
       <c r="C531" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний жовтий (середньої жорскості) Moxi Pads 145 x 30мм, Silco 3210</t>
+          <t xml:space="preserve">Пігмент SPACE BLUE Космічний синій, Quickline QSE-06/S0.5</t>
         </is>
       </c>
       <c r="D531" s="1">
-        <v>760</v>
+        <v>2677</v>
       </c>
       <c r="E531" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F531" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G531" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3130-0,5</t>
+          <t xml:space="preserve">QDG-56/S1</t>
         </is>
       </c>
       <c r="C532" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Універсальний прискорювач сушки  Accelerator,  500мл,  Silco 3130</t>
+          <t xml:space="preserve">Пігмент RUBY RED Рубіновий червоний, Quickline QDG-56/S1</t>
         </is>
       </c>
       <c r="D532" s="1">
-        <v>462</v>
+        <v>1479</v>
       </c>
       <c r="E532" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F532" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G532" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7050-1</t>
+          <t xml:space="preserve">QDG-58/S1</t>
         </is>
       </c>
       <c r="C533" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  1л,  Silco 7050</t>
+          <t xml:space="preserve">Пігмент BRIGHT RED Яскраво-червоний, Quickline QDG-58/S1</t>
         </is>
       </c>
       <c r="D533" s="1">
-        <v>361</v>
+        <v>1479</v>
       </c>
       <c r="E533" s="1">
-        <v>117</v>
+        <v>4</v>
       </c>
       <c r="F533" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G533" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B534" s="1">
+        <v>280900</v>
       </c>
       <c r="C534" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  5л,  Silco 7050</t>
+          <t xml:space="preserve">Корпус ємності Кр 280/90 Тип 1 С 0101, Тара 280900</t>
         </is>
       </c>
       <c r="D534" s="1">
-        <v>1649</v>
-[...1 lines deleted...]
-      <c r="E534" s="1">
         <v>8</v>
+      </c>
+      <c r="E534" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F534" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G534" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B535" s="1">
+        <v>100012</v>
       </c>
       <c r="C535" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка універсальна, м'яка, 1,8кг, Silco 210</t>
+          <t xml:space="preserve">Корпус ємності білий 1000/120 Тип 1 С 0101 010101, Тара 100012</t>
         </is>
       </c>
       <c r="D535" s="1">
-        <v>581</v>
+        <v>19</v>
       </c>
       <c r="E535" s="1">
-        <v>19</v>
+        <v>410</v>
       </c>
       <c r="F535" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G535" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B536" s="1">
+        <v>220015</v>
       </c>
       <c r="C536" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка  універсальна, легка B8 Multi-Light,  1,5л, Silco  6080</t>
+          <t xml:space="preserve">Корпус ємності 2200/150 Тип 1 С 0101 020101, Тара 220015</t>
         </is>
       </c>
       <c r="D536" s="1">
-        <v>805</v>
+        <v>37</v>
       </c>
       <c r="E536" s="1">
-        <v>109</v>
+        <v>92</v>
       </c>
       <c r="F536" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G536" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B537" s="1">
+        <v>500021</v>
       </c>
       <c r="C537" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка напівлегка, фінішна B9 Multi-Azure,  1л,  Silco 6090</t>
+          <t xml:space="preserve">Корпус ємності 5000/210 Тип 1 С 0101 040101, Тара 500021</t>
         </is>
       </c>
       <c r="D537" s="1">
-        <v>668</v>
+        <v>57</v>
       </c>
       <c r="E537" s="1">
-        <v>152</v>
+        <v>4</v>
       </c>
       <c r="F537" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G537" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B538" s="1">
+        <v>902555</v>
       </c>
       <c r="C538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вказівник опису пігментів Quickline SB TintingGuideFan</t>
+          <t xml:space="preserve">Кришка до ємності 90 Тип 1 С 0101,  Тара 902555</t>
         </is>
       </c>
       <c r="D538" s="1">
-        <v>2058</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="E538" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="F538" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G538" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B539" s="1">
-        <v>5151</v>
+        <v>120100</v>
       </c>
       <c r="C539" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ніж для маскувальної плівки, Silco 5151</t>
+          <t xml:space="preserve">Кришка до ємності 120 Тип 1 С 0101, Тара 120100</t>
         </is>
       </c>
       <c r="D539" s="1">
-        <v>175</v>
+        <v>6</v>
       </c>
       <c r="E539" s="1">
-        <v>10</v>
+        <v>676</v>
       </c>
       <c r="F539" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G539" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B540" s="1">
-        <v>7703</v>
+        <v>150220</v>
       </c>
       <c r="C540" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
+          <t xml:space="preserve">Кришка до ємності 150 Тип 2 С 0101, Тара 150220</t>
         </is>
       </c>
       <c r="D540" s="1">
-        <v>3427</v>
+        <v>12</v>
       </c>
       <c r="E540" s="1">
-        <v>1</v>
+        <v>223</v>
       </c>
       <c r="F540" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G540" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B541" s="1">
-        <v>2671189</v>
+        <v>185340</v>
       </c>
       <c r="C541" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
+          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 0101, Тара 185340</t>
         </is>
       </c>
       <c r="D541" s="1">
-        <v>294</v>
-[...4 lines deleted...]
-        </is>
+        <v>12</v>
+      </c>
+      <c r="E541" s="1">
+        <v>12</v>
       </c>
       <c r="F541" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G541" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B542" s="1">
-        <v>2671463</v>
+        <v>210500</v>
       </c>
       <c r="C542" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Праймер-активатор  для вклеювання скла Bond ALL-IN-ONE, 10мл,  Teroson  2671463</t>
+          <t xml:space="preserve">Кришка до ємності 210 Тип 1 С 0101, Тара 210500</t>
         </is>
       </c>
       <c r="D542" s="1">
-        <v>178</v>
+        <v>23</v>
       </c>
       <c r="E542" s="1">
-        <v>317</v>
+        <v>3</v>
       </c>
       <c r="F542" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G542" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8024/E3</t>
+          <t xml:space="preserve">D812/E5</t>
         </is>
       </c>
       <c r="C543" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач UHS SURFACER сірий 3л, PPG  D8024 (затверджувач UHS 2,5 л, PPG  D8302)</t>
+          <t xml:space="preserve">Розчинник повільний (25-35С), 5л,  PPG  D812</t>
         </is>
       </c>
       <c r="D543" s="1">
-        <v>7430</v>
+        <v>2800</v>
       </c>
       <c r="E543" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F543" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G543" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8018/E3</t>
+          <t xml:space="preserve">D8199/E0.33</t>
         </is>
       </c>
       <c r="C544" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач UHS SURFACER білий 3л, PPG  D8018 (затверджувач UHS 2,5 л, PPG  D8302)</t>
+          <t xml:space="preserve">Пігмент VIVID RED Яскраво-червоний, SPECIAL MIDCOAT CONCENTRATE, PPG D8199/E0.33</t>
         </is>
       </c>
       <c r="D544" s="1">
-        <v>7430</v>
+        <v>6212</v>
       </c>
       <c r="E544" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F544" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G544" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1550</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">A242/E0.2K</t>
+        </is>
       </c>
       <c r="C545" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівмаска захисна малярна  Pro Half Mask A1/P2 ( в комплекті), Silco 1550</t>
+          <t xml:space="preserve">Шпаклівка акрилова 0,2 кг</t>
         </is>
       </c>
       <c r="D545" s="1">
-        <v>1015</v>
+        <v>373</v>
       </c>
       <c r="E545" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="F545" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G545" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1554</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8255/E0.5</t>
+        </is>
       </c>
       <c r="C546" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Префільтр Prefilter P2 для захисної малярної напівмаски Pro Half Mask (дві пари), Silco 1554</t>
+          <t xml:space="preserve">Затверджувач повільний UHS 0.5 л</t>
         </is>
       </c>
       <c r="D546" s="1">
-        <v>235</v>
+        <v>434</v>
       </c>
       <c r="E546" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F546" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G546" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1557</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QDG-57/S1</t>
+        </is>
       </c>
       <c r="C547" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
+          <t xml:space="preserve">Пігмент IRON RED  Золотисто-коричневий, Quickline QDG-57/S1</t>
         </is>
       </c>
       <c r="D547" s="1">
-        <v>103</v>
+        <v>1479</v>
       </c>
       <c r="E547" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F547" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G547" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>1620</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-59/S1</t>
+        </is>
       </c>
       <c r="C548" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маска пилозахисна  Dust Mask FFP2 NR, Silco 1620</t>
+          <t xml:space="preserve">Пігмент ORANGE ALUMINIUM Помаранчовий металік, Quickline QBC-59/S1</t>
         </is>
       </c>
       <c r="D548" s="1">
-        <v>109</v>
+        <v>2684</v>
       </c>
       <c r="E548" s="1">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="F548" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G548" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B549" s="1">
-        <v>4630</v>
+        <v>2269326</v>
       </c>
       <c r="C549" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск-підкладка м'який для орбітальних шліфмашин, Silco 4630</t>
+          <t xml:space="preserve">Антигравій RB 2010 UBC чорний , 1кг, Teroson 2269326</t>
         </is>
       </c>
       <c r="D549" s="1">
-        <v>193</v>
+        <v>485</v>
       </c>
       <c r="E549" s="1">
-        <v>3</v>
+        <v>128</v>
       </c>
       <c r="F549" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G549" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B550" s="1">
-        <v>8067</v>
+        <v>142241</v>
       </c>
       <c r="C550" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мікрофібра 40x40 см, Silco 8067</t>
+          <t xml:space="preserve">Терозон пневмопистолет для клею ET AIR GUN MULTIPRESS</t>
         </is>
       </c>
       <c r="D550" s="1">
-        <v>115</v>
+        <v>26069</v>
       </c>
       <c r="E550" s="1">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="F550" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G550" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>8110</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QDG-49/S1</t>
+        </is>
       </c>
       <c r="C551" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
+          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
         </is>
       </c>
       <c r="D551" s="1">
-        <v>955</v>
+        <v>1479</v>
       </c>
       <c r="E551" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F551" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G551" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-A-1</t>
+          <t xml:space="preserve">QDG-49/S1</t>
         </is>
       </c>
       <c r="C552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
+          <t xml:space="preserve">Пігмент BLUISH GREEN Синьо-зелений, Quickline QDG-49/S1</t>
         </is>
       </c>
       <c r="D552" s="1">
-        <v>411</v>
+        <v>1479</v>
       </c>
       <c r="E552" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F552" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G552" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-C-1</t>
+          <t xml:space="preserve">QBC-15/S1</t>
         </is>
       </c>
       <c r="C553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравійний захист, сірий 1кг, Silco 2040</t>
+          <t xml:space="preserve">Пігмент ONYX BLACK  Чорний онікс, Quickline QBC-15/S1</t>
         </is>
       </c>
       <c r="D553" s="1">
-        <v>411</v>
+        <v>1677</v>
       </c>
       <c r="E553" s="1">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="F553" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G553" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2110-1</t>
+          <t xml:space="preserve">QBC-15/S1</t>
         </is>
       </c>
       <c r="C554" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  1л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
+          <t xml:space="preserve">Пігмент ONYX BLACK  Чорний онікс, Quickline QBC-15/S1</t>
         </is>
       </c>
       <c r="D554" s="1">
-        <v>784</v>
+        <v>1677</v>
       </c>
       <c r="E554" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="F554" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G554" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B555" s="1">
+        <v>2671610</v>
       </c>
       <c r="C555" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий до епоксидного грунта  500мл,  Silco 2130</t>
+          <t xml:space="preserve">Антигравій RB R2000 HS чорний, 1кг, Teroson 2671610</t>
         </is>
       </c>
       <c r="D555" s="1">
-        <v>507</v>
+        <v>845</v>
       </c>
       <c r="E555" s="1">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="F555" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G555" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-P-A</t>
+          <t xml:space="preserve">PLP307-1001-L</t>
         </is>
       </c>
       <c r="C556" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, червоний, 115 x 230мм, P360,  Silco 2270</t>
+          <t xml:space="preserve">Напівкомбінезон  PPG, розмір L</t>
         </is>
       </c>
       <c r="D556" s="1">
-        <v>59</v>
+        <v>1532</v>
       </c>
       <c r="E556" s="1">
-        <v>159</v>
+        <v>2</v>
       </c>
       <c r="F556" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G556" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B557" s="1">
+        <v>150900</v>
       </c>
       <c r="C557" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, сірий, 115 x 230мм, P1500, Silco 2270</t>
+          <t xml:space="preserve">Корпус ємності 150/90, Тара 150900</t>
         </is>
       </c>
       <c r="D557" s="1">
-        <v>59</v>
+        <v>7</v>
       </c>
       <c r="E557" s="1">
-        <v>351</v>
+        <v>149</v>
       </c>
       <c r="F557" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G557" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B558" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B558" s="1">
+        <v>2404</v>
       </c>
       <c r="C558" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста абразивна матуюча  Ezee-Matt,  1кг,   Silco 3020</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 2:1/3:1, Silco 2404</t>
         </is>
       </c>
       <c r="D558" s="1">
-        <v>924</v>
+        <v>294</v>
       </c>
       <c r="E558" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F558" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G558" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B559" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B559" s="1">
+        <v>2405</v>
       </c>
       <c r="C559" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO 3050-240 Диск абразивний  150 мм</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks 4:1/5:1, Silco 2405</t>
         </is>
       </c>
       <c r="D559" s="1">
-        <v>8</v>
+        <v>294</v>
       </c>
       <c r="E559" s="1">
-        <v>27</v>
+        <v>2</v>
       </c>
       <c r="F559" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G559" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B560" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B560" s="1">
+        <v>2407</v>
       </c>
       <c r="C560" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 4:1/5:1, Silco 2407</t>
         </is>
       </c>
       <c r="D560" s="1">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="E560" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F560" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G560" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B561" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B561" s="1">
+        <v>2408</v>
       </c>
       <c r="C561" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks  SFR 1:1/3:1, Silco 2408</t>
         </is>
       </c>
       <c r="D561" s="1">
-        <v>17</v>
+        <v>294</v>
       </c>
       <c r="E561" s="1">
-        <v>254</v>
+        <v>5</v>
       </c>
       <c r="F561" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G561" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B562" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B562" s="1">
+        <v>3420</v>
       </c>
       <c r="C562" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
+          <t xml:space="preserve">Диск для видалення залишків клею  Tape-Off+,  2 шт, Silco 3420</t>
         </is>
       </c>
       <c r="D562" s="1">
-        <v>17</v>
+        <v>702</v>
       </c>
       <c r="E562" s="1">
-        <v>707</v>
+        <v>5</v>
       </c>
       <c r="F562" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G562" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-240</t>
+          <t xml:space="preserve">1846-P</t>
         </is>
       </c>
       <c r="C563" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P240, Silco  3060-150</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  385ml, Silco 1846-P</t>
         </is>
       </c>
       <c r="D563" s="1">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E563" s="1">
-        <v>899</v>
+        <v>63</v>
       </c>
       <c r="F563" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G563" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-320</t>
+          <t xml:space="preserve">1848-P</t>
         </is>
       </c>
       <c r="C564" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P320, Silco  3060-150</t>
+          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 750ml, Silco 1848-P</t>
         </is>
       </c>
       <c r="D564" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E564" s="1">
-        <v>184</v>
+        <v>56</v>
       </c>
       <c r="F564" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G564" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-360</t>
+          <t xml:space="preserve">1851-P</t>
         </is>
       </c>
       <c r="C565" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
+          <t xml:space="preserve">Кришка до мірного стакана Mix-Cup 2300ml, Silco 1851-P</t>
         </is>
       </c>
       <c r="D565" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E565" s="1">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="F565" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G565" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-400</t>
+          <t xml:space="preserve">3368-50</t>
         </is>
       </c>
       <c r="C566" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P400, Silco  3060-150</t>
+          <t xml:space="preserve">Пластикова пляшка з пензлем та кулькою Touch-Up Bottle 50мл, Silco 3368</t>
         </is>
       </c>
       <c r="D566" s="1">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="E566" s="1">
-        <v>619</v>
+        <v>294</v>
       </c>
       <c r="F566" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G566" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-500</t>
+          <t xml:space="preserve">1980-18</t>
         </is>
       </c>
       <c r="C567" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P500, Silco  3060-150</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 18мм x 50м,  Silco 1980</t>
         </is>
       </c>
       <c r="D567" s="1">
-        <v>17</v>
+        <v>94</v>
       </c>
       <c r="E567" s="1">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="F567" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G567" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B568" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B568" s="1">
+        <v>1040</v>
       </c>
       <c r="C568" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P600, Silco  3060-150</t>
+          <t xml:space="preserve">Поролоновий валик для пройомів 13мм x 50м, Silco 1040</t>
         </is>
       </c>
       <c r="D568" s="1">
-        <v>17</v>
+        <v>1017</v>
       </c>
       <c r="E568" s="1">
-        <v>375</v>
+        <v>15</v>
       </c>
       <c r="F568" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G568" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-800</t>
+          <t xml:space="preserve">3030-2,9</t>
         </is>
       </c>
       <c r="C569" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
+          <t xml:space="preserve">Рушник паперовий м'який Soft-3, 195м, Silco 3030</t>
         </is>
       </c>
       <c r="D569" s="1">
-        <v>17</v>
+        <v>899</v>
       </c>
       <c r="E569" s="1">
-        <v>332</v>
+        <v>8</v>
       </c>
       <c r="F569" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G569" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-800</t>
+          <t xml:space="preserve">4500-4-150</t>
         </is>
       </c>
       <c r="C570" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулони на поролоні  Abra-Foam SBS, 115mm x  25m, P800, Silco 6160</t>
+          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 4м x 150м, Silco 4500</t>
         </is>
       </c>
       <c r="D570" s="1">
-        <v>1064</v>
+        <v>1487</v>
       </c>
       <c r="E570" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F570" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G570" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-0,2</t>
+          <t xml:space="preserve">7660-C</t>
         </is>
       </c>
       <c r="C571" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
+          <t xml:space="preserve">Бронескотч чорний Mount Tape 50мм x 50м, Silco 7660</t>
         </is>
       </c>
       <c r="D571" s="1">
-        <v>256</v>
+        <v>715</v>
       </c>
       <c r="E571" s="1">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="F571" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G571" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9900-A-1</t>
+          <t xml:space="preserve">7080-A-1</t>
         </is>
       </c>
       <c r="C572" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  білий,  4:1 1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D572" s="1">
-        <v>682</v>
+        <v>550</v>
       </c>
       <c r="E572" s="1">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="F572" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G572" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9900-B-1</t>
+          <t xml:space="preserve">7080-B-1</t>
         </is>
       </c>
       <c r="C573" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, темно-сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  темно-сірий,  4:1  1л, Silco 7080  (затвержувач, 250мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D573" s="1">
-        <v>682</v>
+        <v>550</v>
       </c>
       <c r="E573" s="1">
-        <v>13</v>
+        <v>183</v>
       </c>
       <c r="F573" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G573" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9900-C-1</t>
+          <t xml:space="preserve">7080-C-1</t>
         </is>
       </c>
       <c r="C574" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  сірий,  4:1 1л, Silco 7080 (затвержувач, 250мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D574" s="1">
-        <v>682</v>
+        <v>550</v>
       </c>
       <c r="E574" s="1">
-        <v>39</v>
+        <v>234</v>
       </c>
       <c r="F574" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G574" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-080</t>
+          <t xml:space="preserve">7100-C-1</t>
         </is>
       </c>
       <c r="C575" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P80,   Silco  3060-150</t>
+          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  сірий,  4:1  1L, Silco 7100</t>
         </is>
       </c>
       <c r="D575" s="1">
-        <v>18</v>
+        <v>926</v>
       </c>
       <c r="E575" s="1">
-        <v>710</v>
+        <v>21</v>
       </c>
       <c r="F575" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G575" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8515-5</t>
+          <t xml:space="preserve">7120-C-1</t>
         </is>
       </c>
       <c r="C576" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Знежирювач водо-спиртовий,  5л, Silco  8515</t>
+          <t xml:space="preserve">Грунт наповнювач ультрашвидкий HS SFR M12  сірий,  5:1  1л, Silco 7120  (затверджувач, 200мл, Silco 7125)</t>
         </is>
       </c>
       <c r="D576" s="1">
-        <v>886</v>
+        <v>783</v>
       </c>
       <c r="E576" s="1">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F576" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G576" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3950-0,33</t>
+          <t xml:space="preserve">7125-02</t>
         </is>
       </c>
       <c r="C577" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS акриловий, 330мл,  Silco 3950</t>
+          <t xml:space="preserve">Затверджувач стандартний до грунта 7120 SFR M12 , 200мл, Silco 7125</t>
         </is>
       </c>
       <c r="D577" s="1">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="E577" s="1">
-        <v>74</v>
+        <v>13</v>
       </c>
       <c r="F577" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G577" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9123-0,5</t>
+          <t xml:space="preserve">7014-S-0,5</t>
         </is>
       </c>
       <c r="C578" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий  UHS, 500мл, Silco 9123</t>
+          <t xml:space="preserve">Грунт 1К для пластику в аерозолі, прозорий 500мл,  Silco 7014</t>
         </is>
       </c>
       <c r="D578" s="1">
-        <v>548</v>
+        <v>398</v>
       </c>
       <c r="E578" s="1">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="F578" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G578" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6165-320</t>
+          <t xml:space="preserve">7015-S-1</t>
         </is>
       </c>
       <c r="C579" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулони абразивні на поролоні  Abra-Foam SBS, 115мм х 25м, P320, Silco 6165</t>
+          <t xml:space="preserve">Грунт 1К для пластику срібний,  1л,  Silco 7015</t>
         </is>
       </c>
       <c r="D579" s="1">
-        <v>1774</v>
+        <v>726</v>
       </c>
       <c r="E579" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F579" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G579" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7030-1</t>
+          <t xml:space="preserve">7035-0,5</t>
         </is>
       </c>
       <c r="C580" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий швидкий Maxx Thinner,  1л,  Silco 7030</t>
+          <t xml:space="preserve">Адгезаційна добавка для пластику в грунти 4 Plastic  500мл, Silco 7035</t>
         </is>
       </c>
       <c r="D580" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
       <c r="E580" s="1">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F580" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G580" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-A-1</t>
+          <t xml:space="preserve">9050-1</t>
         </is>
       </c>
       <c r="C581" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  білий,  4:1 1л, Silco 7100  (затверджувач,  Silco 9250/9230)</t>
+          <t xml:space="preserve">Лак HS X5  2:1  1л,  Silco 9050 (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D581" s="1">
-        <v>901</v>
+        <v>656</v>
       </c>
       <c r="E581" s="1">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="F581" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G581" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-6</t>
+          <t xml:space="preserve">9090-1</t>
         </is>
       </c>
       <c r="C582" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка двостороння,  6мм х 10м, Silco 3109</t>
+          <t xml:space="preserve">Лак ультрашвидкий  HS X9  3:1  1л, Silco  9090  (затверджувач стандартний UHS, 330мл,  Silco 9125)</t>
         </is>
       </c>
       <c r="D582" s="1">
-        <v>349</v>
+        <v>893</v>
       </c>
       <c r="E582" s="1">
-        <v>2</v>
+        <v>79</v>
       </c>
       <c r="F582" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G582" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5090-0,03</t>
+          <t xml:space="preserve">9100-1</t>
         </is>
       </c>
       <c r="C583" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5090-0,03 Очищувач-активатор, прозорий, 30мл.</t>
+          <t xml:space="preserve">Лак стандартний UHS X10 System Clear  2:1 1л, Silco 9100  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D583" s="1">
-        <v>473</v>
+        <v>736</v>
       </c>
       <c r="E583" s="1">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="F583" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G583" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6075-0,5</t>
+          <t xml:space="preserve">9125-0,33</t>
         </is>
       </c>
       <c r="C584" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів в аерозолі Fade-Thinner Spray, 500мл,  Silco 6075</t>
+          <t xml:space="preserve">Затверджувач стандартний UHS, 330мл,  Silco 9125</t>
         </is>
       </c>
       <c r="D584" s="1">
-        <v>319</v>
+        <v>438</v>
       </c>
       <c r="E584" s="1">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="F584" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G584" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6116-B-0,75</t>
+          <t xml:space="preserve">9125-05</t>
         </is>
       </c>
       <c r="C585" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба 1К для пластику Чорна матова B-Paint, 750мл,  Silco 6116</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS, 500мл, Silco 9125</t>
         </is>
       </c>
       <c r="D585" s="1">
-        <v>885</v>
+        <v>564</v>
       </c>
       <c r="E585" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F585" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G585" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6150-1</t>
+          <t xml:space="preserve">7170-0,75</t>
         </is>
       </c>
       <c r="C586" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка з алюмінієм  B15 Multi-Alu,  1л, Silco 6150</t>
+          <t xml:space="preserve">Фарба 1К чорна матова, 750мл,  Silco 7170</t>
         </is>
       </c>
       <c r="D586" s="1">
-        <v>752</v>
+        <v>578</v>
       </c>
       <c r="E586" s="1">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="F586" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G586" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9120-1</t>
+          <t xml:space="preserve">9009-0,75</t>
         </is>
       </c>
       <c r="C587" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак X12 Supreme 2:1, 1л, Silco 9120  (затв. UHS, 0,5л, Silco 9122, 9123, 9125, 9127)</t>
+          <t xml:space="preserve">Фарба 1К срібна для дисків, 750мл, Silco 9009</t>
         </is>
       </c>
       <c r="D587" s="1">
-        <v>1190</v>
+        <v>681</v>
       </c>
       <c r="E587" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F587" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G587" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9040-1</t>
+          <t xml:space="preserve">3130-0,5</t>
         </is>
       </c>
       <c r="C588" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Універсальний прискорювач сушки  Accelerator,  500мл,  Silco 3130</t>
         </is>
       </c>
       <c r="D588" s="1">
-        <v>555</v>
+        <v>475</v>
       </c>
       <c r="E588" s="1">
-        <v>392</v>
+        <v>14</v>
       </c>
       <c r="F588" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G588" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>782222</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7050-1</t>
+        </is>
       </c>
       <c r="C589" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насадка ET DOOR EDGE на картуш 'метелик', 1шт, Teroson  782222</t>
+          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  1л,  Silco 7050</t>
         </is>
       </c>
       <c r="D589" s="1">
-        <v>120</v>
+        <v>371</v>
       </c>
       <c r="E589" s="1">
-        <v>37</v>
+        <v>77</v>
       </c>
       <c r="F589" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G589" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2142441</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7050-5</t>
+        </is>
       </c>
       <c r="C590" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Перетворювач іржі VR 625,  400мл,  Teroson 2142441</t>
+          <t xml:space="preserve">Розчинник акриловий стандартний Maxx Thinner,  5л,  Silco 7050</t>
         </is>
       </c>
       <c r="D590" s="1">
-        <v>469</v>
+        <v>1696</v>
       </c>
       <c r="E590" s="1">
-        <v>116</v>
+        <v>17</v>
       </c>
       <c r="F590" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G590" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MIRKA</t>
-[...3 lines deleted...]
-        <v>8111202594</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">210-1,8</t>
+        </is>
       </c>
       <c r="C591" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний лист MIRLON TOTAL Лист 115х230мм UF P1500 сірий, MIRKA 8111202594</t>
+          <t xml:space="preserve">Шпатлівка універсальна, м'яка, 1,8кг, Silco 210</t>
         </is>
       </c>
       <c r="D591" s="1">
-        <v>47</v>
+        <v>597</v>
       </c>
       <c r="E591" s="1">
-        <v>285</v>
+        <v>12</v>
       </c>
       <c r="F591" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G591" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6040-0,5</t>
+          <t xml:space="preserve">6080-1,5</t>
         </is>
       </c>
       <c r="C592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка  для пластиків Flexplast, антрацит, 0,5кг,  Silco 6040</t>
+          <t xml:space="preserve">Шпатлівка  універсальна, легка B8 Multi-Light,  1,5л, Silco  6080</t>
         </is>
       </c>
       <c r="D592" s="1">
-        <v>361</v>
+        <v>828</v>
       </c>
       <c r="E592" s="1">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="F592" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G592" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8424/E0.4</t>
+          <t xml:space="preserve">6090-1</t>
         </is>
       </c>
       <c r="C593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт в аерозолі сірий (G6) 0,4л, PPG  D8424</t>
+          <t xml:space="preserve">Шпатлівка напівлегка, фінішна B9 Multi-Azure,  1л,  Silco 6090</t>
         </is>
       </c>
       <c r="D593" s="1">
-        <v>789</v>
+        <v>687</v>
       </c>
       <c r="E593" s="1">
-        <v>4</v>
+        <v>81</v>
       </c>
       <c r="F593" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G593" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2647773</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QL5000</t>
+        </is>
       </c>
       <c r="C594" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 600мл, Teroson 2647773</t>
+          <t xml:space="preserve">Вказівник опису пігментів Quickline SB TintingGuideFan</t>
         </is>
       </c>
       <c r="D594" s="1">
-        <v>431</v>
+        <v>2034</v>
       </c>
       <c r="E594" s="1">
-        <v>281</v>
+        <v>1</v>
       </c>
       <c r="F594" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G594" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B595" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B595" s="1">
+        <v>5151</v>
       </c>
       <c r="C595" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвержувач до грунта 7080 M8 Acryfil  Hardener extra fast, 250ml, Silco 9082</t>
+          <t xml:space="preserve">Ніж для маскувальної плівки, Silco 5151</t>
         </is>
       </c>
       <c r="D595" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
       <c r="E595" s="1">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="F595" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G595" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B596" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B596" s="1">
+        <v>7703</v>
       </c>
       <c r="C596" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвержувач стандартний до грунта 7080 M8  Akrylic, 250мл,  Silco 9085</t>
+          <t xml:space="preserve">Підставка під лобове скло  X-Stand,  Silco 7703</t>
         </is>
       </c>
       <c r="D596" s="1">
-        <v>270</v>
+        <v>3523</v>
       </c>
       <c r="E596" s="1">
-        <v>567</v>
+        <v>1</v>
       </c>
       <c r="F596" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G596" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B597" s="1">
+        <v>2671189</v>
       </c>
       <c r="C597" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 480 (Стандартний) 310мл, Teroson 2671189</t>
         </is>
       </c>
       <c r="D597" s="1">
-        <v>1596</v>
+        <v>303</v>
       </c>
       <c r="E597" s="1">
-        <v>6</v>
+        <v>352</v>
       </c>
       <c r="F597" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G597" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B598" s="1">
+        <v>2671463</v>
       </c>
       <c r="C598" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
+          <t xml:space="preserve">Праймер-активатор  для вклеювання скла Bond ALL-IN-ONE, 10мл,  Teroson  2671463</t>
         </is>
       </c>
       <c r="D598" s="1">
-        <v>1596</v>
+        <v>183</v>
       </c>
       <c r="E598" s="1">
-        <v>4</v>
+        <v>782</v>
       </c>
       <c r="F598" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G598" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5800-XL</t>
+          <t xml:space="preserve">D8024/E3</t>
         </is>
       </c>
       <c r="C599" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
+          <t xml:space="preserve">Грунт наповнювач UHS SURFACER сірий 3л, PPG  D8024 (затверджувач UHS 2,5 л, PPG  D8302)</t>
         </is>
       </c>
       <c r="D599" s="1">
-        <v>1236</v>
+        <v>7638</v>
       </c>
       <c r="E599" s="1">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="F599" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G599" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,6</t>
+          <t xml:space="preserve">D8018/E3</t>
         </is>
       </c>
       <c r="C600" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 600мл, Silco 2950</t>
+          <t xml:space="preserve">Грунт наповнювач UHS SURFACER білий 3л, PPG  D8018 (затверджувач UHS 2,5 л, PPG  D8302)</t>
         </is>
       </c>
       <c r="D600" s="1">
-        <v>1998</v>
+        <v>7638</v>
       </c>
       <c r="E600" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F600" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G600" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-17/S3</t>
+          <t xml:space="preserve">D8019/E3</t>
         </is>
       </c>
       <c r="C601" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-17/S3</t>
+          <t xml:space="preserve">Грунт наповнювач UHS SURFACER темно-сірий 3л, PPG  D8019 (затверджувач UHS 2,5 л, PPG  D8302)</t>
         </is>
       </c>
       <c r="D601" s="1">
-        <v>4890</v>
+        <v>7638</v>
       </c>
       <c r="E601" s="1">
-        <v>78</v>
+        <v>1</v>
       </c>
       <c r="F601" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G601" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B602" s="1">
+        <v>1550</v>
       </c>
       <c r="C602" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDISH VIOLET Прозорий фіолетовий, Quickline QBC-27/S3</t>
+          <t xml:space="preserve">Напівмаска захисна малярна  Pro Half Mask A1/P2 ( в комплекті), Silco 1550</t>
         </is>
       </c>
       <c r="D602" s="1">
-        <v>4890</v>
+        <v>1044</v>
       </c>
       <c r="E602" s="1">
-        <v>45</v>
+        <v>7</v>
       </c>
       <c r="F602" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G602" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B603" s="1">
+        <v>1554</v>
       </c>
       <c r="C603" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED GOLDEN YELLOW Прозорий золотисто-жовтий, Quickline QBC-34/S1</t>
+          <t xml:space="preserve">Префільтр Prefilter P2 для захисної малярної напівмаски Pro Half Mask (дві пари), Silco 1554</t>
         </is>
       </c>
       <c r="D603" s="1">
-        <v>1632</v>
+        <v>242</v>
       </c>
       <c r="E603" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F603" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G603" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B604" s="1">
+        <v>1557</v>
       </c>
       <c r="C604" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BASE Чиста база, Quickline QBC-91/S3</t>
+          <t xml:space="preserve">Тримач для префільтру захисної малярної напівмаски Pro Half Mask (пара), Silco 1557</t>
         </is>
       </c>
       <c r="D604" s="1">
-        <v>4890</v>
+        <v>106</v>
       </c>
       <c r="E604" s="1">
-        <v>44</v>
+        <v>4</v>
       </c>
       <c r="F604" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G604" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B605" s="1">
+        <v>1620</v>
       </c>
       <c r="C605" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DIAMOND SILVER Діамантово-сріблястий, Quickline QSE-01/S0.5</t>
+          <t xml:space="preserve">Маска пилозахисна  Dust Mask FFP2 NR, Silco 1620</t>
         </is>
       </c>
       <c r="D605" s="1">
-        <v>2604</v>
+        <v>112</v>
       </c>
       <c r="E605" s="1">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F605" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G605" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B606" s="1">
+        <v>4630</v>
       </c>
       <c r="C606" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 сірий (G5) 1л, PPG  D8505  (затверджувач швидкий HS 1л, PPG  D8238)</t>
+          <t xml:space="preserve">Диск-підкладка м'який для орбітальних шліфмашин, Silco 4630</t>
         </is>
       </c>
       <c r="D606" s="1">
-        <v>1729</v>
+        <v>198</v>
       </c>
       <c r="E606" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F606" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G606" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B607" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B607" s="1">
+        <v>8067</v>
       </c>
       <c r="C607" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
+          <t xml:space="preserve">Мікрофібра 40x40 см, Silco 8067</t>
         </is>
       </c>
       <c r="D607" s="1">
-        <v>530</v>
+        <v>118</v>
       </c>
       <c r="E607" s="1">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="F607" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G607" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B608" s="1">
+        <v>8110</v>
       </c>
       <c r="C608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент ULTRA FINE LENTICULAR ALUMINIUM Ультра тонкий металік, Quickline QBC-70/S1</t>
+          <t xml:space="preserve">Очищувальна глина для кузова автомобіля 200г, Silco 8110</t>
         </is>
       </c>
       <c r="D608" s="1">
-        <v>1906</v>
+        <v>981</v>
       </c>
       <c r="E608" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F608" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G608" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-0,5</t>
+          <t xml:space="preserve">1818-C-0,4</t>
         </is>
       </c>
       <c r="C609" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний, 500мл,  Silco 9250</t>
+          <t xml:space="preserve">Грунт універсальний 1К  в аерозолі  сірий, 400мл, Silco 1818</t>
         </is>
       </c>
       <c r="D609" s="1">
-        <v>436</v>
+        <v>346</v>
       </c>
       <c r="E609" s="1">
-        <v>478</v>
+        <v>8</v>
       </c>
       <c r="F609" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G609" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-85/S1</t>
+          <t xml:space="preserve">2040-A-1</t>
         </is>
       </c>
       <c r="C610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент GREEN EFFECT PEARL  Зелений перламутр мінливий, Quickline QBC-85/S1</t>
+          <t xml:space="preserve">Антигравійний захист, білий 1кг,  Silco 2040</t>
         </is>
       </c>
       <c r="D610" s="1">
-        <v>2611</v>
+        <v>423</v>
       </c>
       <c r="E610" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F610" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G610" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-79/S1</t>
+          <t xml:space="preserve">2040-C-1</t>
         </is>
       </c>
       <c r="C611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
+          <t xml:space="preserve">Антигравійний захист, сірий 1кг, Silco 2040</t>
         </is>
       </c>
       <c r="D611" s="1">
-        <v>2611</v>
+        <v>423</v>
       </c>
       <c r="E611" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F611" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G611" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX1/E0.113K</t>
+          <t xml:space="preserve">2110-1</t>
         </is>
       </c>
       <c r="C612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL RED Кристально-червоний,  PPG PRLX1/E0.113K</t>
+          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  1л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
         </is>
       </c>
       <c r="D612" s="1">
-        <v>9019</v>
+        <v>806</v>
       </c>
       <c r="E612" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="F612" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G612" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4410/S0.5</t>
+          <t xml:space="preserve">2130-05</t>
         </is>
       </c>
       <c r="C613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
+          <t xml:space="preserve">Затверджувач швидкий до епоксидного грунта  500мл,  Silco 2130</t>
         </is>
       </c>
       <c r="D613" s="1">
-        <v>577</v>
+        <v>521</v>
       </c>
       <c r="E613" s="1">
-        <v>350</v>
+        <v>10</v>
       </c>
       <c r="F613" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G613" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QA-1000/S5</t>
+          <t xml:space="preserve">2270-P-A</t>
         </is>
       </c>
       <c r="C614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антисилікон  5л,  QL 1000</t>
+          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, червоний, 115 x 230мм, P360,  Silco 2270</t>
         </is>
       </c>
       <c r="D614" s="1">
-        <v>1697</v>
+        <v>61</v>
       </c>
       <c r="E614" s="1">
-        <v>29</v>
+        <v>221</v>
       </c>
       <c r="F614" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G614" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-22/S1</t>
+          <t xml:space="preserve">2270-P-B</t>
         </is>
       </c>
       <c r="C615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE Синій, Quickline QBC-22/S1</t>
+          <t xml:space="preserve">Скотч-брайт  Ezee-Flex Total Pad, сірий, 115 x 230мм, P1500, Silco 2270</t>
         </is>
       </c>
       <c r="D615" s="1">
-        <v>1632</v>
+        <v>61</v>
       </c>
       <c r="E615" s="1">
-        <v>7</v>
+        <v>336</v>
       </c>
       <c r="F615" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G615" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9515-1</t>
+          <t xml:space="preserve">3020-1</t>
         </is>
       </c>
       <c r="C616" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  1л,  Silco  9515</t>
+          <t xml:space="preserve">Паста абразивна матуюча  Ezee-Matt,  1кг,   Silco 3020</t>
         </is>
       </c>
       <c r="D616" s="1">
-        <v>360</v>
+        <v>950</v>
       </c>
       <c r="E616" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F616" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G616" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX3/E0.113K</t>
+          <t xml:space="preserve">3060-150-100</t>
         </is>
       </c>
       <c r="C617" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL GOLD Кристально-золотий,  PPG PRLX3/E0.113K</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P100, Silco  3060-150</t>
         </is>
       </c>
       <c r="D617" s="1">
-        <v>9019</v>
+        <v>17</v>
       </c>
       <c r="E617" s="1">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F617" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G617" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-57/S1</t>
+          <t xml:space="preserve">3060-150-120</t>
         </is>
       </c>
       <c r="C618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент CANARY ORANGE Канарський помаранч, Quickline QBC-57/S1</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P120, Silco  3060-150</t>
         </is>
       </c>
       <c r="D618" s="1">
-        <v>1632</v>
+        <v>17</v>
       </c>
       <c r="E618" s="1">
-        <v>1</v>
+        <v>104</v>
       </c>
       <c r="F618" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G618" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-18/S3</t>
+          <t xml:space="preserve">3060-150-150</t>
         </is>
       </c>
       <c r="C619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P150, Silco  3060-150</t>
         </is>
       </c>
       <c r="D619" s="1">
-        <v>4315</v>
+        <v>17</v>
       </c>
       <c r="E619" s="1">
-        <v>1</v>
+        <v>262</v>
       </c>
       <c r="F619" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G619" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-19/S1</t>
+          <t xml:space="preserve">3060-150-180</t>
         </is>
       </c>
       <c r="C620" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P180, Silco  3060-150</t>
         </is>
       </c>
       <c r="D620" s="1">
-        <v>1438</v>
+        <v>17</v>
       </c>
       <c r="E620" s="1">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="F620" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G620" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D841/E0.5</t>
+          <t xml:space="preserve">3060-150-240</t>
         </is>
       </c>
       <c r="C621" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний MS 0,5 л</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P240, Silco  3060-150</t>
         </is>
       </c>
       <c r="D621" s="1">
-        <v>786</v>
+        <v>17</v>
       </c>
       <c r="E621" s="1">
-        <v>118</v>
+        <v>934</v>
       </c>
       <c r="F621" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G621" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-82/S1</t>
+          <t xml:space="preserve">3060-150-320</t>
         </is>
       </c>
       <c r="C622" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент FINE RED PEARL Червоний перламутр з дрібним зерном, Quickline QBC-82/S1</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P320, Silco  3060-150</t>
         </is>
       </c>
       <c r="D622" s="1">
-        <v>2611</v>
+        <v>17</v>
       </c>
       <c r="E622" s="1">
-        <v>1</v>
+        <v>269</v>
       </c>
       <c r="F622" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G622" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-27/S3</t>
+          <t xml:space="preserve">3060-150-360</t>
         </is>
       </c>
       <c r="C623" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент MARINE BLUE Морський синій, Quickline QDG-27/S3</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P360, Silco  3060-150</t>
         </is>
       </c>
       <c r="D623" s="1">
-        <v>4315</v>
+        <v>17</v>
       </c>
       <c r="E623" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F623" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G623" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-29/S1</t>
+          <t xml:space="preserve">3060-150-400</t>
         </is>
       </c>
       <c r="C624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P400, Silco  3060-150</t>
         </is>
       </c>
       <c r="D624" s="1">
-        <v>1438</v>
+        <v>17</v>
       </c>
       <c r="E624" s="1">
-        <v>3</v>
+        <v>309</v>
       </c>
       <c r="F624" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G624" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-54/S1</t>
+          <t xml:space="preserve">3060-150-600</t>
         </is>
       </c>
       <c r="C625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P600, Silco  3060-150</t>
         </is>
       </c>
       <c r="D625" s="1">
-        <v>1438</v>
+        <v>17</v>
       </c>
       <c r="E625" s="1">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="F625" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G625" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QSE-07/S0.5</t>
+          <t xml:space="preserve">3060-150-800</t>
         </is>
       </c>
       <c r="C626" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент AQUA GREEN Зелений, Quickline QSE-07/S0.5</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P800, Silco  3060-150</t>
         </is>
       </c>
       <c r="D626" s="1">
-        <v>2604</v>
+        <v>17</v>
       </c>
       <c r="E626" s="1">
-        <v>2</v>
+        <v>207</v>
       </c>
       <c r="F626" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G626" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2095619</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6160-800</t>
+        </is>
       </c>
       <c r="C627" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів PU 9208F чорний, 280мл, Teroson 2095619</t>
+          <t xml:space="preserve">Рулони на поролоні  Abra-Foam SBS, 115mm x  25m, P800, Silco 6160</t>
         </is>
       </c>
       <c r="D627" s="1">
-        <v>212</v>
+        <v>1094</v>
       </c>
       <c r="E627" s="1">
-        <v>266</v>
+        <v>3</v>
       </c>
       <c r="F627" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G627" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2898365</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7220-1</t>
+        </is>
       </c>
       <c r="C628" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунтівка на основі цинку VR 4610 AE 400мл EGFD,Teroson 2898365</t>
+          <t xml:space="preserve">Грунт 2К антикорозійний M22 Wash Prime   1:1  1л,  Silco 7220 (затверджувач, 1л,  Silco 7225)</t>
         </is>
       </c>
       <c r="D628" s="1">
-        <v>485</v>
+        <v>1239</v>
       </c>
       <c r="E628" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F628" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G628" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-31/S1</t>
+          <t xml:space="preserve">7225-1</t>
         </is>
       </c>
       <c r="C629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент VIVID YELLOW Яскраво-жовтий з червоним відтінком, Quickline QBC-31/S1</t>
+          <t xml:space="preserve">Затвердник до антикорозійного грунта 7220 M22, 1л,  Silco 7225</t>
         </is>
       </c>
       <c r="D629" s="1">
-        <v>1632</v>
+        <v>598</v>
       </c>
       <c r="E629" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F629" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G629" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QDG-39/S1</t>
+          <t xml:space="preserve">9250-0,2</t>
         </is>
       </c>
       <c r="C630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRAW YELLOW Жовта солома, Quickline QDG-39/S1</t>
+          <t xml:space="preserve">Затверджувач стандартний, 200мл,  Silco 9250</t>
         </is>
       </c>
       <c r="D630" s="1">
-        <v>1438</v>
+        <v>263</v>
       </c>
       <c r="E630" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F630" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G630" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1780-48</t>
+          <t xml:space="preserve">9900-A-1</t>
         </is>
       </c>
       <c r="C631" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна  Dura-Tape/80°C/ біла, 48мм x 50м, Silco 1780</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, білий 5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D631" s="1">
-        <v>139</v>
+        <v>701</v>
       </c>
       <c r="E631" s="1">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F631" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G631" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B632" s="1">
-        <v>4905</v>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9900-B-1</t>
+        </is>
       </c>
       <c r="C632" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, темно-сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D632" s="1">
-        <v>1546</v>
+        <v>701</v>
       </c>
       <c r="E632" s="1">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="F632" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G632" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7025-C-1</t>
+          <t xml:space="preserve">9900-C-1</t>
         </is>
       </c>
       <c r="C633" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику  1кг, Silco 7025</t>
+          <t xml:space="preserve">Грунт наповнювач HS М9 Surfacer, сірий  5:1  1л, Silco 9900  (затверджувач,  Silco 9250/3950)</t>
         </is>
       </c>
       <c r="D633" s="1">
-        <v>1021</v>
+        <v>701</v>
       </c>
       <c r="E633" s="1">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F633" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G633" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B634" s="1">
-        <v>7711</v>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3060-150-080</t>
+        </is>
       </c>
       <c r="C634" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
+          <t xml:space="preserve">Диск абразивний  Abra-Sil Gold, 150мм, 15H, P80,   Silco  3060-150</t>
         </is>
       </c>
       <c r="D634" s="1">
-        <v>799</v>
+        <v>19</v>
       </c>
       <c r="E634" s="1">
-        <v>1</v>
+        <v>85</v>
       </c>
       <c r="F634" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G634" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D953/E1</t>
+          <t xml:space="preserve">2100-0,4</t>
         </is>
       </c>
       <c r="C635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE LENTICULAR ALUMINIUM Великий лінзовидний металік,  PPG D953/E1</t>
+          <t xml:space="preserve">Грунт епоксидний в аерозолі сірий, 400мл, Silco 2100</t>
         </is>
       </c>
       <c r="D635" s="1">
-        <v>3011</v>
+        <v>463</v>
       </c>
       <c r="E635" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F635" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G635" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX7/E0.113K</t>
+          <t xml:space="preserve">3950-0,33</t>
         </is>
       </c>
       <c r="C636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER FIRESIDE COPPER Теплий мідний,  PPG PRLX7/E0.113K</t>
+          <t xml:space="preserve">Затверджувач HS акриловий, 330мл,  Silco 3950</t>
         </is>
       </c>
       <c r="D636" s="1">
-        <v>9019</v>
+        <v>262</v>
       </c>
       <c r="E636" s="1">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="F636" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G636" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D734/E1</t>
+          <t xml:space="preserve">9123-0,5</t>
         </is>
       </c>
       <c r="C637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент DELTRON GRS DG VIOLET Фіолетовий, PPG D734/E1</t>
+          <t xml:space="preserve">Затверджувач швидкий  UHS, 500мл, Silco 9123</t>
         </is>
       </c>
       <c r="D637" s="1">
-        <v>2911</v>
+        <v>564</v>
       </c>
       <c r="E637" s="1">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F637" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G637" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-XL</t>
+          <t xml:space="preserve">6165-320</t>
         </is>
       </c>
       <c r="C638" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XL, Silco 2350</t>
+          <t xml:space="preserve">Рулони абразивні на поролоні  Abra-Foam SBS, 115мм х 25м, P320, Silco 6165</t>
         </is>
       </c>
       <c r="D638" s="1">
-        <v>1596</v>
+        <v>1823</v>
       </c>
       <c r="E638" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F638" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G638" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7015-T-1</t>
+          <t xml:space="preserve">7030-1</t>
         </is>
       </c>
       <c r="C639" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 1К для пластику прозорий 1л,  Silco 7015</t>
+          <t xml:space="preserve">Розчинник акриловий швидкий Maxx Thinner,  1л,  Silco 7030</t>
         </is>
       </c>
       <c r="D639" s="1">
-        <v>706</v>
+        <v>339</v>
       </c>
       <c r="E639" s="1">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F639" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G639" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BEN1002</t>
+          <t xml:space="preserve">7100-A-1</t>
         </is>
       </c>
       <c r="C640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Робочий стіл STANDARD BENCH</t>
+          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  білий,  4:1 1л, Silco 7100  (затверджувач,  Silco 9250/9230)</t>
         </is>
       </c>
       <c r="D640" s="1">
-        <v>6339</v>
+        <v>926</v>
       </c>
       <c r="E640" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F640" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G640" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6140-1</t>
+          <t xml:space="preserve">7100-B-1</t>
         </is>
       </c>
       <c r="C641" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка скловолокно B14 Multi-Fiber,  1л,  Silco 6140</t>
+          <t xml:space="preserve">Грунт для катафорезу і мокрий-по мокрому  M10 E-primer  темно-сірий,  4:1 1L, Silco 7100</t>
         </is>
       </c>
       <c r="D641" s="1">
-        <v>576</v>
+        <v>926</v>
       </c>
       <c r="E641" s="1">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F641" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G641" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3202-0,5</t>
+          <t xml:space="preserve">3109-6</t>
         </is>
       </c>
       <c r="C642" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна Антиголограма  Moxi AH,  500мл, Silco 3202</t>
+          <t xml:space="preserve">Стрічка двостороння,  6мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D642" s="1">
-        <v>696</v>
+        <v>359</v>
       </c>
       <c r="E642" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F642" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G642" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5850-L-100</t>
+          <t xml:space="preserve">5090-0,03</t>
         </is>
       </c>
       <c r="C643" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір L 100 шт, Silco 5850</t>
+          <t xml:space="preserve">5090-0,03 Очищувач-активатор, прозорий, 30мл.</t>
         </is>
       </c>
       <c r="D643" s="1">
-        <v>793</v>
+        <v>486</v>
       </c>
       <c r="E643" s="1">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F643" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G643" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5850-XL-100</t>
+          <t xml:space="preserve">6075-0,5</t>
         </is>
       </c>
       <c r="C644" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100шт, Silco 5850</t>
+          <t xml:space="preserve">Розчинник для переходів в аерозолі Fade-Thinner Spray, 500мл,  Silco 6075</t>
         </is>
       </c>
       <c r="D644" s="1">
-        <v>793</v>
+        <v>328</v>
       </c>
       <c r="E644" s="1">
-        <v>6</v>
+        <v>58</v>
       </c>
       <c r="F644" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G644" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8063-4</t>
+          <t xml:space="preserve">9120-1</t>
         </is>
       </c>
       <c r="C645" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветки мікрофібра  (4шт різного кольору/упаковка), Silco 8063</t>
+          <t xml:space="preserve">Лак X12 Supreme 2:1, 1л, Silco 9120  (затв. UHS, 0,5л, Silco 9122, 9123, 9125, 9127)</t>
         </is>
       </c>
       <c r="D645" s="1">
-        <v>279</v>
+        <v>1224</v>
       </c>
       <c r="E645" s="1">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F645" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G645" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-65/S1</t>
+          <t xml:space="preserve">9040-1</t>
         </is>
       </c>
       <c r="C646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EXTRA COARSE ALUMINIUM Особливо великий металік, Quickline QBC-65/S1</t>
+          <t xml:space="preserve">Лак  HS X4  2:1 1л, Silco  9040  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D646" s="1">
-        <v>1632</v>
+        <v>570</v>
       </c>
       <c r="E646" s="1">
-        <v>23</v>
+        <v>132</v>
       </c>
       <c r="F646" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G646" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B647" s="1">
+        <v>782222</v>
       </c>
       <c r="C647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Добавка для переходів по базі (біндер) 1л, QL 1710</t>
+          <t xml:space="preserve">Насадка ET DOOR EDGE на картуш 'метелик', 1шт, Teroson  782222</t>
         </is>
       </c>
       <c r="D647" s="1">
-        <v>738</v>
+        <v>123</v>
       </c>
       <c r="E647" s="1">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="F647" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G647" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B648" s="1">
-        <v>2403</v>
+        <v>2142441</v>
       </c>
       <c r="C648" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластикові палички для змішування  Mix-Sticks, Silco 2403</t>
+          <t xml:space="preserve">Перетворювач іржі VR 625,  400мл,  Teroson 2142441</t>
         </is>
       </c>
       <c r="D648" s="1">
-        <v>4</v>
+        <v>483</v>
       </c>
       <c r="E648" s="1">
-        <v>350</v>
+        <v>69</v>
       </c>
       <c r="F648" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G648" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MIRKA</t>
+        </is>
+      </c>
+      <c r="B649" s="1">
+        <v>8111202537</v>
       </c>
       <c r="C649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 білий 0,8л, QL 3411  (затверджувач MS 0,2л, QL 4210/4220)</t>
+          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм VF P360 червоний, MIRKA 8111202537</t>
         </is>
       </c>
       <c r="D649" s="1">
-        <v>553</v>
+        <v>49</v>
       </c>
       <c r="E649" s="1">
-        <v>87</v>
+        <v>172</v>
       </c>
       <c r="F649" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G649" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">MIRKA</t>
         </is>
       </c>
       <c r="B650" s="1">
-        <v>2206</v>
+        <v>8111202594</v>
       </c>
       <c r="C650" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветка липка для пиловидалення Wave-Rag, Silco 2206</t>
+          <t xml:space="preserve">Абразивний лист MIRLON TOTAL Лист 115х230мм UF P1500 сірий, MIRKA 8111202594</t>
         </is>
       </c>
       <c r="D650" s="1">
-        <v>96</v>
+        <v>49</v>
       </c>
       <c r="E650" s="1">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="F650" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G650" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9050-1</t>
+          <t xml:space="preserve">6040-0,5</t>
         </is>
       </c>
       <c r="C651" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS X5  2:1  1л,  Silco 9050 (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Шпатлівка  для пластиків Flexplast, антрацит, 0,5кг,  Silco 6040</t>
         </is>
       </c>
       <c r="D651" s="1">
-        <v>638</v>
+        <v>371</v>
       </c>
       <c r="E651" s="1">
-        <v>79</v>
+        <v>20</v>
       </c>
       <c r="F651" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G651" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4900/S1</t>
+          <t xml:space="preserve">D8424/E0.4</t>
         </is>
       </c>
       <c r="C652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активатор для QP-3100</t>
+          <t xml:space="preserve">Грунт в аерозолі сірий (G6) 0,4л, PPG  D8424</t>
         </is>
       </c>
       <c r="D652" s="1">
-        <v>404</v>
+        <v>811</v>
       </c>
       <c r="E652" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F652" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G652" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B653" s="1">
+        <v>2647773</v>
       </c>
       <c r="C653" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRONG PURPLE Насичений фіолетовий, Quickline QBC-26/S1</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 600мл, Teroson 2647773</t>
         </is>
       </c>
       <c r="D653" s="1">
-        <v>1632</v>
+        <v>443</v>
       </c>
       <c r="E653" s="1">
-        <v>2</v>
+        <v>261</v>
       </c>
       <c r="F653" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G653" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6170-0,45</t>
+          <t xml:space="preserve">9085-0,25</t>
         </is>
       </c>
       <c r="C654" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка напіврідка, фінішна B17 Glaze, 450мл,  Silco 6170</t>
+          <t xml:space="preserve">Затвержувач стандартний до грунта 7080 M8  Akrylic, 250мл,  Silco 9085</t>
         </is>
       </c>
       <c r="D654" s="1">
-        <v>641</v>
+        <v>277</v>
       </c>
       <c r="E654" s="1">
-        <v>18</v>
+        <v>516</v>
       </c>
       <c r="F654" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G654" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5504-1</t>
+          <t xml:space="preserve">2350-M</t>
         </is>
       </c>
       <c r="C655" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник універсальний, 1л, Silco 5504</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір M, Silco 2350</t>
         </is>
       </c>
       <c r="D655" s="1">
-        <v>268</v>
+        <v>1641</v>
       </c>
       <c r="E655" s="1">
-        <v>66</v>
+        <v>4</v>
       </c>
       <c r="F655" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G655" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6070-1</t>
+          <t xml:space="preserve">2350-L</t>
         </is>
       </c>
       <c r="C656" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів Fade-Thinner, 1л,  Silco 6070</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір L, Silco 2350</t>
         </is>
       </c>
       <c r="D656" s="1">
-        <v>584</v>
+        <v>1641</v>
       </c>
       <c r="E656" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F656" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G656" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B657" s="1">
-        <v>2210</v>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5800-XL</t>
+        </is>
       </c>
       <c r="C657" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветка для пиловидалення WB-Rag, 25 шт. Silco, 2210</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір XL 100 pcs, Silco 5800</t>
         </is>
       </c>
       <c r="D657" s="1">
-        <v>592</v>
+        <v>1271</v>
       </c>
       <c r="E657" s="1">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="F657" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G657" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3415/S2</t>
+          <t xml:space="preserve">2950-125-0,6</t>
         </is>
       </c>
       <c r="C658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 600мл, Silco 2950</t>
         </is>
       </c>
       <c r="D658" s="1">
-        <v>1346</v>
+        <v>2055</v>
       </c>
       <c r="E658" s="1">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F658" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G658" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2095616</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-27/S3</t>
+        </is>
       </c>
       <c r="C659" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів PU 9108F сірий, 280мл, Teroson 2095616</t>
+          <t xml:space="preserve">Пігмент REDISH VIOLET Прозорий фіолетовий, Quickline QBC-27/S3</t>
         </is>
       </c>
       <c r="D659" s="1">
-        <v>212</v>
+        <v>5027</v>
       </c>
       <c r="E659" s="1">
-        <v>233</v>
+        <v>35</v>
       </c>
       <c r="F659" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G659" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">10L/З КРИШКОЮ</t>
+          <t xml:space="preserve">QBC-34/S1</t>
         </is>
       </c>
       <c r="C660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності 10л з кришкою білий, Тара 10L/З КРИШКОЮ</t>
+          <t xml:space="preserve">Пігмент REDUCED GOLDEN YELLOW Прозорий золотисто-жовтий, Quickline QBC-34/S1</t>
         </is>
       </c>
       <c r="D660" s="1">
-        <v>166</v>
+        <v>1677</v>
       </c>
       <c r="E660" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F660" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G660" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2260-R-A</t>
+          <t xml:space="preserve">QBC-91/S3</t>
         </is>
       </c>
       <c r="C661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Scuff Roll, червоний, 115 x 10м, P360  Silco 2260</t>
+          <t xml:space="preserve">Пігмент PURE BASE Чиста база, Quickline QBC-91/S3</t>
         </is>
       </c>
       <c r="D661" s="1">
-        <v>1622</v>
+        <v>5027</v>
       </c>
       <c r="E661" s="1">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F661" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G661" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-R-B</t>
+          <t xml:space="preserve">QSE-01/S0.5</t>
         </is>
       </c>
       <c r="C662" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Flex Total Roll, сірий, 115 x 10м, P1500  Silco 2270</t>
+          <t xml:space="preserve">Пігмент DIAMOND SILVER Діамантово-сріблястий, Quickline QSE-01/S0.5</t>
         </is>
       </c>
       <c r="D662" s="1">
-        <v>1744</v>
+        <v>2677</v>
       </c>
       <c r="E662" s="1">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F662" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G662" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-XXL</t>
+          <t xml:space="preserve">D8505/E1</t>
         </is>
       </c>
       <c r="C663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XXL, Silco 2350</t>
+          <t xml:space="preserve">Грунт DP4000  (мокрий по мокрому) 2:1:0,5 сірий (G5) 1л, PPG  D8505  (затверджувач швидкий HS 1л, PPG  D8238)</t>
         </is>
       </c>
       <c r="D663" s="1">
-        <v>1596</v>
+        <v>1777</v>
       </c>
       <c r="E663" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F663" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G663" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2531-35</t>
+          <t xml:space="preserve">1410-0,85</t>
         </is>
       </c>
       <c r="C664" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник поліпропіленовий  Blue-Tex 35 шт, 32 x 36см,  Silco 2531</t>
+          <t xml:space="preserve">Герметизуючий клей 1410 Seam-Seal, grey, 0,85kg</t>
         </is>
       </c>
       <c r="D664" s="1">
-        <v>311</v>
+        <v>545</v>
       </c>
       <c r="E664" s="1">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="F664" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G664" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3280-0,5</t>
+          <t xml:space="preserve">9250-0,5</t>
         </is>
       </c>
       <c r="C665" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник прозорий Finish Inspection, 500 мл, Silco 3280</t>
+          <t xml:space="preserve">Затверджувач стандартний, 500мл,  Silco 9250</t>
         </is>
       </c>
       <c r="D665" s="1">
-        <v>600</v>
+        <v>449</v>
       </c>
       <c r="E665" s="1">
-        <v>3</v>
+        <v>264</v>
       </c>
       <c r="F665" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G665" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9400-1</t>
+          <t xml:space="preserve">QBC-85/S1</t>
         </is>
       </c>
       <c r="C666" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Пігмент GREEN EFFECT PEARL  Зелений перламутр мінливий, Quickline QBC-85/S1</t>
         </is>
       </c>
       <c r="D666" s="1">
-        <v>1395</v>
+        <v>2684</v>
       </c>
       <c r="E666" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F666" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G666" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9410-1</t>
+          <t xml:space="preserve">QBC-79/S1</t>
         </is>
       </c>
       <c r="C667" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак матовий X41 3:1  1л, Silco 9410 (затверджувач, 500мл,  Silco  9250/9230)</t>
+          <t xml:space="preserve">Пігмент CARAMEL PEARL Золотистий перламутр, Quickline QBC-79/S1</t>
         </is>
       </c>
       <c r="D667" s="1">
-        <v>2162</v>
+        <v>2684</v>
       </c>
       <c r="E667" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F667" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G667" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-R-A</t>
+          <t xml:space="preserve">PRLX1/E0.113K</t>
         </is>
       </c>
       <c r="C668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Flex Total Roll, червоний, 115 x 10м,  P360   Silco 2270</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL RED Кристально-червоний,  PPG PRLX1/E0.113K</t>
         </is>
       </c>
       <c r="D668" s="1">
-        <v>1744</v>
+        <v>9272</v>
       </c>
       <c r="E668" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F668" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G668" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,4</t>
+          <t xml:space="preserve">QH-4410/S0.5</t>
         </is>
       </c>
       <c r="C669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 400мл, Silco 2950</t>
+          <t xml:space="preserve">Затверджувач HS швидкий 0,5л, QL 4410</t>
         </is>
       </c>
       <c r="D669" s="1">
-        <v>1762</v>
+        <v>594</v>
       </c>
       <c r="E669" s="1">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="F669" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G669" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,18</t>
+          <t xml:space="preserve">QA-1000/S5</t>
         </is>
       </c>
       <c r="C670" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
+          <t xml:space="preserve">Антисилікон  5л,  QL 1000</t>
         </is>
       </c>
       <c r="D670" s="1">
-        <v>1490</v>
+        <v>1744</v>
       </c>
       <c r="E670" s="1">
-        <v>6</v>
+        <v>37</v>
       </c>
       <c r="F670" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G670" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2941</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-22/S1</t>
+        </is>
       </c>
       <c r="C671" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер для фарбопульта DeVilbiss, Silco 2941</t>
+          <t xml:space="preserve">Пігмент BLUE Синій, Quickline QBC-22/S1</t>
         </is>
       </c>
       <c r="D671" s="1">
-        <v>785</v>
+        <v>1677</v>
       </c>
       <c r="E671" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F671" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G671" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>2943</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QBC-78/S1</t>
+        </is>
       </c>
       <c r="C672" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер для фарбопульта Iwata WS400, Silco 2943</t>
+          <t xml:space="preserve">Пігмент RED EFFECT PEARL Червоний перламутр мінливий, Quickline QBC-78/S1</t>
         </is>
       </c>
       <c r="D672" s="1">
-        <v>785</v>
+        <v>2684</v>
       </c>
       <c r="E672" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F672" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G672" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B673" s="1">
-        <v>2947</v>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9515-1</t>
+        </is>
       </c>
       <c r="C673" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Адаптер для фарбопульта Iwata W-400, LPH-400, Silco 2947</t>
+          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  1л,  Silco  9515</t>
         </is>
       </c>
       <c r="D673" s="1">
-        <v>785</v>
+        <v>370</v>
       </c>
       <c r="E673" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="F673" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G673" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BDPBMP36</t>
+          <t xml:space="preserve">PRLX3/E0.113K</t>
         </is>
       </c>
       <c r="C674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маскувальний папір 900мм х 250м, BODYLINE  BDPBMP36</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON CRYSTAL GOLD Кристально-золотий,  PPG PRLX3/E0.113K</t>
         </is>
       </c>
       <c r="D674" s="1">
-        <v>2034</v>
+        <v>9272</v>
       </c>
       <c r="E674" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F674" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G674" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BUCCP1</t>
+          <t xml:space="preserve">QBC-57/S1</t>
         </is>
       </c>
       <c r="C675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
+          <t xml:space="preserve">Пігмент CANARY ORANGE Канарський помаранч, Quickline QBC-57/S1</t>
         </is>
       </c>
       <c r="D675" s="1">
-        <v>2392</v>
+        <v>1677</v>
       </c>
       <c r="E675" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F675" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G675" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">YA130CG100</t>
+          <t xml:space="preserve">QBC-81/S1</t>
         </is>
       </c>
       <c r="C676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR BLACK KIT, 1л, Gladiator YA130CG100</t>
+          <t xml:space="preserve">Пігмент VIOLET EFFECT PEARL Фіолетовий перламутр мінливий, Quickline QBC-81/S1</t>
         </is>
       </c>
       <c r="D676" s="1">
-        <v>1411</v>
+        <v>2684</v>
       </c>
       <c r="E676" s="1">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="F676" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G676" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">YA230CG100</t>
+          <t xml:space="preserve">QDG-18/S3</t>
         </is>
       </c>
       <c r="C677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 1л, Gladiator YA230CG100</t>
+          <t xml:space="preserve">Пігмент PURE BLACK Чорний, Quickline QDG-18/S3</t>
         </is>
       </c>
       <c r="D677" s="1">
-        <v>1411</v>
+        <v>4436</v>
       </c>
       <c r="E677" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F677" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G677" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">YA130CG17800</t>
+          <t xml:space="preserve">QDG-19/S1</t>
         </is>
       </c>
       <c r="C678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR BLACK KIT, 4л, Gladiator YA130CG17800</t>
+          <t xml:space="preserve">Пігмент PALE PURE BLACK  Чорний прозорий, Quickline QDG-19/S1</t>
         </is>
       </c>
       <c r="D678" s="1">
-        <v>5222</v>
+        <v>1479</v>
       </c>
       <c r="E678" s="1">
         <v>1</v>
       </c>
       <c r="F678" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G678" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLADIATOR</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">YA230CG17800</t>
+          <t xml:space="preserve">D841/E0.5</t>
         </is>
       </c>
       <c r="C679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
+          <t xml:space="preserve">Затверджувач стандартний MS 0,5 л</t>
         </is>
       </c>
       <c r="D679" s="1">
-        <v>5222</v>
+        <v>808</v>
       </c>
       <c r="E679" s="1">
-        <v>2</v>
+        <v>90</v>
       </c>
       <c r="F679" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G679" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-2,5</t>
+          <t xml:space="preserve">QBC-82/S1</t>
         </is>
       </c>
       <c r="C680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9125</t>
+          <t xml:space="preserve">Пігмент FINE RED PEARL Червоний перламутр з дрібним зерном, Quickline QBC-82/S1</t>
         </is>
       </c>
       <c r="D680" s="1">
-        <v>2321</v>
+        <v>2684</v>
       </c>
       <c r="E680" s="1">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F680" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G680" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7070-5</t>
+          <t xml:space="preserve">QDG-27/S3</t>
         </is>
       </c>
       <c r="C681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник акриловий повільний Maxx Thinner,  5л,  Silco 7070</t>
+          <t xml:space="preserve">Пігмент MARINE BLUE Морський синій, Quickline QDG-27/S3</t>
         </is>
       </c>
       <c r="D681" s="1">
-        <v>1935</v>
+        <v>4436</v>
       </c>
       <c r="E681" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F681" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G681" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-32/S1</t>
+          <t xml:space="preserve">QDG-29/S1</t>
         </is>
       </c>
       <c r="C682" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент REDUCED GREENISH YELLOW Прозорий зеленувато-жовтий, Quickline QBC-32/S1</t>
+          <t xml:space="preserve">Пігмент PALE BLUE Голубий, Quickline QDG-29/S1</t>
         </is>
       </c>
       <c r="D682" s="1">
-        <v>1632</v>
+        <v>1479</v>
       </c>
       <c r="E682" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F682" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G682" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-55/S3</t>
+          <t xml:space="preserve">QDG-54/S1</t>
         </is>
       </c>
       <c r="C683" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
+          <t xml:space="preserve">Пігмент REDUCED IRON RED Прозорий золотисто-коричневий, Quickline QDG-54/S1</t>
         </is>
       </c>
       <c r="D683" s="1">
-        <v>4890</v>
+        <v>1479</v>
       </c>
       <c r="E683" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F683" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G683" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2988279</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QSE-07/S0.5</t>
+        </is>
       </c>
       <c r="C684" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для склеювання кузовних деталей EP 5055, 200мл, Teroson 2988279</t>
+          <t xml:space="preserve">Пігмент AQUA GREEN Зелений, Quickline QSE-07/S0.5</t>
         </is>
       </c>
       <c r="D684" s="1">
-        <v>2280</v>
+        <v>2677</v>
       </c>
       <c r="E684" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F684" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G684" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LOCTITE</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B685" s="1">
-        <v>2693822</v>
+        <v>2095619</v>
       </c>
       <c r="C685" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пневматичний пістолеn для двокомпонентних клеїв HD14, Loctite 2693822</t>
+          <t xml:space="preserve">Герметик для швів PU 9208F чорний, 280мл, Teroson 2095619</t>
         </is>
       </c>
       <c r="D685" s="1">
-        <v>17864</v>
+        <v>218</v>
       </c>
       <c r="E685" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F685" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G685" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B686" s="1">
+        <v>2898365</v>
       </c>
       <c r="C686" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 48мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">Грунтівка на основі цинку VR 4610 AE 400мл EGFD,Teroson 2898365</t>
         </is>
       </c>
       <c r="D686" s="1">
-        <v>161</v>
+        <v>498</v>
       </c>
       <c r="E686" s="1">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="F686" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G686" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8515-5</t>
+          <t xml:space="preserve">QBC-31/S1</t>
         </is>
       </c>
       <c r="C687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Знежирювач водо-спиртовий,  5л, Silco  8515</t>
+          <t xml:space="preserve">Пігмент VIVID YELLOW Яскраво-жовтий з червоним відтінком, Quickline QBC-31/S1</t>
         </is>
       </c>
       <c r="D687" s="1">
-        <v>886</v>
+        <v>1677</v>
       </c>
       <c r="E687" s="1">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="F687" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G687" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4110-0,4</t>
+          <t xml:space="preserve">QDG-39/S1</t>
         </is>
       </c>
       <c r="C688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
+          <t xml:space="preserve">Пігмент STRAW YELLOW Жовта солома, Quickline QDG-39/S1</t>
         </is>
       </c>
       <c r="D688" s="1">
-        <v>337</v>
+        <v>1479</v>
       </c>
       <c r="E688" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="F688" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G688" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9127-2,5</t>
+          <t xml:space="preserve">1425-4</t>
         </is>
       </c>
       <c r="C689" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний  UHS  2,5л, Silco 9127</t>
+          <t xml:space="preserve">Паста для миття рук, 4л,  Silco 1425</t>
         </is>
       </c>
       <c r="D689" s="1">
-        <v>2417</v>
+        <v>906</v>
       </c>
       <c r="E689" s="1">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F689" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G689" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9230-0,5</t>
+          <t xml:space="preserve">1780-48</t>
         </is>
       </c>
       <c r="C690" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий, 500мл,  Silco  9230</t>
+          <t xml:space="preserve">Стрічка малярна  Dura-Tape/80°C/ біла, 48мм x 50м, Silco 1780</t>
         </is>
       </c>
       <c r="D690" s="1">
-        <v>436</v>
+        <v>143</v>
       </c>
       <c r="E690" s="1">
-        <v>117</v>
+        <v>3</v>
       </c>
       <c r="F690" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G690" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B691" s="1">
+        <v>4905</v>
       </c>
       <c r="C691" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник Р-647 БП (0,9л) (0,76кг)</t>
+          <t xml:space="preserve">Пістолет-дозатор для клею 2K PU, Silco 4905</t>
         </is>
       </c>
       <c r="D691" s="1">
-        <v>142</v>
+        <v>1589</v>
       </c>
       <c r="E691" s="1">
         <v>5</v>
       </c>
       <c r="F691" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G691" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">РОЗЧИННИК</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">647_5</t>
+          <t xml:space="preserve">7025-C-1</t>
         </is>
       </c>
       <c r="C692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник Р-647 БП (5л) (4,25кг)</t>
+          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику  1кг, Silco 7025</t>
         </is>
       </c>
       <c r="D692" s="1">
-        <v>705</v>
+        <v>1050</v>
       </c>
       <c r="E692" s="1">
-        <v>107</v>
+        <v>1</v>
       </c>
       <c r="F692" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G692" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B693" s="1">
-        <v>2156526</v>
+        <v>7711</v>
       </c>
       <c r="C693" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кислотні серветки  BONDERITE M-NT 1455 W, 50шт, Teroson 2156526</t>
+          <t xml:space="preserve">Магнітний тримач для дрібних деталей, Silco 7711</t>
         </is>
       </c>
       <c r="D693" s="1">
-        <v>2866</v>
+        <v>822</v>
       </c>
       <c r="E693" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F693" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G693" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9050/E0.118</t>
+          <t xml:space="preserve">D953/E1</t>
         </is>
       </c>
       <c r="C694" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент Vivid Red Ruby Яскраво-червоний рубін, PPG D9050/E0.118</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS BC COARSE LENTICULAR ALUMINIUM Великий лінзовидний металік,  PPG D953/E1</t>
         </is>
       </c>
       <c r="D694" s="1">
-        <v>12274</v>
+        <v>3096</v>
       </c>
       <c r="E694" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F694" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G694" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150180</t>
+          <t xml:space="preserve">PRLX7/E0.113K</t>
         </is>
       </c>
       <c r="C695" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
+          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER FIRESIDE COPPER Теплий мідний,  PPG PRLX7/E0.113K</t>
         </is>
       </c>
       <c r="D695" s="1">
-        <v>32</v>
+        <v>9272</v>
       </c>
       <c r="E695" s="1">
-        <v>379</v>
+        <v>1</v>
       </c>
       <c r="F695" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G695" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150240</t>
+          <t xml:space="preserve">D734/E1</t>
         </is>
       </c>
       <c r="C696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P240 (Bx50), BODYLINE  BAMAD150240</t>
+          <t xml:space="preserve">Пігмент DELTRON GRS DG VIOLET Фіолетовий, PPG D734/E1</t>
         </is>
       </c>
       <c r="D696" s="1">
-        <v>32</v>
+        <v>2992</v>
       </c>
       <c r="E696" s="1">
-        <v>143</v>
+        <v>3</v>
       </c>
       <c r="F696" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G696" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150400</t>
+          <t xml:space="preserve">2350-XL</t>
         </is>
       </c>
       <c r="C697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P400 (Bx50), BODYLINE  BAMAD150400</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XL, Silco 2350</t>
         </is>
       </c>
       <c r="D697" s="1">
-        <v>32</v>
+        <v>1641</v>
       </c>
       <c r="E697" s="1">
-        <v>103</v>
+        <v>2</v>
       </c>
       <c r="F697" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G697" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150080</t>
+          <t xml:space="preserve">7015-T-1</t>
         </is>
       </c>
       <c r="C698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
+          <t xml:space="preserve">Грунт 1К для пластику прозорий 1л,  Silco 7015</t>
         </is>
       </c>
       <c r="D698" s="1">
-        <v>32</v>
+        <v>726</v>
       </c>
       <c r="E698" s="1">
-        <v>226</v>
+        <v>20</v>
       </c>
       <c r="F698" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G698" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
-[...3 lines deleted...]
-        <v>120100</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BEN1002</t>
+        </is>
       </c>
       <c r="C699" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до ємності 120 Тип 4 С 0101, Тара 120100</t>
+          <t xml:space="preserve">Робочий стіл STANDARD BENCH</t>
         </is>
       </c>
       <c r="D699" s="1">
-        <v>6</v>
+        <v>6264</v>
       </c>
       <c r="E699" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F699" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G699" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5701-100</t>
+          <t xml:space="preserve">6140-1</t>
         </is>
       </c>
       <c r="C700" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пензель-аплікатор 1 шт, Silco 5701</t>
+          <t xml:space="preserve">Шпатлівка скловолокно B14 Multi-Fiber,  1л,  Silco 6140</t>
         </is>
       </c>
       <c r="D700" s="1">
-        <v>13</v>
+        <v>592</v>
       </c>
       <c r="E700" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="F700" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G700" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2110-5</t>
+          <t xml:space="preserve">D8507/E1</t>
         </is>
       </c>
       <c r="C701" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  5л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
+          <t xml:space="preserve">Грунт DP4000-2K    Темно сірий (G7) 1 л</t>
         </is>
       </c>
       <c r="D701" s="1">
-        <v>2650</v>
+        <v>1777</v>
       </c>
       <c r="E701" s="1">
         <v>6</v>
       </c>
       <c r="F701" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G701" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9110-1</t>
+          <t xml:space="preserve">3202-0,5</t>
         </is>
       </c>
       <c r="C702" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Паста полірувальна Антиголограма  Moxi AH,  500мл, Silco 3202</t>
         </is>
       </c>
       <c r="D702" s="1">
-        <v>733</v>
+        <v>716</v>
       </c>
       <c r="E702" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F702" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G702" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2205-500</t>
+          <t xml:space="preserve">5850-L-100</t>
         </is>
       </c>
       <c r="C703" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
+          <t xml:space="preserve">Рукавиці нітрілові надміцні  Dura Glove розмір L 100 шт, Silco 5850</t>
         </is>
       </c>
       <c r="D703" s="1">
-        <v>3834</v>
+        <v>815</v>
       </c>
       <c r="E703" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F703" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G703" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB090</t>
+          <t xml:space="preserve">8063-4</t>
         </is>
       </c>
       <c r="C704" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB090(0.5)  біла смола</t>
+          <t xml:space="preserve">Серветки мікрофібра  (4шт різного кольору/упаковка), Silco 8063</t>
         </is>
       </c>
       <c r="D704" s="1">
-        <v>7483</v>
+        <v>287</v>
       </c>
       <c r="E704" s="1">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F704" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G704" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB100</t>
+          <t xml:space="preserve">QBC-65/S1</t>
         </is>
       </c>
       <c r="C705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB100 (1) прозора смола</t>
+          <t xml:space="preserve">Пігмент EXTRA COARSE ALUMINIUM Особливо великий металік, Quickline QBC-65/S1</t>
         </is>
       </c>
       <c r="D705" s="1">
-        <v>1173</v>
+        <v>1677</v>
       </c>
       <c r="E705" s="1">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F705" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G705" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB120</t>
+          <t xml:space="preserve">QA-1710/S1</t>
         </is>
       </c>
       <c r="C706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB120 (0.5) пігмент з алюм.порошком мілке зерно</t>
+          <t xml:space="preserve">Добавка для переходів по базі (біндер) 1л, QL 1710</t>
         </is>
       </c>
       <c r="D706" s="1">
-        <v>6525</v>
+        <v>759</v>
       </c>
       <c r="E706" s="1">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="F706" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G706" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B707" s="1">
+        <v>2403</v>
       </c>
       <c r="C707" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB203 (0,5) пігмент без алюм.порошка</t>
+          <t xml:space="preserve">Пластикові палички для змішування  Mix-Sticks, Silco 2403</t>
         </is>
       </c>
       <c r="D707" s="1">
-        <v>4204</v>
+        <v>4</v>
       </c>
       <c r="E707" s="1">
-        <v>0</v>
+        <v>260</v>
       </c>
       <c r="F707" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G707" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB250</t>
+          <t xml:space="preserve">QP-3411/S0.8</t>
         </is>
       </c>
       <c r="C708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB250 (1л) пігмент без алюм.порошка жовтий</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 білий 0,8л, QL 3411  (затверджувач MS 0,2л, QL 4210/4220)</t>
         </is>
       </c>
       <c r="D708" s="1">
-        <v>4005</v>
+        <v>568</v>
       </c>
       <c r="E708" s="1">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="F708" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G708" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B709" s="1">
+        <v>2206</v>
       </c>
       <c r="C709" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB471 (0,5) пігмент без алюм.порошка зеленувато-синій</t>
+          <t xml:space="preserve">Серветка липка для пиловидалення Wave-Rag, Silco 2206</t>
         </is>
       </c>
       <c r="D709" s="1">
-        <v>7317</v>
+        <v>99</v>
       </c>
       <c r="E709" s="1">
-        <v>0</v>
+        <v>114</v>
       </c>
       <c r="F709" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G709" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB770</t>
+          <t xml:space="preserve">QH-4900/S1</t>
         </is>
       </c>
       <c r="C710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HB770 (0,5) пігмент без алюм.порошка оксид червоного</t>
+          <t xml:space="preserve">Активатор для QP-3100</t>
         </is>
       </c>
       <c r="D710" s="1">
-        <v>6402</v>
+        <v>416</v>
       </c>
       <c r="E710" s="1">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="F710" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G710" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ990</t>
+          <t xml:space="preserve">QBC-26/S1</t>
         </is>
       </c>
       <c r="C711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ990 (1л) пігмент без алюм.порошка білий</t>
+          <t xml:space="preserve">Пігмент STRONG PURPLE Насичений фіолетовий, Quickline QBC-26/S1</t>
         </is>
       </c>
       <c r="D711" s="1">
-        <v>4079</v>
+        <v>1677</v>
       </c>
       <c r="E711" s="1">
         <v>1</v>
       </c>
       <c r="F711" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G711" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">R-M</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ999</t>
+          <t xml:space="preserve">6170-0,45</t>
         </is>
       </c>
       <c r="C712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HВ999 (0,5) пігмент без алюм.порошка білий відтінок</t>
+          <t xml:space="preserve">Шпатлівка напіврідка, фінішна B17 Glaze, 450мл,  Silco 6170</t>
         </is>
       </c>
       <c r="D712" s="1">
-        <v>3486</v>
+        <v>659</v>
       </c>
       <c r="E712" s="1">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F712" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G712" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B713" s="1">
-        <v>1851</v>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5504-1</t>
+        </is>
       </c>
       <c r="C713" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851 стакан для змішування 2300мл</t>
+          <t xml:space="preserve">Розчинник універсальний, 1л, Silco 5504</t>
         </is>
       </c>
       <c r="D713" s="1">
-        <v>46</v>
+        <v>276</v>
       </c>
       <c r="E713" s="1">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="F713" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G713" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851-P</t>
+          <t xml:space="preserve">6070-1</t>
         </is>
       </c>
       <c r="C714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1851 кришки для чашки</t>
+          <t xml:space="preserve">Розчинник для переходів Fade-Thinner, 1л,  Silco 6070</t>
         </is>
       </c>
       <c r="D714" s="1">
-        <v>17</v>
+        <v>601</v>
       </c>
       <c r="E714" s="1">
-        <v>200</v>
+        <v>7</v>
       </c>
       <c r="F714" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G714" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B715" s="1">
+        <v>2210</v>
       </c>
       <c r="C715" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
+          <t xml:space="preserve">Серветка для пиловидалення WB-Rag, 25 шт. Silco, 2210</t>
         </is>
       </c>
       <c r="D715" s="1">
-        <v>32</v>
+        <v>609</v>
       </c>
       <c r="E715" s="1">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="F715" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G715" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BAMAD150500</t>
+          <t xml:space="preserve">QP-3415/S2</t>
         </is>
       </c>
       <c r="C716" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
+          <t xml:space="preserve">Грунт Quickline Quick-Build 4:1 сірий 2л, QL 3415 (Затверджувач MS 0,5л, QL 4420)</t>
         </is>
       </c>
       <c r="D716" s="1">
-        <v>32</v>
+        <v>1384</v>
       </c>
       <c r="E716" s="1">
-        <v>429</v>
+        <v>11</v>
       </c>
       <c r="F716" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G716" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B717" s="1">
+        <v>2095616</v>
       </c>
       <c r="C717" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент Ultra Fine Lenticular Aluminum Ультра дрібний лінзовидний металік,  PPG D947/E1</t>
+          <t xml:space="preserve">Герметик для швів PU 9108F сірий, 280мл, Teroson 2095616</t>
         </is>
       </c>
       <c r="D717" s="1">
-        <v>3011</v>
+        <v>218</v>
       </c>
       <c r="E717" s="1">
-        <v>6</v>
+        <v>227</v>
       </c>
       <c r="F717" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G717" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>583065</v>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">10L/З КРИШКОЮ</t>
+        </is>
       </c>
       <c r="C718" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
+          <t xml:space="preserve">Корпус ємності 10л з кришкою білий, Тара 10L/З КРИШКОЮ</t>
         </is>
       </c>
       <c r="D718" s="1">
-        <v>231</v>
+        <v>171</v>
       </c>
       <c r="E718" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F718" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G718" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D9037/E0.35</t>
+          <t xml:space="preserve">2260-R-A</t>
         </is>
       </c>
       <c r="C719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EH - GRS BC TINTER - SILVER GLASS FLAKE Сріблясто-склянні блискітки, PPG D9037/E0.35</t>
+          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Scuff Roll, червоний, 115 x 10м, P360  Silco 2260</t>
         </is>
       </c>
       <c r="D719" s="1">
-        <v>6408</v>
+        <v>1667</v>
       </c>
       <c r="E719" s="1">
         <v>1</v>
       </c>
       <c r="F719" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G719" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-24</t>
+          <t xml:space="preserve">2270-R-B</t>
         </is>
       </c>
       <c r="C720" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape WR/100°C/ зелена, 24мм x 50м, Silco 1980</t>
+          <t xml:space="preserve">Скотч-брайт в рулоні Ezee-Flex Total Roll, сірий, 115 x 10м, P1500  Silco 2270</t>
         </is>
       </c>
       <c r="D720" s="1">
-        <v>121</v>
+        <v>1793</v>
       </c>
       <c r="E720" s="1">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="F720" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G720" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969707</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2350-XXL</t>
+        </is>
       </c>
       <c r="C721" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
+          <t xml:space="preserve">Комбінезон малярний (антистатичний) розмір XXL, Silco 2350</t>
         </is>
       </c>
       <c r="D721" s="1">
-        <v>569</v>
+        <v>1641</v>
       </c>
       <c r="E721" s="1">
-        <v>45</v>
+        <v>5</v>
       </c>
       <c r="F721" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G721" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG0003</t>
+          <t xml:space="preserve">2531-35</t>
         </is>
       </c>
       <c r="C722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тест-карта 180*70 мм, PPG0003</t>
+          <t xml:space="preserve">Рушник поліпропіленовий  Blue-Tex 35 шт, 32 x 36см,  Silco 2531</t>
         </is>
       </c>
       <c r="D722" s="1">
-        <v>3.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>319</v>
+      </c>
+      <c r="E722" s="1">
+        <v>7</v>
       </c>
       <c r="F722" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G722" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3530-B</t>
+          <t xml:space="preserve">3109-12</t>
         </is>
       </c>
       <c r="C723" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Суха проявочна пудра, чорний, набір (150 г + аплікатор), Silco 3530-B</t>
+          <t xml:space="preserve">Стрічка двостороння,  12мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D723" s="1">
-        <v>1174</v>
+        <v>699</v>
       </c>
       <c r="E723" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F723" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G723" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7055-1</t>
+          <t xml:space="preserve">9400-1</t>
         </is>
       </c>
       <c r="C724" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник базовий, стандартний Basecoat Thinner, 1л,  Silco 7055</t>
+          <t xml:space="preserve">Лак напівглянцевий X40 2:1  1л, Silco 9400  (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D724" s="1">
-        <v>394</v>
+        <v>1434</v>
       </c>
       <c r="E724" s="1">
-        <v>105</v>
+        <v>3</v>
       </c>
       <c r="F724" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G724" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8551/E2.5</t>
+          <t xml:space="preserve">9410-1</t>
         </is>
       </c>
       <c r="C725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DP3500  G1, 2.5L, PPG D8551</t>
+          <t xml:space="preserve">Лак матовий X41 3:1  1л, Silco 9410 (затверджувач, 500мл,  Silco  9250/9230)</t>
         </is>
       </c>
       <c r="D725" s="1">
-        <v>6021</v>
+        <v>2223</v>
       </c>
       <c r="E725" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F725" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G725" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8263/E0.5</t>
+          <t xml:space="preserve">2950-125-0,4</t>
         </is>
       </c>
       <c r="C726" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник стандартний HS, 0,5L, PPG D8263</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 400мл, Silco 2950</t>
         </is>
       </c>
       <c r="D726" s="1">
-        <v>513</v>
+        <v>1812</v>
       </c>
       <c r="E726" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F726" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G726" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7510/S1</t>
+          <t xml:space="preserve">2950-125-0,18</t>
         </is>
       </c>
       <c r="C727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий UHS, 1л, QL 7510 (затверджувач UHS 0,5л, 4510/4520)</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 180мл, Silco 2950</t>
         </is>
       </c>
       <c r="D727" s="1">
-        <v>1022</v>
+        <v>1532</v>
       </c>
       <c r="E727" s="1">
-        <v>307</v>
+        <v>4</v>
       </c>
       <c r="F727" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G727" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B728" s="1">
+        <v>2941</v>
       </c>
       <c r="C728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник швидкий HS, 0,5L, PPG D8262</t>
+          <t xml:space="preserve">Адаптер для фарбопульта DeVilbiss, Silco 2941</t>
         </is>
       </c>
       <c r="D728" s="1">
-        <v>513</v>
+        <v>807</v>
       </c>
       <c r="E728" s="1">
         <v>6</v>
       </c>
       <c r="F728" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G728" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B729" s="1">
+        <v>2942</v>
       </c>
       <c r="C729" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівкомбінезони з вишивкою XХL PPG</t>
+          <t xml:space="preserve">Адаптер для фарбопульта Sata, Silco 2942</t>
         </is>
       </c>
       <c r="D729" s="1">
-        <v>1490</v>
+        <v>807</v>
       </c>
       <c r="E729" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F729" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G729" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B730" s="1">
+        <v>2943</v>
       </c>
       <c r="C730" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напівкомбінезони з вишивкою XL, PPG</t>
+          <t xml:space="preserve">Адаптер для фарбопульта Iwata WS400, Silco 2943</t>
         </is>
       </c>
       <c r="D730" s="1">
-        <v>2306</v>
+        <v>807</v>
       </c>
       <c r="E730" s="1">
         <v>3</v>
       </c>
       <c r="F730" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G730" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B731" s="1">
-        <v>2969641</v>
+        <v>2947</v>
       </c>
       <c r="C731" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
+          <t xml:space="preserve">Адаптер для фарбопульта Iwata W-400, LPH-400, Silco 2947</t>
         </is>
       </c>
       <c r="D731" s="1">
-        <v>569</v>
+        <v>807</v>
       </c>
       <c r="E731" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F731" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G731" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8242/E0.5</t>
+          <t xml:space="preserve">BUCCP1</t>
         </is>
       </c>
       <c r="C732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач швидкий UHS 0,5 л, PPG  D8242</t>
+          <t xml:space="preserve">Полірувальна паста, 1кг, BODYLINE  BUCCP1</t>
         </is>
       </c>
       <c r="D732" s="1">
-        <v>1035</v>
+        <v>2459</v>
       </c>
       <c r="E732" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F732" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G732" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8243/E0.5</t>
+          <t xml:space="preserve">YA130CG100</t>
         </is>
       </c>
       <c r="C733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач  стандартний UHS 0,5 л, PPG  D8243</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR BLACK KIT, 1л, Gladiator YA130CG100</t>
         </is>
       </c>
       <c r="D733" s="1">
-        <v>1035</v>
+        <v>1451</v>
       </c>
       <c r="E733" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F733" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G733" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1852-0,385</t>
+          <t xml:space="preserve">YA230CG100</t>
         </is>
       </c>
       <c r="C734" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан Mix-Cup 385мл, Silco 1852</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 1л, Gladiator YA230CG100</t>
         </is>
       </c>
       <c r="D734" s="1">
-        <v>13</v>
+        <v>1451</v>
       </c>
       <c r="E734" s="1">
-        <v>138</v>
+        <v>2</v>
       </c>
       <c r="F734" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G734" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">GLADIATOR</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1852-0,75</t>
+          <t xml:space="preserve">YA230CG17800</t>
         </is>
       </c>
       <c r="C735" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан Mix-Cup 750мл, Silco  1852</t>
+          <t xml:space="preserve">Фарба акрилова 2К  GLADIATOR TINTA BLE KIT, 4л, Gladiator YA230CG17800</t>
         </is>
       </c>
       <c r="D735" s="1">
-        <v>19</v>
+        <v>5369</v>
       </c>
       <c r="E735" s="1">
-        <v>258</v>
+        <v>2</v>
       </c>
       <c r="F735" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G735" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B736" s="1">
-        <v>1854</v>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9125-2,5</t>
+        </is>
       </c>
       <c r="C736" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400мл, Silco 1854</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9125</t>
         </is>
       </c>
       <c r="D736" s="1">
-        <v>27</v>
+        <v>2386</v>
       </c>
       <c r="E736" s="1">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F736" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G736" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9110-5</t>
+          <t xml:space="preserve">7070-5</t>
         </is>
       </c>
       <c r="C737" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Розчинник акриловий повільний Maxx Thinner,  5л,  Silco 7070</t>
         </is>
       </c>
       <c r="D737" s="1">
-        <v>3445</v>
+        <v>1990</v>
       </c>
       <c r="E737" s="1">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="F737" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G737" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9110-1</t>
+          <t xml:space="preserve">QBC-32/S1</t>
         </is>
       </c>
       <c r="C738" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Пігмент REDUCED GREENISH YELLOW Прозорий зеленувато-жовтий, Quickline QBC-32/S1</t>
         </is>
       </c>
       <c r="D738" s="1">
-        <v>733</v>
+        <v>1677</v>
       </c>
       <c r="E738" s="1">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="F738" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G738" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6075-0,5</t>
+          <t xml:space="preserve">QBC-55/S3</t>
         </is>
       </c>
       <c r="C739" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розчинник для переходів в аерозолі Fade-Thinner Spray, 500мл,  Silco 6075</t>
+          <t xml:space="preserve">Пігмент STRONG RED Насичений червоний, Quickline QBC-55/S3</t>
         </is>
       </c>
       <c r="D739" s="1">
-        <v>319</v>
+        <v>5027</v>
       </c>
       <c r="E739" s="1">
         <v>2</v>
       </c>
       <c r="F739" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G739" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B740" s="1">
+        <v>2988279</v>
       </c>
       <c r="C740" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  5л,  Silco  9515</t>
+          <t xml:space="preserve">Клей для склеювання кузовних деталей EP 5055, 200мл, Teroson 2988279</t>
         </is>
       </c>
       <c r="D740" s="1">
-        <v>1514</v>
+        <v>2344</v>
       </c>
       <c r="E740" s="1">
-        <v>44</v>
+        <v>8</v>
       </c>
       <c r="F740" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G740" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LOCTITE</t>
+        </is>
+      </c>
+      <c r="B741" s="1">
+        <v>2693822</v>
       </c>
       <c r="C741" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику темно-сірий  1кг, Silco 7025</t>
+          <t xml:space="preserve">Пневматичний пістолеn для двокомпонентних клеїв HD14, Loctite 2693822</t>
         </is>
       </c>
       <c r="D741" s="1">
-        <v>1021</v>
+        <v>18366</v>
       </c>
       <c r="E741" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F741" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G741" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B742" s="1">
-        <v>2406</v>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1970-48</t>
+        </is>
       </c>
       <c r="C742" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 2:1/3:1, Silco 2406</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 48мм x 50м, Silco 1970</t>
         </is>
       </c>
       <c r="D742" s="1">
-        <v>198</v>
+        <v>165</v>
       </c>
       <c r="E742" s="1">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="F742" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G742" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Y7,5-BUCKET</t>
+          <t xml:space="preserve">8515-5</t>
         </is>
       </c>
       <c r="C743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кругле відро біле 7,5 л, Тара Y7,5-Bucket</t>
+          <t xml:space="preserve">Знежирювач водо-спиртовий,  5л, Silco  8515</t>
         </is>
       </c>
       <c r="D743" s="1">
-        <v>129</v>
+        <v>911</v>
       </c>
       <c r="E743" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="F743" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G743" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Y7,5-LID</t>
+          <t xml:space="preserve">4110-0,4</t>
         </is>
       </c>
       <c r="C744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка кругла біла для відра 7,5л, Тара Y7,5-Lid</t>
+          <t xml:space="preserve">Грунт антикорозійний в аерозолі, сірий, 400мл, Silco 4110</t>
         </is>
       </c>
       <c r="D744" s="1">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="E744" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F744" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G744" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969709</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9127-2,5</t>
+        </is>
       </c>
       <c r="C745" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) охра, 300мл, Teroson 2969709</t>
+          <t xml:space="preserve">Затверджувач повільний  UHS  2,5л, Silco 9127</t>
         </is>
       </c>
       <c r="D745" s="1">
-        <v>569</v>
+        <v>2485</v>
       </c>
       <c r="E745" s="1">
-        <v>67</v>
+        <v>14</v>
       </c>
       <c r="F745" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G745" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2989853</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9230-0,5</t>
+        </is>
       </c>
       <c r="C746" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
+          <t xml:space="preserve">Затверджувач швидкий, 500мл,  Silco  9230</t>
         </is>
       </c>
       <c r="D746" s="1">
-        <v>1312</v>
+        <v>449</v>
       </c>
       <c r="E746" s="1">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F746" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G746" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3530-A</t>
+          <t xml:space="preserve">647_0,9</t>
         </is>
       </c>
       <c r="C747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Суха проявочна пудра, синя, набір (150 г + аплікатор), Silco 3530-A</t>
+          <t xml:space="preserve">Розчинник Р-647 БП (0,9л) (0,76кг)</t>
         </is>
       </c>
       <c r="D747" s="1">
-        <v>1174</v>
+        <v>146</v>
       </c>
       <c r="E747" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F747" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G747" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">РОЗЧИННИК</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-25</t>
+          <t xml:space="preserve">647_5</t>
         </is>
       </c>
       <c r="C748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка двостороння,  25мм х 10м, Silco 3109</t>
+          <t xml:space="preserve">Розчинник Р-647 БП (5л) (4,25кг)</t>
         </is>
       </c>
       <c r="D748" s="1">
-        <v>1065</v>
+        <v>468</v>
       </c>
       <c r="E748" s="1">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="F748" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G748" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B749" s="1">
+        <v>2156526</v>
       </c>
       <c r="C749" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка  універсальна, біла B10 Multi-White, 1л, Silco 6100</t>
+          <t xml:space="preserve">Кислотні серветки  BONDERITE M-NT 1455 W, 50шт, Teroson 2156526</t>
         </is>
       </c>
       <c r="D749" s="1">
-        <v>668</v>
+        <v>2947</v>
       </c>
       <c r="E749" s="1">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="F749" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G749" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9130-NG-1</t>
+          <t xml:space="preserve">D9050/E0.118</t>
         </is>
       </c>
       <c r="C750" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
+          <t xml:space="preserve">Пігмент Vivid Red Ruby Яскраво-червоний рубін, PPG D9050/E0.118</t>
         </is>
       </c>
       <c r="D750" s="1">
-        <v>1041</v>
+        <v>12618</v>
       </c>
       <c r="E750" s="1">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="F750" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G750" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9350-0,5</t>
+          <t xml:space="preserve">BAMAD150180</t>
         </is>
       </c>
       <c r="C751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний  UHS  0,5л, Silco 9350</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P180 (Bx50), BODYLINE  BAMAD150180</t>
         </is>
       </c>
       <c r="D751" s="1">
-        <v>548</v>
+        <v>33</v>
       </c>
       <c r="E751" s="1">
-        <v>53</v>
+        <v>359</v>
       </c>
       <c r="F751" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G751" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9370-2,5</t>
+          <t xml:space="preserve">BAMAD150240</t>
         </is>
       </c>
       <c r="C752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний  UHS  2,5л, Silco 9370</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P240 (Bx50), BODYLINE  BAMAD150240</t>
         </is>
       </c>
       <c r="D752" s="1">
-        <v>2411</v>
+        <v>33</v>
       </c>
       <c r="E752" s="1">
-        <v>9</v>
+        <v>100</v>
       </c>
       <c r="F752" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G752" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3550-0,5</t>
+          <t xml:space="preserve">BAMAD150400</t>
         </is>
       </c>
       <c r="C753" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Проявочна пудра чорна в аерозолі, 500мл, Silco 3550</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P400 (Bx50), BODYLINE  BAMAD150400</t>
         </is>
       </c>
       <c r="D753" s="1">
-        <v>303</v>
+        <v>33</v>
       </c>
       <c r="E753" s="1">
-        <v>1</v>
+        <v>102</v>
       </c>
       <c r="F753" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G753" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>3750</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150080</t>
+        </is>
       </c>
       <c r="C754" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шліфувальний блок 70х200 мм з відведенням пилу, 1 шт, Silco 3750</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P80 (Bx50),   BODYLINE  BAMAD150080</t>
         </is>
       </c>
       <c r="D754" s="1">
-        <v>992</v>
+        <v>33</v>
       </c>
       <c r="E754" s="1">
-        <v>6</v>
+        <v>226</v>
       </c>
       <c r="F754" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G754" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B755" s="1">
-        <v>3760</v>
+        <v>120100</v>
       </c>
       <c r="C755" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шліфувальний гнучкий ручний блок 70х400мм із відведенням пилу, 1шт, Silco 3760</t>
+          <t xml:space="preserve">Кришка до ємності 120 Тип 4 С 0101, Тара 120100</t>
         </is>
       </c>
       <c r="D755" s="1">
-        <v>1679</v>
+        <v>6</v>
       </c>
       <c r="E755" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F755" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G755" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B756" s="1">
-        <v>3720</v>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5701-100</t>
+        </is>
       </c>
       <c r="C756" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шліфувальний ручний блок 70х198мм, 1 шт, Silco 3720</t>
+          <t xml:space="preserve">Пензель-аплікатор 1 шт, Silco 5701</t>
         </is>
       </c>
       <c r="D756" s="1">
-        <v>463</v>
+        <v>13</v>
       </c>
       <c r="E756" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F756" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G756" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9150-1</t>
+          <t xml:space="preserve">2110-5</t>
         </is>
       </c>
       <c r="C757" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий UHS 420 X15 Lumina 2:1 1л,  Silco 9150 (затв. UHS, 0,5л, Silco 9330/9350)</t>
+          <t xml:space="preserve">Грунт 2К епоксидний Epo-Prime 2:1  5л,  Silco 2110  (затверджувач швидкий, 500мл,  Silco 2130)</t>
         </is>
       </c>
       <c r="D757" s="1">
-        <v>1066</v>
+        <v>2724</v>
       </c>
       <c r="E757" s="1">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="F757" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G757" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3215-145</t>
+          <t xml:space="preserve">9110-1</t>
         </is>
       </c>
       <c r="C758" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний оранжевий (мягкий) Moxi Pads 145 x 30мм, Silco 3215</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D758" s="1">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="E758" s="1">
         <v>6</v>
       </c>
       <c r="F758" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G758" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B759" s="1">
-        <v>3430</v>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2205-500</t>
+        </is>
       </c>
       <c r="C759" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
+          <t xml:space="preserve">Рушник  для антисилікону  Towel TNT, Roll 500шт,  30 x 38см, Silco 2205</t>
         </is>
       </c>
       <c r="D759" s="1">
-        <v>804</v>
+        <v>3942</v>
       </c>
       <c r="E759" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F759" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G759" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BDPBCFP</t>
+          <t xml:space="preserve">HB090</t>
         </is>
       </c>
       <c r="C760" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Губка для попереднього полірування помаранчева 150мм, BODYLINE BDPBCFP</t>
+          <t xml:space="preserve">HB090(0.5)  біла смола</t>
         </is>
       </c>
       <c r="D760" s="1">
-        <v>496</v>
+        <v>7393</v>
       </c>
       <c r="E760" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F760" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G760" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8302/E2.5</t>
+          <t xml:space="preserve">HB100</t>
         </is>
       </c>
       <c r="C761" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач UHS 2,5 л, PPG  D8302</t>
+          <t xml:space="preserve">HB100 (1) прозора смола</t>
         </is>
       </c>
       <c r="D761" s="1">
-        <v>5568</v>
+        <v>1160</v>
       </c>
       <c r="E761" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F761" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G761" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BODYLINE</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BFFWP</t>
+          <t xml:space="preserve">HB120</t>
         </is>
       </c>
       <c r="C762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Губка полірувальна  Finish (чорна) 150мм, BODYLINE BFFWP</t>
+          <t xml:space="preserve">HB120 (0.5) пігмент з алюм.порошком мілке зерно</t>
         </is>
       </c>
       <c r="D762" s="1">
-        <v>489</v>
+        <v>6447</v>
       </c>
       <c r="E762" s="1">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="F762" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G762" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2950-125-0,85</t>
+          <t xml:space="preserve">HB203</t>
         </is>
       </c>
       <c r="C763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пластиковий стакан для фарбопульта 850мл, Silco 2950</t>
+          <t xml:space="preserve">HB203 (0,5) пігмент без алюм.порошка</t>
         </is>
       </c>
       <c r="D763" s="1">
-        <v>1938</v>
+        <v>4155</v>
       </c>
       <c r="E763" s="1">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F763" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G763" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1854-P</t>
+          <t xml:space="preserve">HB250</t>
         </is>
       </c>
       <c r="C764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400мл, Silco 1854-P</t>
+          <t xml:space="preserve">HB250 (1л) пігмент без алюм.порошка жовтий</t>
         </is>
       </c>
       <c r="D764" s="1">
-        <v>14</v>
+        <v>3957</v>
       </c>
       <c r="E764" s="1">
-        <v>109</v>
+        <v>1</v>
       </c>
       <c r="F764" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G764" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...3 lines deleted...]
-        <v>6220</v>
+          <t xml:space="preserve">R-M</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">HB471</t>
+        </is>
       </c>
       <c r="C765" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск для очищення CSD 50 мм, тип Roloc, Silco 6220</t>
+          <t xml:space="preserve">HB471 (0,5) пігмент без алюм.порошка зеленувато-синій</t>
         </is>
       </c>
       <c r="D765" s="1">
-        <v>129</v>
+        <v>7230</v>
       </c>
       <c r="E765" s="1">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F765" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G765" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7820-L</t>
+          <t xml:space="preserve">HB770</t>
         </is>
       </c>
       <c r="C766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір L, 1 пара, Silco 7820</t>
+          <t xml:space="preserve">HB770 (0,5) пігмент без алюм.порошка оксид червоного</t>
         </is>
       </c>
       <c r="D766" s="1">
-        <v>136</v>
+        <v>6326</v>
       </c>
       <c r="E766" s="1">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="F766" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G766" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7820-XL</t>
+          <t xml:space="preserve">HВ990</t>
         </is>
       </c>
       <c r="C767" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір XL, 1 пара, Silco 7820</t>
+          <t xml:space="preserve">HВ990 (1л) пігмент без алюм.порошка білий</t>
         </is>
       </c>
       <c r="D767" s="1">
-        <v>136</v>
+        <v>4031</v>
       </c>
       <c r="E767" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F767" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G767" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">R-M</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1970-24</t>
+          <t xml:space="preserve">HВ999</t>
         </is>
       </c>
       <c r="C768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 24мм x 50м, Silco 1970</t>
+          <t xml:space="preserve">HВ999 (0,5) пігмент без алюм.порошка білий відтінок</t>
         </is>
       </c>
       <c r="D768" s="1">
-        <v>81</v>
+        <v>3445</v>
       </c>
       <c r="E768" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F768" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G768" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ТАРА</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B769" s="1">
-        <v>350900</v>
+        <v>1851</v>
       </c>
       <c r="C769" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Корпус ємності Кр 350/90 Тип 1 С 0101, Тара 350900</t>
+          <t xml:space="preserve">1851 стакан для змішування 2300мл</t>
         </is>
       </c>
       <c r="D769" s="1">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="E769" s="1">
-        <v>670</v>
+        <v>30</v>
       </c>
       <c r="F769" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G769" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9040-5</t>
+          <t xml:space="preserve">1851-P</t>
         </is>
       </c>
       <c r="C770" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  HS X4  2:1 5л, Silco  9040  (затвер, 2500мл,  Silco 9270/9250/9230)</t>
+          <t xml:space="preserve">1851 кришки для чашки</t>
         </is>
       </c>
       <c r="D770" s="1">
-        <v>2639</v>
+        <v>18</v>
       </c>
       <c r="E770" s="1">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="F770" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G770" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>899110300</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150120</t>
+        </is>
       </c>
       <c r="C771" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Распіратор чашкової форми CM2000 FFP1,без клапана, WURTH 0899110300</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P120 (Bx50), BODYLINE  BAMAD150120</t>
         </is>
       </c>
       <c r="D771" s="1">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="E771" s="1">
-        <v>66</v>
+        <v>301</v>
       </c>
       <c r="F771" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G771" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>1668322125</v>
+          <t xml:space="preserve">BODYLINE</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BAMAD150500</t>
+        </is>
       </c>
       <c r="C772" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
+          <t xml:space="preserve">Диск абразивний AirMax150мм P500 (Bx50), BODYLINE  BAMAD150500</t>
         </is>
       </c>
       <c r="D772" s="1">
-        <v>277</v>
+        <v>33</v>
       </c>
       <c r="E772" s="1">
-        <v>20</v>
+        <v>429</v>
       </c>
       <c r="F772" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G772" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
-[...3 lines deleted...]
-        <v>1664131250</v>
+          <t xml:space="preserve">PPG</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D947/E1</t>
+        </is>
       </c>
       <c r="C773" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
+          <t xml:space="preserve">Пігмент Ultra Fine Lenticular Aluminum Ультра дрібний лінзовидний металік,  PPG D947/E1</t>
         </is>
       </c>
       <c r="D773" s="1">
-        <v>40</v>
+        <v>3096</v>
       </c>
       <c r="E773" s="1">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="F773" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G773" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B774" s="1">
-        <v>710006</v>
+        <v>583065</v>
       </c>
       <c r="C774" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свердло для точкового зварювання HSCO 6 мм, WURTH 0710006</t>
+          <t xml:space="preserve">Щітка для нанесення та структурування швів  1шт, Teroson 583065</t>
         </is>
       </c>
       <c r="D774" s="1">
-        <v>413</v>
+        <v>237</v>
       </c>
       <c r="E774" s="1">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F774" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G774" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B775" s="1">
-        <v>710008</v>
+        <v>2969707</v>
       </c>
       <c r="C775" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свердло для точкового зварювання 8 мм, WURTH 0710008</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) сірий, 300мл, Teroson 2969707</t>
         </is>
       </c>
       <c r="D775" s="1">
-        <v>363</v>
+        <v>585</v>
       </c>
       <c r="E775" s="1">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="F775" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G775" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-80-18</t>
+          <t xml:space="preserve">PPG0003</t>
         </is>
       </c>
       <c r="C776" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 18 мм × 50 м, Safex SF-80-18</t>
+          <t xml:space="preserve">Тест-карта 180*70 мм, PPG0003</t>
         </is>
       </c>
       <c r="D776" s="1">
-        <v>43</v>
+        <v>3.5</v>
       </c>
       <c r="E776" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="F776" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G776" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-80-24</t>
+          <t xml:space="preserve">3530-B</t>
         </is>
       </c>
       <c r="C777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 36 мм × 50 м, Safex SF-80-36</t>
+          <t xml:space="preserve">Суха проявочна пудра, чорний, набір (150 г + аплікатор), Silco 3530-B</t>
         </is>
       </c>
       <c r="D777" s="1">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>1207</v>
+      </c>
+      <c r="E777" s="1">
+        <v>14</v>
       </c>
       <c r="F777" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G777" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-80-36</t>
+          <t xml:space="preserve">7055-1</t>
         </is>
       </c>
       <c r="C778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стрічка Малярна Tape Pro 80, Safex SF-80-36</t>
+          <t xml:space="preserve">Розчинник базовий, стандартний Basecoat Thinner, 1л,  Silco 7055</t>
         </is>
       </c>
       <c r="D778" s="1">
-        <v>83</v>
-[...4 lines deleted...]
-        </is>
+        <v>405</v>
+      </c>
+      <c r="E778" s="1">
+        <v>33</v>
       </c>
       <c r="F778" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G778" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-110-24</t>
+          <t xml:space="preserve">D8551/E2.5</t>
         </is>
       </c>
       <c r="C779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 24 мм × 50 м, Safex SF-110-24</t>
+          <t xml:space="preserve">Грунт DP3500  G1, 2.5L, PPG D8551</t>
         </is>
       </c>
       <c r="D779" s="1">
-        <v>63</v>
-[...4 lines deleted...]
-        </is>
+        <v>6191</v>
+      </c>
+      <c r="E779" s="1">
+        <v>2</v>
       </c>
       <c r="F779" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G779" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-110-36</t>
+          <t xml:space="preserve">D8557/E2.5</t>
         </is>
       </c>
       <c r="C780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 36 мм × 50 м, Safex SF-110-36</t>
+          <t xml:space="preserve">Грунт DP3500  G7, 2.5L, PPG D8557</t>
         </is>
       </c>
       <c r="D780" s="1">
-        <v>93</v>
-[...4 lines deleted...]
-        </is>
+        <v>6191</v>
+      </c>
+      <c r="E780" s="1">
+        <v>1</v>
       </c>
       <c r="F780" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G780" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SFA-110-24</t>
+          <t xml:space="preserve">D8263/E0.5</t>
         </is>
       </c>
       <c r="C781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, помаранчева, 24 мм × 50 м, Safex SFA-110-24</t>
+          <t xml:space="preserve">Затвердник стандартний HS, 0,5L, PPG D8263</t>
         </is>
       </c>
       <c r="D781" s="1">
-        <v>81</v>
+        <v>507</v>
       </c>
       <c r="E781" s="1">
-        <v>49</v>
+        <v>6</v>
       </c>
       <c r="F781" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G781" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-14/S3</t>
+          <t xml:space="preserve">QC-7510/S1</t>
         </is>
       </c>
       <c r="C782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-14/S3</t>
+          <t xml:space="preserve">Лак швидкий UHS, 1л, QL 7510 (затверджувач UHS 0,5л, 4510/4520)</t>
         </is>
       </c>
       <c r="D782" s="1">
-        <v>4894</v>
+        <v>867</v>
       </c>
       <c r="E782" s="1">
-        <v>19</v>
+        <v>231</v>
       </c>
       <c r="F782" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G782" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4500-4-150</t>
+          <t xml:space="preserve">D8262/E0.5</t>
         </is>
       </c>
       <c r="C783" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 4м x 150м, Silco 4500</t>
+          <t xml:space="preserve">Затвердник швидкий HS, 0,5L, PPG D8262</t>
         </is>
       </c>
       <c r="D783" s="1">
-        <v>1446</v>
+        <v>507</v>
       </c>
       <c r="E783" s="1">
         <v>6</v>
       </c>
       <c r="F783" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G783" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4220-125</t>
+          <t xml:space="preserve">PLP307-1001-XХL</t>
         </is>
       </c>
       <c r="C784" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сито для фарби 125µ Paint Strainer синє, Silco 4220</t>
+          <t xml:space="preserve">Напівкомбінезони з вишивкою XХL PPG</t>
         </is>
       </c>
       <c r="D784" s="1">
-        <v>4.5</v>
+        <v>1532</v>
       </c>
       <c r="E784" s="1">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="F784" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G784" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2215-25</t>
+          <t xml:space="preserve">PLP307-1001-XL</t>
         </is>
       </c>
       <c r="C785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Серветка антистатична Antistatic Wipe  25 шт, 32 x 40см  Silco 2215</t>
+          <t xml:space="preserve">Напівкомбінезони з вишивкою XL, PPG</t>
         </is>
       </c>
       <c r="D785" s="1">
-        <v>1299</v>
+        <v>2371</v>
       </c>
       <c r="E785" s="1">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F785" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G785" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B786" s="1">
+        <v>2969641</v>
       </c>
       <c r="C786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) білий, 300мл, Teroson 2969641</t>
         </is>
       </c>
       <c r="D786" s="1">
-        <v>1041</v>
+        <v>585</v>
       </c>
       <c r="E786" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F786" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G786" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9130-NG-5</t>
+          <t xml:space="preserve">D8242/E0.5</t>
         </is>
       </c>
       <c r="C787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
+          <t xml:space="preserve">Затверджувач швидкий UHS 0,5 л, PPG  D8242</t>
         </is>
       </c>
       <c r="D787" s="1">
-        <v>4657</v>
+        <v>1064</v>
       </c>
       <c r="E787" s="1">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="F787" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G787" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9110-5</t>
+          <t xml:space="preserve">D8243/E0.5</t>
         </is>
       </c>
       <c r="C788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
+          <t xml:space="preserve">Затверджувач  стандартний UHS 0,5 л, PPG  D8243</t>
         </is>
       </c>
       <c r="D788" s="1">
-        <v>3445</v>
+        <v>1064</v>
       </c>
       <c r="E788" s="1">
         <v>5</v>
       </c>
       <c r="F788" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G788" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2080-5</t>
+          <t xml:space="preserve">1852-0,385</t>
         </is>
       </c>
       <c r="C789" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рідина для захисту камери від пилу  Anti-Dust  5л, Silco 2080</t>
+          <t xml:space="preserve">Мірний стакан Mix-Cup 385мл, Silco 1852</t>
         </is>
       </c>
       <c r="D789" s="1">
-        <v>1273</v>
+        <v>13</v>
       </c>
       <c r="E789" s="1">
-        <v>6</v>
+        <v>88</v>
       </c>
       <c r="F789" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G789" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4500-6-150</t>
+          <t xml:space="preserve">1852-0,75</t>
         </is>
       </c>
       <c r="C790" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 6м x 150м, Silco 4500</t>
+          <t xml:space="preserve">Мірний стакан Mix-Cup 750мл, Silco  1852</t>
         </is>
       </c>
       <c r="D790" s="1">
-        <v>2247</v>
+        <v>19</v>
       </c>
       <c r="E790" s="1">
-        <v>1</v>
+        <v>171</v>
       </c>
       <c r="F790" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G790" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6030-1</t>
+          <t xml:space="preserve">9110-5</t>
         </is>
       </c>
       <c r="C791" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпатлівка B3 Multi-Fill, 1 л, Silco 6030</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D791" s="1">
-        <v>602</v>
+        <v>3542</v>
       </c>
       <c r="E791" s="1">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="F791" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G791" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3087-150-5</t>
+          <t xml:space="preserve">9130-NG-5</t>
         </is>
       </c>
       <c r="C792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Інтерфейсна площадка MH 3087, 150x5 мм, 2 шт, Silco 3087</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
         </is>
       </c>
       <c r="D792" s="1">
-        <v>255</v>
+        <v>4788</v>
       </c>
       <c r="E792" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="F792" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G792" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MIRKA</t>
-[...3 lines deleted...]
-        <v>8111202581</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9350-2,5</t>
+        </is>
       </c>
       <c r="C793" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм XF P800 темно-сірий, MIRKA 8111202581</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  2,5л, Silco 9350</t>
         </is>
       </c>
       <c r="D793" s="1">
-        <v>47</v>
+        <v>2356</v>
       </c>
       <c r="E793" s="1">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="F793" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G793" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9270-2,5</t>
+          <t xml:space="preserve">9110-1</t>
         </is>
       </c>
       <c r="C794" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач повільний, 2500мл,  Silco  9270</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 1л, Silco 9110  (затверджувач UHS, 500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D794" s="1">
-        <v>2110</v>
+        <v>753</v>
       </c>
       <c r="E794" s="1">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="F794" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G794" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4220-190</t>
+          <t xml:space="preserve">9515-5</t>
         </is>
       </c>
       <c r="C795" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сито для фарби 190µ Paint Strainer червоне, Silco 4220</t>
+          <t xml:space="preserve">Знежирювач антисилікон  Anti-Sil,  5л,  Silco  9515</t>
         </is>
       </c>
       <c r="D795" s="1">
-        <v>3.5</v>
+        <v>1557</v>
       </c>
       <c r="E795" s="1">
-        <v>474</v>
+        <v>5</v>
       </c>
       <c r="F795" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G795" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QC-7700/S1</t>
+          <t xml:space="preserve">7025-B-1</t>
         </is>
       </c>
       <c r="C796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак HS  1л, QL 7700 (затверджувач 0,5л, QL 4700)</t>
+          <t xml:space="preserve">Грунт DTP 1К мокрий по мокрому для пластику темно-сірий  1кг, Silco 7025</t>
         </is>
       </c>
       <c r="D796" s="1">
-        <v>951</v>
+        <v>1050</v>
       </c>
       <c r="E796" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F796" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G796" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B797" s="1">
+        <v>2406</v>
       </c>
       <c r="C797" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач  0,5л, QL 4700</t>
+          <t xml:space="preserve">Мірна лінійка Mix-Sticks Mini 2:1/3:1, Silco 2406</t>
         </is>
       </c>
       <c r="D797" s="1">
-        <v>621</v>
+        <v>204</v>
       </c>
       <c r="E797" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F797" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G797" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3250-150</t>
+          <t xml:space="preserve">Y7,5-BUCKET</t>
         </is>
       </c>
       <c r="C798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний з овчини Moxi 150 x 32 мм, Silco 3250</t>
+          <t xml:space="preserve">Кругле відро біле 7,5 л, Тара Y7,5-Bucket</t>
         </is>
       </c>
       <c r="D798" s="1">
-        <v>730</v>
+        <v>133</v>
       </c>
       <c r="E798" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F798" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G798" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3290-1</t>
+          <t xml:space="preserve">Y7,5-LID</t>
         </is>
       </c>
       <c r="C799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна фінішна P90, 1 кг, Silco 3290</t>
+          <t xml:space="preserve">Кришка кругла біла для відра 7,5л, Тара Y7,5-Lid</t>
         </is>
       </c>
       <c r="D799" s="1">
-        <v>1618</v>
+        <v>24</v>
       </c>
       <c r="E799" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F799" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G799" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B800" s="1">
+        <v>2969709</v>
       </c>
       <c r="C800" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста полірувальна P15 X-Cut, 1 кг, Silco 3215</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) охра, 300мл, Teroson 2969709</t>
         </is>
       </c>
       <c r="D800" s="1">
-        <v>1766</v>
+        <v>585</v>
       </c>
       <c r="E800" s="1">
-        <v>1</v>
+        <v>83</v>
       </c>
       <c r="F800" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G800" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B801" s="1">
+        <v>2989853</v>
       </c>
       <c r="C801" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P080, Silco  3085-150</t>
+          <t xml:space="preserve">Шпатлівка кузовна для заміни пайки EP 5010 TR CR 175мл, Teroson 2989853</t>
         </is>
       </c>
       <c r="D801" s="1">
-        <v>26</v>
+        <v>1349</v>
       </c>
       <c r="E801" s="1">
-        <v>270</v>
+        <v>2</v>
       </c>
       <c r="F801" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G801" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-120</t>
+          <t xml:space="preserve">3530-A</t>
         </is>
       </c>
       <c r="C802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P120, Silco  3085-150</t>
+          <t xml:space="preserve">Суха проявочна пудра, синя, набір (150 г + аплікатор), Silco 3530-A</t>
         </is>
       </c>
       <c r="D802" s="1">
-        <v>25</v>
+        <v>1207</v>
       </c>
       <c r="E802" s="1">
-        <v>115</v>
+        <v>7</v>
       </c>
       <c r="F802" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G802" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-150</t>
+          <t xml:space="preserve">3109-25</t>
         </is>
       </c>
       <c r="C803" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P150, Silco  3085-150</t>
+          <t xml:space="preserve">Стрічка двостороння,  25мм х 10м, Silco 3109</t>
         </is>
       </c>
       <c r="D803" s="1">
-        <v>24</v>
+        <v>1095</v>
       </c>
       <c r="E803" s="1">
-        <v>299</v>
+        <v>7</v>
       </c>
       <c r="F803" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G803" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-180</t>
+          <t xml:space="preserve">9130-NG-1</t>
         </is>
       </c>
       <c r="C804" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P180, Silco  3085-150</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
         </is>
       </c>
       <c r="D804" s="1">
-        <v>24</v>
+        <v>1070</v>
       </c>
       <c r="E804" s="1">
-        <v>275</v>
+        <v>5</v>
       </c>
       <c r="F804" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G804" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-240</t>
+          <t xml:space="preserve">9350-0,5</t>
         </is>
       </c>
       <c r="C805" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P240, Silco  3085-150</t>
+          <t xml:space="preserve">Затверджувач стандартний  UHS  0,5л, Silco 9350</t>
         </is>
       </c>
       <c r="D805" s="1">
-        <v>24</v>
+        <v>564</v>
       </c>
       <c r="E805" s="1">
-        <v>193</v>
+        <v>4</v>
       </c>
       <c r="F805" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G805" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-320</t>
+          <t xml:space="preserve">3550-0,5</t>
         </is>
       </c>
       <c r="C806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P320, Silco  3085-150</t>
+          <t xml:space="preserve">Проявочна пудра чорна в аерозолі, 500мл, Silco 3550</t>
         </is>
       </c>
       <c r="D806" s="1">
-        <v>24</v>
+        <v>312</v>
       </c>
       <c r="E806" s="1">
-        <v>168</v>
+        <v>3</v>
       </c>
       <c r="F806" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G806" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B807" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B807" s="1">
+        <v>3750</v>
       </c>
       <c r="C807" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P400, Silco  3085-150</t>
+          <t xml:space="preserve">Шліфувальний блок 70х200 мм з відведенням пилу, 1 шт, Silco 3750</t>
         </is>
       </c>
       <c r="D807" s="1">
-        <v>24</v>
+        <v>1019</v>
       </c>
       <c r="E807" s="1">
-        <v>95</v>
+        <v>8</v>
       </c>
       <c r="F807" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G807" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B808" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B808" s="1">
+        <v>3760</v>
       </c>
       <c r="C808" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P500, Silco  3085-150</t>
+          <t xml:space="preserve">Шліфувальний гнучкий ручний блок 70х400мм із відведенням пилу, 1шт, Silco 3760</t>
         </is>
       </c>
       <c r="D808" s="1">
-        <v>24</v>
+        <v>1726</v>
       </c>
       <c r="E808" s="1">
-        <v>245</v>
+        <v>3</v>
       </c>
       <c r="F808" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G808" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B809" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B809" s="1">
+        <v>3720</v>
       </c>
       <c r="C809" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P600, Silco  3085-150</t>
+          <t xml:space="preserve">Шліфувальний ручний блок 70х198мм, 1 шт, Silco 3720</t>
         </is>
       </c>
       <c r="D809" s="1">
-        <v>24</v>
+        <v>476</v>
       </c>
       <c r="E809" s="1">
-        <v>305</v>
+        <v>4</v>
       </c>
       <c r="F809" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G809" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-150-800</t>
+          <t xml:space="preserve">9150-1</t>
         </is>
       </c>
       <c r="C810" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P800, Silco  3085-150</t>
+          <t xml:space="preserve">Лак швидкий UHS 420 X15 Lumina 2:1 1л,  Silco 9150 (затв. UHS, 0,5л, Silco 9330/9350)</t>
         </is>
       </c>
       <c r="D810" s="1">
-        <v>24</v>
+        <v>1096</v>
       </c>
       <c r="E810" s="1">
-        <v>110</v>
+        <v>44</v>
       </c>
       <c r="F810" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G810" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3085-70-080</t>
+          <t xml:space="preserve">3215-145</t>
         </is>
       </c>
       <c r="C811" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Керамічні смужки Ceramic Film, 70 мм, P080, Silco 3085-70</t>
+          <t xml:space="preserve">Круг полірувальний оранжевий (мягкий) Moxi Pads 145 x 30мм, Silco 3215</t>
         </is>
       </c>
       <c r="D811" s="1">
-        <v>1509</v>
+        <v>781</v>
       </c>
       <c r="E811" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F811" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G811" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B812" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B812" s="1">
+        <v>3430</v>
       </c>
       <c r="C812" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Керамічні смужки Ceramic Film, 70 мм, P180, Silco 3085-70</t>
+          <t xml:space="preserve">Диск зубчастий для видалення залишків клею Tape-Off Gear,  2 шт, Silco 3430</t>
         </is>
       </c>
       <c r="D812" s="1">
-        <v>1458</v>
+        <v>826</v>
       </c>
       <c r="E812" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F812" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G812" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEROSON</t>
+        </is>
+      </c>
+      <c r="B813" s="1">
+        <v>2969590</v>
       </c>
       <c r="C813" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup 385 мл, Silco 1852</t>
+          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) чорний, 300мл, Teroson 2969590</t>
         </is>
       </c>
       <c r="D813" s="1">
-        <v>9</v>
+        <v>585</v>
       </c>
       <c r="E813" s="1">
-        <v>152</v>
+        <v>7</v>
       </c>
       <c r="F813" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G813" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1852-0,75-L</t>
+          <t xml:space="preserve">BDPBCFP</t>
         </is>
       </c>
       <c r="C814" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup 750 мл, Silco 1852</t>
+          <t xml:space="preserve">Губка для попереднього полірування помаранчева 150мм, BODYLINE BDPBCFP</t>
         </is>
       </c>
       <c r="D814" s="1">
-        <v>12</v>
+        <v>510</v>
       </c>
       <c r="E814" s="1">
-        <v>137</v>
+        <v>19</v>
       </c>
       <c r="F814" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G814" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">BODYLINE</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3431/S1</t>
+          <t xml:space="preserve">BFFWP</t>
         </is>
       </c>
       <c r="C815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт ALL-IN-ONE білий, 1л, QL 3431 (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
+          <t xml:space="preserve">Губка полірувальна  Finish (чорна) 150мм, BODYLINE BFFWP</t>
         </is>
       </c>
       <c r="D815" s="1">
-        <v>1617</v>
+        <v>502</v>
       </c>
       <c r="E815" s="1">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F815" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G815" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3435/S1</t>
+          <t xml:space="preserve">2950-125-0,85</t>
         </is>
       </c>
       <c r="C816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт ALL-IN-ONE сірий, 1л,  QL 3435 (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
+          <t xml:space="preserve">Пластиковий стакан для фарбопульта 850мл, Silco 2950</t>
         </is>
       </c>
       <c r="D816" s="1">
-        <v>1617</v>
+        <v>1993</v>
       </c>
       <c r="E816" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F816" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G816" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QP-3437/S1</t>
+          <t xml:space="preserve">1854-P</t>
         </is>
       </c>
       <c r="C817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт ALL-IN-ONE темно-сірий, 1л,  QL 3437  (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup  1400мл, Silco 1854-P</t>
         </is>
       </c>
       <c r="D817" s="1">
-        <v>1617</v>
+        <v>14</v>
       </c>
       <c r="E817" s="1">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="F817" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G817" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B818" s="1">
-        <v>265324</v>
+        <v>6220</v>
       </c>
       <c r="C818" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник PU 8550 для скла та фарбованого металу 1 л., Teroson 265324</t>
+          <t xml:space="preserve">Диск для очищення CSD 50 мм, тип Roloc, Silco 6220</t>
         </is>
       </c>
       <c r="D818" s="1">
-        <v>767</v>
+        <v>133</v>
       </c>
       <c r="E818" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="F818" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G818" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>960304</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7820-L</t>
+        </is>
       </c>
       <c r="C819" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пневматичний пістолет червоний POWERLINE II, Teroson 960304</t>
+          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір L, 1 пара, Silco 7820</t>
         </is>
       </c>
       <c r="D819" s="1">
-        <v>29656</v>
+        <v>140</v>
       </c>
       <c r="E819" s="1">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F819" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G819" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
-[...3 lines deleted...]
-        <v>626180</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7820-XL</t>
+        </is>
       </c>
       <c r="C820" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик розпилюючий Sikaflex-529 Evolution (охра) 290мл, SIKA 626180</t>
+          <t xml:space="preserve">Рукавички захисні Soft-Grip, розмір XL, 1 пара, Silco 7820</t>
         </is>
       </c>
       <c r="D820" s="1">
-        <v>410</v>
+        <v>140</v>
       </c>
       <c r="E820" s="1">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="F820" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G820" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
-[...3 lines deleted...]
-        <v>440119</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1970-24</t>
+        </is>
       </c>
       <c r="C821" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій на основі бітуму SikaGard-6060 чорний,1л, SIKA 440119</t>
+          <t xml:space="preserve">Стрічка малярна Dura-Tape/100°C/ синя, 24мм x 50м, Silco 1970</t>
         </is>
       </c>
       <c r="D821" s="1">
-        <v>381</v>
+        <v>83</v>
       </c>
       <c r="E821" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F821" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G821" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
+          <t xml:space="preserve">ТАРА</t>
         </is>
       </c>
       <c r="B822" s="1">
-        <v>440206</v>
+        <v>350900</v>
       </c>
       <c r="C822" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антикорр на основі каучуку SikaGard-6440 1 л, чорний SIKA 440206</t>
+          <t xml:space="preserve">Корпус ємності Кр 350/90 Тип 1 С 0101, Тара 350900</t>
         </is>
       </c>
       <c r="D822" s="1">
-        <v>401</v>
+        <v>10</v>
       </c>
       <c r="E822" s="1">
-        <v>5</v>
+        <v>519</v>
       </c>
       <c r="F822" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G822" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
-[...3 lines deleted...]
-        <v>440132</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9040-5</t>
+        </is>
       </c>
       <c r="C823" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій SikaGard-6470 чорний, 1л, SIKA 440132</t>
+          <t xml:space="preserve">Лак  HS X4  2:1 5л, Silco  9040  (затвер, 2500мл,  Silco 9270/9250/9230)</t>
         </is>
       </c>
       <c r="D823" s="1">
-        <v>475</v>
+        <v>2714</v>
       </c>
       <c r="E823" s="1">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="F823" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G823" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
-[...3 lines deleted...]
-        <v>440135</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9250-2,5</t>
+        </is>
       </c>
       <c r="C824" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій SikaGard-6470 сірий, 1л, SIKA 440135</t>
+          <t xml:space="preserve">Затверджувач стандартний, 2500мл,  Silco  9250</t>
         </is>
       </c>
       <c r="D824" s="1">
-        <v>475</v>
+        <v>2036</v>
       </c>
       <c r="E824" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F824" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G824" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
-[...3 lines deleted...]
-        <v>440138</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9150-5</t>
+        </is>
       </c>
       <c r="C825" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6220 жовтий, 1л,SIKA 440138</t>
+          <t xml:space="preserve">Лак швидкий UHS 420 X15 Lumina 2:1 5л,  Silco 9150 (затв. UHS, 2,5л, Silco 9330/9350/9370)</t>
         </is>
       </c>
       <c r="D825" s="1">
-        <v>484</v>
+        <v>5357</v>
       </c>
       <c r="E825" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F825" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G825" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
+          <t xml:space="preserve">WURTH</t>
         </is>
       </c>
       <c r="B826" s="1">
-        <v>440221</v>
+        <v>899110300</v>
       </c>
       <c r="C826" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6250 білий, 1л, SIKA 440221</t>
+          <t xml:space="preserve">Распіратор чашкової форми CM2000 FFP1,без клапана, WURTH 0899110300</t>
         </is>
       </c>
       <c r="D826" s="1">
-        <v>608</v>
+        <v>56</v>
       </c>
       <c r="E826" s="1">
-        <v>12</v>
+        <v>66</v>
       </c>
       <c r="F826" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G826" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
+          <t xml:space="preserve">WURTH</t>
         </is>
       </c>
       <c r="B827" s="1">
-        <v>732004</v>
+        <v>1668322125</v>
       </c>
       <c r="C827" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для автоскла безпраймерний Sikaflex SOLO чорний 600 мл, SIKA 732004</t>
+          <t xml:space="preserve">Диск шліфувальний нейлоново-карбідний 125х22,2 мм, RED LINE, WURTH 1668322125</t>
         </is>
       </c>
       <c r="D827" s="1">
-        <v>361</v>
+        <v>285</v>
       </c>
       <c r="E827" s="1">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F827" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G827" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
+          <t xml:space="preserve">WURTH</t>
         </is>
       </c>
       <c r="B828" s="1">
-        <v>6965</v>
+        <v>1664131250</v>
       </c>
       <c r="C828" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик Sikaflex-227 білий 300мл, SIKA 6965</t>
+          <t xml:space="preserve">Диск відрізний для нерж. сталі 125х1,0х22,23 мм, RED STRIPE, WURTH 1664131250</t>
         </is>
       </c>
       <c r="D828" s="1">
-        <v>169</v>
+        <v>41</v>
       </c>
       <c r="E828" s="1">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="F828" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G828" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
+          <t xml:space="preserve">WURTH</t>
         </is>
       </c>
       <c r="B829" s="1">
-        <v>6964</v>
+        <v>710006</v>
       </c>
       <c r="C829" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик Sikaflex-227 сірий 300мл, SIKA 6964</t>
+          <t xml:space="preserve">Свердло для точкового зварювання HSCO 6 мм, WURTH 0710006</t>
         </is>
       </c>
       <c r="D829" s="1">
-        <v>169</v>
+        <v>425</v>
       </c>
       <c r="E829" s="1">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F829" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G829" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
+          <t xml:space="preserve">WURTH</t>
         </is>
       </c>
       <c r="B830" s="1">
-        <v>4553</v>
+        <v>710008</v>
       </c>
       <c r="C830" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик Sikaflex-227 чорний 300мл, SIKA 4553</t>
+          <t xml:space="preserve">Свердло для точкового зварювання 8 мм, WURTH 0710008</t>
         </is>
       </c>
       <c r="D830" s="1">
-        <v>169</v>
+        <v>374</v>
       </c>
       <c r="E830" s="1">
-        <v>67</v>
+        <v>4</v>
       </c>
       <c r="F830" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G830" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2120-0,33</t>
+          <t xml:space="preserve">QBC-14/S3</t>
         </is>
       </c>
       <c r="C831" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний до епоксидного грунта  330мл,  Silco 2120</t>
+          <t xml:space="preserve">Пігмент JET BLACK Насичений чорний, Quickline QBC-14/S3</t>
         </is>
       </c>
       <c r="D831" s="1">
-        <v>281</v>
+        <v>5031</v>
       </c>
       <c r="E831" s="1">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F831" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G831" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIKA</t>
-[...3 lines deleted...]
-        <v>117570</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4220-125</t>
+        </is>
       </c>
       <c r="C832" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Активатор для скла Aktivator - 100, 1 л SIKA 117570</t>
+          <t xml:space="preserve">Сито для фарби 125µ Paint Strainer синє, Silco 4220</t>
         </is>
       </c>
       <c r="D832" s="1">
-        <v>2092</v>
+        <v>4.5</v>
       </c>
       <c r="E832" s="1">
-        <v>2</v>
+        <v>474</v>
       </c>
       <c r="F832" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G832" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9330-0,5</t>
+          <t xml:space="preserve">2215-25</t>
         </is>
       </c>
       <c r="C833" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Швидкий затверджувач UHS 0,5</t>
+          <t xml:space="preserve">Серветка антистатична Antistatic Wipe  25 шт, 32 x 40см  Silco 2215</t>
         </is>
       </c>
       <c r="D833" s="1">
-        <v>548</v>
+        <v>1335</v>
       </c>
       <c r="E833" s="1">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F833" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G833" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9330-2,5</t>
+          <t xml:space="preserve">9130-NG-1</t>
         </is>
       </c>
       <c r="C834" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Швидкий затверджувач UHS 2,5</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 1л,  Silco 9130  (затв. UHS, 0,5л, Silco 9330/9350)</t>
         </is>
       </c>
       <c r="D834" s="1">
-        <v>2291</v>
+        <v>1070</v>
       </c>
       <c r="E834" s="1">
         <v>1</v>
       </c>
       <c r="F834" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G834" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3251-145</t>
+          <t xml:space="preserve">9130-NG-5</t>
         </is>
       </c>
       <c r="C835" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Круг полірувальний фіолетовий Moxi Pads 145 x 30мм, Silco 3251</t>
+          <t xml:space="preserve">Лак швидкий  UHS X13 Spectrum NG 2:1 5л,  Silco 9130  (затв. UHS, 2,5л, Silco 9330/9350/9370</t>
         </is>
       </c>
       <c r="D835" s="1">
-        <v>250</v>
+        <v>4788</v>
       </c>
       <c r="E835" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F835" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G835" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1852-1,4</t>
+          <t xml:space="preserve">9110-5</t>
         </is>
       </c>
       <c r="C836" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1852 Кришка Mix-Cup 1400ml</t>
+          <t xml:space="preserve">Лак  швидкий UHS X11 Spectrum Lite  2:1 5л, Silco 9110  (затверджувач UHS, 2500мл, Silco 9125/9123)</t>
         </is>
       </c>
       <c r="D836" s="1">
-        <v>18</v>
+        <v>3542</v>
       </c>
       <c r="E836" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="F836" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G836" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-240</t>
+          <t xml:space="preserve">2080-5</t>
         </is>
       </c>
       <c r="C837" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160 рулони Abra-Foam SBS, 25m, P 240</t>
+          <t xml:space="preserve">Рідина для захисту камери від пилу  Anti-Dust  5л, Silco 2080</t>
         </is>
       </c>
       <c r="D837" s="1">
-        <v>1774</v>
+        <v>1309</v>
       </c>
       <c r="E837" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F837" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G837" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-400</t>
+          <t xml:space="preserve">4500-6-150</t>
         </is>
       </c>
       <c r="C838" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160 рулони Abra-Foam SBS, 25m, P 400</t>
+          <t xml:space="preserve">Плівка маскуюча прозора 9мкм Easy-Mask 6м x 150м, Silco 4500</t>
         </is>
       </c>
       <c r="D838" s="1">
-        <v>1774</v>
+        <v>2310</v>
       </c>
       <c r="E838" s="1">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F838" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G838" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D854/E3</t>
+          <t xml:space="preserve">QH-4510/S05</t>
         </is>
       </c>
       <c r="C839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт  двокомпонентний (2K) прозорий ґрунт-ізолятор PPG D854</t>
+          <t xml:space="preserve">Затверджувач UHS швидкий, 0,5 л, QUICKLINE 4510</t>
         </is>
       </c>
       <c r="D839" s="1">
-        <v>5459</v>
+        <v>688</v>
       </c>
       <c r="E839" s="1">
-        <v>1</v>
+        <v>137</v>
       </c>
       <c r="F839" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G839" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B840" s="1">
-        <v>1450</v>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3087-150-5</t>
+        </is>
       </c>
       <c r="C840" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Багаторазовий респіратор для обличчя SILCO</t>
+          <t xml:space="preserve">Інтерфейсна площадка MH 3087, 150x5 мм, 2 шт, Silco 3087</t>
         </is>
       </c>
       <c r="D840" s="1">
-        <v>5033</v>
+        <v>262</v>
       </c>
       <c r="E840" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F840" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G840" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MIRKA</t>
+        </is>
+      </c>
+      <c r="B841" s="1">
+        <v>8111202581</v>
       </c>
       <c r="C841" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Абразив на поролоні Silco 6160, P600 Abra-Foam SBS 11,5х12,5см 1шт.</t>
+          <t xml:space="preserve">Абразивний лист MIRLON TOTAL 115х230мм XF P800 темно-сірий, MIRKA 8111202581</t>
         </is>
       </c>
       <c r="D841" s="1">
-        <v>1774</v>
+        <v>49</v>
       </c>
       <c r="E841" s="1">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="F841" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G841" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2647771</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9270-2,5</t>
+        </is>
       </c>
       <c r="C842" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 300мл, Teroson 2647771</t>
+          <t xml:space="preserve">Затверджувач повільний, 2500мл,  Silco  9270</t>
         </is>
       </c>
       <c r="D842" s="1">
-        <v>472</v>
+        <v>2169</v>
       </c>
       <c r="E842" s="1">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="F842" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G842" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-110-18</t>
+          <t xml:space="preserve">4220-190</t>
         </is>
       </c>
       <c r="C843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 18 мм × 50 м, Safex SF-110-18</t>
+          <t xml:space="preserve">Сито для фарби 190µ Paint Strainer червоне, Silco 4220</t>
         </is>
       </c>
       <c r="D843" s="1">
-        <v>47</v>
+        <v>4</v>
       </c>
       <c r="E843" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="F843" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G843" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-110-48</t>
+          <t xml:space="preserve">QC-7700/S1</t>
         </is>
       </c>
       <c r="C844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 48 мм × 50 м, Safex SF-110-48</t>
+          <t xml:space="preserve">Лак HS  1л, QL 7700 (затверджувач 0,5л, QL 4700)</t>
         </is>
       </c>
       <c r="D844" s="1">
-        <v>124</v>
-[...4 lines deleted...]
-        </is>
+        <v>978</v>
+      </c>
+      <c r="E844" s="1">
+        <v>1</v>
       </c>
       <c r="F844" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G844" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">QUICKLINE</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SFA-110-36</t>
+          <t xml:space="preserve">QH-4700/S0.5</t>
         </is>
       </c>
       <c r="C845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, помаранчева, 36 мм × 50 м, Safex SFA-110-36</t>
+          <t xml:space="preserve">Затверджувач  0,5л, QL 4700</t>
         </is>
       </c>
       <c r="D845" s="1">
-        <v>145</v>
-[...4 lines deleted...]
-        </is>
+        <v>638</v>
+      </c>
+      <c r="E845" s="1">
+        <v>1</v>
       </c>
       <c r="F845" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G845" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QBC-86/S1</t>
+          <t xml:space="preserve">3250-150</t>
         </is>
       </c>
       <c r="C846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент BLUE EFFECT PEARL Синій перламутр мінливий, Quickline QBC-86/S1</t>
+          <t xml:space="preserve">Круг полірувальний з овчини Moxi 150 x 32 мм, Silco 3250</t>
         </is>
       </c>
       <c r="D846" s="1">
-        <v>2611</v>
+        <v>751</v>
       </c>
       <c r="E846" s="1">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F846" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G846" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4510/S05</t>
+          <t xml:space="preserve">3252-145</t>
         </is>
       </c>
       <c r="C847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач UHS швидкий, 0,5 л, QUICKLINE 4510</t>
+          <t xml:space="preserve">Круг полірувальний чорний (фінішній), 145 мм, Silco 3252</t>
         </is>
       </c>
       <c r="D847" s="1">
-        <v>841</v>
+        <v>270</v>
       </c>
       <c r="E847" s="1">
-        <v>201</v>
+        <v>2</v>
       </c>
       <c r="F847" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G847" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICKLINE</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QH-4220/S0,2</t>
+          <t xml:space="preserve">3290-1</t>
         </is>
       </c>
       <c r="C848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затверджувач стандартний MS 0,2л, QL 4220</t>
+          <t xml:space="preserve">Паста полірувальна фінішна P90, 1 кг, Silco 3290</t>
         </is>
       </c>
       <c r="D848" s="1">
-        <v>320</v>
+        <v>1663</v>
       </c>
       <c r="E848" s="1">
-        <v>210</v>
+        <v>8</v>
       </c>
       <c r="F848" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G848" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX9/E0.113K</t>
+          <t xml:space="preserve">3085-150-080</t>
         </is>
       </c>
       <c r="C849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER AMETHYST DREAM Фіолетово-аметистовий переливчастий,  PPG PRLX9/E0.113K</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P080, Silco  3085-150</t>
         </is>
       </c>
       <c r="D849" s="1">
-        <v>9019</v>
+        <v>27</v>
       </c>
       <c r="E849" s="1">
-        <v>4</v>
+        <v>120</v>
       </c>
       <c r="F849" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G849" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PPG</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRLX6/E0.113K</t>
+          <t xml:space="preserve">3085-150-120</t>
         </is>
       </c>
       <c r="C850" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пігмент EB - DELTRON GRS TINTER SOLARIS RED Сонячно-червоний,  PPG PRLX6/E0.113K</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P120, Silco  3085-150</t>
         </is>
       </c>
       <c r="D850" s="1">
-        <v>9019</v>
+        <v>26</v>
       </c>
       <c r="E850" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="F850" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G850" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.319</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-150</t>
+        </is>
       </c>
       <c r="C851" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак ACRULIUX 2K 500 Plus, 1л ( затвердник 500мл, UNIHARD 500)  Dichem 36.319</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P150, Silco  3085-150</t>
         </is>
       </c>
       <c r="D851" s="1">
-        <v>1058</v>
+        <v>25</v>
       </c>
       <c r="E851" s="1">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="F851" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G851" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>39.796</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-180</t>
+        </is>
       </c>
       <c r="C852" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">затверджувач стандартний, 500мл, UNIHARD 500, Dichem 39.796</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P180, Silco  3085-150</t>
         </is>
       </c>
       <c r="D852" s="1">
-        <v>384</v>
+        <v>25</v>
       </c>
       <c r="E852" s="1">
-        <v>143</v>
+        <v>60</v>
       </c>
       <c r="F852" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G852" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>39.797</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-240</t>
+        </is>
       </c>
       <c r="C853" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">затверджувач швидкий,500мл, UNIHARD 500, Dichem 39.797</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P240, Silco  3085-150</t>
         </is>
       </c>
       <c r="D853" s="1">
-        <v>384</v>
+        <v>25</v>
       </c>
       <c r="E853" s="1">
-        <v>37</v>
+        <v>123</v>
       </c>
       <c r="F853" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G853" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.328</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-320</t>
+        </is>
       </c>
       <c r="C854" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак ACRULIUX 2K/HS PLUS ( затвердник 500мл, UNIHARD 600)  Dichem 36.328</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P320, Silco  3085-150</t>
         </is>
       </c>
       <c r="D854" s="1">
-        <v>1123</v>
+        <v>25</v>
       </c>
       <c r="E854" s="1">
-        <v>83</v>
+        <v>198</v>
       </c>
       <c r="F854" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G854" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.335</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-400</t>
+        </is>
       </c>
       <c r="C855" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лак ACRULIUX VOC 420 PLUS UHS ( затвердник 500мл, UNIHARD 600)  Dichem 36.335</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P400, Silco  3085-150</t>
         </is>
       </c>
       <c r="D855" s="1">
-        <v>1392</v>
+        <v>25</v>
       </c>
       <c r="E855" s="1">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="F855" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G855" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>39.787</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-600</t>
+        </is>
       </c>
       <c r="C856" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">затверджувач стандартний,500мл, UNIHARD 600, Dichem 39.787</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P600, Silco  3085-150</t>
         </is>
       </c>
       <c r="D856" s="1">
-        <v>432</v>
+        <v>25</v>
       </c>
       <c r="E856" s="1">
-        <v>17</v>
+        <v>195</v>
       </c>
       <c r="F856" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G856" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>39.786</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3085-150-800</t>
+        </is>
       </c>
       <c r="C857" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">затверджувач швидкий, 500мл, UNIHARD 600, Dichem 39.786</t>
+          <t xml:space="preserve">Диск керамічнийний  MH Ceramic Film, 150мм,  P800, Silco  3085-150</t>
         </is>
       </c>
       <c r="D857" s="1">
-        <v>432</v>
+        <v>25</v>
       </c>
       <c r="E857" s="1">
-        <v>113</v>
+        <v>55</v>
       </c>
       <c r="F857" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G857" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.151</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1852-0,385-L</t>
+        </is>
       </c>
       <c r="C858" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Темно сірий 1л (затверджувач,  Dichem 39.552)</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup 385 мл, Silco 1852</t>
         </is>
       </c>
       <c r="D858" s="1">
-        <v>864</v>
+        <v>9</v>
       </c>
       <c r="E858" s="1">
-        <v>44</v>
+        <v>132</v>
       </c>
       <c r="F858" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G858" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.11</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1852-0,75-L</t>
+        </is>
       </c>
       <c r="C859" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Білий 1л (затверджувач,  Dichem 39.552)</t>
+          <t xml:space="preserve">Кришка до мірного стакана  Mix-Cup 750 мл, Silco 1852</t>
         </is>
       </c>
       <c r="D859" s="1">
-        <v>864</v>
+        <v>12</v>
       </c>
       <c r="E859" s="1">
-        <v>7</v>
+        <v>50</v>
       </c>
       <c r="F859" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G859" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.12</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QP-3431/S1</t>
+        </is>
       </c>
       <c r="C860" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Чорний 1л (затверджувач,  Dichem 39.552)</t>
+          <t xml:space="preserve">Грунт ALL-IN-ONE білий, 1л, QL 3431 (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D860" s="1">
-        <v>864</v>
+        <v>1662</v>
       </c>
       <c r="E860" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="F860" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G860" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>39.552</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QP-3435/S1</t>
+        </is>
       </c>
       <c r="C861" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затвердник до грунта 2K 5:1  UNIHARD GOLD, Dichem 39.552</t>
+          <t xml:space="preserve">Грунт ALL-IN-ONE сірий, 1л,  QL 3435 (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D861" s="1">
-        <v>292</v>
+        <v>1662</v>
       </c>
       <c r="E861" s="1">
-        <v>126</v>
+        <v>5</v>
       </c>
       <c r="F861" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G861" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.19</v>
+          <t xml:space="preserve">QUICKLINE</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">QP-3437/S1</t>
+        </is>
       </c>
       <c r="C862" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт для Пластику 1 л, Dichem 36.190</t>
+          <t xml:space="preserve">Грунт ALL-IN-ONE темно-сірий, 1л,  QL 3437  (затв. MS, QL 4210/4220/4230 затв. HS, QL 4410/4420)</t>
         </is>
       </c>
       <c r="D862" s="1">
-        <v>912</v>
+        <v>1662</v>
       </c>
       <c r="E862" s="1">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="F862" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G862" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B863" s="1">
-        <v>62.101</v>
+        <v>265324</v>
       </c>
       <c r="C863" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Акриловий розчинник швидкий Dichem, 62.101</t>
+          <t xml:space="preserve">Очисник PU 8550 для скла та фарбованого металу 1 л., Teroson 265324</t>
         </is>
       </c>
       <c r="D863" s="1">
-        <v>504</v>
+        <v>789</v>
       </c>
       <c r="E863" s="1">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="F863" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G863" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B864" s="1">
-        <v>62.102</v>
+        <v>960304</v>
       </c>
       <c r="C864" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Акриловий розчинник стандартний Dichem, 62.102</t>
+          <t xml:space="preserve">Пневматичний пістолет червоний POWERLINE II, Teroson 960304</t>
         </is>
       </c>
       <c r="D864" s="1">
-        <v>504</v>
+        <v>30490</v>
       </c>
       <c r="E864" s="1">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="F864" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G864" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B865" s="1">
-        <v>36.195</v>
+        <v>440119</v>
       </c>
       <c r="C865" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бамперна фарба чорна 1кг Dichem 36.195</t>
+          <t xml:space="preserve">Антигравій на основі бітуму SikaGard-6060 чорний,1л, SIKA 440119</t>
         </is>
       </c>
       <c r="D865" s="1">
-        <v>1291</v>
+        <v>392</v>
       </c>
       <c r="E865" s="1">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="F865" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G865" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B866" s="1">
+        <v>440206</v>
       </c>
       <c r="C866" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій чорний 1 кг, Dichem 34.100N</t>
+          <t xml:space="preserve">Антикорр на основі каучуку SikaGard-6440 1 л, чорний SIKA 440206</t>
         </is>
       </c>
       <c r="D866" s="1">
-        <v>531</v>
+        <v>412</v>
       </c>
       <c r="E866" s="1">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F866" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G866" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B867" s="1">
+        <v>440132</v>
       </c>
       <c r="C867" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій білий  1 кг, Dichem 34.200N</t>
+          <t xml:space="preserve">Антигравій SikaGard-6470 чорний, 1л, SIKA 440132</t>
         </is>
       </c>
       <c r="D867" s="1">
-        <v>531</v>
+        <v>488</v>
       </c>
       <c r="E867" s="1">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F867" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G867" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B868" s="1">
+        <v>440135</v>
       </c>
       <c r="C868" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антигравій сірий  1 кг, Dichem 34.300N</t>
+          <t xml:space="preserve">Антигравій SikaGard-6470 сірий, 1л, SIKA 440135</t>
         </is>
       </c>
       <c r="D868" s="1">
-        <v>531</v>
+        <v>488</v>
       </c>
       <c r="E868" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F868" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G868" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B869" s="1">
-        <v>30.3</v>
+        <v>440138</v>
       </c>
       <c r="C869" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба для дисків срібна, 750 мл Dichem 30.300</t>
+          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6220 жовтий, 1л,SIKA 440138</t>
         </is>
       </c>
       <c r="D869" s="1">
-        <v>981</v>
+        <v>497</v>
       </c>
       <c r="E869" s="1">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F869" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G869" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B870" s="1">
-        <v>30.31</v>
+        <v>440221</v>
       </c>
       <c r="C870" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фарба для дисків чорна матова, 750 мл Dichem 30.310</t>
+          <t xml:space="preserve">Віск для захисту внутрішніх порожнин SikaGard-6250 білий, 1л, SIKA 440221</t>
         </is>
       </c>
       <c r="D870" s="1">
-        <v>981</v>
+        <v>625</v>
       </c>
       <c r="E870" s="1">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F870" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G870" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SIKA</t>
         </is>
       </c>
       <c r="B871" s="1">
-        <v>19.07</v>
+        <v>6965</v>
       </c>
       <c r="C871" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста для чищення рук 1кг, Dichem 19.070</t>
+          <t xml:space="preserve">Герметик Sikaflex-227 білий 300мл, SIKA 6965</t>
         </is>
       </c>
       <c r="D871" s="1">
-        <v>409</v>
+        <v>174</v>
       </c>
       <c r="E871" s="1">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F871" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G871" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B872" s="1">
+        <v>6964</v>
       </c>
       <c r="C872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Костюм розмір L Dichem</t>
+          <t xml:space="preserve">Герметик Sikaflex-227 сірий 300мл, SIKA 6964</t>
         </is>
       </c>
       <c r="D872" s="1">
-        <v>387</v>
+        <v>174</v>
       </c>
       <c r="E872" s="1">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F872" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G872" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SIKA</t>
+        </is>
+      </c>
+      <c r="B873" s="1">
+        <v>4553</v>
       </c>
       <c r="C873" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сито для фарби 125 мікрон Dichem</t>
+          <t xml:space="preserve">Герметик Sikaflex-227 чорний 300мл, SIKA 4553</t>
         </is>
       </c>
       <c r="D873" s="1">
-        <v>7</v>
-[...4 lines deleted...]
-        </is>
+        <v>174</v>
+      </c>
+      <c r="E873" s="1">
+        <v>22</v>
       </c>
       <c r="F873" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G873" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>35.14</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7080-B-3</t>
+        </is>
       </c>
       <c r="C874" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпаклівка Універсальна Platinum PLUS 1кг, Dichem 35.140</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  темно-сірий, 3л, Silco 7080  (затвержувач, 750мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D874" s="1">
-        <v>529</v>
+        <v>1607</v>
       </c>
       <c r="E874" s="1">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="F874" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G874" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>35.17</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9085-0,75</t>
+        </is>
       </c>
       <c r="C875" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шпаклівка зі скловолокном 0,85, Dichem 35.170</t>
+          <t xml:space="preserve">Затвержувач стандартний до грунта 7080 M8  Akrylic, 750мл,  Silco 9085</t>
         </is>
       </c>
       <c r="D875" s="1">
-        <v>497</v>
+        <v>536</v>
       </c>
       <c r="E875" s="1">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F875" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G875" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TYVEK_XL</t>
+          <t xml:space="preserve">9600-1</t>
         </is>
       </c>
       <c r="C876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Костюм розмір XL Dichem</t>
+          <t xml:space="preserve">Лак SFR X-Cure 1л, Silco 9600 (затверджувач UHS, 1л,  Silco  9650)</t>
         </is>
       </c>
       <c r="D876" s="1">
-        <v>387</v>
+        <v>1203</v>
       </c>
       <c r="E876" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F876" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G876" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TYVEK_2XL</t>
+          <t xml:space="preserve">9650-1</t>
         </is>
       </c>
       <c r="C877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Костюм розмір 2XL Dichem</t>
+          <t xml:space="preserve">Затверджувач UHS стандартний, 1л, Silco 9650</t>
         </is>
       </c>
       <c r="D877" s="1">
-        <v>387</v>
+        <v>927</v>
       </c>
       <c r="E877" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F877" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G877" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">19.096.190</t>
+          <t xml:space="preserve">7080-C-3</t>
         </is>
       </c>
       <c r="C878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сито для фарби 190 мікрон Dichem</t>
+          <t xml:space="preserve">Грунт наповнювач HS M8 Acryfill  сірий, 3л, Silco 7080 (затвержувач, 750мл, Silco 9082/9085)</t>
         </is>
       </c>
       <c r="D878" s="1">
-        <v>7</v>
-[...4 lines deleted...]
-        </is>
+        <v>1607</v>
+      </c>
+      <c r="E878" s="1">
+        <v>2</v>
       </c>
       <c r="F878" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G878" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>36.16</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2120-0,33</t>
+        </is>
       </c>
       <c r="C879" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Грунт Акриловий 2K 5:1 світло сірий, 1л (затверджувач,  Dichem 39.552)</t>
+          <t xml:space="preserve">Затверджувач стандартний до епоксидного грунта  330мл,  Silco 2120</t>
         </is>
       </c>
       <c r="D879" s="1">
-        <v>864</v>
+        <v>289</v>
       </c>
       <c r="E879" s="1">
-        <v>41</v>
+        <v>2</v>
       </c>
       <c r="F879" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G879" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEROSON</t>
-[...3 lines deleted...]
-        <v>2969590</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9330-0,5</t>
+        </is>
       </c>
       <c r="C880" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Герметик для швів MS 9320 EGFD (розпилюючий) чорний, 300мл, Teroson 2969590</t>
+          <t xml:space="preserve">Швидкий затверджувач UHS 0,5</t>
         </is>
       </c>
       <c r="D880" s="1">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="E880" s="1">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="F880" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G880" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>39.787</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9330-2,5</t>
+        </is>
       </c>
       <c r="C881" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">затверджувач стандартний,500мл, UNIHARD 600, Dichem 39.787</t>
+          <t xml:space="preserve">Швидкий затверджувач UHS 2,5</t>
         </is>
       </c>
       <c r="D881" s="1">
-        <v>236</v>
+        <v>2356</v>
       </c>
       <c r="E881" s="1">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="F881" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G881" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAFEX</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SF-110-48</t>
+          <t xml:space="preserve">1852-1,4</t>
         </is>
       </c>
       <c r="C882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 48 мм × 50 м, Safex SF-110-48</t>
+          <t xml:space="preserve">Мірний стакан  Mix-Cup 1400 мл, Silco 1852</t>
         </is>
       </c>
       <c r="D882" s="1">
-        <v>124</v>
+        <v>19</v>
       </c>
       <c r="E882" s="1">
-        <v>91</v>
+        <v>160</v>
       </c>
       <c r="F882" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G882" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
-[...3 lines deleted...]
-        <v>19.07</v>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6160-240</t>
+        </is>
       </c>
       <c r="C883" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паста для чищення рук 1кг, Dichem 19.070</t>
+          <t xml:space="preserve">6160 рулони Abra-Foam SBS, 25m, P 240</t>
         </is>
       </c>
       <c r="D883" s="1">
-        <v>457</v>
+        <v>1823</v>
       </c>
       <c r="E883" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F883" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G883" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">PPG</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TYVEK_L</t>
+          <t xml:space="preserve">D854/E3</t>
         </is>
       </c>
       <c r="C884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Костюм розмір L Dichem</t>
+          <t xml:space="preserve">Грунт  двокомпонентний (2K) прозорий ґрунт-ізолятор PPG D854</t>
         </is>
       </c>
       <c r="D884" s="1">
-        <v>433</v>
+        <v>5612</v>
       </c>
       <c r="E884" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F884" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G884" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHEM</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TYVEK_2XL</t>
+          <t xml:space="preserve">6180-1</t>
         </is>
       </c>
       <c r="C885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Костюм розмір 2XL Dichem</t>
+          <t xml:space="preserve">Шпаклівка поліефірна глазурна B18 Glazing Putty Silco 6180</t>
         </is>
       </c>
       <c r="D885" s="1">
-        <v>433</v>
+        <v>871</v>
       </c>
       <c r="E885" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F885" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G885" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WURTH</t>
+          <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B886" s="1">
-        <v>891503030</v>
+        <v>1450</v>
       </c>
       <c r="C886" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Насос-розпилювач кислотостійкий , 1л., WURTH 0891503030</t>
+          <t xml:space="preserve">Багаторазовий респіратор для обличчя SILCO</t>
         </is>
       </c>
       <c r="D886" s="1">
-        <v>2590</v>
+        <v>5174</v>
       </c>
       <c r="E886" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F886" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G886" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HENKEL</t>
+          <t xml:space="preserve">TEROSON</t>
         </is>
       </c>
       <c r="B887" s="1">
-        <v>760225</v>
+        <v>2647771</v>
       </c>
       <c r="C887" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">'Рідкий ключ', з ефектом заморожування до -43°С Henkel</t>
+          <t xml:space="preserve">Клей для лобового скла Bond 120 (прискорений) 300мл, Teroson 2647771</t>
         </is>
       </c>
       <c r="D887" s="1">
-        <v>698</v>
+        <v>485</v>
       </c>
       <c r="E887" s="1">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="F887" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G887" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LOCTITE</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B888" s="1">
-        <v>1725908</v>
+        <v>36.319</v>
       </c>
       <c r="C888" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поглинач вологи LOCTITE HUMIDITY ABSORBER 50 гр (ком-кт 2 шт)</t>
+          <t xml:space="preserve">Лак ACRULIUX 2K 500 Plus, 1л ( затвердник 500мл, UNIHARD 500)  Dichem 36.319</t>
         </is>
       </c>
       <c r="D888" s="1">
-        <v>227</v>
+        <v>849</v>
       </c>
       <c r="E888" s="1">
-        <v>22</v>
+        <v>174</v>
       </c>
       <c r="F888" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G888" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HENKEL</t>
+          <t xml:space="preserve">DICHEM</t>
         </is>
       </c>
       <c r="B889" s="1">
-        <v>2098250</v>
+        <v>39.796</v>
       </c>
       <c r="C889" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очисник для рук LOCTITE SF 7850 400мл</t>
+          <t xml:space="preserve">затверджувач стандартний, 500мл, UNIHARD 500, Dichem 39.796</t>
         </is>
       </c>
       <c r="D889" s="1">
-        <v>365</v>
+        <v>389</v>
       </c>
       <c r="E889" s="1">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="F889" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G889" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B890" s="1">
+        <v>39.797</v>
+      </c>
+      <c r="C890" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">затверджувач швидкий,500мл, UNIHARD 500, Dichem 39.797</t>
+        </is>
+      </c>
+      <c r="D890" s="1">
+        <v>389</v>
+      </c>
+      <c r="E890" s="1">
+        <v>33</v>
+      </c>
+      <c r="F890" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G890" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B891" s="1">
+        <v>36.328</v>
+      </c>
+      <c r="C891" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Лак ACRULIUX 2K/HS PLUS ( затвердник 500мл, UNIHARD 600)  Dichem 36.328</t>
+        </is>
+      </c>
+      <c r="D891" s="1">
+        <v>932</v>
+      </c>
+      <c r="E891" s="1">
+        <v>80</v>
+      </c>
+      <c r="F891" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G891" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B892" s="1">
+        <v>36.335</v>
+      </c>
+      <c r="C892" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Лак ACRULIUX VOC 420 PLUS UHS ( затвердник 500мл, UNIHARD 600)  Dichem 36.335</t>
+        </is>
+      </c>
+      <c r="D892" s="1">
+        <v>1432</v>
+      </c>
+      <c r="E892" s="1">
+        <v>46</v>
+      </c>
+      <c r="F892" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G892" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B893" s="1">
+        <v>39.787</v>
+      </c>
+      <c r="C893" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">затверджувач стандартний,500мл, UNIHARD 600, Dichem 39.787</t>
+        </is>
+      </c>
+      <c r="D893" s="1">
+        <v>444</v>
+      </c>
+      <c r="E893" s="1">
+        <v>16</v>
+      </c>
+      <c r="F893" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G893" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B894" s="1">
+        <v>39.786</v>
+      </c>
+      <c r="C894" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">затверджувач швидкий, 500мл, UNIHARD 600, Dichem 39.786</t>
+        </is>
+      </c>
+      <c r="D894" s="1">
+        <v>444</v>
+      </c>
+      <c r="E894" s="1">
+        <v>110</v>
+      </c>
+      <c r="F894" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G894" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B895" s="1">
+        <v>36.151</v>
+      </c>
+      <c r="C895" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Темно сірий 1л (затверджувач,  Dichem 39.552)</t>
+        </is>
+      </c>
+      <c r="D895" s="1">
+        <v>888</v>
+      </c>
+      <c r="E895" s="1">
+        <v>39</v>
+      </c>
+      <c r="F895" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G895" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B896" s="1">
+        <v>36.12</v>
+      </c>
+      <c r="C896" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Грунт Акриловий 2K 5:1, Чорний 1л (затверджувач,  Dichem 39.552)</t>
+        </is>
+      </c>
+      <c r="D896" s="1">
+        <v>888</v>
+      </c>
+      <c r="E896" s="1">
+        <v>8</v>
+      </c>
+      <c r="F896" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G896" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B897" s="1">
+        <v>39.552</v>
+      </c>
+      <c r="C897" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Затвердник до грунта 2K 5:1  UNIHARD GOLD, Dichem 39.552</t>
+        </is>
+      </c>
+      <c r="D897" s="1">
+        <v>278</v>
+      </c>
+      <c r="E897" s="1">
+        <v>88</v>
+      </c>
+      <c r="F897" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G897" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B898" s="1">
+        <v>36.19</v>
+      </c>
+      <c r="C898" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Грунт для Пластику 1 л, Dichem 36.190</t>
+        </is>
+      </c>
+      <c r="D898" s="1">
+        <v>888</v>
+      </c>
+      <c r="E898" s="1">
+        <v>20</v>
+      </c>
+      <c r="F898" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G898" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B899" s="1">
+        <v>62.101</v>
+      </c>
+      <c r="C899" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Акриловий розчинник швидкий Dichem, 62.101</t>
+        </is>
+      </c>
+      <c r="D899" s="1">
+        <v>333</v>
+      </c>
+      <c r="E899" s="1">
+        <v>50</v>
+      </c>
+      <c r="F899" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G899" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B900" s="1">
+        <v>62.102</v>
+      </c>
+      <c r="C900" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Акриловий розчинник стандартний Dichem, 62.102</t>
+        </is>
+      </c>
+      <c r="D900" s="1">
+        <v>333</v>
+      </c>
+      <c r="E900" s="1">
+        <v>64</v>
+      </c>
+      <c r="F900" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G900" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B901" s="1">
+        <v>36.195</v>
+      </c>
+      <c r="C901" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Бамперна фарба чорна 1кг Dichem 36.195</t>
+        </is>
+      </c>
+      <c r="D901" s="1">
+        <v>1165</v>
+      </c>
+      <c r="E901" s="1">
+        <v>23</v>
+      </c>
+      <c r="F901" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G901" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B902" s="1">
+        <v>30.3</v>
+      </c>
+      <c r="C902" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Фарба для дисків срібна, 750 мл Dichem 30.300</t>
+        </is>
+      </c>
+      <c r="D902" s="1">
+        <v>580</v>
+      </c>
+      <c r="E902" s="1">
+        <v>11</v>
+      </c>
+      <c r="F902" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G902" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B903" s="1">
+        <v>30.31</v>
+      </c>
+      <c r="C903" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Фарба для дисків чорна матова, 750 мл Dichem 30.310</t>
+        </is>
+      </c>
+      <c r="D903" s="1">
+        <v>580</v>
+      </c>
+      <c r="E903" s="1">
+        <v>12</v>
+      </c>
+      <c r="F903" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G903" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B904" s="1">
+        <v>19.07</v>
+      </c>
+      <c r="C904" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Паста для чищення рук 1кг, Dichem 19.070</t>
+        </is>
+      </c>
+      <c r="D904" s="1">
+        <v>378</v>
+      </c>
+      <c r="E904" s="1">
+        <v>16</v>
+      </c>
+      <c r="F904" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G904" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TYVEK_L</t>
+        </is>
+      </c>
+      <c r="C905" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Костюм розмір L Dichem</t>
+        </is>
+      </c>
+      <c r="D905" s="1">
+        <v>398</v>
+      </c>
+      <c r="E905" s="1">
+        <v>6</v>
+      </c>
+      <c r="F905" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G905" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">19.096.125</t>
+        </is>
+      </c>
+      <c r="C906" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Сито для фарби 125 мікрон Dichem</t>
+        </is>
+      </c>
+      <c r="D906" s="1">
+        <v>6</v>
+      </c>
+      <c r="E906" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F906" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G906" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B907" s="1">
+        <v>35.14</v>
+      </c>
+      <c r="C907" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Шпаклівка Універсальна Platinum PLUS 1кг, Dichem 35.140</t>
+        </is>
+      </c>
+      <c r="D907" s="1">
+        <v>497</v>
+      </c>
+      <c r="E907" s="1">
+        <v>27</v>
+      </c>
+      <c r="F907" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G907" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B908" s="1">
+        <v>35.17</v>
+      </c>
+      <c r="C908" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Шпаклівка зі скловолокном 0,85, Dichem 35.170</t>
+        </is>
+      </c>
+      <c r="D908" s="1">
+        <v>464</v>
+      </c>
+      <c r="E908" s="1">
+        <v>7</v>
+      </c>
+      <c r="F908" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G908" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TYVEK_2XL</t>
+        </is>
+      </c>
+      <c r="C909" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Костюм розмір 2XL Dichem</t>
+        </is>
+      </c>
+      <c r="D909" s="1">
+        <v>398</v>
+      </c>
+      <c r="E909" s="1">
+        <v>2</v>
+      </c>
+      <c r="F909" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G909" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">19.096.190</t>
+        </is>
+      </c>
+      <c r="C910" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Сито для фарби 190 мікрон Dichem</t>
+        </is>
+      </c>
+      <c r="D910" s="1">
+        <v>6</v>
+      </c>
+      <c r="E910" s="1">
+        <v>990</v>
+      </c>
+      <c r="F910" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G910" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DICHEM</t>
+        </is>
+      </c>
+      <c r="B911" s="1">
+        <v>36.16</v>
+      </c>
+      <c r="C911" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Грунт Акриловий 2K 5:1 світло сірий, 1л (затверджувач,  Dichem 39.552)</t>
+        </is>
+      </c>
+      <c r="D911" s="1">
+        <v>888</v>
+      </c>
+      <c r="E911" s="1">
+        <v>34</v>
+      </c>
+      <c r="F911" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G911" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WURTH</t>
+        </is>
+      </c>
+      <c r="B912" s="1">
+        <v>891503030</v>
+      </c>
+      <c r="C912" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Насос-розпилювач кислотостійкий , 1л., WURTH 0891503030</t>
+        </is>
+      </c>
+      <c r="D912" s="1">
+        <v>1721</v>
+      </c>
+      <c r="E912" s="1">
+        <v>1</v>
+      </c>
+      <c r="F912" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G912" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SF-80-18</t>
+        </is>
+      </c>
+      <c r="C913" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 18 мм × 50 м, Safex SF-80-18</t>
+        </is>
+      </c>
+      <c r="D913" s="1">
+        <v>45</v>
+      </c>
+      <c r="E913" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F913" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G913" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SF-80-24</t>
+        </is>
+      </c>
+      <c r="C914" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 24 мм × 50 м, Safex SF-80-24</t>
+        </is>
+      </c>
+      <c r="D914" s="1">
+        <v>59</v>
+      </c>
+      <c r="E914" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F914" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G914" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SF-80-36</t>
+        </is>
+      </c>
+      <c r="C915" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 80, біла, 36 мм × 50 м, Safex SF-80-36</t>
+        </is>
+      </c>
+      <c r="D915" s="1">
+        <v>85</v>
+      </c>
+      <c r="E915" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F915" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G915" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SF-110-18</t>
+        </is>
+      </c>
+      <c r="C916" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 18 мм × 50 м, Safex SF-110-18</t>
+        </is>
+      </c>
+      <c r="D916" s="1">
+        <v>48</v>
+      </c>
+      <c r="E916" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F916" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G916" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SF-110-24</t>
+        </is>
+      </c>
+      <c r="C917" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 24 мм × 50 м, Safex SF-110-24</t>
+        </is>
+      </c>
+      <c r="D917" s="1">
+        <v>65</v>
+      </c>
+      <c r="E917" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F917" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G917" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SF-110-36</t>
+        </is>
+      </c>
+      <c r="C918" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 36 мм × 50 м, Safex SF-110-36</t>
+        </is>
+      </c>
+      <c r="D918" s="1">
+        <v>95</v>
+      </c>
+      <c r="E918" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F918" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G918" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SF-110-48</t>
+        </is>
+      </c>
+      <c r="C919" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, жовта, 48 мм × 50 м, Safex SF-110-48</t>
+        </is>
+      </c>
+      <c r="D919" s="1">
+        <v>127</v>
+      </c>
+      <c r="E919" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F919" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G919" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SAFEX</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SFA-110-36</t>
+        </is>
+      </c>
+      <c r="C920" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Малярна стрічка  Tape Pro 110, помаранчева, 36 мм × 50 м, Safex SFA-110-36</t>
+        </is>
+      </c>
+      <c r="D920" s="1">
+        <v>149</v>
+      </c>
+      <c r="E920" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
+      </c>
+      <c r="F920" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G920" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2360-L</t>
+        </is>
+      </c>
+      <c r="C921" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Комбінезон малярний антистатичний Камуфляжний Camo Coverall розмір L,  Silco 2360</t>
+        </is>
+      </c>
+      <c r="D921" s="1">
+        <v>2796</v>
+      </c>
+      <c r="E921" s="1">
+        <v>2</v>
+      </c>
+      <c r="F921" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G921" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9600-5</t>
+        </is>
+      </c>
+      <c r="C922" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Лак SFR X-Cure 5л, Silco 9600 (затверджувач UHS, 5л,  Silco  9650)</t>
+        </is>
+      </c>
+      <c r="D922" s="1">
+        <v>7097</v>
+      </c>
+      <c r="E922" s="1">
+        <v>2</v>
+      </c>
+      <c r="F922" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G922" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9650-2.5</t>
+        </is>
+      </c>
+      <c r="C923" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Затверджувач UHS стандартний, 2,5 Silco 9650</t>
+        </is>
+      </c>
+      <c r="D923" s="1">
+        <v>2939</v>
+      </c>
+      <c r="E923" s="1">
+        <v>1</v>
+      </c>
+      <c r="F923" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G923" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B924" s="1">
+        <v>340018</v>
+      </c>
+      <c r="C924" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Корпус ємності 3400/185 Тип 1 С 0101 030101, Тара 340018</t>
+        </is>
+      </c>
+      <c r="D924" s="1">
+        <v>51</v>
+      </c>
+      <c r="E924" s="1">
+        <v>40</v>
+      </c>
+      <c r="F924" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G924" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B925" s="1">
+        <v>550900</v>
+      </c>
+      <c r="C925" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Корпус ємності Кр 550/90 Тип 1 С 0101, Тара 550900</t>
+        </is>
+      </c>
+      <c r="D925" s="1">
+        <v>11</v>
+      </c>
+      <c r="E925" s="1">
+        <v>740</v>
+      </c>
+      <c r="F925" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G925" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ТАРА</t>
+        </is>
+      </c>
+      <c r="B926" s="1">
+        <v>3400185</v>
+      </c>
+      <c r="C926" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Кришка до ємності 185 Тип 1 С 1003</t>
+        </is>
+      </c>
+      <c r="D926" s="1">
+        <v>7</v>
+      </c>
+      <c r="E926" s="1">
+        <v>40</v>
+      </c>
+      <c r="F926" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G926" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>