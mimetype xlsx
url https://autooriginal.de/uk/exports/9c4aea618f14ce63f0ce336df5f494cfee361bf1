--- v0 (2025-10-26)
+++ v1 (2026-03-16)
@@ -100,51 +100,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="22.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="18.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="133.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="7.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">26.10.25 11:31</t>
+          <t xml:space="preserve">16.03.26 11:33</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EUR</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -168,35679 +168,34162 @@
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Постачання, дн.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORTUNE LINE</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FZ90891</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Втулка, стабілізатор</t>
         </is>
       </c>
       <c r="D3" s="1">
-        <v>1.59</v>
+        <v>1.44</v>
       </c>
       <c r="E3" s="1">
         <v>1</v>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B4" s="1">
         <v>1399791197</v>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">AUFKLEBER</t>
         </is>
       </c>
       <c r="D4" s="1">
-        <v>3.47</v>
+        <v>3.15</v>
       </c>
       <c r="E4" s="1">
         <v>1</v>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B5" s="1">
         <v>7119903791</v>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">UNTERLEGSCHEIBE</t>
         </is>
       </c>
       <c r="D5" s="1">
-        <v>0.26</v>
+        <v>0.23</v>
       </c>
       <c r="E5" s="1">
         <v>9</v>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B6" s="1">
         <v>7119904371</v>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTSCHRAUBE</t>
         </is>
       </c>
       <c r="D6" s="1">
-        <v>0.47</v>
+        <v>0.42</v>
       </c>
       <c r="E6" s="1">
         <v>9</v>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B7" s="1">
         <v>7119904589</v>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTSCHRAUBE MIT SCHEIBE</t>
         </is>
       </c>
       <c r="D7" s="1">
-        <v>0.4</v>
+        <v>0.36</v>
       </c>
       <c r="E7" s="1">
         <v>2</v>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B8" s="1">
         <v>7119905032</v>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTMUTTER</t>
         </is>
       </c>
       <c r="D8" s="1">
-        <v>0.46</v>
+        <v>0.41</v>
       </c>
       <c r="E8" s="1">
         <v>8</v>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B9" s="1">
         <v>7119905515</v>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTMUTTER</t>
         </is>
       </c>
       <c r="D9" s="1">
-        <v>0.19</v>
+        <v>0.17</v>
       </c>
       <c r="E9" s="1">
         <v>7</v>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B10" s="1">
         <v>7119905547</v>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTSCHRAUBE MIT SCHEIBE</t>
         </is>
       </c>
       <c r="D10" s="1">
-        <v>1.29</v>
+        <v>1.17</v>
       </c>
       <c r="E10" s="1">
         <v>6</v>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B11" s="1">
         <v>7119906292</v>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTSCHRAUBE</t>
         </is>
       </c>
       <c r="D11" s="1">
-        <v>1.57</v>
+        <v>1.42</v>
       </c>
       <c r="E11" s="1">
         <v>1</v>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B12" s="1">
         <v>7119951453</v>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SCHEIBENFEDER</t>
         </is>
       </c>
       <c r="D12" s="1">
-        <v>1.6</v>
+        <v>1.45</v>
       </c>
       <c r="E12" s="1">
         <v>14</v>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B13" s="1">
         <v>7119986250</v>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KUGEL</t>
         </is>
       </c>
       <c r="D13" s="1">
-        <v>0.16</v>
+        <v>0.14</v>
       </c>
       <c r="E13" s="1">
         <v>21</v>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B14" s="1">
         <v>7129904865</v>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTMUTTER</t>
         </is>
       </c>
       <c r="D14" s="1">
-        <v>0.97</v>
+        <v>0.88</v>
       </c>
       <c r="E14" s="1">
         <v>7</v>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B15" s="1">
         <v>7129907367</v>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ASA-SCHRAUBE</t>
         </is>
       </c>
       <c r="D15" s="1">
-        <v>0.3</v>
+        <v>0.27</v>
       </c>
       <c r="E15" s="1">
         <v>1</v>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B16" s="1">
         <v>7147182215</v>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MASSEBOLZEN</t>
         </is>
       </c>
       <c r="D16" s="1">
-        <v>2.02</v>
+        <v>1.83</v>
       </c>
       <c r="E16" s="1">
         <v>1</v>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B17" s="1">
         <v>7147310674</v>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EINSTECKBEFESTIGER</t>
         </is>
       </c>
       <c r="D17" s="1">
-        <v>1.46</v>
+        <v>1.32</v>
       </c>
       <c r="E17" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B18" s="1">
         <v>7149197038</v>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LINSENSCHRAUBE MIT SCHEIBE</t>
         </is>
       </c>
       <c r="D18" s="1">
-        <v>0.32</v>
+        <v>0.29</v>
       </c>
       <c r="E18" s="1">
         <v>6</v>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B19" s="1">
         <v>7149241763</v>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KLAMMER</t>
         </is>
       </c>
       <c r="D19" s="1">
-        <v>0.65</v>
+        <v>0.59</v>
       </c>
       <c r="E19" s="1">
         <v>7</v>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B20" s="1">
         <v>7149323418</v>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SECHSKANTSCHRAUBE MIT SCHEIBE</t>
         </is>
       </c>
       <c r="D20" s="1">
-        <v>7.69</v>
+        <v>6.99</v>
       </c>
       <c r="E20" s="1">
         <v>1</v>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B21" s="1">
         <v>11127577118</v>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HЬLSE</t>
         </is>
       </c>
       <c r="D21" s="1">
-        <v>2.19</v>
+        <v>1.99</v>
       </c>
       <c r="E21" s="1">
         <v>1</v>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B22" s="1">
         <v>11127830972</v>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">DICHTGUMMI</t>
         </is>
       </c>
       <c r="D22" s="1">
-        <v>1.72</v>
+        <v>1.56</v>
       </c>
       <c r="E22" s="1">
         <v>7</v>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B23" s="1">
         <v>11137603830</v>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ASA-SCHRAUBE</t>
         </is>
       </c>
       <c r="D23" s="1">
-        <v>1.48</v>
+        <v>1.34</v>
       </c>
       <c r="E23" s="1">
         <v>2</v>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B24" s="1">
         <v>11142244103</v>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D24" s="1">
-        <v>63.5</v>
+        <v>57.72</v>
       </c>
       <c r="E24" s="1">
         <v>1</v>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B25" s="1">
         <v>11227560062</v>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BUNDSCHRAUBE</t>
         </is>
       </c>
       <c r="D25" s="1">
-        <v>1.03</v>
+        <v>0.93</v>
       </c>
       <c r="E25" s="1">
         <v>4</v>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B26" s="1">
         <v>11247835440</v>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAGERSCHALE BLAU</t>
         </is>
       </c>
       <c r="D26" s="1">
-        <v>29.31</v>
+        <v>26.64</v>
       </c>
       <c r="E26" s="1">
         <v>1</v>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B27" s="1">
         <v>12521286052</v>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">DECKEL</t>
         </is>
       </c>
       <c r="D27" s="1">
-        <v>5.79</v>
+        <v>5.26</v>
       </c>
       <c r="E27" s="1">
         <v>1</v>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B28" s="1">
         <v>17117565514</v>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GUMMILAGER</t>
         </is>
       </c>
       <c r="D28" s="1">
-        <v>4.53</v>
+        <v>4.11</v>
       </c>
       <c r="E28" s="1">
         <v>2</v>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B29" s="1">
         <v>17117565515</v>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HALTER ЦLKЬHLER</t>
         </is>
       </c>
       <c r="D29" s="1">
-        <v>9.12</v>
+        <v>8.29</v>
       </c>
       <c r="E29" s="1">
         <v>2</v>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B30" s="1">
         <v>17137591903</v>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HALTER AUSGLEICHBEHДLTER</t>
         </is>
       </c>
       <c r="D30" s="1">
-        <v>17.15</v>
+        <v>15.59</v>
       </c>
       <c r="E30" s="1">
         <v>1</v>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B31" s="1">
         <v>17227586898</v>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CLIP</t>
         </is>
       </c>
       <c r="D31" s="1">
-        <v>10.78</v>
+        <v>9.8</v>
       </c>
       <c r="E31" s="1">
         <v>1</v>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B32" s="1">
         <v>31316863881</v>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEDERBEIN VORN LINKS</t>
         </is>
       </c>
       <c r="D32" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="E32" s="1">
         <v>1</v>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B33" s="1">
         <v>31316863884</v>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEDERBEIN VORN RECHTS</t>
         </is>
       </c>
       <c r="D33" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="E33" s="1">
         <v>1</v>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B34" s="1">
         <v>36116783244</v>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SCHEIBENRAD LEICHTMETALL</t>
         </is>
       </c>
       <c r="D34" s="1">
-        <v>401.24</v>
+        <v>364.76</v>
       </c>
       <c r="E34" s="1">
         <v>2</v>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B35" s="1">
         <v>36118037347</v>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SCHEIBENRAD LEICHTMETALL</t>
         </is>
       </c>
       <c r="D35" s="1">
-        <v>481.49</v>
+        <v>437.71</v>
       </c>
       <c r="E35" s="1">
         <v>2</v>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B36" s="1">
         <v>37116863115</v>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEDERBEIN VORN LINKS</t>
         </is>
       </c>
       <c r="D36" s="1">
-        <v>616</v>
+        <v>560</v>
       </c>
       <c r="E36" s="1">
         <v>1</v>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B37" s="1">
         <v>41137006220</v>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">A-SДULE INNEN RECHTS</t>
         </is>
       </c>
       <c r="D37" s="1">
-        <v>57.39</v>
+        <v>52.17</v>
       </c>
       <c r="E37" s="1">
         <v>2</v>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B38" s="1">
         <v>41147006233</v>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TRENNWAND BODENBLECH OBEN LINKS</t>
         </is>
       </c>
       <c r="D38" s="1">
-        <v>50.33</v>
+        <v>45.75</v>
       </c>
       <c r="E38" s="1">
         <v>4</v>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B39" s="1">
         <v>51111973721</v>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HALTEBAND</t>
         </is>
       </c>
       <c r="D39" s="1">
-        <v>0.66</v>
+        <v>0.6</v>
       </c>
       <c r="E39" s="1">
         <v>6</v>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B40" s="1">
         <v>51118050508</v>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">STOSSABSORBER OBEN</t>
         </is>
       </c>
       <c r="D40" s="1">
-        <v>37.35</v>
+        <v>33.95</v>
       </c>
       <c r="E40" s="1">
         <v>1</v>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B41" s="1">
         <v>51127183888</v>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">DICHTUNG</t>
         </is>
       </c>
       <c r="D41" s="1">
-        <v>0.84</v>
+        <v>0.76</v>
       </c>
       <c r="E41" s="1">
         <v>8</v>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B42" s="1">
         <v>51127294390</v>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">AUFNAHME STOSSFДNGER ECKE HINTEN RECHTS</t>
         </is>
       </c>
       <c r="D42" s="1">
-        <v>62.87</v>
+        <v>57.15</v>
       </c>
       <c r="E42" s="1">
         <v>1</v>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B43" s="1">
         <v>51139804996</v>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CLIP</t>
         </is>
       </c>
       <c r="D43" s="1">
-        <v>0.42</v>
+        <v>0.38</v>
       </c>
       <c r="E43" s="1">
         <v>1</v>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B44" s="1">
         <v>51140403589</v>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LADEKANTENSCHUTZFOLIE TRANSPARENT</t>
         </is>
       </c>
       <c r="D44" s="1">
-        <v>21.64</v>
+        <v>19.67</v>
       </c>
       <c r="E44" s="1">
         <v>1</v>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B45" s="1">
         <v>51252753575</v>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EINSTECKMUTTER</t>
         </is>
       </c>
       <c r="D45" s="1">
-        <v>0.57</v>
+        <v>0.51</v>
       </c>
       <c r="E45" s="1">
         <v>4</v>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B46" s="1">
         <v>51438183314</v>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D46" s="1">
-        <v>2.01</v>
+        <v>1.82</v>
       </c>
       <c r="E46" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B47" s="1">
         <v>51477128140</v>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KLETTELEMENT MIT BAJONETTBEFESTIGUNG</t>
         </is>
       </c>
       <c r="D47" s="1">
-        <v>1.69</v>
+        <v>1.53</v>
       </c>
       <c r="E47" s="1">
         <v>1</v>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B48" s="1">
-        <v>51479117330</v>
+        <v>51497172130</v>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SATZ FUSSMATTEN VELOURS</t>
+          <t xml:space="preserve">VERKLEIDUNG HECKKLAPPE RECHTS</t>
         </is>
       </c>
       <c r="D48" s="1">
-        <v>91.19</v>
+        <v>18.07</v>
       </c>
       <c r="E48" s="1">
         <v>1</v>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B49" s="1">
-        <v>51497172130</v>
+        <v>51628038997</v>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VERKLEIDUNG HECKKLAPPE RECHTS</t>
+          <t xml:space="preserve">STAULIPPE VORNE LINKS</t>
         </is>
       </c>
       <c r="D49" s="1">
-        <v>19.88</v>
+        <v>9.58</v>
       </c>
       <c r="E49" s="1">
         <v>1</v>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B50" s="1">
-        <v>51628038997</v>
+        <v>51628038998</v>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STAULIPPE VORNE LINKS</t>
+          <t xml:space="preserve">STAULIPPE VORNE RECHTS</t>
         </is>
       </c>
       <c r="D50" s="1">
-        <v>10.54</v>
+        <v>9.33</v>
       </c>
       <c r="E50" s="1">
         <v>1</v>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B51" s="1">
-        <v>51628038998</v>
+        <v>51642753389</v>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STAULIPPE VORNE RECHTS</t>
+          <t xml:space="preserve">PT-SCHRAUBE</t>
         </is>
       </c>
       <c r="D51" s="1">
-        <v>10.27</v>
+        <v>1.05</v>
       </c>
       <c r="E51" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B52" s="1">
-        <v>51642753389</v>
+        <v>51718190402</v>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PT-SCHRAUBE</t>
+          <t xml:space="preserve">AGGREGATEUNTERSCHUTZ VORNE</t>
         </is>
       </c>
       <c r="D52" s="1">
-        <v>1.16</v>
+        <v>113.19</v>
       </c>
       <c r="E52" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B53" s="1">
-        <v>51718190402</v>
+        <v>51747985913</v>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AGGREGATEUNTERSCHUTZ VORNE</t>
+          <t xml:space="preserve">BEFESTIGUNGSBLECH</t>
         </is>
       </c>
       <c r="D53" s="1">
-        <v>124.51</v>
+        <v>24.49</v>
       </c>
       <c r="E53" s="1">
         <v>1</v>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B54" s="1">
-        <v>51747985913</v>
+        <v>51767275302</v>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BEFESTIGUNGSBLECH</t>
+          <t xml:space="preserve">LEISTE SEITENRAHMEN RECHTS</t>
         </is>
       </c>
       <c r="D54" s="1">
-        <v>26.94</v>
+        <v>87.22</v>
       </c>
       <c r="E54" s="1">
         <v>1</v>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B55" s="1">
-        <v>51767275302</v>
+        <v>51770382696</v>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEISTE SEITENRAHMEN RECHTS</t>
+          <t xml:space="preserve">SPREIZNIET</t>
         </is>
       </c>
       <c r="D55" s="1">
-        <v>95.95</v>
+        <v>1.76</v>
       </c>
       <c r="E55" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B56" s="1">
-        <v>51770382696</v>
+        <v>61130005201</v>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SPREIZNIET</t>
+          <t xml:space="preserve">BUCHSENKONTAKT</t>
         </is>
       </c>
       <c r="D56" s="1">
-        <v>1.94</v>
+        <v>1.67</v>
       </c>
       <c r="E56" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B57" s="1">
-        <v>61130005201</v>
+        <v>61136915981</v>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BUCHSENKONTAKT</t>
+          <t xml:space="preserve">KABELBINDER MIT HALTER</t>
         </is>
       </c>
       <c r="D57" s="1">
-        <v>1.84</v>
+        <v>0.59</v>
       </c>
       <c r="E57" s="1">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B58" s="1">
-        <v>61136915981</v>
+        <v>61138350836</v>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KABELBINDER MIT HALTER</t>
+          <t xml:space="preserve">KABELCLIP</t>
         </is>
       </c>
       <c r="D58" s="1">
-        <v>0.65</v>
+        <v>0.39</v>
       </c>
       <c r="E58" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B59" s="1">
-        <v>61138350836</v>
+        <v>61138371016</v>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KABELCLIP</t>
+          <t xml:space="preserve">ABDECKUNG STЬTZPUNKT B+</t>
         </is>
       </c>
       <c r="D59" s="1">
-        <v>0.43</v>
+        <v>0.48</v>
       </c>
       <c r="E59" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B60" s="1">
-        <v>61138371016</v>
+        <v>61138371017</v>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG STЬTZPUNKT B+</t>
+          <t xml:space="preserve">DECKEL STЬTZPUNKT B+</t>
         </is>
       </c>
       <c r="D60" s="1">
-        <v>0.53</v>
+        <v>1.79</v>
       </c>
       <c r="E60" s="1">
         <v>4</v>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B61" s="1">
-        <v>61138371017</v>
+        <v>61138377072</v>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DECKEL STЬTZPUNKT B+</t>
+          <t xml:space="preserve">UNIVERSAL-BUCHSENGEHДUSE UNCODIERT</t>
         </is>
       </c>
       <c r="D61" s="1">
-        <v>1.97</v>
+        <v>0.92</v>
       </c>
       <c r="E61" s="1">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B62" s="1">
-        <v>61138377072</v>
+        <v>61319270261</v>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">UNIVERSAL-BUCHSENGEHДUSE UNCODIERT</t>
+          <t xml:space="preserve">SCHALTER MULTIFUNKTIONSLENKRAD SPORT</t>
         </is>
       </c>
       <c r="D62" s="1">
-        <v>1.02</v>
+        <v>201.07</v>
       </c>
       <c r="E62" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B63" s="1">
-        <v>61319270261</v>
+        <v>61678350934</v>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHALTER MULTIFUNKTIONSLENKRAD SPORT</t>
+          <t xml:space="preserve">FLЬSSIGKEITSBEHДLTER UNTEN</t>
         </is>
       </c>
       <c r="D63" s="1">
-        <v>221.18</v>
+        <v>40.68</v>
       </c>
       <c r="E63" s="1">
         <v>1</v>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B64" s="1">
-        <v>61678350934</v>
+        <v>63217046137</v>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FLЬSSIGKEITSBEHДLTER UNTEN</t>
+          <t xml:space="preserve">DICHTUNG HECKLEUCHTE SEITENWAND LINKS</t>
         </is>
       </c>
       <c r="D64" s="1">
-        <v>44.75</v>
+        <v>14.33</v>
       </c>
       <c r="E64" s="1">
         <v>1</v>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B65" s="1">
-        <v>63217046137</v>
+        <v>64557788090</v>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTUNG HECKLEUCHTE SEITENWAND LINKS</t>
+          <t xml:space="preserve">LAGERBUCHSE</t>
         </is>
       </c>
       <c r="D65" s="1">
-        <v>15.77</v>
+        <v>3.46</v>
       </c>
       <c r="E65" s="1">
         <v>1</v>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B66" s="1">
-        <v>64557788090</v>
+        <v>72117161045</v>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAGERBUCHSE</t>
+          <t xml:space="preserve">OBERGURT VORN LINKS</t>
         </is>
       </c>
       <c r="D66" s="1">
-        <v>3.81</v>
+        <v>158.46</v>
       </c>
       <c r="E66" s="1">
         <v>1</v>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>72117161045</v>
+          <t xml:space="preserve">HELLA</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2BA 006 386-081</t>
+        </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OBERGURT VORN LINKS</t>
+          <t xml:space="preserve">Ліхтар покажчика повороту</t>
         </is>
       </c>
       <c r="D67" s="1">
-        <v>174.31</v>
+        <v>25.96</v>
       </c>
       <c r="E67" s="1">
         <v>1</v>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HELLA</t>
+          <t xml:space="preserve">ATE</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2BA 006 386-081</t>
+          <t xml:space="preserve">24.3727-0138.2</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ліхтар покажчика повороту</t>
+          <t xml:space="preserve">Трос, гальмівна система</t>
         </is>
       </c>
       <c r="D68" s="1">
-        <v>28.56</v>
+        <v>12.54</v>
       </c>
       <c r="E68" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ATE</t>
+          <t xml:space="preserve">MANN-FILTER</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">24.3727-0138.2</t>
+          <t xml:space="preserve">C 12 104</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос, гальмівна система</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D69" s="1">
-        <v>13.8</v>
+        <v>5.31</v>
       </c>
       <c r="E69" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MANN-FILTER</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">C 12 104</t>
+          <t xml:space="preserve">CU 2338</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
         </is>
       </c>
       <c r="D70" s="1">
-        <v>5.85</v>
+        <v>13.22</v>
       </c>
       <c r="E70" s="1">
         <v>1</v>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MANN-FILTER</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CU 2338</t>
+          <t xml:space="preserve">CU 3847</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
         </is>
       </c>
       <c r="D71" s="1">
-        <v>14.55</v>
+        <v>7.71</v>
       </c>
       <c r="E71" s="1">
         <v>1</v>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MANN-FILTER</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CU 3847</t>
+          <t xml:space="preserve">WK 853/21</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D72" s="1">
-        <v>8.49</v>
+        <v>35.83</v>
       </c>
       <c r="E72" s="1">
         <v>1</v>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MANN-FILTER</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B73" s="1">
+        <v>1669053700</v>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">SCHALTERBLOCK</t>
         </is>
       </c>
       <c r="D73" s="1">
-        <v>39.42</v>
+        <v>118.38</v>
       </c>
       <c r="E73" s="1">
         <v>1</v>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B74" s="1">
-        <v>1669053700</v>
+        <v>2106900513</v>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHALTERBLOCK</t>
+          <t xml:space="preserve">KLAMMER</t>
         </is>
       </c>
       <c r="D74" s="1">
-        <v>130.22</v>
+        <v>2</v>
       </c>
       <c r="E74" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B75" s="1">
-        <v>2106900513</v>
+        <v>9067500550</v>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KLAMMER</t>
+          <t xml:space="preserve">HAUBENVERSCHL.</t>
         </is>
       </c>
       <c r="D75" s="1">
-        <v>2.2</v>
+        <v>39.71</v>
       </c>
       <c r="E75" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LUK</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B76" s="1">
+        <v>1666900675</v>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вижимний підшипник</t>
+          <t xml:space="preserve">AUFTRITT</t>
         </is>
       </c>
       <c r="D76" s="1">
-        <v>27.16</v>
+        <v>502.4</v>
       </c>
       <c r="E76" s="1">
         <v>1</v>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B77" s="1">
-        <v>9067500550</v>
+        <v>21088500269040</v>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HAUBENVERSCHL.</t>
+          <t xml:space="preserve">KLAPPE</t>
         </is>
       </c>
       <c r="D77" s="1">
-        <v>43.69</v>
+        <v>19.4</v>
       </c>
       <c r="E77" s="1">
         <v>1</v>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
-      <c r="B78" s="1">
-        <v>1666900675</v>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">21169031419F08</t>
+        </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUFTRITT</t>
+          <t xml:space="preserve">VERKLEIDUNG</t>
         </is>
       </c>
       <c r="D78" s="1">
-        <v>552.64</v>
+        <v>75.94</v>
       </c>
       <c r="E78" s="1">
         <v>1</v>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B79" s="1">
-        <v>21088500269040</v>
+        <v>25169025629999</v>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KLAPPE</t>
+          <t xml:space="preserve">SCHUTZLEISTE</t>
         </is>
       </c>
       <c r="D79" s="1">
-        <v>21.34</v>
+        <v>62.57</v>
       </c>
       <c r="E79" s="1">
         <v>1</v>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
-      <c r="B80" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B80" s="1">
+        <v>2517370287</v>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VERKLEIDUNG</t>
+          <t xml:space="preserve">TUERABDICHTUNG</t>
         </is>
       </c>
       <c r="D80" s="1">
-        <v>83.54</v>
+        <v>71.6</v>
       </c>
       <c r="E80" s="1">
         <v>1</v>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B81" s="1">
-        <v>25169025629999</v>
+        <v>6420103766</v>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHUTZLEISTE</t>
+          <t xml:space="preserve">OELMESSSTABROHR</t>
         </is>
       </c>
       <c r="D81" s="1">
-        <v>68.83</v>
+        <v>23.11</v>
       </c>
       <c r="E81" s="1">
         <v>1</v>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B82" s="1">
-        <v>2517370287</v>
+        <v>9913495</v>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TUERABDICHTUNG</t>
+          <t xml:space="preserve">CLIP</t>
         </is>
       </c>
       <c r="D82" s="1">
-        <v>78.76</v>
+        <v>0.41</v>
       </c>
       <c r="E82" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B83" s="1">
-        <v>6420103766</v>
+        <v>19888781</v>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OELMESSSTABROHR</t>
+          <t xml:space="preserve">DRUCKKNOPF</t>
         </is>
       </c>
       <c r="D83" s="1">
-        <v>25.43</v>
+        <v>0.7</v>
       </c>
       <c r="E83" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B84" s="1">
-        <v>9913495</v>
+        <v>19974773</v>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CLIP</t>
+          <t xml:space="preserve">SCHWENKVERSHR</t>
         </is>
       </c>
       <c r="D84" s="1">
-        <v>0.46</v>
+        <v>7.82</v>
       </c>
       <c r="E84" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B85" s="1">
-        <v>19888781</v>
+        <v>19978152</v>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DRUCKKNOPF</t>
+          <t xml:space="preserve">LEITUNG</t>
         </is>
       </c>
       <c r="D85" s="1">
-        <v>0.77</v>
+        <v>1.93</v>
       </c>
       <c r="E85" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>19974773</v>
+          <t xml:space="preserve">REINZ</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">71-39378-00</t>
+        </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHWENKVERSHR</t>
+          <t xml:space="preserve">Прокладка, впускний колектор</t>
         </is>
       </c>
       <c r="D86" s="1">
-        <v>8.61</v>
+        <v>2.15</v>
       </c>
       <c r="E86" s="1">
         <v>1</v>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>19978152</v>
+        <v>239978648</v>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEITUNG</t>
+          <t xml:space="preserve">DICHTRING</t>
         </is>
       </c>
       <c r="D87" s="1">
-        <v>2.13</v>
+        <v>4.04</v>
       </c>
       <c r="E87" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B88" s="1">
+        <v>1199900912</v>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, впускний колектор</t>
+          <t xml:space="preserve">SCHRAUBE</t>
         </is>
       </c>
       <c r="D88" s="1">
-        <v>2.37</v>
+        <v>42.8</v>
       </c>
       <c r="E88" s="1">
         <v>1</v>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELRING</t>
         </is>
       </c>
       <c r="B89" s="1">
-        <v>239978648</v>
+        <v>60.62</v>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTRING</t>
+          <t xml:space="preserve">Прокладка, кришка головки циліндра</t>
         </is>
       </c>
       <c r="D89" s="1">
-        <v>4.45</v>
+        <v>8.01</v>
       </c>
       <c r="E89" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELRING</t>
         </is>
       </c>
       <c r="B90" s="1">
-        <v>1199900912</v>
+        <v>61.33</v>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">Комплект болтів головки циліндрів (8 шт.)</t>
         </is>
       </c>
       <c r="D90" s="1">
-        <v>47.08</v>
+        <v>11.06</v>
       </c>
       <c r="E90" s="1">
         <v>1</v>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELRING</t>
         </is>
       </c>
       <c r="B91" s="1">
-        <v>60.62</v>
+        <v>131.09</v>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, кришка головки циліндра</t>
+          <t xml:space="preserve">Прокладка, впускний колектор</t>
         </is>
       </c>
       <c r="D91" s="1">
-        <v>8.82</v>
+        <v>1.26</v>
       </c>
       <c r="E91" s="1">
         <v>1</v>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELRING</t>
         </is>
       </c>
       <c r="B92" s="1">
-        <v>131.09</v>
+        <v>212.84</v>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, впускний колектор</t>
+          <t xml:space="preserve">Прокладка, масляний піддон</t>
         </is>
       </c>
       <c r="D92" s="1">
-        <v>1.39</v>
+        <v>13.67</v>
       </c>
       <c r="E92" s="1">
         <v>1</v>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELRING</t>
         </is>
       </c>
       <c r="B93" s="1">
-        <v>212.84</v>
+        <v>267.55</v>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, масляний піддон</t>
+          <t xml:space="preserve">Комплект болтів головки циліндрів</t>
         </is>
       </c>
       <c r="D93" s="1">
-        <v>15.04</v>
+        <v>8.97</v>
       </c>
       <c r="E93" s="1">
         <v>1</v>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELRING</t>
         </is>
       </c>
       <c r="B94" s="1">
-        <v>267.55</v>
+        <v>302.25</v>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Комплект болтів головки циліндрів</t>
         </is>
       </c>
       <c r="D94" s="1">
-        <v>9.87</v>
+        <v>10.5</v>
       </c>
       <c r="E94" s="1">
         <v>1</v>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELRING</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B95" s="1">
-        <v>302.25</v>
+        <v>2044000425</v>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект болтів головки циліндрів</t>
+          <t xml:space="preserve">RADDECKEL</t>
         </is>
       </c>
       <c r="D95" s="1">
-        <v>11.55</v>
+        <v>36.99</v>
       </c>
       <c r="E95" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B96" s="1">
-        <v>2044000425</v>
+        <v>2045013425</v>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RADDECKEL</t>
+          <t xml:space="preserve">ENTL.LEITUNG</t>
         </is>
       </c>
       <c r="D96" s="1">
-        <v>40.69</v>
+        <v>46</v>
       </c>
       <c r="E96" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B97" s="1">
-        <v>2045013425</v>
+        <v>2106202772</v>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ENTL.LEITUNG</t>
+          <t xml:space="preserve">VERSTEIFUNG</t>
         </is>
       </c>
       <c r="D97" s="1">
-        <v>50.6</v>
+        <v>73.7</v>
       </c>
       <c r="E97" s="1">
         <v>1</v>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B98" s="1">
-        <v>2106202772</v>
+        <v>21282702289799</v>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VERSTEIFUNG</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D98" s="1">
-        <v>81.07</v>
+        <v>21.31</v>
       </c>
       <c r="E98" s="1">
         <v>1</v>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B99" s="1">
         <v>4603100075</v>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HUELSE</t>
         </is>
       </c>
       <c r="D99" s="1">
-        <v>51.68</v>
+        <v>46.98</v>
       </c>
       <c r="E99" s="1">
         <v>2</v>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B100" s="1">
         <v>6010100470</v>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ENTLUEFTERROHR</t>
         </is>
       </c>
       <c r="D100" s="1">
-        <v>13.71</v>
+        <v>12.46</v>
       </c>
       <c r="E100" s="1">
         <v>1</v>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B101" s="1">
         <v>6012232804</v>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOTORTRAEGER</t>
         </is>
       </c>
       <c r="D101" s="1">
-        <v>86.46</v>
+        <v>78.6</v>
       </c>
       <c r="E101" s="1">
         <v>1</v>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B102" s="1">
         <v>6398890095</v>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ZWISCHENLAGE</t>
         </is>
       </c>
       <c r="D102" s="1">
-        <v>2.12</v>
+        <v>1.92</v>
       </c>
       <c r="E102" s="1">
         <v>1</v>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B103" s="1">
         <v>9066230525</v>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ABSTUETZUNG</t>
         </is>
       </c>
       <c r="D103" s="1">
-        <v>7.17</v>
+        <v>6.51</v>
       </c>
       <c r="E103" s="1">
         <v>1</v>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B104" s="1">
         <v>9361840180</v>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORMDICHTUNG</t>
         </is>
       </c>
       <c r="D104" s="1">
-        <v>12.75</v>
+        <v>11.59</v>
       </c>
       <c r="E104" s="1">
         <v>1</v>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B105" s="1">
         <v>9703200021</v>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LUFTFEDERBALG</t>
         </is>
       </c>
       <c r="D105" s="1">
-        <v>233.24</v>
+        <v>212.03</v>
       </c>
       <c r="E105" s="1">
         <v>1</v>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B106" s="1">
         <v>1647300555</v>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FENSTER</t>
         </is>
       </c>
       <c r="D106" s="1">
-        <v>64.41</v>
+        <v>58.55</v>
       </c>
       <c r="E106" s="1">
         <v>1</v>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B107" s="1">
         <v>2993299664</v>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KEILRIPP.RIEMEN</t>
         </is>
       </c>
       <c r="D107" s="1">
-        <v>29.31</v>
+        <v>26.64</v>
       </c>
       <c r="E107" s="1">
         <v>1</v>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B108" s="1">
         <v>2993429664</v>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KEILRIPP.RIEMEN</t>
         </is>
       </c>
       <c r="D108" s="1">
-        <v>41.64</v>
+        <v>37.85</v>
       </c>
       <c r="E108" s="1">
         <v>1</v>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">16646015039E38</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LENKRAD</t>
         </is>
       </c>
       <c r="D109" s="1">
-        <v>768.56</v>
+        <v>698.69</v>
       </c>
       <c r="E109" s="1">
         <v>1</v>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B110" s="1">
         <v>4159180326</v>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ZUENDKERZE</t>
         </is>
       </c>
       <c r="D110" s="1">
-        <v>10.45</v>
+        <v>9.5</v>
       </c>
       <c r="E110" s="1">
         <v>2</v>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOGE</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">27-C06-F</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Амортизатор</t>
         </is>
       </c>
       <c r="D111" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E111" s="1">
         <v>2</v>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOGE</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">27-C06-P</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Амортизатор</t>
         </is>
       </c>
       <c r="D112" s="1">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E112" s="1">
         <v>2</v>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NGK</t>
         </is>
       </c>
       <c r="B113" s="1">
         <v>4424</v>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Свіча запалювання</t>
         </is>
       </c>
       <c r="D113" s="1">
-        <v>1.8</v>
+        <v>1.63</v>
       </c>
       <c r="E113" s="1">
         <v>6</v>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NGK</t>
         </is>
       </c>
       <c r="B114" s="1">
         <v>4912</v>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Свіча запалювання</t>
         </is>
       </c>
       <c r="D114" s="1">
-        <v>6.18</v>
+        <v>5.61</v>
       </c>
       <c r="E114" s="1">
         <v>1</v>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">9538Z-15</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Замок багажника с вкладышем</t>
         </is>
       </c>
       <c r="D115" s="1">
-        <v>4.8</v>
+        <v>4.36</v>
       </c>
       <c r="E115" s="1">
         <v>1</v>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B116" s="1">
         <v>953441</v>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Порог</t>
         </is>
       </c>
       <c r="D116" s="1">
-        <v>13.12</v>
+        <v>11.92</v>
       </c>
       <c r="E116" s="1">
         <v>1</v>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B117" s="1">
         <v>300142</v>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Порог</t>
         </is>
       </c>
       <c r="D117" s="1">
-        <v>13.75</v>
+        <v>12.5</v>
       </c>
       <c r="E117" s="1">
         <v>1</v>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">811108-2</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Радиаторы охлаждения</t>
         </is>
       </c>
       <c r="D118" s="1">
-        <v>36.01</v>
+        <v>32.73</v>
       </c>
       <c r="E118" s="1">
         <v>1</v>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">454029-E</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Фара противотуманная передняя</t>
         </is>
       </c>
       <c r="D119" s="1">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="E119" s="1">
         <v>1</v>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5518302E</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Фара противотуманная передняя</t>
         </is>
       </c>
       <c r="D120" s="1">
-        <v>40.59</v>
+        <v>36.9</v>
       </c>
       <c r="E120" s="1">
         <v>1</v>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">6920556M</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Вклад зеркала внешнего</t>
         </is>
       </c>
       <c r="D121" s="1">
-        <v>4.44</v>
+        <v>4.03</v>
       </c>
       <c r="E121" s="1">
         <v>1</v>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">6722525M</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Зеркало внешнее</t>
         </is>
       </c>
       <c r="D122" s="1">
-        <v>27.5</v>
+        <v>25</v>
       </c>
       <c r="E122" s="1">
         <v>1</v>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ZN5040-2</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D123" s="1">
-        <v>1.24</v>
+        <v>1.12</v>
       </c>
       <c r="E123" s="1">
         <v>1</v>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">501807-6</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Молдинг бампера</t>
         </is>
       </c>
       <c r="D124" s="1">
-        <v>11.81</v>
+        <v>10.73</v>
       </c>
       <c r="E124" s="1">
         <v>1</v>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6012FL1X</t>
+          <t xml:space="preserve">454030-E</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подкрылок</t>
+          <t xml:space="preserve">Фара противотуманная передняя</t>
         </is>
       </c>
       <c r="D125" s="1">
-        <v>6.36</v>
+        <v>32.02</v>
       </c>
       <c r="E125" s="1">
         <v>1</v>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LAND ROVER</t>
+        </is>
+      </c>
+      <c r="B126" s="1">
+        <v>1406627</v>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фара противотуманная передняя</t>
+          <t xml:space="preserve">SECHSKANTSCHRAUBE</t>
         </is>
       </c>
       <c r="D126" s="1">
-        <v>35.23</v>
+        <v>1.34</v>
       </c>
       <c r="E126" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B127" s="1">
-        <v>1406627</v>
+        <v>4378449</v>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SECHSKANTSCHRAUBE</t>
+          <t xml:space="preserve">SCHRAUBE</t>
         </is>
       </c>
       <c r="D127" s="1">
-        <v>1.48</v>
+        <v>0.95</v>
       </c>
       <c r="E127" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B128" s="1">
-        <v>4378449</v>
+        <v>8510369</v>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">UNTERDRUCKLEITUNG</t>
         </is>
       </c>
       <c r="D128" s="1">
-        <v>1.05</v>
+        <v>14.9</v>
       </c>
       <c r="E128" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
-      <c r="B129" s="1">
-        <v>8510369</v>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FB108086</t>
+        </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">UNTERDRUCKLEITUNG</t>
+          <t xml:space="preserve">BOLZEN</t>
         </is>
       </c>
       <c r="D129" s="1">
-        <v>16.39</v>
+        <v>1.02</v>
       </c>
       <c r="E129" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FB108086</t>
+          <t xml:space="preserve">FN108046</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOLZEN</t>
+          <t xml:space="preserve">SECHSKANTMUTTER</t>
         </is>
       </c>
       <c r="D130" s="1">
         <v>1.13</v>
       </c>
       <c r="E130" s="1">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FN108046</t>
+          <t xml:space="preserve">FTC3391</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SECHSKANTMUTTER</t>
+          <t xml:space="preserve">ZAHNRAD,RUECKWAERTSGANG</t>
         </is>
       </c>
       <c r="D131" s="1">
-        <v>1.25</v>
+        <v>41.27</v>
       </c>
       <c r="E131" s="1">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FTC3391</t>
+          <t xml:space="preserve">FY108046</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZAHNRAD,RUECKWAERTSGANG</t>
+          <t xml:space="preserve">BOLZEN</t>
         </is>
       </c>
       <c r="D132" s="1">
-        <v>45.4</v>
+        <v>0.67</v>
       </c>
       <c r="E132" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FY108046</t>
+          <t xml:space="preserve">KYG000042</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOLZEN</t>
         </is>
       </c>
       <c r="D133" s="1">
-        <v>0.74</v>
+        <v>4.45</v>
       </c>
       <c r="E133" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KYG000042</t>
+          <t xml:space="preserve">LR000889</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOLZEN</t>
+          <t xml:space="preserve">SCHRAUBE</t>
         </is>
       </c>
       <c r="D134" s="1">
-        <v>4.9</v>
+        <v>0.32</v>
       </c>
       <c r="E134" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR000889</t>
+          <t xml:space="preserve">LR001314</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D135" s="1">
-        <v>0.36</v>
+        <v>11.87</v>
       </c>
       <c r="E135" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR001314</t>
+          <t xml:space="preserve">LR013156</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">DDMPFUNGSELEMENT</t>
         </is>
       </c>
       <c r="D136" s="1">
-        <v>13.06</v>
+        <v>24.17</v>
       </c>
       <c r="E136" s="1">
         <v>1</v>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR013156</t>
+          <t xml:space="preserve">LR020610</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DDMPFUNGSELEMENT</t>
+          <t xml:space="preserve">RADIALDICHTRING - KURBELW</t>
         </is>
       </c>
       <c r="D137" s="1">
-        <v>26.59</v>
+        <v>32.84</v>
       </c>
       <c r="E137" s="1">
         <v>1</v>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR020610</t>
+          <t xml:space="preserve">LR023712</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RADIALDICHTRING - KURBELW</t>
+          <t xml:space="preserve">QUERLENKER HINTEN</t>
         </is>
       </c>
       <c r="D138" s="1">
-        <v>36.13</v>
+        <v>99.57</v>
       </c>
       <c r="E138" s="1">
         <v>1</v>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR023712</t>
+          <t xml:space="preserve">LR033370</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUERLENKER HINTEN</t>
+          <t xml:space="preserve">ZIGARETTENANZ?NDER</t>
         </is>
       </c>
       <c r="D139" s="1">
-        <v>109.53</v>
+        <v>8.78</v>
       </c>
       <c r="E139" s="1">
         <v>1</v>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR033370</t>
+          <t xml:space="preserve">LR044663</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZIGARETTENANZ?NDER</t>
+          <t xml:space="preserve">DICHTGUMMI - KOFFERRAUMDE</t>
         </is>
       </c>
       <c r="D140" s="1">
-        <v>9.66</v>
+        <v>50.72</v>
       </c>
       <c r="E140" s="1">
         <v>1</v>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR044663</t>
+          <t xml:space="preserve">LR054609</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTGUMMI - KOFFERRAUMDE</t>
+          <t xml:space="preserve">AUSSENBLECH - SEITENWAND</t>
         </is>
       </c>
       <c r="D141" s="1">
-        <v>55.8</v>
+        <v>539.56</v>
       </c>
       <c r="E141" s="1">
         <v>1</v>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR054609</t>
+          <t xml:space="preserve">SYC101141</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUSSENBLECH - SEITENWAND</t>
+          <t xml:space="preserve">CLIP</t>
         </is>
       </c>
       <c r="D142" s="1">
-        <v>593.52</v>
+        <v>0.38</v>
       </c>
       <c r="E142" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SYC101141</t>
+          <t xml:space="preserve">TUB102000</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CLIP</t>
+          <t xml:space="preserve">ZAHNRAD,RUE.ZWISCHENRAD</t>
         </is>
       </c>
       <c r="D143" s="1">
-        <v>0.42</v>
+        <v>42.09</v>
       </c>
       <c r="E143" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TUB102000</t>
+          <t xml:space="preserve">WGC000020</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZAHNRAD,RUE.ZWISCHENRAD</t>
+          <t xml:space="preserve">ABDECKUNG - KRAFTSTOFFGEB</t>
         </is>
       </c>
       <c r="D144" s="1">
-        <v>46.3</v>
+        <v>13.3</v>
       </c>
       <c r="E144" s="1">
         <v>1</v>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAND ROVER</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B145" s="1">
+        <v>1217447</v>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG - KRAFTSTOFFGEB</t>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D145" s="1">
-        <v>14.63</v>
+        <v>5.41</v>
       </c>
       <c r="E145" s="1">
         <v>1</v>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B146" s="1">
-        <v>1217447</v>
+        <v>1311122</v>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">SCHLAUCH</t>
         </is>
       </c>
       <c r="D146" s="1">
-        <v>5.96</v>
+        <v>27.59</v>
       </c>
       <c r="E146" s="1">
         <v>1</v>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B147" s="1">
-        <v>1311122</v>
+        <v>1329103</v>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHLAUCH</t>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D147" s="1">
-        <v>30.35</v>
+        <v>17</v>
       </c>
       <c r="E147" s="1">
         <v>1</v>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B148" s="1">
-        <v>1329103</v>
+        <v>1378433</v>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">UNTERLEGSCHEIBE</t>
         </is>
       </c>
       <c r="D148" s="1">
-        <v>18.7</v>
+        <v>14.63</v>
       </c>
       <c r="E148" s="1">
         <v>1</v>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B149" s="1">
-        <v>1378433</v>
+        <v>1378541</v>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">UNTERLEGSCHEIBE</t>
+          <t xml:space="preserve">STEINSCHLAGSCH.</t>
         </is>
       </c>
       <c r="D149" s="1">
-        <v>16.1</v>
+        <v>63.29</v>
       </c>
       <c r="E149" s="1">
         <v>1</v>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B150" s="1">
-        <v>1378541</v>
+        <v>1387472</v>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STEINSCHLAGSCH.</t>
+          <t xml:space="preserve">STOPFEN</t>
         </is>
       </c>
       <c r="D150" s="1">
-        <v>69.62</v>
+        <v>47.53</v>
       </c>
       <c r="E150" s="1">
         <v>1</v>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B151" s="1">
-        <v>1387472</v>
+        <v>1440930</v>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STOPFEN</t>
+          <t xml:space="preserve">VERKLEIDUNG</t>
         </is>
       </c>
       <c r="D151" s="1">
-        <v>52.29</v>
+        <v>14.09</v>
       </c>
       <c r="E151" s="1">
         <v>1</v>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B152" s="1">
-        <v>1440930</v>
+        <v>1601416</v>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VERKLEIDUNG</t>
+          <t xml:space="preserve">AUSGL.SCHEIBE</t>
         </is>
       </c>
       <c r="D152" s="1">
-        <v>15.5</v>
+        <v>2.28</v>
       </c>
       <c r="E152" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B153" s="1">
-        <v>1601416</v>
+        <v>1686032</v>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUSGL.SCHEIBE</t>
+          <t xml:space="preserve">DECKEL</t>
         </is>
       </c>
       <c r="D153" s="1">
-        <v>2.51</v>
+        <v>12.83</v>
       </c>
       <c r="E153" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B154" s="1">
-        <v>1686032</v>
+        <v>1849467</v>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DECKEL</t>
+          <t xml:space="preserve">BEGR.LEUCHTE</t>
         </is>
       </c>
       <c r="D154" s="1">
-        <v>14.12</v>
+        <v>59.73</v>
       </c>
       <c r="E154" s="1">
         <v>1</v>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">VALEO</t>
         </is>
       </c>
       <c r="B155" s="1">
-        <v>1849467</v>
+        <v>598411</v>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BEGR.LEUCHTE</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D155" s="1">
-        <v>65.71</v>
+        <v>10</v>
       </c>
       <c r="E155" s="1">
         <v>1</v>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VALEO</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B156" s="1">
-        <v>598411</v>
+        <v>5347443</v>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">PLASTIKNIET</t>
         </is>
       </c>
       <c r="D156" s="1">
-        <v>11</v>
+        <v>0.89</v>
       </c>
       <c r="E156" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B157" s="1">
-        <v>5347443</v>
+        <v>6646862</v>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PLASTIKNIET</t>
+          <t xml:space="preserve">CLIP</t>
         </is>
       </c>
       <c r="D157" s="1">
-        <v>0.98</v>
+        <v>1.21</v>
       </c>
       <c r="E157" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">OPEL</t>
         </is>
       </c>
       <c r="B158" s="1">
-        <v>6646862</v>
+        <v>1008211</v>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CLIP</t>
+          <t xml:space="preserve">ABDECKKAPPE</t>
         </is>
       </c>
       <c r="D158" s="1">
-        <v>1.34</v>
+        <v>1.76</v>
       </c>
       <c r="E158" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">OPEL</t>
         </is>
       </c>
       <c r="B159" s="1">
-        <v>1008211</v>
+        <v>1288885</v>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKKAPPE</t>
+          <t xml:space="preserve">SPANNBAND</t>
         </is>
       </c>
       <c r="D159" s="1">
-        <v>1.94</v>
+        <v>0.42</v>
       </c>
       <c r="E159" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
+          <t xml:space="preserve">VALEO</t>
         </is>
       </c>
       <c r="B160" s="1">
-        <v>1288885</v>
+        <v>803502</v>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SPANNBAND</t>
+          <t xml:space="preserve">Диск зчеплення</t>
         </is>
       </c>
       <c r="D160" s="1">
-        <v>0.47</v>
+        <v>23</v>
       </c>
       <c r="E160" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VALEO</t>
         </is>
       </c>
       <c r="B161" s="1">
-        <v>803502</v>
+        <v>803804</v>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Диск зчеплення</t>
         </is>
       </c>
       <c r="D161" s="1">
-        <v>25.3</v>
+        <v>23.53</v>
       </c>
       <c r="E161" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VALEO</t>
+          <t xml:space="preserve">RUVILLE</t>
         </is>
       </c>
       <c r="B162" s="1">
-        <v>803804</v>
+        <v>915062</v>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск зчеплення</t>
+          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
         </is>
       </c>
       <c r="D162" s="1">
-        <v>25.89</v>
+        <v>6.03</v>
       </c>
       <c r="E162" s="1">
         <v>1</v>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">RUVILLE</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>915062</v>
+        <v>915702</v>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D163" s="1">
-        <v>6.64</v>
+        <v>7.75</v>
       </c>
       <c r="E163" s="1">
         <v>1</v>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RUVILLE</t>
-[...3 lines deleted...]
-        <v>915702</v>
+          <t xml:space="preserve">BOSCH</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">0 242 229 658</t>
+        </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Свіча запалювання</t>
         </is>
       </c>
       <c r="D164" s="1">
-        <v>8.53</v>
+        <v>2.3</v>
       </c>
       <c r="E164" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0 242 229 658</t>
+          <t xml:space="preserve">0 258 006 971</t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свіча запалювання</t>
+          <t xml:space="preserve">Лямбда-зонд</t>
         </is>
       </c>
       <c r="D165" s="1">
-        <v>2.53</v>
+        <v>40</v>
       </c>
       <c r="E165" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0 258 006 971</t>
+          <t xml:space="preserve">0 986 479 390</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Лямбда-зонд</t>
+          <t xml:space="preserve">Гальмівний диск</t>
         </is>
       </c>
       <c r="D166" s="1">
-        <v>44</v>
+        <v>21.71</v>
       </c>
       <c r="E166" s="1">
         <v>1</v>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0 986 479 390</t>
+          <t xml:space="preserve">1 305 310 904</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівний диск</t>
+          <t xml:space="preserve">Вставка фари, основна фара</t>
         </is>
       </c>
       <c r="D167" s="1">
-        <v>23.89</v>
+        <v>20</v>
       </c>
       <c r="E167" s="1">
         <v>1</v>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1 305 310 904</t>
+          <t xml:space="preserve">1 457 431 703</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вставка фари, основна фара</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D168" s="1">
-        <v>22</v>
+        <v>4.92</v>
       </c>
       <c r="E168" s="1">
         <v>1</v>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1 457 431 703</t>
+          <t xml:space="preserve">1 457 433 531</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D169" s="1">
-        <v>5.42</v>
+        <v>4.46</v>
       </c>
       <c r="E169" s="1">
         <v>1</v>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1 457 433 531</t>
+          <t xml:space="preserve">1 987 432 362</t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
         </is>
       </c>
       <c r="D170" s="1">
-        <v>4.91</v>
+        <v>42.07</v>
       </c>
       <c r="E170" s="1">
         <v>1</v>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1 987 432 362</t>
+          <t xml:space="preserve">1 987 475 204</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
+          <t xml:space="preserve">Комплектуючі, гальмівна колодка</t>
         </is>
       </c>
       <c r="D171" s="1">
-        <v>46.28</v>
+        <v>5.88</v>
       </c>
       <c r="E171" s="1">
         <v>1</v>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSCH</t>
+          <t xml:space="preserve">PORSCHE</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1 987 475 204</t>
+          <t xml:space="preserve">958559777019B9</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплектуючі, гальмівна колодка</t>
+          <t xml:space="preserve">BLENDE</t>
         </is>
       </c>
       <c r="D172" s="1">
-        <v>6.47</v>
+        <v>7.45</v>
       </c>
       <c r="E172" s="1">
         <v>1</v>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PORSCHE</t>
         </is>
       </c>
-      <c r="B173" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B173" s="1">
+        <v>97034379305</v>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLENDE</t>
+          <t xml:space="preserve">STABILISATORLAGER</t>
         </is>
       </c>
       <c r="D173" s="1">
-        <v>8.2</v>
+        <v>24.94</v>
       </c>
       <c r="E173" s="1">
         <v>1</v>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PORSCHE</t>
         </is>
       </c>
       <c r="B174" s="1">
-        <v>97034379305</v>
+        <v>97050412418</v>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STABILISATORLAGER</t>
+          <t xml:space="preserve">RADHAUSSCHALE</t>
         </is>
       </c>
       <c r="D174" s="1">
-        <v>27.44</v>
+        <v>100</v>
       </c>
       <c r="E174" s="1">
         <v>1</v>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">PORSCHE</t>
         </is>
       </c>
-      <c r="B175" s="1">
-        <v>97050412418</v>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">N10554005</t>
+        </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RADHAUSSCHALE</t>
+          <t xml:space="preserve">LINSENSCHRAUBE</t>
         </is>
       </c>
       <c r="D175" s="1">
-        <v>110</v>
+        <v>1.15</v>
       </c>
       <c r="E175" s="1">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PORSCHE</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N10554005</t>
+          <t xml:space="preserve">5228A060</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LINSENSCHRAUBE</t>
+          <t xml:space="preserve">SCHUTZFOLIE HR</t>
         </is>
       </c>
       <c r="D176" s="1">
-        <v>1.27</v>
+        <v>13.89</v>
       </c>
       <c r="E176" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5228A060</t>
+          <t xml:space="preserve">5228A062</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SCHUTZFOLIE HR</t>
         </is>
       </c>
       <c r="D177" s="1">
-        <v>15.28</v>
+        <v>30.99</v>
       </c>
       <c r="E177" s="1">
         <v>1</v>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5228A062</t>
+          <t xml:space="preserve">5228A185</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHUTZFOLIE HR</t>
+          <t xml:space="preserve">SCHUTZFOLIE HL</t>
         </is>
       </c>
       <c r="D178" s="1">
-        <v>34.09</v>
+        <v>19.43</v>
       </c>
       <c r="E178" s="1">
         <v>1</v>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5228A185</t>
+          <t xml:space="preserve">6400F549</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHUTZFOLIE HL</t>
+          <t xml:space="preserve">STO-HALTER VL</t>
         </is>
       </c>
       <c r="D179" s="1">
-        <v>21.38</v>
+        <v>6.77</v>
       </c>
       <c r="E179" s="1">
         <v>1</v>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6400F549</t>
+          <t xml:space="preserve">MB193884</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STO-HALTER VL</t>
+          <t xml:space="preserve">PEDALGUMMI</t>
         </is>
       </c>
       <c r="D180" s="1">
-        <v>7.45</v>
+        <v>3.09</v>
       </c>
       <c r="E180" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
+          <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MB193884</t>
+          <t xml:space="preserve">F 026 400 114</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PEDALGUMMI</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D181" s="1">
-        <v>3.4</v>
+        <v>6.19</v>
       </c>
       <c r="E181" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSCH</t>
+          <t xml:space="preserve">CONTITECH</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">F 026 400 114</t>
+          <t xml:space="preserve">CT643</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Ремінь ГРМ</t>
         </is>
       </c>
       <c r="D182" s="1">
-        <v>6.81</v>
+        <v>4.66</v>
       </c>
       <c r="E182" s="1">
         <v>1</v>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CONTITECH</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CT643</t>
+          <t xml:space="preserve">CT805</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Ремінь ГРМ</t>
         </is>
       </c>
       <c r="D183" s="1">
-        <v>5.13</v>
+        <v>13.88</v>
       </c>
       <c r="E183" s="1">
         <v>1</v>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CONTITECH</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CT805</t>
+          <t xml:space="preserve">MN169803</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремінь ГРМ</t>
+          <t xml:space="preserve">WASSERBEHAELTER</t>
         </is>
       </c>
       <c r="D184" s="1">
-        <v>15.27</v>
+        <v>49.32</v>
       </c>
       <c r="E184" s="1">
         <v>1</v>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MN169803</t>
+          <t xml:space="preserve">MR344177</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WASSERBEHAELTER</t>
+          <t xml:space="preserve">WISCHERGUMMISATZ</t>
         </is>
       </c>
       <c r="D185" s="1">
-        <v>54.26</v>
+        <v>18.5</v>
       </c>
       <c r="E185" s="1">
         <v>1</v>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MR344177</t>
+          <t xml:space="preserve">MR594613</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WISCHERGUMMISATZ</t>
+          <t xml:space="preserve">BUCHSE</t>
         </is>
       </c>
       <c r="D186" s="1">
-        <v>20.35</v>
+        <v>4.36</v>
       </c>
       <c r="E186" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MR594613</t>
+          <t xml:space="preserve">MS240160</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BUCHSE</t>
+          <t xml:space="preserve">SCHRAUBE 8X40</t>
         </is>
       </c>
       <c r="D187" s="1">
-        <v>4.8</v>
+        <v>1.13</v>
       </c>
       <c r="E187" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B188" s="1">
+        <v>139151153</v>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE 8X40</t>
+          <t xml:space="preserve">DICHTUNG</t>
         </is>
       </c>
       <c r="D188" s="1">
-        <v>1.25</v>
+        <v>9.5</v>
       </c>
       <c r="E188" s="1">
         <v>1</v>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
-      <c r="B189" s="1">
-        <v>139151153</v>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BC1D58762</t>
+        </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTUNG</t>
+          <t xml:space="preserve">CLIP</t>
         </is>
       </c>
       <c r="D189" s="1">
-        <v>10.45</v>
+        <v>1.44</v>
       </c>
       <c r="E189" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BC1D58762</t>
+          <t xml:space="preserve">BN8V502H1B</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CLIP</t>
+          <t xml:space="preserve">LEISTE</t>
         </is>
       </c>
       <c r="D190" s="1">
-        <v>1.59</v>
+        <v>18.48</v>
       </c>
       <c r="E190" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">SACHS</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BN8V502H1B</t>
+          <t xml:space="preserve">312 640</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEISTE</t>
+          <t xml:space="preserve">Амортизатор</t>
         </is>
       </c>
       <c r="D191" s="1">
-        <v>20.33</v>
+        <v>48.69</v>
       </c>
       <c r="E191" s="1">
         <v>1</v>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SACHS</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">312 640</t>
+          <t xml:space="preserve">GS1D56343B</t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Амортизатор</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D192" s="1">
-        <v>53.56</v>
+        <v>173.21</v>
       </c>
       <c r="E192" s="1">
         <v>1</v>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GATES</t>
+        </is>
+      </c>
+      <c r="B193" s="1">
+        <v>2306</v>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">Шланг радіатора</t>
         </is>
       </c>
       <c r="D193" s="1">
-        <v>190.54</v>
+        <v>3.95</v>
       </c>
       <c r="E193" s="1">
         <v>1</v>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GATES</t>
         </is>
       </c>
-      <c r="B194" s="1">
-        <v>2306</v>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5274XS</t>
+        </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шланг радіатора</t>
+          <t xml:space="preserve">Ремінь ГРМ</t>
         </is>
       </c>
       <c r="D194" s="1">
-        <v>4.35</v>
+        <v>9.55</v>
       </c>
       <c r="E194" s="1">
         <v>1</v>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GATES</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5274XS</t>
+          <t xml:space="preserve">RC231</t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремінь ГРМ</t>
+          <t xml:space="preserve">Кришка, резервуар охолоджуючої рідини</t>
         </is>
       </c>
       <c r="D195" s="1">
-        <v>10.51</v>
+        <v>5.75</v>
       </c>
       <c r="E195" s="1">
         <v>1</v>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GATES</t>
+          <t xml:space="preserve">KNECHT</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RC231</t>
+          <t xml:space="preserve">KL 85</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кришка, резервуар охолоджуючої рідини</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D196" s="1">
-        <v>6.33</v>
+        <v>8.73</v>
       </c>
       <c r="E196" s="1">
         <v>1</v>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KNECHT</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KL 85</t>
+          <t xml:space="preserve">LA 227</t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
         </is>
       </c>
       <c r="D197" s="1">
-        <v>9.61</v>
+        <v>7.22</v>
       </c>
       <c r="E197" s="1">
         <v>1</v>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KNECHT</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LA 227</t>
+          <t xml:space="preserve">LX 1957</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D198" s="1">
-        <v>7.95</v>
+        <v>9.53</v>
       </c>
       <c r="E198" s="1">
         <v>1</v>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KNECHT</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LX 1957</t>
+          <t xml:space="preserve">LX 236</t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D199" s="1">
-        <v>10.49</v>
+        <v>20.44</v>
       </c>
       <c r="E199" s="1">
         <v>1</v>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KNECHT</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LX 236</t>
+          <t xml:space="preserve">OC 77</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D200" s="1">
-        <v>22.49</v>
+        <v>4.57</v>
       </c>
       <c r="E200" s="1">
         <v>1</v>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KNECHT</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B201" s="1">
+        <v>444632050</v>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">DICHTSATZ/SERVOPUMPE</t>
         </is>
       </c>
       <c r="D201" s="1">
-        <v>5.03</v>
+        <v>20.93</v>
       </c>
       <c r="E201" s="1">
         <v>1</v>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>444632050</v>
+          <t xml:space="preserve">LEMFORDER</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">12644 02</t>
+        </is>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTSATZ/SERVOPUMPE</t>
+          <t xml:space="preserve">Поперечна рульова тяга</t>
         </is>
       </c>
       <c r="D202" s="1">
-        <v>23.03</v>
+        <v>18</v>
       </c>
       <c r="E202" s="1">
         <v>1</v>
       </c>
       <c r="F202" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LEMFORDER</t>
         </is>
       </c>
-      <c r="B203" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B203" s="1">
+        <v>16056</v>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поперечна рульова тяга</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D203" s="1">
-        <v>19.8</v>
+        <v>2.3</v>
       </c>
       <c r="E203" s="1">
         <v>1</v>
       </c>
       <c r="F203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMFORDER</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B204" s="1">
-        <v>16056</v>
+        <v>5212860041</v>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">STOSSFAENGERVERKLEID</t>
         </is>
       </c>
       <c r="D204" s="1">
-        <v>2.53</v>
+        <v>12.61</v>
       </c>
       <c r="E204" s="1">
         <v>1</v>
       </c>
       <c r="F204" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B205" s="1">
-        <v>5212860041</v>
+        <v>5215733010</v>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STOSSFAENGERVERKLEID</t>
+          <t xml:space="preserve">HALTER/STOSSFAENGER</t>
         </is>
       </c>
       <c r="D205" s="1">
-        <v>13.88</v>
+        <v>26.27</v>
       </c>
       <c r="E205" s="1">
         <v>1</v>
       </c>
       <c r="F205" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B206" s="1">
-        <v>5215733010</v>
+        <v>5220135100</v>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER/STOSSFAENGER</t>
+          <t xml:space="preserve">KAROSSERIEDAEMPFER</t>
         </is>
       </c>
       <c r="D206" s="1">
-        <v>28.9</v>
+        <v>36.34</v>
       </c>
       <c r="E206" s="1">
         <v>1</v>
       </c>
       <c r="F206" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B207" s="1">
-        <v>5220135100</v>
+        <v>5220235090</v>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KAROSSERIEDAEMPFER</t>
         </is>
       </c>
       <c r="D207" s="1">
-        <v>39.98</v>
+        <v>23.31</v>
       </c>
       <c r="E207" s="1">
         <v>1</v>
       </c>
       <c r="F207" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B208" s="1">
-        <v>5220235090</v>
+        <v>5312102150</v>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KAROSSERIEDAEMPFER</t>
+          <t xml:space="preserve">MOULDING, RADIATOR G</t>
         </is>
       </c>
       <c r="D208" s="1">
-        <v>25.65</v>
+        <v>33.61</v>
       </c>
       <c r="E208" s="1">
         <v>1</v>
       </c>
       <c r="F208" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
-      <c r="B209" s="1">
-        <v>5312102150</v>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">539320C901</t>
+        </is>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOULDING, RADIATOR G</t>
+          <t xml:space="preserve">FRONTBLECH/KOTFLUEGE</t>
         </is>
       </c>
       <c r="D209" s="1">
-        <v>36.98</v>
+        <v>55.92</v>
       </c>
       <c r="E209" s="1">
         <v>1</v>
       </c>
       <c r="F209" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LEMFORDER</t>
+        </is>
+      </c>
+      <c r="B210" s="1">
+        <v>21611</v>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FRONTBLECH/KOTFLUEGE</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D210" s="1">
-        <v>61.52</v>
+        <v>12.44</v>
       </c>
       <c r="E210" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F210" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
-      <c r="B211" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B211" s="1">
+        <v>6786142090</v>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FRONTBLECH/KOTFLUEGE</t>
+          <t xml:space="preserve">WEATHERSTRIP, FR</t>
         </is>
       </c>
       <c r="D211" s="1">
-        <v>61.52</v>
+        <v>51.75</v>
       </c>
       <c r="E211" s="1">
         <v>1</v>
       </c>
       <c r="F211" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMFORDER</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B212" s="1">
-        <v>21611</v>
+        <v>6787142070</v>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">WEATHERSTRIP, RR</t>
         </is>
       </c>
       <c r="D212" s="1">
-        <v>13.69</v>
+        <v>51.75</v>
       </c>
       <c r="E212" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F212" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G212" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
-      <c r="B213" s="1">
-        <v>6786142090</v>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6922752030C0</t>
+        </is>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WEATHERSTRIP, FR</t>
+          <t xml:space="preserve">TЬRGRIFFABDECKUNG</t>
         </is>
       </c>
       <c r="D213" s="1">
-        <v>56.93</v>
+        <v>5.04</v>
       </c>
       <c r="E213" s="1">
         <v>1</v>
       </c>
       <c r="F213" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G213" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">LEMFORDER</t>
         </is>
       </c>
       <c r="B214" s="1">
-        <v>6787142070</v>
+        <v>23711</v>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WEATHERSTRIP, RR</t>
+          <t xml:space="preserve">Опора, стабілізатор</t>
         </is>
       </c>
       <c r="D214" s="1">
-        <v>56.93</v>
+        <v>0.59</v>
       </c>
       <c r="E214" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F214" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G214" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
-      <c r="B215" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B215" s="1">
+        <v>7589860031</v>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TЬRGRIFFABDECKUNG</t>
+          <t xml:space="preserve">DICHTSTREIFEN</t>
         </is>
       </c>
       <c r="D215" s="1">
-        <v>5.55</v>
+        <v>4.47</v>
       </c>
       <c r="E215" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F215" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G215" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMFORDER</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B216" s="1">
-        <v>23711</v>
+        <v>7599942041</v>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабілізатор</t>
+          <t xml:space="preserve">ZIERSTREIFEN</t>
         </is>
       </c>
       <c r="D216" s="1">
-        <v>0.65</v>
+        <v>23.3</v>
       </c>
       <c r="E216" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F216" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G216" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>7589860031</v>
+          <t xml:space="preserve">LEMFORDER</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">30346 01</t>
+        </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTSTREIFEN</t>
+          <t xml:space="preserve">Ремонтний комплект, важіль підвіски</t>
         </is>
       </c>
       <c r="D217" s="1">
-        <v>4.92</v>
+        <v>19.58</v>
       </c>
       <c r="E217" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F217" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G217" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B218" s="1">
-        <v>7599942041</v>
+        <v>9020112078</v>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZIERSTREIFEN</t>
+          <t xml:space="preserve">ANSCHLAG/SILENTBLOCK</t>
         </is>
       </c>
       <c r="D218" s="1">
-        <v>25.63</v>
+        <v>2.81</v>
       </c>
       <c r="E218" s="1">
         <v>1</v>
       </c>
       <c r="F218" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G218" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>8531512530</v>
+          <t xml:space="preserve">LEMFORDER</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">34644 01</t>
+        </is>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FLЬSSIGKEITSBEH-LTER</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D219" s="1">
-        <v>18.5</v>
+        <v>17.5</v>
       </c>
       <c r="E219" s="1">
         <v>1</v>
       </c>
       <c r="F219" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G219" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMFORDER</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B220" s="1">
+        <v>9933261240</v>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремонтний комплект, важіль підвіски</t>
+          <t xml:space="preserve">KEILRIEMEN</t>
         </is>
       </c>
       <c r="D220" s="1">
-        <v>21.54</v>
+        <v>8.71</v>
       </c>
       <c r="E220" s="1">
         <v>1</v>
       </c>
       <c r="F220" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G220" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>9020112078</v>
+          <t xml:space="preserve">FIAAM</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FT5203</t>
+        </is>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ANSCHLAG/SILENTBLOCK</t>
+          <t xml:space="preserve">Фильтр fiaam</t>
         </is>
       </c>
       <c r="D221" s="1">
-        <v>3.1</v>
+        <v>14.35</v>
       </c>
       <c r="E221" s="1">
         <v>1</v>
       </c>
       <c r="F221" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G221" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMFORDER</t>
+          <t xml:space="preserve">FIAAM</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">34644 01</t>
+          <t xml:space="preserve">FT5266</t>
         </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">Фильтр fiaam</t>
         </is>
       </c>
       <c r="D222" s="1">
-        <v>19.25</v>
+        <v>3.38</v>
       </c>
       <c r="E222" s="1">
         <v>1</v>
       </c>
       <c r="F222" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G222" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>9933261240</v>
+          <t xml:space="preserve">FIAAM</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FT5339</t>
+        </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KEILRIEMEN</t>
+          <t xml:space="preserve">Фильтр fiaam</t>
         </is>
       </c>
       <c r="D223" s="1">
-        <v>9.59</v>
+        <v>3.73</v>
       </c>
       <c r="E223" s="1">
         <v>1</v>
       </c>
       <c r="F223" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G223" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FIAAM</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FT5203</t>
+          <t xml:space="preserve">PA7091</t>
         </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Фильтр fiaam</t>
         </is>
       </c>
       <c r="D224" s="1">
-        <v>15.79</v>
+        <v>5.48</v>
       </c>
       <c r="E224" s="1">
         <v>1</v>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G224" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FIAAM</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FT5266</t>
+          <t xml:space="preserve">FT5682</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Фильтр fiaam</t>
         </is>
       </c>
       <c r="D225" s="1">
-        <v>3.72</v>
+        <v>2.97</v>
       </c>
       <c r="E225" s="1">
         <v>1</v>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G225" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FIAAM</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FT5339</t>
+          <t xml:space="preserve">FB1526</t>
         </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Фильтр fiaam</t>
         </is>
       </c>
       <c r="D226" s="1">
-        <v>4.11</v>
+        <v>4.56</v>
       </c>
       <c r="E226" s="1">
         <v>1</v>
       </c>
       <c r="F226" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G226" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAAM</t>
+          <t xml:space="preserve">ROMIX</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PA7091</t>
+          <t xml:space="preserve">B21124</t>
         </is>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фильтр fiaam</t>
+          <t xml:space="preserve">Пистон</t>
         </is>
       </c>
       <c r="D227" s="1">
-        <v>6.03</v>
+        <v>0.15</v>
       </c>
       <c r="E227" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F227" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G227" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAAM</t>
+          <t xml:space="preserve">ROMIX</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FT5682</t>
+          <t xml:space="preserve">C10053</t>
         </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фильтр fiaam</t>
+          <t xml:space="preserve">Пистон</t>
         </is>
       </c>
       <c r="D228" s="1">
-        <v>3.27</v>
+        <v>0.95</v>
       </c>
       <c r="E228" s="1">
         <v>1</v>
       </c>
       <c r="F228" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G228" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAAM</t>
+          <t xml:space="preserve">ROMIX</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FB1526</t>
+          <t xml:space="preserve">C60131</t>
         </is>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фильтр fiaam</t>
+          <t xml:space="preserve">Пистон</t>
         </is>
       </c>
       <c r="D229" s="1">
-        <v>5.02</v>
+        <v>1.8</v>
       </c>
       <c r="E229" s="1">
         <v>1</v>
       </c>
       <c r="F229" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G229" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROMIX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">RENAULT</t>
+        </is>
+      </c>
+      <c r="B230" s="1">
+        <v>607281700</v>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пистон</t>
+          <t xml:space="preserve">SCHRAUBE     AA</t>
         </is>
       </c>
       <c r="D230" s="1">
-        <v>0.17</v>
+        <v>3.7</v>
       </c>
       <c r="E230" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F230" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G230" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROMIX</t>
+          <t xml:space="preserve">RENAULT</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">C10053</t>
+          <t xml:space="preserve">110650819R</t>
         </is>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пистон</t>
+          <t xml:space="preserve">GLUEHKERZE   AA</t>
         </is>
       </c>
       <c r="D231" s="1">
-        <v>1.05</v>
+        <v>71.88</v>
       </c>
       <c r="E231" s="1">
         <v>1</v>
       </c>
       <c r="F231" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G231" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ROMIX</t>
+          <t xml:space="preserve">RENAULT</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">C60131</t>
+          <t xml:space="preserve">261523809R</t>
         </is>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пистон</t>
+          <t xml:space="preserve">BLENDE       FS</t>
         </is>
       </c>
       <c r="D232" s="1">
-        <v>1.98</v>
+        <v>53.75</v>
       </c>
       <c r="E232" s="1">
         <v>1</v>
       </c>
       <c r="F232" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G232" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">RENAULT</t>
         </is>
       </c>
       <c r="B233" s="1">
-        <v>607281700</v>
+        <v>8200974421</v>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE     AA</t>
+          <t xml:space="preserve">FUEHLER      UA</t>
         </is>
       </c>
       <c r="D233" s="1">
-        <v>4.07</v>
+        <v>79.69</v>
       </c>
       <c r="E233" s="1">
         <v>1</v>
       </c>
       <c r="F233" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G233" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">RENAULT</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">110650819R</t>
+          <t xml:space="preserve">850907451R</t>
         </is>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GLUEHKERZE   AA</t>
+          <t xml:space="preserve">PRALLSCHUTZ  DH</t>
         </is>
       </c>
       <c r="D234" s="1">
-        <v>79.07</v>
+        <v>17.81</v>
       </c>
       <c r="E234" s="1">
         <v>1</v>
       </c>
       <c r="F234" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G234" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RENAULT</t>
+          <t xml:space="preserve">MONROE</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">261523809R</t>
+          <t xml:space="preserve">MK190</t>
         </is>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLENDE       FS</t>
+          <t xml:space="preserve">Опора стійки амортизатора</t>
         </is>
       </c>
       <c r="D235" s="1">
-        <v>59.13</v>
+        <v>3.13</v>
       </c>
       <c r="E235" s="1">
         <v>1</v>
       </c>
       <c r="F235" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G235" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RENAULT</t>
+          <t xml:space="preserve">3RG</t>
         </is>
       </c>
       <c r="B236" s="1">
-        <v>8200974421</v>
+        <v>82607</v>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FUEHLER      UA</t>
+          <t xml:space="preserve">Датчик, температура охлаждающей жидкости</t>
         </is>
       </c>
       <c r="D236" s="1">
-        <v>87.66</v>
+        <v>2.5</v>
       </c>
       <c r="E236" s="1">
         <v>1</v>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G236" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RENAULT</t>
+          <t xml:space="preserve">BLIC</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">850907451R</t>
+          <t xml:space="preserve">6060-02-037859P</t>
         </is>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PRALLSCHUTZ  DH</t>
+          <t xml:space="preserve">Подъемное устройство для окон</t>
         </is>
       </c>
       <c r="D237" s="1">
-        <v>19.6</v>
+        <v>29.48</v>
       </c>
       <c r="E237" s="1">
         <v>1</v>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G237" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MONROE</t>
+          <t xml:space="preserve">BLIC</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MK190</t>
+          <t xml:space="preserve">6502-07-3221916P</t>
         </is>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора стійки амортизатора</t>
+          <t xml:space="preserve">Решетка вентилятора, буфер</t>
         </is>
       </c>
       <c r="D238" s="1">
-        <v>3.45</v>
+        <v>22.3</v>
       </c>
       <c r="E238" s="1">
         <v>1</v>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G238" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3RG</t>
-[...3 lines deleted...]
-        <v>82607</v>
+          <t xml:space="preserve">BLIC</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6601-02-0060861P</t>
+        </is>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, температура охлаждающей жидкости</t>
+          <t xml:space="preserve">Кожух двигателя</t>
         </is>
       </c>
       <c r="D239" s="1">
-        <v>2.75</v>
+        <v>16.34</v>
       </c>
       <c r="E239" s="1">
         <v>1</v>
       </c>
       <c r="F239" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G239" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLIC</t>
+          <t xml:space="preserve">BOSCH</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6060-02-037859P</t>
+          <t xml:space="preserve">1 987 432 537</t>
         </is>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подъемное устройство для окон</t>
+          <t xml:space="preserve">Фильтр, воздух во внутренном пространстве</t>
         </is>
       </c>
       <c r="D240" s="1">
-        <v>32.43</v>
+        <v>5.29</v>
       </c>
       <c r="E240" s="1">
         <v>1</v>
       </c>
       <c r="F240" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G240" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLIC</t>
+          <t xml:space="preserve">BOSS FILTERS</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6502-07-3221916P</t>
+          <t xml:space="preserve">BS01-140</t>
         </is>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решетка вентилятора, буфер</t>
+          <t xml:space="preserve">Воздушный фильтр</t>
         </is>
       </c>
       <c r="D241" s="1">
-        <v>24.53</v>
+        <v>17.89</v>
       </c>
       <c r="E241" s="1">
         <v>1</v>
       </c>
       <c r="F241" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G241" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLIC</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CAFFARO</t>
+        </is>
+      </c>
+      <c r="B242" s="1">
+        <v>500123</v>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кожух двигателя</t>
+          <t xml:space="preserve">Паразитный / ведущий ролик, поликлиновой ремень</t>
         </is>
       </c>
       <c r="D242" s="1">
-        <v>17.98</v>
+        <v>6.58</v>
       </c>
       <c r="E242" s="1">
         <v>1</v>
       </c>
       <c r="F242" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G242" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSCH</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CAFFARO</t>
+        </is>
+      </c>
+      <c r="B243" s="1">
+        <v>500133</v>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фильтр, воздух во внутренном пространстве</t>
+          <t xml:space="preserve">Паразитный / Ведущий ролик, зубчатый ремень</t>
         </is>
       </c>
       <c r="D243" s="1">
-        <v>5.82</v>
+        <v>5.96</v>
       </c>
       <c r="E243" s="1">
         <v>1</v>
       </c>
       <c r="F243" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G243" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSS FILTERS</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">COFLE</t>
+        </is>
+      </c>
+      <c r="B244" s="1">
+        <v>11.535</v>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Воздушный фильтр</t>
+          <t xml:space="preserve">Трос, стояночная тормозная система</t>
         </is>
       </c>
       <c r="D244" s="1">
-        <v>19.68</v>
+        <v>14.29</v>
       </c>
       <c r="E244" s="1">
         <v>1</v>
       </c>
       <c r="F244" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G244" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CAFFARO</t>
+          <t xml:space="preserve">CORTECO</t>
         </is>
       </c>
       <c r="B245" s="1">
-        <v>500123</v>
+        <v>49362393</v>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитный / ведущий ролик, поликлиновой ремень</t>
+          <t xml:space="preserve">Резьбовая пробка, маслянный поддон</t>
         </is>
       </c>
       <c r="D245" s="1">
-        <v>7.24</v>
+        <v>1.37</v>
       </c>
       <c r="E245" s="1">
         <v>1</v>
       </c>
       <c r="F245" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G245" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CAFFARO</t>
-[...3 lines deleted...]
-        <v>500133</v>
+          <t xml:space="preserve">DELPHI</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">SS11074</t>
+        </is>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитный / Ведущий ролик, зубчатый ремень</t>
+          <t xml:space="preserve">Датчик импульсов</t>
         </is>
       </c>
       <c r="D246" s="1">
-        <v>6.56</v>
+        <v>15.23</v>
       </c>
       <c r="E246" s="1">
         <v>1</v>
       </c>
       <c r="F246" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G246" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">COFLE</t>
-[...3 lines deleted...]
-        <v>11.535</v>
+          <t xml:space="preserve">DELPHI</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TEM060</t>
+        </is>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос, стояночная тормозная система</t>
+          <t xml:space="preserve">Подвеска, двигатель</t>
         </is>
       </c>
       <c r="D247" s="1">
-        <v>15.72</v>
+        <v>9.44</v>
       </c>
       <c r="E247" s="1">
         <v>1</v>
       </c>
       <c r="F247" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G247" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DELPHI</t>
+          <t xml:space="preserve">SKF</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SS11074</t>
+          <t xml:space="preserve">VKBA 6635</t>
         </is>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик импульсов</t>
+          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
         </is>
       </c>
       <c r="D248" s="1">
-        <v>16.76</v>
+        <v>45.93</v>
       </c>
       <c r="E248" s="1">
         <v>1</v>
       </c>
       <c r="F248" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G248" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DELPHI</t>
+          <t xml:space="preserve">SKF</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEM060</t>
+          <t xml:space="preserve">VKJA 3173</t>
         </is>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подвеска, двигатель</t>
+          <t xml:space="preserve">Шарнірний комплект, приводний вал</t>
         </is>
       </c>
       <c r="D249" s="1">
-        <v>10.39</v>
+        <v>33.46</v>
       </c>
       <c r="E249" s="1">
         <v>1</v>
       </c>
       <c r="F249" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G249" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SKF</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VKBA 6635</t>
+          <t xml:space="preserve">VKM 25152</t>
         </is>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
+          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
         </is>
       </c>
       <c r="D250" s="1">
-        <v>50.53</v>
+        <v>8.98</v>
       </c>
       <c r="E250" s="1">
         <v>1</v>
       </c>
       <c r="F250" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G250" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SKF</t>
+          <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VKJA 3173</t>
+          <t xml:space="preserve">0123-UZJ200R</t>
         </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шарнірний комплект, приводний вал</t>
+          <t xml:space="preserve">Тяга / стойка, стабилизатор</t>
         </is>
       </c>
       <c r="D251" s="1">
-        <v>36.81</v>
+        <v>3.36</v>
       </c>
       <c r="E251" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F251" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G251" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SKF</t>
+          <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VKM 25152</t>
+          <t xml:space="preserve">0215-E11ATT</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
+          <t xml:space="preserve">Пыльник, приводной вал</t>
         </is>
       </c>
       <c r="D252" s="1">
-        <v>9.88</v>
+        <v>9.15</v>
       </c>
       <c r="E252" s="1">
         <v>1</v>
       </c>
       <c r="F252" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G252" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0123-UZJ200R</t>
+          <t xml:space="preserve">0521-MZ3L</t>
         </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стойка, стабилизатор</t>
+          <t xml:space="preserve">Наконечник поперечной рулевой тяги</t>
         </is>
       </c>
       <c r="D253" s="1">
-        <v>3.7</v>
+        <v>3.36</v>
       </c>
       <c r="E253" s="1">
         <v>2</v>
       </c>
       <c r="F253" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G253" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0215-E11ATT</t>
+          <t xml:space="preserve">1023-CAPRH</t>
         </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пыльник, приводной вал</t>
+          <t xml:space="preserve">Тяга / стойка, стабилизатор</t>
         </is>
       </c>
       <c r="D254" s="1">
-        <v>10.07</v>
+        <v>3.36</v>
       </c>
       <c r="E254" s="1">
         <v>1</v>
       </c>
       <c r="F254" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G254" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0521-MZ3L</t>
+          <t xml:space="preserve">95JES-39590913X</t>
         </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечной рулевой тяги</t>
+          <t xml:space="preserve">Уплотнительное кольцо вала, приводной вал</t>
         </is>
       </c>
       <c r="D255" s="1">
-        <v>3.7</v>
+        <v>5.1</v>
       </c>
       <c r="E255" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F255" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G255" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1023-CAPRH</t>
+          <t xml:space="preserve">CRSB-PTCR</t>
         </is>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стойка, стабилизатор</t>
+          <t xml:space="preserve">Опора, стабилизатор</t>
         </is>
       </c>
       <c r="D256" s="1">
-        <v>3.7</v>
+        <v>1.6</v>
       </c>
       <c r="E256" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F256" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G256" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">95JES-39590913X</t>
+          <t xml:space="preserve">HAB-093</t>
         </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Уплотнительное кольцо вала, приводной вал</t>
+          <t xml:space="preserve">Подвеска, рычаг независимой подвески колеса</t>
         </is>
       </c>
       <c r="D257" s="1">
-        <v>5.61</v>
+        <v>4.5</v>
       </c>
       <c r="E257" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G257" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CRSB-PTCR</t>
+          <t xml:space="preserve">MSB-Z34F</t>
         </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Опора, стабилизатор</t>
         </is>
       </c>
       <c r="D258" s="1">
-        <v>1.76</v>
+        <v>1.82</v>
       </c>
       <c r="E258" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F258" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G258" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBEST</t>
+          <t xml:space="preserve">SKF</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HAB-093</t>
+          <t xml:space="preserve">VKPC 81420</t>
         </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подвеска, рычаг независимой подвески колеса</t>
+          <t xml:space="preserve">Водяний насос</t>
         </is>
       </c>
       <c r="D259" s="1">
-        <v>4.95</v>
+        <v>64.03</v>
       </c>
       <c r="E259" s="1">
         <v>1</v>
       </c>
       <c r="F259" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G259" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBEST</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MSB-Z34F</t>
+          <t xml:space="preserve">04712SWAA92</t>
         </is>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабилизатор</t>
+          <t xml:space="preserve">Спойлер</t>
         </is>
       </c>
       <c r="D260" s="1">
-        <v>2.01</v>
+        <v>150.35</v>
       </c>
       <c r="E260" s="1">
         <v>1</v>
       </c>
       <c r="F260" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G260" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SKF</t>
+          <t xml:space="preserve">PASCAL</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VKPC 81420</t>
+          <t xml:space="preserve">CIR G1F01PC</t>
         </is>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Водяний насос</t>
+          <t xml:space="preserve">Упорное кольцо</t>
         </is>
       </c>
       <c r="D261" s="1">
-        <v>70.44</v>
+        <v>0.23</v>
       </c>
       <c r="E261" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F261" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G261" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">PNEUMATICS</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">04712SWAA92</t>
+          <t xml:space="preserve">PN-HC007</t>
         </is>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Спойлер</t>
+          <t xml:space="preserve">Головка сцепления</t>
         </is>
       </c>
       <c r="D262" s="1">
-        <v>165.39</v>
+        <v>2.1</v>
       </c>
       <c r="E262" s="1">
         <v>1</v>
       </c>
       <c r="F262" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G262" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PASCAL</t>
+          <t xml:space="preserve">QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CIR G1F01PC</t>
+          <t xml:space="preserve">EM4552</t>
         </is>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Упорное кольцо</t>
+          <t xml:space="preserve">Подвеска, двигатель</t>
         </is>
       </c>
       <c r="D263" s="1">
-        <v>0.26</v>
+        <v>35</v>
       </c>
       <c r="E263" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F263" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G263" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PNEUMATICS</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SAKURA</t>
+        </is>
+      </c>
+      <c r="B264" s="1">
+        <v>4104345</v>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Головка сцепления</t>
+          <t xml:space="preserve">Комплект подшипника ступицы колеса</t>
         </is>
       </c>
       <c r="D264" s="1">
-        <v>2.31</v>
+        <v>20</v>
       </c>
       <c r="E264" s="1">
         <v>1</v>
       </c>
       <c r="F264" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G264" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">EM4552</t>
+          <t xml:space="preserve">XEMS235</t>
         </is>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подвеска, двигатель</t>
+          <t xml:space="preserve">Датчик, температура охолоджуючої рідини</t>
         </is>
       </c>
       <c r="D265" s="1">
-        <v>38.5</v>
+        <v>2.55</v>
       </c>
       <c r="E265" s="1">
         <v>1</v>
       </c>
       <c r="F265" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G265" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SAKURA</t>
-[...3 lines deleted...]
-        <v>4104345</v>
+          <t xml:space="preserve">QUINTON HAZELL</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">XEMS66</t>
+        </is>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект подшипника ступицы колеса</t>
+          <t xml:space="preserve">Датчик, температура охолоджуючої рідини</t>
         </is>
       </c>
       <c r="D266" s="1">
-        <v>22</v>
+        <v>2.1</v>
       </c>
       <c r="E266" s="1">
         <v>1</v>
       </c>
       <c r="F266" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G266" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUINTON HAZELL</t>
+          <t xml:space="preserve">TYC</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">XEMS235</t>
+          <t xml:space="preserve">18-5289-05-2</t>
         </is>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, температура охолоджуючої рідини</t>
+          <t xml:space="preserve">Ліхтар покажчика повороту</t>
         </is>
       </c>
       <c r="D267" s="1">
-        <v>2.81</v>
+        <v>3.12</v>
       </c>
       <c r="E267" s="1">
         <v>1</v>
       </c>
       <c r="F267" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G267" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUINTON HAZELL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B268" s="1">
+        <v>76253039</v>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, температура охолоджуючої рідини</t>
+          <t xml:space="preserve">Комплект прокладок, выпускной коллектор</t>
         </is>
       </c>
       <c r="D268" s="1">
-        <v>2.31</v>
+        <v>14.4</v>
       </c>
       <c r="E268" s="1">
         <v>1</v>
       </c>
       <c r="F268" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G268" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TYC</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">18-5289-05-2</t>
+          <t xml:space="preserve">0A5409343B</t>
         </is>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ліхтар покажчика повороту</t>
+          <t xml:space="preserve">Шарнирный комплект, приводной вал</t>
         </is>
       </c>
       <c r="D269" s="1">
-        <v>3.44</v>
+        <v>163.57</v>
       </c>
       <c r="E269" s="1">
         <v>1</v>
       </c>
       <c r="F269" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G269" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B270" s="1">
-        <v>76253039</v>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3C0807109D</t>
+        </is>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект прокладок, выпускной коллектор</t>
+          <t xml:space="preserve">Носитель, буфер</t>
         </is>
       </c>
       <c r="D270" s="1">
-        <v>15.84</v>
+        <v>108.87</v>
       </c>
       <c r="E270" s="1">
         <v>1</v>
       </c>
       <c r="F270" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G270" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0A5409343B</t>
+          <t xml:space="preserve">5Q0919275BGRU</t>
         </is>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шарнирный комплект, приводной вал</t>
+          <t xml:space="preserve">Датчик, система помощи при парковке</t>
         </is>
       </c>
       <c r="D271" s="1">
-        <v>179.93</v>
+        <v>37.99</v>
       </c>
       <c r="E271" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F271" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G271" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3C0807109D</t>
+          <t xml:space="preserve">7M3598625A</t>
         </is>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Носитель, буфер</t>
+          <t xml:space="preserve">Комплект подшипника ступицы колеса</t>
         </is>
       </c>
       <c r="D272" s="1">
-        <v>119.76</v>
+        <v>70.34</v>
       </c>
       <c r="E272" s="1">
         <v>1</v>
       </c>
       <c r="F272" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G272" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5Q0919275BGRU</t>
+          <t xml:space="preserve">N10015507</t>
         </is>
       </c>
       <c r="C273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, система помощи при парковке</t>
+          <t xml:space="preserve">Натяжной ролик, поликлиновой  ремень</t>
         </is>
       </c>
       <c r="D273" s="1">
-        <v>41.79</v>
+        <v>1.27</v>
       </c>
       <c r="E273" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F273" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G273" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">VDO</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7M3598625A</t>
+          <t xml:space="preserve">A2C59507006Z</t>
         </is>
       </c>
       <c r="C274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект подшипника ступицы колеса</t>
+          <t xml:space="preserve">Датчик, температура выхлопных газов</t>
         </is>
       </c>
       <c r="D274" s="1">
-        <v>77.38</v>
+        <v>59.29</v>
       </c>
       <c r="E274" s="1">
         <v>1</v>
       </c>
       <c r="F274" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G274" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">VICTOR REINZ</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N10015507</t>
+          <t xml:space="preserve">70-53093-00</t>
         </is>
       </c>
       <c r="C275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Натяжной ролик, поликлиновой  ремень</t>
+          <t xml:space="preserve">Уплотнительное кольцо, стержень кла</t>
         </is>
       </c>
       <c r="D275" s="1">
-        <v>1.4</v>
+        <v>0.78</v>
       </c>
       <c r="E275" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F275" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G275" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VDO</t>
+          <t xml:space="preserve">FERODO</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">A2C59507006Z</t>
+          <t xml:space="preserve">DDF1659</t>
         </is>
       </c>
       <c r="C276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, температура выхлопных газов</t>
+          <t xml:space="preserve">Гальмівний диск</t>
         </is>
       </c>
       <c r="D276" s="1">
-        <v>65.22</v>
+        <v>47.5</v>
       </c>
       <c r="E276" s="1">
         <v>1</v>
       </c>
       <c r="F276" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G276" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B277" s="1">
+        <v>1292406154</v>
       </c>
       <c r="C277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Уплотнительное кольцо, стержень кла</t>
+          <t xml:space="preserve">SATZ SCHABLONE TЬREN VORN</t>
         </is>
       </c>
       <c r="D277" s="1">
-        <v>0.86</v>
+        <v>2.07</v>
       </c>
       <c r="E277" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F277" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G277" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FERODO</t>
+          <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DDF1659</t>
+          <t xml:space="preserve">LR073353</t>
         </is>
       </c>
       <c r="C278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівний диск</t>
+          <t xml:space="preserve">LEUCHTRING - ZIGARRENANZU</t>
         </is>
       </c>
       <c r="D278" s="1">
-        <v>52.25</v>
+        <v>9.32</v>
       </c>
       <c r="E278" s="1">
         <v>1</v>
       </c>
       <c r="F278" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G278" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>1292406154</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">532020E070</t>
+        </is>
       </c>
       <c r="C279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SATZ SCHABLONE TЬREN VORN</t>
+          <t xml:space="preserve">FRONTBLECH</t>
         </is>
       </c>
       <c r="D279" s="1">
-        <v>2.28</v>
+        <v>92.83</v>
       </c>
       <c r="E279" s="1">
         <v>1</v>
       </c>
       <c r="F279" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G279" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAND ROVER</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B280" s="1">
+        <v>7598706060</v>
       </c>
       <c r="C280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEUCHTRING - ZIGARRENANZU</t>
+          <t xml:space="preserve">STRIPE, RR DOOR, OUT</t>
         </is>
       </c>
       <c r="D280" s="1">
-        <v>10.26</v>
+        <v>21.01</v>
       </c>
       <c r="E280" s="1">
         <v>1</v>
       </c>
       <c r="F280" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G280" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B281" s="1">
+        <v>2056906502</v>
       </c>
       <c r="C281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FRONTBLECH</t>
+          <t xml:space="preserve">ZIERLEISTE</t>
         </is>
       </c>
       <c r="D281" s="1">
-        <v>102.12</v>
+        <v>44.61</v>
       </c>
       <c r="E281" s="1">
         <v>1</v>
       </c>
       <c r="F281" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G281" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">C.E.I</t>
         </is>
       </c>
       <c r="B282" s="1">
-        <v>7598706060</v>
+        <v>109824</v>
       </c>
       <c r="C282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STRIPE, RR DOOR, OUT</t>
+          <t xml:space="preserve">Блокиратор синхронизатора</t>
         </is>
       </c>
       <c r="D282" s="1">
-        <v>23.12</v>
+        <v>37.62</v>
       </c>
       <c r="E282" s="1">
         <v>1</v>
       </c>
       <c r="F282" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G282" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>2056906502</v>
+          <t xml:space="preserve">DEPO</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">441-1146R-NDHEM</t>
+        </is>
       </c>
       <c r="C283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZIERLEISTE</t>
+          <t xml:space="preserve">Фара главного света передняя, правая</t>
         </is>
       </c>
       <c r="D283" s="1">
-        <v>49.08</v>
+        <v>73.06</v>
       </c>
       <c r="E283" s="1">
         <v>1</v>
       </c>
       <c r="F283" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G283" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">C.E.I</t>
-[...3 lines deleted...]
-        <v>109824</v>
+          <t xml:space="preserve">BLIC</t>
+        </is>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6601-01-3720802P</t>
+        </is>
       </c>
       <c r="C284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Блокиратор синхронизатора</t>
+          <t xml:space="preserve">Подкрылки пластиковые</t>
         </is>
       </c>
       <c r="D284" s="1">
-        <v>41.39</v>
+        <v>16.82</v>
       </c>
       <c r="E284" s="1">
         <v>1</v>
       </c>
       <c r="F284" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G284" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DEPO</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ADRIAUTO</t>
+        </is>
+      </c>
+      <c r="B285" s="1">
+        <v>3.0226</v>
       </c>
       <c r="C285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фара главного света передняя, правая</t>
+          <t xml:space="preserve">Трос ручного тормоза</t>
         </is>
       </c>
       <c r="D285" s="1">
-        <v>80.37</v>
+        <v>5.36</v>
       </c>
       <c r="E285" s="1">
         <v>1</v>
       </c>
       <c r="F285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G285" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLIC</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ADRIAUTO</t>
+        </is>
+      </c>
+      <c r="B286" s="1">
+        <v>3.0227</v>
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подкрылки пластиковые</t>
+          <t xml:space="preserve">Трос ручного тормоза</t>
         </is>
       </c>
       <c r="D286" s="1">
-        <v>18.51</v>
+        <v>5.36</v>
       </c>
       <c r="E286" s="1">
         <v>1</v>
       </c>
       <c r="F286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G286" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ADRIAUTO</t>
         </is>
       </c>
-      <c r="B287" s="1">
-        <v>3.0226</v>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">11.123.1</t>
+        </is>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос ручного тормоза</t>
+          <t xml:space="preserve">Трос сцепления</t>
         </is>
       </c>
       <c r="D287" s="1">
-        <v>5.9</v>
+        <v>3.16</v>
       </c>
       <c r="E287" s="1">
         <v>1</v>
       </c>
       <c r="F287" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G287" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ADRIAUTO</t>
+          <t xml:space="preserve">LEMA</t>
         </is>
       </c>
       <c r="B288" s="1">
-        <v>3.0227</v>
+        <v>26280.1</v>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос ручного тормоза</t>
+          <t xml:space="preserve">Прокладка масляного насоса</t>
         </is>
       </c>
       <c r="D288" s="1">
-        <v>5.9</v>
+        <v>2.88</v>
       </c>
       <c r="E288" s="1">
         <v>1</v>
       </c>
       <c r="F288" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G288" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ADRIAUTO</t>
+          <t xml:space="preserve">CTR</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">11.123.1</t>
+          <t xml:space="preserve">I14036CTR</t>
         </is>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос сцепления</t>
+          <t xml:space="preserve">Наконечник рулевой тяги</t>
         </is>
       </c>
       <c r="D289" s="1">
-        <v>3.48</v>
+        <v>7.35</v>
       </c>
       <c r="E289" s="1">
         <v>1</v>
       </c>
       <c r="F289" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G289" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMA</t>
-[...3 lines deleted...]
-        <v>26280.1</v>
+          <t xml:space="preserve">NOK</t>
+        </is>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">J72006NOK</t>
+        </is>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка масляного насоса</t>
+          <t xml:space="preserve">Подушка стабилизатора</t>
         </is>
       </c>
       <c r="D290" s="1">
-        <v>3.17</v>
+        <v>0.59</v>
       </c>
       <c r="E290" s="1">
         <v>1</v>
       </c>
       <c r="F290" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G290" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CTR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TED-GUM</t>
+        </is>
+      </c>
+      <c r="B291" s="1">
+        <v>192154</v>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник рулевой тяги</t>
+          <t xml:space="preserve">Сайлент-блок реактивной тяги</t>
         </is>
       </c>
       <c r="D291" s="1">
-        <v>8.09</v>
+        <v>5.11</v>
       </c>
       <c r="E291" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F291" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G291" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NOK</t>
+          <t xml:space="preserve">JAPCAR</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">J72006NOK</t>
+          <t xml:space="preserve">E20315OEM</t>
         </is>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подушка стабилизатора</t>
+          <t xml:space="preserve">Ролики направляющие ременя клинового</t>
         </is>
       </c>
       <c r="D292" s="1">
-        <v>0.65</v>
+        <v>7.86</v>
       </c>
       <c r="E292" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G292" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TED-GUM</t>
-[...3 lines deleted...]
-        <v>192154</v>
+          <t xml:space="preserve">ENGITECH</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ENT100068</t>
+        </is>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сайлент-блок реактивной тяги</t>
+          <t xml:space="preserve">Электрический топливный насос</t>
         </is>
       </c>
       <c r="D293" s="1">
-        <v>5.63</v>
+        <v>7.96</v>
       </c>
       <c r="E293" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F293" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G293" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JAPCAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ADRIAUTO</t>
+        </is>
+      </c>
+      <c r="B294" s="1">
+        <v>27.0249</v>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ролики направляющие ременя клинового</t>
+          <t xml:space="preserve">Трос ручного тормоза</t>
         </is>
       </c>
       <c r="D294" s="1">
-        <v>8.65</v>
+        <v>8.93</v>
       </c>
       <c r="E294" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F294" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G294" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ENGITECH</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LEMFORDER</t>
+        </is>
+      </c>
+      <c r="B295" s="1">
+        <v>36741</v>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Электрический топливный насос</t>
+          <t xml:space="preserve">Рулевая тяга боковая (без наконечника)</t>
         </is>
       </c>
       <c r="D295" s="1">
-        <v>8.76</v>
+        <v>19.35</v>
       </c>
       <c r="E295" s="1">
         <v>1</v>
       </c>
       <c r="F295" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G295" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ADRIAUTO</t>
-[...3 lines deleted...]
-        <v>27.0249</v>
+          <t xml:space="preserve">JAPCAR</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KB0529OEM</t>
+        </is>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос ручного тормоза</t>
+          <t xml:space="preserve">Воздухомер</t>
         </is>
       </c>
       <c r="D296" s="1">
-        <v>9.83</v>
+        <v>36.58</v>
       </c>
       <c r="E296" s="1">
         <v>1</v>
       </c>
       <c r="F296" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G296" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMFORDER</t>
-[...3 lines deleted...]
-        <v>36741</v>
+          <t xml:space="preserve">KNECHT</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">OX196/1D1 OEKO</t>
+        </is>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рулевая тяга боковая (без наконечника)</t>
+          <t xml:space="preserve">Фильтр масла</t>
         </is>
       </c>
       <c r="D297" s="1">
-        <v>21.29</v>
+        <v>6.77</v>
       </c>
       <c r="E297" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F297" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G297" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JAPCAR</t>
+          <t xml:space="preserve">OXFORD</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KB0529OEM</t>
+          <t xml:space="preserve">OX404</t>
         </is>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Воздухомер</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D298" s="1">
-        <v>40.24</v>
+        <v>8.54</v>
       </c>
       <c r="E298" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F298" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G298" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KNECHT</t>
+          <t xml:space="preserve">JC PREMIUM</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OX196/1D1 OEKO</t>
+          <t xml:space="preserve">B2M041PR</t>
         </is>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фильтр масла</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D299" s="1">
-        <v>7.45</v>
+        <v>2.24</v>
       </c>
       <c r="E299" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F299" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G299" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OXFORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B300" s="1">
+        <v>1704070</v>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D300" s="1">
-        <v>9.4</v>
+        <v>16</v>
       </c>
       <c r="E300" s="1">
         <v>2</v>
       </c>
       <c r="F300" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G300" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JC PREMIUM</t>
+          <t xml:space="preserve">HANS PRIES</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">B2M041PR</t>
+          <t xml:space="preserve">2160SP</t>
         </is>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D301" s="1">
-        <v>2.47</v>
+        <v>4</v>
       </c>
       <c r="E301" s="1">
         <v>1</v>
       </c>
       <c r="F301" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G301" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B302" s="1">
-        <v>1704070</v>
+        <v>50903119</v>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Ремінний шків, генератор</t>
         </is>
       </c>
       <c r="D302" s="1">
-        <v>17.6</v>
+        <v>30.63</v>
       </c>
       <c r="E302" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F302" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G302" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HANS PRIES</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2160SP</t>
+          <t xml:space="preserve">1K8955426B</t>
         </is>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Щітка склоочисника</t>
         </is>
       </c>
       <c r="D303" s="1">
-        <v>4.4</v>
+        <v>12.47</v>
       </c>
       <c r="E303" s="1">
         <v>1</v>
       </c>
       <c r="F303" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G303" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B304" s="1">
-        <v>50903119</v>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6K0945101GRU</t>
+        </is>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремінний шків, генератор</t>
+          <t xml:space="preserve">Покриття, фара</t>
         </is>
       </c>
       <c r="D304" s="1">
-        <v>33.7</v>
+        <v>9.33</v>
       </c>
       <c r="E304" s="1">
         <v>1</v>
       </c>
       <c r="F304" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G304" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1K8955426B</t>
+          <t xml:space="preserve">8D0853974GRU</t>
         </is>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Щітка склоочисника</t>
+          <t xml:space="preserve">Облицювання / захисна накладка, крило</t>
         </is>
       </c>
       <c r="D305" s="1">
-        <v>13.72</v>
+        <v>6.81</v>
       </c>
       <c r="E305" s="1">
         <v>1</v>
       </c>
       <c r="F305" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G305" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6K0945101GRU</t>
+          <t xml:space="preserve">8T1857410F3FZ</t>
         </is>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Покриття, фара</t>
+          <t xml:space="preserve">Зовнішнє дзеркало</t>
         </is>
       </c>
       <c r="D306" s="1">
-        <v>10.27</v>
+        <v>181.89</v>
       </c>
       <c r="E306" s="1">
         <v>1</v>
       </c>
       <c r="F306" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G306" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8D0853974GRU</t>
+          <t xml:space="preserve">028130111J</t>
         </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Облицювання / захисна накладка, крило</t>
+          <t xml:space="preserve">ZAHNRAD</t>
         </is>
       </c>
       <c r="D307" s="1">
-        <v>7.5</v>
+        <v>24.35</v>
       </c>
       <c r="E307" s="1">
         <v>1</v>
       </c>
       <c r="F307" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G307" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8T1857410F3FZ</t>
+          <t xml:space="preserve">038105269D</t>
         </is>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Зовнішнє дзеркало</t>
+          <t xml:space="preserve">SCHWUNGRAD</t>
         </is>
       </c>
       <c r="D308" s="1">
-        <v>200.08</v>
+        <v>240</v>
       </c>
       <c r="E308" s="1">
         <v>1</v>
       </c>
       <c r="F308" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G308" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">028130111J</t>
+          <t xml:space="preserve">03L903139R</t>
         </is>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZAHNRAD</t>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D309" s="1">
-        <v>26.79</v>
+        <v>132.62</v>
       </c>
       <c r="E309" s="1">
         <v>1</v>
       </c>
       <c r="F309" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G309" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">038105269D</t>
+          <t xml:space="preserve">06A103927N</t>
         </is>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHWUNGRAD</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D310" s="1">
-        <v>264</v>
+        <v>30.65</v>
       </c>
       <c r="E310" s="1">
         <v>1</v>
       </c>
       <c r="F310" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G310" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">03L903139R</t>
+          <t xml:space="preserve">06E906189G</t>
         </is>
       </c>
       <c r="C311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">RING</t>
         </is>
       </c>
       <c r="D311" s="1">
-        <v>145.89</v>
+        <v>4.48</v>
       </c>
       <c r="E311" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F311" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G311" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B312" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B312" s="1">
+        <v>78121181</v>
       </c>
       <c r="C312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">WASSERROHR</t>
         </is>
       </c>
       <c r="D312" s="1">
-        <v>33.72</v>
+        <v>27.55</v>
       </c>
       <c r="E312" s="1">
         <v>1</v>
       </c>
       <c r="F312" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G312" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B313" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B313" s="1">
+        <v>78905399</v>
       </c>
       <c r="C313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RING</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D313" s="1">
-        <v>4.93</v>
+        <v>6.46</v>
       </c>
       <c r="E313" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F313" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G313" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B314" s="1">
-        <v>78121181</v>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">191201316A</t>
+        </is>
       </c>
       <c r="C314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WASSERROHR</t>
+          <t xml:space="preserve">HUELSE</t>
         </is>
       </c>
       <c r="D314" s="1">
-        <v>30.31</v>
+        <v>1.73</v>
       </c>
       <c r="E314" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F314" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G314" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B315" s="1">
-        <v>78905399</v>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1H0937083</t>
+        </is>
       </c>
       <c r="C315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D315" s="1">
-        <v>7.11</v>
+        <v>2.92</v>
       </c>
       <c r="E315" s="1">
         <v>1</v>
       </c>
       <c r="F315" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G315" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">191201316A</t>
+          <t xml:space="preserve">1K06011739B9</t>
         </is>
       </c>
       <c r="C316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HUELSE</t>
+          <t xml:space="preserve">KAPPE</t>
         </is>
       </c>
       <c r="D316" s="1">
-        <v>1.91</v>
+        <v>0.6</v>
       </c>
       <c r="E316" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F316" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G316" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1H0937083</t>
+          <t xml:space="preserve">1K5831299J</t>
         </is>
       </c>
       <c r="C317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">SCHIENE</t>
         </is>
       </c>
       <c r="D317" s="1">
-        <v>3.22</v>
+        <v>29.41</v>
       </c>
       <c r="E317" s="1">
         <v>1</v>
       </c>
       <c r="F317" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G317" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1K06011739B9</t>
+          <t xml:space="preserve">1K5831307J</t>
         </is>
       </c>
       <c r="C318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KAPPE</t>
+          <t xml:space="preserve">SCHIENE</t>
         </is>
       </c>
       <c r="D318" s="1">
-        <v>0.66</v>
+        <v>29.41</v>
       </c>
       <c r="E318" s="1">
         <v>1</v>
       </c>
       <c r="F318" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G318" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1K5831299J</t>
+          <t xml:space="preserve">1T0000294</t>
         </is>
       </c>
       <c r="C319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHIENE</t>
+          <t xml:space="preserve">RAHMEN</t>
         </is>
       </c>
       <c r="D319" s="1">
-        <v>32.36</v>
+        <v>1.4</v>
       </c>
       <c r="E319" s="1">
         <v>1</v>
       </c>
       <c r="F319" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G319" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1K5831307J</t>
+          <t xml:space="preserve">1T0809835C</t>
         </is>
       </c>
       <c r="C320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHIENE</t>
+          <t xml:space="preserve">ABSCHNITT</t>
         </is>
       </c>
       <c r="D320" s="1">
-        <v>32.36</v>
+        <v>289.69</v>
       </c>
       <c r="E320" s="1">
         <v>1</v>
       </c>
       <c r="F320" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G320" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1T0000294</t>
+          <t xml:space="preserve">2E0419148A</t>
         </is>
       </c>
       <c r="C321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RAHMEN</t>
+          <t xml:space="preserve">REP.SATZ</t>
         </is>
       </c>
       <c r="D321" s="1">
-        <v>1.54</v>
+        <v>14.28</v>
       </c>
       <c r="E321" s="1">
         <v>1</v>
       </c>
       <c r="F321" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G321" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1T0809835C</t>
+          <t xml:space="preserve">2TA105317</t>
         </is>
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABSCHNITT</t>
+          <t xml:space="preserve">LAGER</t>
         </is>
       </c>
       <c r="D322" s="1">
-        <v>318.66</v>
+        <v>15.03</v>
       </c>
       <c r="E322" s="1">
         <v>1</v>
       </c>
       <c r="F322" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G322" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B323" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B323" s="1">
+        <v>357877383</v>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">REP.SATZ</t>
+          <t xml:space="preserve">FEDER</t>
         </is>
       </c>
       <c r="D323" s="1">
-        <v>15.71</v>
+        <v>0.95</v>
       </c>
       <c r="E323" s="1">
         <v>1</v>
       </c>
       <c r="F323" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G323" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B324" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B324" s="1">
+        <v>357877385</v>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAGER</t>
+          <t xml:space="preserve">RASTSEGM.</t>
         </is>
       </c>
       <c r="D324" s="1">
-        <v>16.54</v>
+        <v>7.53</v>
       </c>
       <c r="E324" s="1">
         <v>1</v>
       </c>
       <c r="F324" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G324" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B325" s="1">
-        <v>357877383</v>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3AA827469BFXC</t>
+        </is>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEDER</t>
+          <t xml:space="preserve">BETAETGUNG</t>
         </is>
       </c>
       <c r="D325" s="1">
-        <v>1.05</v>
+        <v>137.75</v>
       </c>
       <c r="E325" s="1">
         <v>1</v>
       </c>
       <c r="F325" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G325" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B326" s="1">
-        <v>357877385</v>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3AE807397041</t>
+        </is>
       </c>
       <c r="C326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RASTSEGM.</t>
+          <t xml:space="preserve">KAPPE</t>
         </is>
       </c>
       <c r="D326" s="1">
-        <v>8.29</v>
+        <v>15.56</v>
       </c>
       <c r="E326" s="1">
         <v>1</v>
       </c>
       <c r="F326" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G326" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3AA827469BFXC</t>
+          <t xml:space="preserve">3B0000302B</t>
         </is>
       </c>
       <c r="C327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BETAETGUNG</t>
+          <t xml:space="preserve">HALTEBLECH</t>
         </is>
       </c>
       <c r="D327" s="1">
-        <v>151.53</v>
+        <v>3.97</v>
       </c>
       <c r="E327" s="1">
         <v>1</v>
       </c>
       <c r="F327" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G327" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3AE807397041</t>
+          <t xml:space="preserve">3C0511115L</t>
         </is>
       </c>
       <c r="C328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KAPPE</t>
+          <t xml:space="preserve">SCHRAUBFED</t>
         </is>
       </c>
       <c r="D328" s="1">
-        <v>17.12</v>
+        <v>55.12</v>
       </c>
       <c r="E328" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F328" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G328" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3B0000302B</t>
+          <t xml:space="preserve">3C0863615</t>
         </is>
       </c>
       <c r="C329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTEBLECH</t>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D329" s="1">
-        <v>4.37</v>
+        <v>4.1</v>
       </c>
       <c r="E329" s="1">
         <v>1</v>
       </c>
       <c r="F329" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G329" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3C0511115L</t>
+          <t xml:space="preserve">3G0809148</t>
         </is>
       </c>
       <c r="C330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBFED</t>
+          <t xml:space="preserve">BLECH</t>
         </is>
       </c>
       <c r="D330" s="1">
-        <v>60.64</v>
+        <v>26.58</v>
       </c>
       <c r="E330" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F330" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G330" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3C0863615</t>
+          <t xml:space="preserve">4B06011707ZJ</t>
         </is>
       </c>
       <c r="C331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">ZIERKAPPE</t>
         </is>
       </c>
       <c r="D331" s="1">
-        <v>4.51</v>
+        <v>17.06</v>
       </c>
       <c r="E331" s="1">
         <v>1</v>
       </c>
       <c r="F331" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G331" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3G0809148</t>
+          <t xml:space="preserve">4E0998135</t>
         </is>
       </c>
       <c r="C332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLECH</t>
+          <t xml:space="preserve">REP.SATZ</t>
         </is>
       </c>
       <c r="D332" s="1">
-        <v>29.24</v>
+        <v>4.14</v>
       </c>
       <c r="E332" s="1">
         <v>1</v>
       </c>
       <c r="F332" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G332" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4B06011707ZJ</t>
+          <t xml:space="preserve">4F0864309B</t>
         </is>
       </c>
       <c r="C333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZIERKAPPE</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D333" s="1">
-        <v>18.77</v>
+        <v>3.93</v>
       </c>
       <c r="E333" s="1">
         <v>1</v>
       </c>
       <c r="F333" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G333" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4E0998135</t>
+          <t xml:space="preserve">4F0864310B</t>
         </is>
       </c>
       <c r="C334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">REP.SATZ</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D334" s="1">
-        <v>4.56</v>
+        <v>3.93</v>
       </c>
       <c r="E334" s="1">
         <v>1</v>
       </c>
       <c r="F334" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G334" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4F0864309B</t>
+          <t xml:space="preserve">4L080779501C</t>
         </is>
       </c>
       <c r="C335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">DECKEL</t>
         </is>
       </c>
       <c r="D335" s="1">
-        <v>4.33</v>
+        <v>25.21</v>
       </c>
       <c r="E335" s="1">
         <v>1</v>
       </c>
       <c r="F335" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G335" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4F0864310B</t>
+          <t xml:space="preserve">4L0837841A</t>
         </is>
       </c>
       <c r="C336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">POLSTER</t>
         </is>
       </c>
       <c r="D336" s="1">
-        <v>4.33</v>
+        <v>21.16</v>
       </c>
       <c r="E336" s="1">
         <v>1</v>
       </c>
       <c r="F336" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G336" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4L080779501C</t>
+          <t xml:space="preserve">4L0837842A</t>
         </is>
       </c>
       <c r="C337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DECKEL</t>
+          <t xml:space="preserve">POLSTER</t>
         </is>
       </c>
       <c r="D337" s="1">
-        <v>27.74</v>
+        <v>21.16</v>
       </c>
       <c r="E337" s="1">
         <v>1</v>
       </c>
       <c r="F337" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G337" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4L0837841A</t>
+          <t xml:space="preserve">4L1857409S01C</t>
         </is>
       </c>
       <c r="C338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLSTER</t>
+          <t xml:space="preserve">AUFNAHME</t>
         </is>
       </c>
       <c r="D338" s="1">
-        <v>23.28</v>
+        <v>327.82</v>
       </c>
       <c r="E338" s="1">
         <v>1</v>
       </c>
       <c r="F338" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G338" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4L0837842A</t>
+          <t xml:space="preserve">5618648571QB</t>
         </is>
       </c>
       <c r="C339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLSTER</t>
+          <t xml:space="preserve">BLENDE</t>
         </is>
       </c>
       <c r="D339" s="1">
-        <v>23.28</v>
+        <v>7.58</v>
       </c>
       <c r="E339" s="1">
         <v>1</v>
       </c>
       <c r="F339" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G339" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4L1857409S01C</t>
+          <t xml:space="preserve">5Q09191339B9</t>
         </is>
       </c>
       <c r="C340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUFNAHME</t>
+          <t xml:space="preserve">DICHTRING</t>
         </is>
       </c>
       <c r="D340" s="1">
-        <v>360.61</v>
+        <v>0.89</v>
       </c>
       <c r="E340" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F340" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G340" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5618648571QB</t>
+          <t xml:space="preserve">5Q0919275CGRU</t>
         </is>
       </c>
       <c r="C341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLENDE</t>
+          <t xml:space="preserve">SENSOR</t>
         </is>
       </c>
       <c r="D341" s="1">
-        <v>8.34</v>
+        <v>37.99</v>
       </c>
       <c r="E341" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F341" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G341" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5Q09191339B9</t>
+          <t xml:space="preserve">6N0837267</t>
         </is>
       </c>
       <c r="C342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTRING</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D342" s="1">
-        <v>0.98</v>
+        <v>2.27</v>
       </c>
       <c r="E342" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F342" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G342" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5Q0919275CGRU</t>
+          <t xml:space="preserve">6Q3853535AGRU</t>
         </is>
       </c>
       <c r="C343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SENSOR</t>
+          <t xml:space="preserve">STOSSLEIST</t>
         </is>
       </c>
       <c r="D343" s="1">
-        <v>41.79</v>
+        <v>5.49</v>
       </c>
       <c r="E343" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F343" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G343" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6N0837267</t>
+          <t xml:space="preserve">701823496A01C</t>
         </is>
       </c>
       <c r="C344" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D344" s="1">
-        <v>2.5</v>
+        <v>4.18</v>
       </c>
       <c r="E344" s="1">
         <v>1</v>
       </c>
       <c r="F344" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G344" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6Q3853535AGRU</t>
+          <t xml:space="preserve">7E5863736GHYL</t>
         </is>
       </c>
       <c r="C345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STOSSLEIST</t>
+          <t xml:space="preserve">EINSATZ</t>
         </is>
       </c>
       <c r="D345" s="1">
-        <v>6.04</v>
+        <v>56.59</v>
       </c>
       <c r="E345" s="1">
         <v>1</v>
       </c>
       <c r="F345" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G345" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">701823496A01C</t>
+          <t xml:space="preserve">7L0121345</t>
         </is>
       </c>
       <c r="C346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">KEDER</t>
         </is>
       </c>
       <c r="D346" s="1">
-        <v>4.6</v>
+        <v>8.97</v>
       </c>
       <c r="E346" s="1">
         <v>1</v>
       </c>
       <c r="F346" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G346" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7E5863736GHYL</t>
+          <t xml:space="preserve">7L6601241A</t>
         </is>
       </c>
       <c r="C347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">EINSATZ</t>
+          <t xml:space="preserve">SCHLOSS</t>
         </is>
       </c>
       <c r="D347" s="1">
-        <v>62.25</v>
+        <v>258.19</v>
       </c>
       <c r="E347" s="1">
         <v>1</v>
       </c>
       <c r="F347" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G347" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7L0121345</t>
+          <t xml:space="preserve">8A0971848C</t>
         </is>
       </c>
       <c r="C348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KEDER</t>
+          <t xml:space="preserve">KLEMME</t>
         </is>
       </c>
       <c r="D348" s="1">
-        <v>9.87</v>
+        <v>2.93</v>
       </c>
       <c r="E348" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F348" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G348" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7L6601241A</t>
+          <t xml:space="preserve">8D0000289</t>
         </is>
       </c>
       <c r="C349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHLOSS</t>
+          <t xml:space="preserve">TRAEGER</t>
         </is>
       </c>
       <c r="D349" s="1">
-        <v>284.01</v>
+        <v>1.27</v>
       </c>
       <c r="E349" s="1">
         <v>1</v>
       </c>
       <c r="F349" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G349" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8A0971848C</t>
+          <t xml:space="preserve">8E08869194PK</t>
         </is>
       </c>
       <c r="C350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KLEMME</t>
+          <t xml:space="preserve">FUEHRUNG</t>
         </is>
       </c>
       <c r="D350" s="1">
-        <v>3.23</v>
+        <v>4.09</v>
       </c>
       <c r="E350" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F350" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G350" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8D0000289</t>
+          <t xml:space="preserve">8E0953512P6PS</t>
         </is>
       </c>
       <c r="C351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRAEGER</t>
+          <t xml:space="preserve">VERKLEID.</t>
         </is>
       </c>
       <c r="D351" s="1">
-        <v>1.4</v>
+        <v>33.76</v>
       </c>
       <c r="E351" s="1">
         <v>1</v>
       </c>
       <c r="F351" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G351" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8E08869194PK</t>
+          <t xml:space="preserve">8F0863821C</t>
         </is>
       </c>
       <c r="C352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FUEHRUNG</t>
+          <t xml:space="preserve">DAEMPFUNG</t>
         </is>
       </c>
       <c r="D352" s="1">
-        <v>4.5</v>
+        <v>217.82</v>
       </c>
       <c r="E352" s="1">
         <v>1</v>
       </c>
       <c r="F352" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G352" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8E0953512P6PS</t>
+          <t xml:space="preserve">8K0201196Q</t>
         </is>
       </c>
       <c r="C353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VERKLEID.</t>
+          <t xml:space="preserve">ABDICHTUNG</t>
         </is>
       </c>
       <c r="D353" s="1">
-        <v>37.14</v>
+        <v>2.41</v>
       </c>
       <c r="E353" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F353" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G353" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8F0863821C</t>
+          <t xml:space="preserve">8K0201196R</t>
         </is>
       </c>
       <c r="C354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DAEMPFUNG</t>
+          <t xml:space="preserve">ABDICHTUNG</t>
         </is>
       </c>
       <c r="D354" s="1">
-        <v>239.61</v>
+        <v>2.41</v>
       </c>
       <c r="E354" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F354" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G354" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K0201196Q</t>
+          <t xml:space="preserve">8K0601147</t>
         </is>
       </c>
       <c r="C355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDICHTUNG</t>
+          <t xml:space="preserve">ZIERKAPPE</t>
         </is>
       </c>
       <c r="D355" s="1">
-        <v>2.66</v>
+        <v>22.65</v>
       </c>
       <c r="E355" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F355" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G355" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K0201196R</t>
+          <t xml:space="preserve">8K0906379</t>
         </is>
       </c>
       <c r="C356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDICHTUNG</t>
+          <t xml:space="preserve">GEHAEUSE</t>
         </is>
       </c>
       <c r="D356" s="1">
-        <v>2.66</v>
+        <v>11.88</v>
       </c>
       <c r="E356" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F356" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G356" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K0601147</t>
+          <t xml:space="preserve">8K0971095</t>
         </is>
       </c>
       <c r="C357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZIERKAPPE</t>
+          <t xml:space="preserve">LEITG.SATZ</t>
         </is>
       </c>
       <c r="D357" s="1">
-        <v>24.92</v>
+        <v>116.56</v>
       </c>
       <c r="E357" s="1">
         <v>1</v>
       </c>
       <c r="F357" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G357" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K0906379</t>
+          <t xml:space="preserve">8K9853703E1P9</t>
         </is>
       </c>
       <c r="C358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GEHAEUSE</t>
+          <t xml:space="preserve">ZIERLEISTE</t>
         </is>
       </c>
       <c r="D358" s="1">
-        <v>13.07</v>
+        <v>55.77</v>
       </c>
       <c r="E358" s="1">
         <v>1</v>
       </c>
       <c r="F358" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G358" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K0971095</t>
+          <t xml:space="preserve">8R0035420SK4</t>
         </is>
       </c>
       <c r="C359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEITG.SATZ</t>
+          <t xml:space="preserve">BLENDE</t>
         </is>
       </c>
       <c r="D359" s="1">
-        <v>128.22</v>
+        <v>24.32</v>
       </c>
       <c r="E359" s="1">
         <v>1</v>
       </c>
       <c r="F359" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G359" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K9853703E1P9</t>
+          <t xml:space="preserve">8T0010502KA</t>
         </is>
       </c>
       <c r="C360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZIERLEISTE</t>
+          <t xml:space="preserve">KENNSCHILD</t>
         </is>
       </c>
       <c r="D360" s="1">
-        <v>61.35</v>
+        <v>11</v>
       </c>
       <c r="E360" s="1">
         <v>1</v>
       </c>
       <c r="F360" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G360" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8R0035420SK4</t>
+          <t xml:space="preserve">8T0857705BV04</t>
         </is>
       </c>
       <c r="C361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLENDE</t>
+          <t xml:space="preserve">DREIP.GURT</t>
         </is>
       </c>
       <c r="D361" s="1">
-        <v>26.76</v>
+        <v>174.85</v>
       </c>
       <c r="E361" s="1">
         <v>1</v>
       </c>
       <c r="F361" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G361" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8T0010502KA</t>
+          <t xml:space="preserve">8T0857785A</t>
         </is>
       </c>
       <c r="C362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KENNSCHILD</t>
+          <t xml:space="preserve">AUFNAHME</t>
         </is>
       </c>
       <c r="D362" s="1">
-        <v>12.1</v>
+        <v>3.66</v>
       </c>
       <c r="E362" s="1">
         <v>1</v>
       </c>
       <c r="F362" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G362" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8T0857705BV04</t>
+          <t xml:space="preserve">8T0881806PW37</t>
         </is>
       </c>
       <c r="C363" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DREIP.GURT</t>
+          <t xml:space="preserve">LEHNENBEZU</t>
         </is>
       </c>
       <c r="D363" s="1">
-        <v>192.34</v>
+        <v>501.8</v>
       </c>
       <c r="E363" s="1">
         <v>1</v>
       </c>
       <c r="F363" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G363" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8T0857785A</t>
+          <t xml:space="preserve">8T0887233BZ62</t>
         </is>
       </c>
       <c r="C364" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUFNAHME</t>
+          <t xml:space="preserve">HUELSE</t>
         </is>
       </c>
       <c r="D364" s="1">
-        <v>4.03</v>
+        <v>1.02</v>
       </c>
       <c r="E364" s="1">
         <v>1</v>
       </c>
       <c r="F364" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G364" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8T0881806PW37</t>
+          <t xml:space="preserve">8T0951230C</t>
         </is>
       </c>
       <c r="C365" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEHNENBEZU</t>
+          <t xml:space="preserve">BUEGEL</t>
         </is>
       </c>
       <c r="D365" s="1">
-        <v>551.98</v>
+        <v>3.96</v>
       </c>
       <c r="E365" s="1">
         <v>1</v>
       </c>
       <c r="F365" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G365" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8T0887233BZ62</t>
+          <t xml:space="preserve">N0124321</t>
         </is>
       </c>
       <c r="C366" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HUELSE</t>
+          <t xml:space="preserve">SI.SCHEIBE</t>
         </is>
       </c>
       <c r="D366" s="1">
-        <v>1.13</v>
+        <v>0.04</v>
       </c>
       <c r="E366" s="1">
         <v>1</v>
       </c>
       <c r="F366" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G366" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8T0951230C</t>
+          <t xml:space="preserve">N0447582</t>
         </is>
       </c>
       <c r="C367" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BUEGEL</t>
+          <t xml:space="preserve">SCHRAUBE</t>
         </is>
       </c>
       <c r="D367" s="1">
-        <v>4.36</v>
+        <v>0.3</v>
       </c>
       <c r="E367" s="1">
         <v>1</v>
       </c>
       <c r="F367" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G367" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N0124321</t>
+          <t xml:space="preserve">N10453702</t>
         </is>
       </c>
       <c r="C368" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SI.SCHEIBE</t>
+          <t xml:space="preserve">SCHRAUBE</t>
         </is>
       </c>
       <c r="D368" s="1">
-        <v>0.05</v>
+        <v>0.21</v>
       </c>
       <c r="E368" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F368" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G368" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N0447582</t>
+          <t xml:space="preserve">N90499602</t>
         </is>
       </c>
       <c r="C369" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">USCHEIBE</t>
         </is>
       </c>
       <c r="D369" s="1">
-        <v>0.33</v>
+        <v>0.23</v>
       </c>
       <c r="E369" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F369" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G369" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N10453702</t>
+          <t xml:space="preserve">N90716403</t>
         </is>
       </c>
       <c r="C370" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">BLINDNIET</t>
         </is>
       </c>
       <c r="D370" s="1">
-        <v>0.24</v>
+        <v>3.41</v>
       </c>
       <c r="E370" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F370" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G370" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N90499602</t>
+          <t xml:space="preserve">N90807407</t>
         </is>
       </c>
       <c r="C371" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">USCHEIBE</t>
+          <t xml:space="preserve">SCHRAUBE</t>
         </is>
       </c>
       <c r="D371" s="1">
-        <v>0.26</v>
+        <v>0.15</v>
       </c>
       <c r="E371" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F371" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G371" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N90716403</t>
+          <t xml:space="preserve">N91096901</t>
         </is>
       </c>
       <c r="C372" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLINDNIET</t>
+          <t xml:space="preserve">SCHRAUBE</t>
         </is>
       </c>
       <c r="D372" s="1">
-        <v>3.76</v>
+        <v>0.12</v>
       </c>
       <c r="E372" s="1">
         <v>1</v>
       </c>
       <c r="F372" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G372" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N90807407</t>
+          <t xml:space="preserve">WHT002000</t>
         </is>
       </c>
       <c r="C373" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">MUTTER</t>
         </is>
       </c>
       <c r="D373" s="1">
-        <v>0.17</v>
+        <v>0.62</v>
       </c>
       <c r="E373" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F373" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G373" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">DELPHI</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N91096901</t>
+          <t xml:space="preserve">HDF907</t>
         </is>
       </c>
       <c r="C374" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D374" s="1">
-        <v>0.14</v>
+        <v>94.97</v>
       </c>
       <c r="E374" s="1">
         <v>1</v>
       </c>
       <c r="F374" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G374" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WHT002000</t>
+          <t xml:space="preserve">1T0941700G</t>
         </is>
       </c>
       <c r="C375" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MUTTER</t>
+          <t xml:space="preserve">Противотуманная фара</t>
         </is>
       </c>
       <c r="D375" s="1">
-        <v>0.69</v>
+        <v>47.93</v>
       </c>
       <c r="E375" s="1">
         <v>1</v>
       </c>
       <c r="F375" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G375" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DELPHI</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HDF907</t>
+          <t xml:space="preserve">561807521D9B9</t>
         </is>
       </c>
       <c r="C376" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">SPOILER</t>
         </is>
       </c>
       <c r="D376" s="1">
-        <v>104.47</v>
+        <v>96.77</v>
       </c>
       <c r="E376" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F376" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G376" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1T0941700G</t>
+          <t xml:space="preserve">5N0945094J</t>
         </is>
       </c>
       <c r="C377" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Противотуманная фара</t>
+          <t xml:space="preserve">LEUCHTE</t>
         </is>
       </c>
       <c r="D377" s="1">
-        <v>52.73</v>
+        <v>52.42</v>
       </c>
       <c r="E377" s="1">
         <v>1</v>
       </c>
       <c r="F377" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G377" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">DELPHI</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">561807521D9B9</t>
+          <t xml:space="preserve">SS20021</t>
         </is>
       </c>
       <c r="C378" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SPOILER</t>
+          <t xml:space="preserve">Датчик, частота обертання колеса</t>
         </is>
       </c>
       <c r="D378" s="1">
-        <v>106.45</v>
+        <v>15.35</v>
       </c>
       <c r="E378" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F378" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G378" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">DELPHI</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5N0945094J</t>
+          <t xml:space="preserve">SS20110</t>
         </is>
       </c>
       <c r="C379" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEUCHTE</t>
+          <t xml:space="preserve">Датчик, частота обертання колеса</t>
         </is>
       </c>
       <c r="D379" s="1">
-        <v>57.67</v>
+        <v>16.58</v>
       </c>
       <c r="E379" s="1">
         <v>1</v>
       </c>
       <c r="F379" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G379" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">DELPHI</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SS20021</t>
+          <t xml:space="preserve">TA2004</t>
         </is>
       </c>
       <c r="C380" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, частота обертання колеса</t>
+          <t xml:space="preserve">Осьовий шарнір, рульова тяга</t>
         </is>
       </c>
       <c r="D380" s="1">
-        <v>16.89</v>
+        <v>5.33</v>
       </c>
       <c r="E380" s="1">
         <v>1</v>
       </c>
       <c r="F380" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G380" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DELPHI</t>
+          <t xml:space="preserve">GATES</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SS20110</t>
+          <t xml:space="preserve">P15607XS-1</t>
         </is>
       </c>
       <c r="C381" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, частота обертання колеса</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D381" s="1">
-        <v>18.24</v>
+        <v>91.64</v>
       </c>
       <c r="E381" s="1">
         <v>1</v>
       </c>
       <c r="F381" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G381" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DELPHI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CORTECO</t>
+        </is>
+      </c>
+      <c r="B382" s="1">
+        <v>1033904</v>
       </c>
       <c r="C382" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Осьовий шарнір, рульова тяга</t>
+          <t xml:space="preserve">Сальник коленчатого вала</t>
         </is>
       </c>
       <c r="D382" s="1">
-        <v>5.87</v>
+        <v>94.07</v>
       </c>
       <c r="E382" s="1">
         <v>1</v>
       </c>
       <c r="F382" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G382" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B383" s="1">
+        <v>23188587009999</v>
       </c>
       <c r="C383" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OEL</t>
+          <t xml:space="preserve">FRONTSPOILER</t>
         </is>
       </c>
       <c r="D383" s="1">
-        <v>30.31</v>
+        <v>100.95</v>
       </c>
       <c r="E383" s="1">
         <v>1</v>
       </c>
       <c r="F383" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G383" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GATES</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B384" s="1">
+        <v>4638901600</v>
       </c>
       <c r="C384" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">TS ABDECKUNG</t>
         </is>
       </c>
       <c r="D384" s="1">
-        <v>100.81</v>
+        <v>780.14</v>
       </c>
       <c r="E384" s="1">
         <v>1</v>
       </c>
       <c r="F384" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G384" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CORTECO</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B385" s="1">
-        <v>1033904</v>
+        <v>41007408605</v>
       </c>
       <c r="C385" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сальник коленчатого вала</t>
+          <t xml:space="preserve">QUERTRДGER HINTERACHSAUFNAHME UNTEN</t>
         </is>
       </c>
       <c r="D385" s="1">
-        <v>103.48</v>
+        <v>69.1</v>
       </c>
       <c r="E385" s="1">
         <v>1</v>
       </c>
       <c r="F385" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G385" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B386" s="1">
-        <v>23188587009999</v>
+        <v>61316801354</v>
       </c>
       <c r="C386" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FRONTSPOILER</t>
+          <t xml:space="preserve">TASTER ZENTRALVERRIEGELUNG RECHTS</t>
         </is>
       </c>
       <c r="D386" s="1">
-        <v>111.05</v>
+        <v>54.74</v>
       </c>
       <c r="E386" s="1">
         <v>1</v>
       </c>
       <c r="F386" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G386" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B387" s="1">
-        <v>4638901600</v>
+        <v>80192413524</v>
       </c>
       <c r="C387" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TS ABDECKUNG</t>
+          <t xml:space="preserve">BMW M SCHUHE EVO SPEED</t>
         </is>
       </c>
       <c r="D387" s="1">
-        <v>858.16</v>
+        <v>60.51</v>
       </c>
       <c r="E387" s="1">
         <v>1</v>
       </c>
       <c r="F387" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G387" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">CHEVROLET</t>
         </is>
       </c>
       <c r="B388" s="1">
-        <v>41007408605</v>
+        <v>13263311</v>
       </c>
       <c r="C388" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUERTRДGER HINTERACHSAUFNAHME UNTEN</t>
+          <t xml:space="preserve">DICHTUNGSSATZ</t>
         </is>
       </c>
       <c r="D388" s="1">
-        <v>76.01</v>
+        <v>6.36</v>
       </c>
       <c r="E388" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F388" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G388" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>61316801354</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">13343RNAA01</t>
+        </is>
       </c>
       <c r="C389" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TASTER ZENTRALVERRIEGELUNG RECHTS</t>
+          <t xml:space="preserve">HAUPTLAGER C, UNTEN (BRAU</t>
         </is>
       </c>
       <c r="D389" s="1">
-        <v>60.22</v>
+        <v>2.52</v>
       </c>
       <c r="E389" s="1">
         <v>1</v>
       </c>
       <c r="F389" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G389" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>80192413524</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">52388SM4961</t>
+        </is>
       </c>
       <c r="C390" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW M SCHUHE EVO SPEED</t>
+          <t xml:space="preserve">NOCKENSCHEIBE</t>
         </is>
       </c>
       <c r="D390" s="1">
-        <v>66.57</v>
+        <v>4.71</v>
       </c>
       <c r="E390" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F390" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G390" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CHEVROLET</t>
-[...3 lines deleted...]
-        <v>13263311</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">73153SWA003</t>
+        </is>
       </c>
       <c r="C391" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTUNGSSATZ</t>
+          <t xml:space="preserve">ЗАГЛУШКА МОЛДИНГА ДАХУ</t>
         </is>
       </c>
       <c r="D391" s="1">
-        <v>7</v>
+        <v>4.2</v>
       </c>
       <c r="E391" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F391" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G391" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">13343RNAA01</t>
+          <t xml:space="preserve">79506S6A003</t>
         </is>
       </c>
       <c r="C392" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HAUPTLAGER C, UNTEN (BRAU</t>
+          <t xml:space="preserve">KLAMMER, KONTROLLKABEL</t>
         </is>
       </c>
       <c r="D392" s="1">
-        <v>2.78</v>
+        <v>2.75</v>
       </c>
       <c r="E392" s="1">
         <v>1</v>
       </c>
       <c r="F392" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G392" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MAGNETI MARELLI</t>
+        </is>
+      </c>
+      <c r="B393" s="1">
+        <v>352316170085</v>
       </c>
       <c r="C393" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NOCKENSCHEIBE</t>
+          <t xml:space="preserve">Водяний насос</t>
         </is>
       </c>
       <c r="D393" s="1">
-        <v>5.19</v>
+        <v>19.15</v>
       </c>
       <c r="E393" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F393" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G393" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MAGNETI MARELLI</t>
+        </is>
+      </c>
+      <c r="B394" s="1">
+        <v>712373609879</v>
       </c>
       <c r="C394" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ЗАГЛУШКА МОЛДИНГА ДАХУ</t>
+          <t xml:space="preserve">Задній ліхтар</t>
         </is>
       </c>
       <c r="D394" s="1">
-        <v>4.62</v>
+        <v>14.35</v>
       </c>
       <c r="E394" s="1">
         <v>1</v>
       </c>
       <c r="F394" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G394" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MAGNETI MARELLI</t>
+        </is>
+      </c>
+      <c r="B395" s="1">
+        <v>712373709879</v>
       </c>
       <c r="C395" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KLAMMER, KONTROLLKABEL</t>
+          <t xml:space="preserve">Задній ліхтар</t>
         </is>
       </c>
       <c r="D395" s="1">
-        <v>3.03</v>
+        <v>19.5</v>
       </c>
       <c r="E395" s="1">
         <v>1</v>
       </c>
       <c r="F395" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G395" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAGNETI MARELLI</t>
-[...3 lines deleted...]
-        <v>352316170085</v>
+          <t xml:space="preserve">INFINITI</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">768521LA0A</t>
+        </is>
       </c>
       <c r="C396" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Водяний насос</t>
+          <t xml:space="preserve">MOULDING-SILL,R</t>
         </is>
       </c>
       <c r="D396" s="1">
-        <v>21.07</v>
+        <v>120.6</v>
       </c>
       <c r="E396" s="1">
         <v>1</v>
       </c>
       <c r="F396" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G396" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAGNETI MARELLI</t>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B397" s="1">
-        <v>712373609879</v>
+        <v>13015</v>
       </c>
       <c r="C397" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Задній ліхтар</t>
+          <t xml:space="preserve">Пилозахисний комплект, амортизатор</t>
         </is>
       </c>
       <c r="D397" s="1">
-        <v>15.79</v>
+        <v>6.41</v>
       </c>
       <c r="E397" s="1">
         <v>1</v>
       </c>
       <c r="F397" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G397" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAGNETI MARELLI</t>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B398" s="1">
-        <v>712373709879</v>
+        <v>13406</v>
       </c>
       <c r="C398" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Задній ліхтар</t>
+          <t xml:space="preserve">Свіча запалювання</t>
         </is>
       </c>
       <c r="D398" s="1">
-        <v>21.45</v>
+        <v>2.15</v>
       </c>
       <c r="E398" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F398" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G398" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">INFINITI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
+        </is>
+      </c>
+      <c r="B399" s="1">
+        <v>18146</v>
       </c>
       <c r="C399" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOULDING-SILL,R</t>
+          <t xml:space="preserve">Болт головки циліндрів</t>
         </is>
       </c>
       <c r="D399" s="1">
-        <v>132.66</v>
+        <v>1</v>
       </c>
       <c r="E399" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F399" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G399" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B400" s="1">
-        <v>13015</v>
+        <v>26104</v>
       </c>
       <c r="C400" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пилозахисний комплект, амортизатор</t>
+          <t xml:space="preserve">Буфер, амортизація</t>
         </is>
       </c>
       <c r="D400" s="1">
-        <v>7.06</v>
+        <v>6.32</v>
       </c>
       <c r="E400" s="1">
         <v>1</v>
       </c>
       <c r="F400" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G400" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B401" s="1">
-        <v>13406</v>
+        <v>28317</v>
       </c>
       <c r="C401" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свіча запалювання</t>
+          <t xml:space="preserve">Штовхач</t>
         </is>
       </c>
       <c r="D401" s="1">
-        <v>2.37</v>
+        <v>3.45</v>
       </c>
       <c r="E401" s="1">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F401" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G401" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B402" s="1">
-        <v>18146</v>
+        <v>31812</v>
       </c>
       <c r="C402" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Болт головки циліндрів</t>
+          <t xml:space="preserve">Несучий / направляючий шарнір</t>
         </is>
       </c>
       <c r="D402" s="1">
-        <v>1.1</v>
+        <v>7.35</v>
       </c>
       <c r="E402" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F402" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G402" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI BILSTEIN</t>
-[...3 lines deleted...]
-        <v>26104</v>
+          <t xml:space="preserve">JAGUAR</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">JLM1996</t>
+        </is>
       </c>
       <c r="C403" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Буфер, амортизація</t>
+          <t xml:space="preserve">ABBLENDSCHALTER</t>
         </is>
       </c>
       <c r="D403" s="1">
-        <v>6.96</v>
+        <v>43.55</v>
       </c>
       <c r="E403" s="1">
         <v>1</v>
       </c>
       <c r="F403" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G403" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI BILSTEIN</t>
-[...3 lines deleted...]
-        <v>28317</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">13231EN219</t>
+        </is>
       </c>
       <c r="C404" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Штовхач</t>
+          <t xml:space="preserve">STOESSEL</t>
         </is>
       </c>
       <c r="D404" s="1">
-        <v>3.8</v>
+        <v>21.01</v>
       </c>
       <c r="E404" s="1">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="F404" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G404" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI BILSTEIN</t>
-[...3 lines deleted...]
-        <v>31812</v>
+          <t xml:space="preserve">TRISCAN</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">8620 6382</t>
+        </is>
       </c>
       <c r="C405" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Несучий / направляючий шарнір</t>
+          <t xml:space="preserve">Термостат, охолоджуюча рідина</t>
         </is>
       </c>
       <c r="D405" s="1">
-        <v>8.09</v>
+        <v>6.08</v>
       </c>
       <c r="E405" s="1">
         <v>1</v>
       </c>
       <c r="F405" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G405" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JAGUAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GENERAL MOTORS</t>
+        </is>
+      </c>
+      <c r="B406" s="1">
+        <v>9130905</v>
       </c>
       <c r="C406" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABBLENDSCHALTER</t>
+          <t xml:space="preserve">SPIEGELGLAS</t>
         </is>
       </c>
       <c r="D406" s="1">
-        <v>47.91</v>
+        <v>38.18</v>
       </c>
       <c r="E406" s="1">
         <v>1</v>
       </c>
       <c r="F406" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G406" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GENERAL MOTORS</t>
+        </is>
+      </c>
+      <c r="B407" s="1">
+        <v>11054064</v>
       </c>
       <c r="C407" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STOESSEL</t>
+          <t xml:space="preserve">TELLERSCHEIBE</t>
         </is>
       </c>
       <c r="D407" s="1">
-        <v>23.12</v>
+        <v>0.45</v>
       </c>
       <c r="E407" s="1">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="F407" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G407" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRISCAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GENERAL MOTORS</t>
+        </is>
+      </c>
+      <c r="B408" s="1">
+        <v>11093042</v>
       </c>
       <c r="C408" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Термостат, охолоджуюча рідина</t>
+          <t xml:space="preserve">DICHTRING</t>
         </is>
       </c>
       <c r="D408" s="1">
-        <v>6.69</v>
+        <v>0.73</v>
       </c>
       <c r="E408" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F408" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G408" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B409" s="1">
-        <v>9130905</v>
+        <v>13296184</v>
       </c>
       <c r="C409" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SPIEGELGLAS</t>
+          <t xml:space="preserve">GELENK, AUSSEN</t>
         </is>
       </c>
       <c r="D409" s="1">
-        <v>42</v>
+        <v>57.63</v>
       </c>
       <c r="E409" s="1">
         <v>1</v>
       </c>
       <c r="F409" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G409" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B410" s="1">
-        <v>11054064</v>
+        <v>13368094</v>
       </c>
       <c r="C410" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TELLERSCHEIBE</t>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D410" s="1">
-        <v>0.5</v>
+        <v>6.61</v>
       </c>
       <c r="E410" s="1">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="F410" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G410" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B411" s="1">
-        <v>11093042</v>
+        <v>20812593</v>
       </c>
       <c r="C411" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTRING</t>
+          <t xml:space="preserve">WISCHERARM</t>
         </is>
       </c>
       <c r="D411" s="1">
-        <v>0.81</v>
+        <v>40.24</v>
       </c>
       <c r="E411" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F411" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G411" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B412" s="1">
-        <v>13296184</v>
+        <v>22972245</v>
       </c>
       <c r="C412" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GELENK, AUSSEN</t>
+          <t xml:space="preserve">FEDERBEIN</t>
         </is>
       </c>
       <c r="D412" s="1">
-        <v>63.4</v>
+        <v>226.79</v>
       </c>
       <c r="E412" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F412" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G412" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B413" s="1">
-        <v>13368094</v>
+        <v>25193473</v>
       </c>
       <c r="C413" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">ZUENDKERZE</t>
         </is>
       </c>
       <c r="D413" s="1">
-        <v>7.28</v>
+        <v>5.75</v>
       </c>
       <c r="E413" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F413" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G413" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B414" s="1">
-        <v>20812593</v>
+        <v>90116959</v>
       </c>
       <c r="C414" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WISCHERARM</t>
+          <t xml:space="preserve">STOPFEN SCHWARZ</t>
         </is>
       </c>
       <c r="D414" s="1">
-        <v>44.27</v>
+        <v>0.52</v>
       </c>
       <c r="E414" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F414" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G414" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B415" s="1">
-        <v>22972245</v>
+        <v>90373147</v>
       </c>
       <c r="C415" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEDERBEIN</t>
+          <t xml:space="preserve">CLIP</t>
         </is>
       </c>
       <c r="D415" s="1">
-        <v>249.47</v>
+        <v>1.69</v>
       </c>
       <c r="E415" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F415" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G415" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B416" s="1">
-        <v>25193473</v>
+        <v>93161147</v>
       </c>
       <c r="C416" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZUENDKERZE</t>
+          <t xml:space="preserve">O-RING</t>
         </is>
       </c>
       <c r="D416" s="1">
-        <v>6.33</v>
+        <v>2.05</v>
       </c>
       <c r="E416" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F416" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G416" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GENERAL MOTORS</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B417" s="1">
-        <v>90116959</v>
+        <v>83300493306</v>
       </c>
       <c r="C417" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STOPFEN SCHWARZ</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D417" s="1">
-        <v>0.58</v>
+        <v>29.8</v>
       </c>
       <c r="E417" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F417" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G417" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GENERAL MOTORS</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B418" s="1">
-        <v>90373147</v>
+        <v>83300494656</v>
       </c>
       <c r="C418" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CLIP</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D418" s="1">
-        <v>1.86</v>
+        <v>50.83</v>
       </c>
       <c r="E418" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F418" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G418" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GENERAL MOTORS</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B419" s="1">
-        <v>93161147</v>
+        <v>84714150707</v>
       </c>
       <c r="C419" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">O-RING</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D419" s="1">
-        <v>2.26</v>
+        <v>125.5</v>
       </c>
       <c r="E419" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F419" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G419" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B420" s="1">
-        <v>83300493306</v>
+        <v>83300493325</v>
       </c>
       <c r="C420" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D420" s="1">
-        <v>32.78</v>
+        <v>43.42</v>
       </c>
       <c r="E420" s="1">
         <v>1</v>
       </c>
       <c r="F420" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G420" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83300494656</v>
+          <t xml:space="preserve">VOTEX</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6R0075101</t>
+        </is>
       </c>
       <c r="C421" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D421" s="1">
-        <v>55.92</v>
+        <v>37.42</v>
       </c>
       <c r="E421" s="1">
         <v>1</v>
       </c>
       <c r="F421" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G421" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>84714150707</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1J0971425B</t>
+        </is>
       </c>
       <c r="C422" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D422" s="1">
-        <v>138.05</v>
+        <v>26.54</v>
       </c>
       <c r="E422" s="1">
         <v>1</v>
       </c>
       <c r="F422" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G422" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83300493325</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1H6807395B41</t>
+        </is>
       </c>
       <c r="C423" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D423" s="1">
-        <v>47.77</v>
+        <v>7.07</v>
       </c>
       <c r="E423" s="1">
         <v>1</v>
       </c>
       <c r="F423" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G423" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOTEX</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6R0075101</t>
+          <t xml:space="preserve">6U0863459A5SE</t>
         </is>
       </c>
       <c r="C424" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D424" s="1">
-        <v>41.17</v>
+        <v>14.62</v>
       </c>
       <c r="E424" s="1">
         <v>1</v>
       </c>
       <c r="F424" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G424" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GENERAL MOTORS</t>
+        </is>
+      </c>
+      <c r="B425" s="1">
+        <v>95517912</v>
       </c>
       <c r="C425" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">HALTER</t>
         </is>
       </c>
       <c r="D425" s="1">
-        <v>29.2</v>
+        <v>10.34</v>
       </c>
       <c r="E425" s="1">
         <v>1</v>
       </c>
       <c r="F425" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G425" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">SUZUKI</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1H6807395B41</t>
+          <t xml:space="preserve">990E065J64000</t>
         </is>
       </c>
       <c r="C426" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">SCHMUTZFAENGER HINTEN JB420W</t>
         </is>
       </c>
       <c r="D426" s="1">
-        <v>7.78</v>
+        <v>50</v>
       </c>
       <c r="E426" s="1">
         <v>1</v>
       </c>
       <c r="F426" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G426" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">METELLI</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6U0863459A5SE</t>
+          <t xml:space="preserve">04-0231</t>
         </is>
       </c>
       <c r="C427" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Колісний гальмівний циліндр</t>
         </is>
       </c>
       <c r="D427" s="1">
-        <v>16.09</v>
+        <v>4.54</v>
       </c>
       <c r="E427" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F427" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G427" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GENERAL MOTORS</t>
+          <t xml:space="preserve">VOLVO</t>
         </is>
       </c>
       <c r="B428" s="1">
-        <v>95517912</v>
+        <v>30864959</v>
       </c>
       <c r="C428" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HALTER</t>
+          <t xml:space="preserve">DUSE, R</t>
         </is>
       </c>
       <c r="D428" s="1">
-        <v>11.38</v>
+        <v>5.45</v>
       </c>
       <c r="E428" s="1">
         <v>1</v>
       </c>
       <c r="F428" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G428" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SUZUKI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">NISSENS</t>
+        </is>
+      </c>
+      <c r="B429" s="1">
+        <v>94794</v>
       </c>
       <c r="C429" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHMUTZFAENGER HINTEN JB420W</t>
+          <t xml:space="preserve">Конденсатор, кондиционер</t>
         </is>
       </c>
       <c r="D429" s="1">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="E429" s="1">
         <v>1</v>
       </c>
       <c r="F429" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G429" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">METELLI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">VOLVO</t>
+        </is>
+      </c>
+      <c r="B430" s="1">
+        <v>985162</v>
       </c>
       <c r="C430" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Колісний гальмівний циліндр</t>
+          <t xml:space="preserve">FLANSCHSCHRAUBE</t>
         </is>
       </c>
       <c r="D430" s="1">
-        <v>5</v>
+        <v>1.1</v>
       </c>
       <c r="E430" s="1">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F430" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G430" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOLVO</t>
-[...3 lines deleted...]
-        <v>30864959</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3Q0407272BS</t>
+        </is>
       </c>
       <c r="C431" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DUSE, R</t>
+          <t xml:space="preserve">GELENKWELL</t>
         </is>
       </c>
       <c r="D431" s="1">
-        <v>6</v>
+        <v>364</v>
       </c>
       <c r="E431" s="1">
         <v>1</v>
       </c>
       <c r="F431" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G431" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSENS</t>
-[...3 lines deleted...]
-        <v>94794</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5NA807568A041</t>
+        </is>
       </c>
       <c r="C432" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Конденсатор, кондиционер</t>
+          <t xml:space="preserve">DIFFUSOR</t>
         </is>
       </c>
       <c r="D432" s="1">
-        <v>101.2</v>
+        <v>145.64</v>
       </c>
       <c r="E432" s="1">
         <v>1</v>
       </c>
       <c r="F432" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G432" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOLVO</t>
-[...3 lines deleted...]
-        <v>985162</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4G1857410BH01C</t>
+        </is>
       </c>
       <c r="C433" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FLANSCHSCHRAUBE</t>
+          <t xml:space="preserve">Aufnahme</t>
         </is>
       </c>
       <c r="D433" s="1">
-        <v>1.21</v>
+        <v>417.03</v>
       </c>
       <c r="E433" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F433" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G433" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3Q0407272BS</t>
+          <t xml:space="preserve">5M0886327P83V</t>
         </is>
       </c>
       <c r="C434" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GELENKWELL</t>
+          <t xml:space="preserve">AUFLAGE</t>
         </is>
       </c>
       <c r="D434" s="1">
-        <v>400.4</v>
+        <v>58.76</v>
       </c>
       <c r="E434" s="1">
         <v>1</v>
       </c>
       <c r="F434" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G434" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5NA807568A041</t>
+          <t xml:space="preserve">7L6959703VIN</t>
         </is>
       </c>
       <c r="C435" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DIFFUSOR</t>
+          <t xml:space="preserve">FENST.MOT.</t>
         </is>
       </c>
       <c r="D435" s="1">
-        <v>160.21</v>
+        <v>182.75</v>
       </c>
       <c r="E435" s="1">
         <v>1</v>
       </c>
       <c r="F435" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G435" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4G1857410BH01C</t>
+          <t xml:space="preserve">4M0971225BK</t>
         </is>
       </c>
       <c r="C436" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aufnahme</t>
+          <t xml:space="preserve">LEITG.SATZ</t>
         </is>
       </c>
       <c r="D436" s="1">
-        <v>458.74</v>
+        <v>115</v>
       </c>
       <c r="E436" s="1">
         <v>1</v>
       </c>
       <c r="F436" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G436" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">VERNET</t>
+        </is>
+      </c>
+      <c r="B437" s="1">
+        <v>6860.82</v>
       </c>
       <c r="C437" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUFLAGE</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D437" s="1">
-        <v>64.64</v>
+        <v>17.18</v>
       </c>
       <c r="E437" s="1">
         <v>1</v>
       </c>
       <c r="F437" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G437" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">VOTEX</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7L6959703VIN</t>
+          <t xml:space="preserve">2K1061500B 82V</t>
         </is>
       </c>
       <c r="C438" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FENST.MOT.</t>
+          <t xml:space="preserve">FUSSMATTEN</t>
         </is>
       </c>
       <c r="D438" s="1">
-        <v>201.03</v>
+        <v>55.7</v>
       </c>
       <c r="E438" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F438" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G438" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">VOTEX</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4M0971225BK</t>
+          <t xml:space="preserve">5GB087400  041</t>
         </is>
       </c>
       <c r="C439" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEITG.SATZ</t>
+          <t xml:space="preserve">GELDBOERSE</t>
         </is>
       </c>
       <c r="D439" s="1">
-        <v>126.5</v>
+        <v>24.08</v>
       </c>
       <c r="E439" s="1">
         <v>1</v>
       </c>
       <c r="F439" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G439" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VERNET</t>
-[...3 lines deleted...]
-        <v>6860.82</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">312330H040</t>
+        </is>
       </c>
       <c r="C440" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">AUSRUECKGABEL/KUPPLU</t>
         </is>
       </c>
       <c r="D440" s="1">
-        <v>18.9</v>
+        <v>52.85</v>
       </c>
       <c r="E440" s="1">
         <v>1</v>
       </c>
       <c r="F440" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G440" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOTEX</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B441" s="1">
+        <v>4110002010</v>
       </c>
       <c r="C441" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FUSSMATTEN</t>
+          <t xml:space="preserve">Комплект зчеплення</t>
         </is>
       </c>
       <c r="D441" s="1">
-        <v>61.27</v>
+        <v>55</v>
       </c>
       <c r="E441" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F441" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G441" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOTEX</t>
+          <t xml:space="preserve">MOOG</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5GB087400  041</t>
+          <t xml:space="preserve">SK-BJ-8223</t>
         </is>
       </c>
       <c r="C442" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GELDBOERSE</t>
+          <t xml:space="preserve">Несучий / направляючий шарнір</t>
         </is>
       </c>
       <c r="D442" s="1">
-        <v>26.49</v>
+        <v>3.41</v>
       </c>
       <c r="E442" s="1">
         <v>1</v>
       </c>
       <c r="F442" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G442" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">312330H040</t>
+          <t xml:space="preserve">98850A4000</t>
         </is>
       </c>
       <c r="C443" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUSRUECKGABEL/KUPPLU</t>
+          <t xml:space="preserve">WISCHERBLATT HI.</t>
         </is>
       </c>
       <c r="D443" s="1">
-        <v>58.14</v>
+        <v>10</v>
       </c>
       <c r="E443" s="1">
         <v>1</v>
       </c>
       <c r="F443" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G443" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B444" s="1">
-        <v>4110002010</v>
+        <v>5811407000</v>
       </c>
       <c r="C444" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект зчеплення</t>
+          <t xml:space="preserve">MANSCHETTE-KOLBEN</t>
         </is>
       </c>
       <c r="D444" s="1">
-        <v>60.5</v>
+        <v>0.84</v>
       </c>
       <c r="E444" s="1">
         <v>1</v>
       </c>
       <c r="F444" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G444" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOOG</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SK-BJ-8223</t>
+          <t xml:space="preserve">866102S010</t>
         </is>
       </c>
       <c r="C445" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Несучий / направляючий шарнір</t>
+          <t xml:space="preserve">Молдинг бампера заднего нижний (с парктроником)</t>
         </is>
       </c>
       <c r="D445" s="1">
-        <v>3.76</v>
+        <v>127.08</v>
       </c>
       <c r="E445" s="1">
         <v>1</v>
       </c>
       <c r="F445" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G445" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">CORTECO</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">98850A4000</t>
+          <t xml:space="preserve">20011244B</t>
         </is>
       </c>
       <c r="C446" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WISCHERBLATT HI.</t>
+          <t xml:space="preserve">Ущільнююче кільце, розподільний вал</t>
         </is>
       </c>
       <c r="D446" s="1">
-        <v>11</v>
+        <v>1.51</v>
       </c>
       <c r="E446" s="1">
         <v>1</v>
       </c>
       <c r="F446" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G446" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>5811407000</v>
+          <t xml:space="preserve">BOSCH</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">0 250 402 005</t>
+        </is>
       </c>
       <c r="C447" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MANSCHETTE-KOLBEN</t>
+          <t xml:space="preserve">Свічка розжарювання</t>
         </is>
       </c>
       <c r="D447" s="1">
-        <v>0.93</v>
+        <v>7.33</v>
       </c>
       <c r="E447" s="1">
         <v>1</v>
       </c>
       <c r="F447" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G447" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ALFA ROMEO/FIAT/LANCIA</t>
+        </is>
+      </c>
+      <c r="B448" s="1">
+        <v>735498630</v>
       </c>
       <c r="C448" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Молдинг бампера заднего нижний (с парктроником)</t>
+          <t xml:space="preserve">BLENDE</t>
         </is>
       </c>
       <c r="D448" s="1">
-        <v>139.79</v>
+        <v>6.83</v>
       </c>
       <c r="E448" s="1">
         <v>1</v>
       </c>
       <c r="F448" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G448" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CORTECO</t>
+          <t xml:space="preserve">MEYLE</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">20011244B</t>
+          <t xml:space="preserve">014 527 0000</t>
         </is>
       </c>
       <c r="C449" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ущільнююче кільце, розподільний вал</t>
+          <t xml:space="preserve">Сигналізатор зносу гальмівних колодок</t>
         </is>
       </c>
       <c r="D449" s="1">
-        <v>1.67</v>
+        <v>1.99</v>
       </c>
       <c r="E449" s="1">
         <v>1</v>
       </c>
       <c r="F449" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G449" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSCH</t>
+          <t xml:space="preserve">MEYLE</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0 250 402 005</t>
+          <t xml:space="preserve">614 035 0029</t>
         </is>
       </c>
       <c r="C450" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свічка розжарювання</t>
+          <t xml:space="preserve">Опора, стабілізатор</t>
         </is>
       </c>
       <c r="D450" s="1">
-        <v>8.07</v>
+        <v>1.12</v>
       </c>
       <c r="E450" s="1">
         <v>1</v>
       </c>
       <c r="F450" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G450" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ALFA ROMEO/FIAT/LANCIA</t>
-[...3 lines deleted...]
-        <v>735498630</v>
+          <t xml:space="preserve">MEYLE</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">614 860 0008</t>
+        </is>
       </c>
       <c r="C451" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLENDE</t>
+          <t xml:space="preserve">Свічка розжарювання</t>
         </is>
       </c>
       <c r="D451" s="1">
-        <v>7.52</v>
+        <v>4.84</v>
       </c>
       <c r="E451" s="1">
         <v>1</v>
       </c>
       <c r="F451" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G451" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MEYLE</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">014 527 0000</t>
+          <t xml:space="preserve">628 228 0002</t>
         </is>
       </c>
       <c r="C452" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сигналізатор зносу гальмівних колодок</t>
+          <t xml:space="preserve">Термостат, охолоджуюча рідина</t>
         </is>
       </c>
       <c r="D452" s="1">
-        <v>2.19</v>
+        <v>40.24</v>
       </c>
       <c r="E452" s="1">
         <v>1</v>
       </c>
       <c r="F452" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G452" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MEYLE</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">614 035 0029</t>
+          <t xml:space="preserve">714 323 0002</t>
         </is>
       </c>
       <c r="C453" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабілізатор</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D453" s="1">
-        <v>1.24</v>
+        <v>6.7</v>
       </c>
       <c r="E453" s="1">
         <v>1</v>
       </c>
       <c r="F453" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G453" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MEYLE</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">614 860 0008</t>
+          <t xml:space="preserve">2Q0907511F</t>
         </is>
       </c>
       <c r="C454" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свічка розжарювання</t>
+          <t xml:space="preserve">STELLMOTOR</t>
         </is>
       </c>
       <c r="D454" s="1">
-        <v>5.33</v>
+        <v>31</v>
       </c>
       <c r="E454" s="1">
         <v>1</v>
       </c>
       <c r="F454" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G454" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MEYLE</t>
+          <t xml:space="preserve">SWAG</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">628 228 0002</t>
+          <t xml:space="preserve">30 54 0005</t>
         </is>
       </c>
       <c r="C455" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Термостат, охолоджуюча рідина</t>
+          <t xml:space="preserve">Опора стійки амортизатора</t>
         </is>
       </c>
       <c r="D455" s="1">
-        <v>44.27</v>
+        <v>4.47</v>
       </c>
       <c r="E455" s="1">
         <v>1</v>
       </c>
       <c r="F455" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G455" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MEYLE</t>
+          <t xml:space="preserve">SWAG</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">714 323 0002</t>
+          <t xml:space="preserve">30 71 0041</t>
         </is>
       </c>
       <c r="C456" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D456" s="1">
-        <v>7.37</v>
+        <v>6</v>
       </c>
       <c r="E456" s="1">
         <v>1</v>
       </c>
       <c r="F456" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G456" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B457" s="1">
+        <v>9104164</v>
       </c>
       <c r="C457" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STELLMOTOR</t>
+          <t xml:space="preserve">STUETZE</t>
         </is>
       </c>
       <c r="D457" s="1">
-        <v>34.1</v>
+        <v>4.86</v>
       </c>
       <c r="E457" s="1">
         <v>1</v>
       </c>
       <c r="F457" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G457" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SWAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B458" s="1">
+        <v>9198738</v>
       </c>
       <c r="C458" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора стійки амортизатора</t>
+          <t xml:space="preserve">KLEBEBAND</t>
         </is>
       </c>
       <c r="D458" s="1">
-        <v>4.92</v>
+        <v>31.05</v>
       </c>
       <c r="E458" s="1">
         <v>1</v>
       </c>
       <c r="F458" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G458" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SWAG</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">30 71 0041</t>
+          <t xml:space="preserve">40 93 1067</t>
         </is>
       </c>
       <c r="C459" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Опора, стабілізатор</t>
         </is>
       </c>
       <c r="D459" s="1">
-        <v>6.6</v>
+        <v>1.87</v>
       </c>
       <c r="E459" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F459" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G459" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
+          <t xml:space="preserve">CITROEN/PEUGEOT</t>
         </is>
       </c>
       <c r="B460" s="1">
-        <v>9104164</v>
+        <v>1607584680</v>
       </c>
       <c r="C460" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STUETZE</t>
+          <t xml:space="preserve">LAGERHAELFTE</t>
         </is>
       </c>
       <c r="D460" s="1">
-        <v>5.35</v>
+        <v>22.21</v>
       </c>
       <c r="E460" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F460" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G460" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>9198738</v>
+          <t xml:space="preserve">SWAG</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">62 93 2116</t>
+        </is>
       </c>
       <c r="C461" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KLEBEBAND</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D461" s="1">
-        <v>34.16</v>
+        <v>7.71</v>
       </c>
       <c r="E461" s="1">
         <v>1</v>
       </c>
       <c r="F461" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G461" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SWAG</t>
+          <t xml:space="preserve">CITROEN/PEUGEOT</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">40 93 1067</t>
+          <t xml:space="preserve">7416X6</t>
         </is>
       </c>
       <c r="C462" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабілізатор</t>
+          <t xml:space="preserve">VERSTAERKUNG</t>
         </is>
       </c>
       <c r="D462" s="1">
-        <v>2.06</v>
+        <v>28.05</v>
       </c>
       <c r="E462" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F462" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G462" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CITROEN/PEUGEOT</t>
         </is>
       </c>
-      <c r="B463" s="1">
-        <v>1607584680</v>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">9181L8</t>
+        </is>
       </c>
       <c r="C463" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAGERHAELFTE</t>
+          <t xml:space="preserve">DICHTUNG</t>
         </is>
       </c>
       <c r="D463" s="1">
-        <v>24.44</v>
+        <v>1.49</v>
       </c>
       <c r="E463" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F463" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G463" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SWAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B464" s="1">
+        <v>39016215</v>
       </c>
       <c r="C464" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D464" s="1">
-        <v>8.49</v>
+        <v>204.12</v>
       </c>
       <c r="E464" s="1">
         <v>1</v>
       </c>
       <c r="F464" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G464" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN/PEUGEOT</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B465" s="1">
+        <v>90460774</v>
       </c>
       <c r="C465" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VERSTAERKUNG</t>
+          <t xml:space="preserve">LEUCHTE</t>
         </is>
       </c>
       <c r="D465" s="1">
-        <v>30.86</v>
+        <v>34.88</v>
       </c>
       <c r="E465" s="1">
         <v>1</v>
       </c>
       <c r="F465" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G465" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN/PEUGEOT</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B466" s="1">
+        <v>90576768</v>
       </c>
       <c r="C466" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DICHTUNG</t>
+          <t xml:space="preserve">SKT.-SCHRAUBE</t>
         </is>
       </c>
       <c r="D466" s="1">
-        <v>1.64</v>
+        <v>1.24</v>
       </c>
       <c r="E466" s="1">
         <v>1</v>
       </c>
       <c r="F466" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G466" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>39016215</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GCH478</t>
+        </is>
       </c>
       <c r="C467" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">Трос, гальмівна система</t>
         </is>
       </c>
       <c r="D467" s="1">
-        <v>224.54</v>
+        <v>20.07</v>
       </c>
       <c r="E467" s="1">
         <v>1</v>
       </c>
       <c r="F467" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G467" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>90460774</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GDB1547</t>
+        </is>
       </c>
       <c r="C468" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEUCHTE</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D468" s="1">
-        <v>38.37</v>
+        <v>46.9</v>
       </c>
       <c r="E468" s="1">
         <v>1</v>
       </c>
       <c r="F468" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G468" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>90576768</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GDB1925</t>
+        </is>
       </c>
       <c r="C469" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SKT.-SCHRAUBE</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D469" s="1">
-        <v>1.37</v>
+        <v>31.36</v>
       </c>
       <c r="E469" s="1">
         <v>1</v>
       </c>
       <c r="F469" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G469" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>94501015</v>
+          <t xml:space="preserve">BOSCH</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">0 432 191 418</t>
+        </is>
       </c>
       <c r="C470" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCHRAUBE</t>
+          <t xml:space="preserve">Розпилювач</t>
         </is>
       </c>
       <c r="D470" s="1">
-        <v>0.62</v>
+        <v>209.76</v>
       </c>
       <c r="E470" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F470" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G470" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TRW</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GCH478</t>
+          <t xml:space="preserve">JTE721</t>
         </is>
       </c>
       <c r="C471" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос, гальмівна система</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D471" s="1">
-        <v>22.08</v>
+        <v>6.87</v>
       </c>
       <c r="E471" s="1">
         <v>1</v>
       </c>
       <c r="F471" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G471" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
+          <t xml:space="preserve">CTR</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GDB1547</t>
+          <t xml:space="preserve">CVHO6</t>
         </is>
       </c>
       <c r="C472" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Подвеска, рычаг независимой подвески колеса</t>
         </is>
       </c>
       <c r="D472" s="1">
-        <v>51.59</v>
+        <v>6</v>
       </c>
       <c r="E472" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F472" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G472" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
+          <t xml:space="preserve">CTR</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GDB1925</t>
+          <t xml:space="preserve">CVHO5</t>
         </is>
       </c>
       <c r="C473" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Подвеска, рычаг независимой подвески колеса</t>
         </is>
       </c>
       <c r="D473" s="1">
-        <v>34.5</v>
+        <v>3.2</v>
       </c>
       <c r="E473" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F473" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G473" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BOSCH</t>
+          <t xml:space="preserve">HELLA</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0 432 191 418</t>
+          <t xml:space="preserve">T1026</t>
         </is>
       </c>
       <c r="C474" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Розпилювач</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D474" s="1">
-        <v>230.74</v>
+        <v>4.58</v>
       </c>
       <c r="E474" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F474" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G474" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
+          <t xml:space="preserve">JAPCAR</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JTE721</t>
+          <t xml:space="preserve">B31021PR</t>
         </is>
       </c>
       <c r="C475" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D475" s="1">
-        <v>7.56</v>
+        <v>3.64</v>
       </c>
       <c r="E475" s="1">
         <v>1</v>
       </c>
       <c r="F475" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G475" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CTR</t>
+          <t xml:space="preserve">JAPCAR</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CVHO6</t>
+          <t xml:space="preserve">B48001PR</t>
         </is>
       </c>
       <c r="C476" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подвеска, рычаг независимой подвески колеса</t>
+          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
         </is>
       </c>
       <c r="D476" s="1">
-        <v>6.6</v>
+        <v>4.9</v>
       </c>
       <c r="E476" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F476" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G476" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CTR</t>
+          <t xml:space="preserve">KAYABA</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CVHO5</t>
+          <t xml:space="preserve">RH5543</t>
         </is>
       </c>
       <c r="C477" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подвеска, рычаг независимой подвески колеса</t>
+          <t xml:space="preserve">Пружина ходової частини</t>
         </is>
       </c>
       <c r="D477" s="1">
-        <v>3.52</v>
+        <v>15.03</v>
       </c>
       <c r="E477" s="1">
         <v>2</v>
       </c>
       <c r="F477" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G477" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HELLA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LEMFORDER</t>
+        </is>
+      </c>
+      <c r="B478" s="1">
+        <v>36173</v>
       </c>
       <c r="C478" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
         </is>
       </c>
       <c r="D478" s="1">
-        <v>5.04</v>
+        <v>42.88</v>
       </c>
       <c r="E478" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F478" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G478" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JAPCAR</t>
+          <t xml:space="preserve">INFINITI</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">B31021PR</t>
+          <t xml:space="preserve">1640359EX0</t>
         </is>
       </c>
       <c r="C479" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D479" s="1">
-        <v>4.01</v>
+        <v>27.07</v>
       </c>
       <c r="E479" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F479" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G479" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JAPCAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HANS PRIES</t>
+        </is>
+      </c>
+      <c r="B480" s="1">
+        <v>500176</v>
       </c>
       <c r="C480" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
+          <t xml:space="preserve">Кронштейн, система выпуска ОГ</t>
         </is>
       </c>
       <c r="D480" s="1">
-        <v>5.39</v>
+        <v>2.63</v>
       </c>
       <c r="E480" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F480" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G480" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KAYABA</t>
+          <t xml:space="preserve">VOTEX</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RH5543</t>
+          <t xml:space="preserve">5G0-061-512-A -82V</t>
         </is>
       </c>
       <c r="C481" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пружина ходової частини</t>
+          <t xml:space="preserve">FUSSMATTEN</t>
         </is>
       </c>
       <c r="D481" s="1">
-        <v>16.54</v>
+        <v>28.04</v>
       </c>
       <c r="E481" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F481" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G481" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LEMFORDER</t>
-[...3 lines deleted...]
-        <v>36173</v>
+          <t xml:space="preserve">MEYLE</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">160 600 000</t>
+        </is>
       </c>
       <c r="C482" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
+          <t xml:space="preserve">Поперечный рычаг, задняя ось</t>
         </is>
       </c>
       <c r="D482" s="1">
-        <v>47.17</v>
+        <v>23.32</v>
       </c>
       <c r="E482" s="1">
         <v>1</v>
       </c>
       <c r="F482" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G482" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">INFINITI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B483" s="1">
+        <v>2267074</v>
       </c>
       <c r="C483" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">ISOLATION</t>
         </is>
       </c>
       <c r="D483" s="1">
-        <v>29.78</v>
+        <v>27.34</v>
       </c>
       <c r="E483" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F483" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G483" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOTEX</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5G0-061-512-A -82V</t>
+          <t xml:space="preserve">4L7061180</t>
         </is>
       </c>
       <c r="C484" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FUSSMATTEN</t>
+          <t xml:space="preserve">Килимок в багажник Q7</t>
         </is>
       </c>
       <c r="D484" s="1">
-        <v>30.85</v>
+        <v>65.9</v>
       </c>
       <c r="E484" s="1">
         <v>1</v>
       </c>
       <c r="F484" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G484" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MEYLE</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LESJOFORS</t>
+        </is>
+      </c>
+      <c r="B485" s="1">
+        <v>4008483</v>
       </c>
       <c r="C485" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поперечный рычаг, задняя ось</t>
+          <t xml:space="preserve">Пружина ходової частини</t>
         </is>
       </c>
       <c r="D485" s="1">
-        <v>25.66</v>
+        <v>24.13</v>
       </c>
       <c r="E485" s="1">
         <v>1</v>
       </c>
       <c r="F485" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G485" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">LESJOFORS</t>
         </is>
       </c>
       <c r="B486" s="1">
-        <v>2267074</v>
+        <v>4215600</v>
       </c>
       <c r="C486" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ISOLATION</t>
+          <t xml:space="preserve">Пружина ходової частини</t>
         </is>
       </c>
       <c r="D486" s="1">
-        <v>30.08</v>
+        <v>28.32</v>
       </c>
       <c r="E486" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F486" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G486" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LESJOFORS</t>
+        </is>
+      </c>
+      <c r="B487" s="1">
+        <v>4263455</v>
       </c>
       <c r="C487" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Килимок в багажник Q7</t>
+          <t xml:space="preserve">Пружина ходової частини</t>
         </is>
       </c>
       <c r="D487" s="1">
-        <v>72.49</v>
+        <v>15.21</v>
       </c>
       <c r="E487" s="1">
         <v>1</v>
       </c>
       <c r="F487" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G487" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LESJOFORS</t>
+          <t xml:space="preserve">KAMOKA</t>
         </is>
       </c>
       <c r="B488" s="1">
-        <v>4008483</v>
+        <v>105044</v>
       </c>
       <c r="C488" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пружина ходової частини</t>
+          <t xml:space="preserve">Сигналізатор зносу гальмівних колодок</t>
         </is>
       </c>
       <c r="D488" s="1">
-        <v>26.55</v>
+        <v>2.4</v>
       </c>
       <c r="E488" s="1">
         <v>1</v>
       </c>
       <c r="F488" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G488" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LESJOFORS</t>
-[...3 lines deleted...]
-        <v>4215600</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">565807568  9B9</t>
+        </is>
       </c>
       <c r="C489" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пружина ходової частини</t>
+          <t xml:space="preserve">DIFFUSOR</t>
         </is>
       </c>
       <c r="D489" s="1">
-        <v>31.16</v>
+        <v>87.23</v>
       </c>
       <c r="E489" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F489" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G489" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LESJOFORS</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B490" s="1">
-        <v>4263455</v>
+        <v>80142454578</v>
       </c>
       <c r="C490" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пружина ходової частини</t>
+          <t xml:space="preserve">BMW JACKE DAMEN SOFTDAUNE</t>
         </is>
       </c>
       <c r="D490" s="1">
-        <v>16.74</v>
+        <v>110.17</v>
       </c>
       <c r="E490" s="1">
         <v>1</v>
       </c>
       <c r="F490" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G490" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KAMOKA</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B491" s="1">
-        <v>105044</v>
+        <v>80282454638</v>
       </c>
       <c r="C491" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сигналізатор зносу гальмівних колодок</t>
+          <t xml:space="preserve">BMW MOUSE PAD</t>
         </is>
       </c>
       <c r="D491" s="1">
-        <v>2.64</v>
+        <v>4.25</v>
       </c>
       <c r="E491" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F491" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G491" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B492" s="1">
+        <v>80292454754</v>
       </c>
       <c r="C492" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DIFFUSOR</t>
+          <t xml:space="preserve">BMW M USB-STICK 64GB 3.0</t>
         </is>
       </c>
       <c r="D492" s="1">
-        <v>95.96</v>
+        <v>25.69</v>
       </c>
       <c r="E492" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F492" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G492" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>80142454578</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3CN819403D 9B9</t>
+        </is>
       </c>
       <c r="C493" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW JACKE DAMEN SOFTDAUNE</t>
+          <t xml:space="preserve">ABDECKUNG</t>
         </is>
       </c>
       <c r="D493" s="1">
-        <v>121.19</v>
+        <v>40.61</v>
       </c>
       <c r="E493" s="1">
         <v>1</v>
       </c>
       <c r="F493" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G493" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>80282454638</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1J4853805D 6DA</t>
+        </is>
       </c>
       <c r="C494" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW MOUSE PAD</t>
+          <t xml:space="preserve">FOLIE</t>
         </is>
       </c>
       <c r="D494" s="1">
-        <v>4.68</v>
+        <v>8.12</v>
       </c>
       <c r="E494" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F494" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G494" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>80292454754</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5GM857351  YI2</t>
+        </is>
       </c>
       <c r="C495" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW M USB-STICK 64GB 3.0</t>
+          <t xml:space="preserve">BLENDE</t>
         </is>
       </c>
       <c r="D495" s="1">
-        <v>28.26</v>
+        <v>21.19</v>
       </c>
       <c r="E495" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F495" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G495" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3CN819403D 9B9</t>
+          <t xml:space="preserve">5GM863041  TAI</t>
         </is>
       </c>
       <c r="C496" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">BLENDE</t>
         </is>
       </c>
       <c r="D496" s="1">
-        <v>44.68</v>
+        <v>21.65</v>
       </c>
       <c r="E496" s="1">
         <v>1</v>
       </c>
       <c r="F496" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G496" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">FAG</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1J4853805D 6DA</t>
+          <t xml:space="preserve">713 6103 50</t>
         </is>
       </c>
       <c r="C497" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FOLIE</t>
+          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
         </is>
       </c>
       <c r="D497" s="1">
-        <v>8.94</v>
+        <v>24.61</v>
       </c>
       <c r="E497" s="1">
         <v>1</v>
       </c>
       <c r="F497" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G497" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">RENAULT</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5GM857351  YI2</t>
+          <t xml:space="preserve">286640002R</t>
         </is>
       </c>
       <c r="C498" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLENDE</t>
+          <t xml:space="preserve">КРОНШТЕЙН ФІКСУЮЧИЙ</t>
         </is>
       </c>
       <c r="D498" s="1">
-        <v>23.31</v>
+        <v>6</v>
       </c>
       <c r="E498" s="1">
         <v>1</v>
       </c>
       <c r="F498" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G498" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B499" s="1">
+        <v>995460400</v>
       </c>
       <c r="C499" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLENDE</t>
+          <t xml:space="preserve">KONTAKTBRUECKE</t>
         </is>
       </c>
       <c r="D499" s="1">
-        <v>23.82</v>
+        <v>0.72</v>
       </c>
       <c r="E499" s="1">
         <v>1</v>
       </c>
       <c r="F499" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G499" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LPR</t>
+        </is>
+      </c>
+      <c r="B500" s="1">
+        <v>8580</v>
       </c>
       <c r="C500" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
+          <t xml:space="preserve">Комплект гальмівних колодок</t>
         </is>
       </c>
       <c r="D500" s="1">
-        <v>27.08</v>
+        <v>14.12</v>
       </c>
       <c r="E500" s="1">
         <v>1</v>
       </c>
       <c r="F500" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G500" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RENAULT</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B501" s="1">
+        <v>61138364675</v>
       </c>
       <c r="C501" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">КРОНШТЕЙН ФІКСУЮЧИЙ</t>
+          <t xml:space="preserve">UNIVERSAL-BUCHSENGEHДUSE UNCODIERT</t>
         </is>
       </c>
       <c r="D501" s="1">
-        <v>6.6</v>
+        <v>5.01</v>
       </c>
       <c r="E501" s="1">
         <v>1</v>
       </c>
       <c r="F501" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G501" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>995460400</v>
+          <t xml:space="preserve">LAND ROVER</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LR073069Y</t>
+        </is>
       </c>
       <c r="C502" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KONTAKTBRUECKE</t>
+          <t xml:space="preserve">Бампер уцінка</t>
         </is>
       </c>
       <c r="D502" s="1">
-        <v>0.8</v>
+        <v>370.78</v>
       </c>
       <c r="E502" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F502" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G502" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LPR</t>
-[...3 lines deleted...]
-        <v>8580</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KD4950031A8NY</t>
+        </is>
       </c>
       <c r="C503" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок</t>
+          <t xml:space="preserve">Бампер уцінка</t>
         </is>
       </c>
       <c r="D503" s="1">
-        <v>15.54</v>
+        <v>283.13</v>
       </c>
       <c r="E503" s="1">
         <v>1</v>
       </c>
       <c r="F503" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G503" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>61138364675</v>
+          <t xml:space="preserve">ZIMMERMANN</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">150.3447.54</t>
+        </is>
       </c>
       <c r="C504" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">UNIVERSAL-BUCHSENGEHДUSE UNCODIERT</t>
+          <t xml:space="preserve">Диск гальмівний</t>
         </is>
       </c>
       <c r="D504" s="1">
-        <v>5.52</v>
+        <v>91</v>
       </c>
       <c r="E504" s="1">
         <v>1</v>
       </c>
       <c r="F504" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G504" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAND ROVER</t>
+          <t xml:space="preserve">STARLINE</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LR073069Y</t>
+          <t xml:space="preserve">LO 23675</t>
         </is>
       </c>
       <c r="C505" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бампер уцінка</t>
+          <t xml:space="preserve">Подшипник ступицы колеса, к-кт.</t>
         </is>
       </c>
       <c r="D505" s="1">
-        <v>407.86</v>
+        <v>10.08</v>
       </c>
       <c r="E505" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F505" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G505" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">MAXGEAR</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KD4950031A8NY</t>
+          <t xml:space="preserve">9013230185/</t>
         </is>
       </c>
       <c r="C506" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бампер уцінка</t>
+          <t xml:space="preserve">GUMA DB STAB. P. SPRINTER (NA DR??EK)</t>
         </is>
       </c>
       <c r="D506" s="1">
-        <v>311.45</v>
+        <v>0.33</v>
       </c>
       <c r="E506" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F506" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G506" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">INA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">A.B.S.</t>
+        </is>
+      </c>
+      <c r="B507" s="1">
+        <v>200555</v>
       </c>
       <c r="C507" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний / провідний ролик, поліклиновий ремінь</t>
+          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
         </is>
       </c>
       <c r="D507" s="1">
-        <v>13.7</v>
+        <v>10.33</v>
       </c>
       <c r="E507" s="1">
         <v>1</v>
       </c>
       <c r="F507" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G507" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZIMMERMANN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">A.B.S.</t>
+        </is>
+      </c>
+      <c r="B508" s="1">
+        <v>630071</v>
       </c>
       <c r="C508" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Диск гальмівний</t>
+          <t xml:space="preserve">Гальмівний супорт</t>
         </is>
       </c>
       <c r="D508" s="1">
-        <v>100.1</v>
+        <v>38.55</v>
       </c>
       <c r="E508" s="1">
         <v>1</v>
       </c>
       <c r="F508" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G508" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STARLINE</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LO 23675</t>
+          <t xml:space="preserve">51469173447P</t>
         </is>
       </c>
       <c r="C509" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подшипник ступицы колеса, к-кт.</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D509" s="1">
-        <v>11.09</v>
+        <v>44.89</v>
       </c>
       <c r="E509" s="1">
         <v>1</v>
       </c>
       <c r="F509" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G509" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAXGEAR</t>
+          <t xml:space="preserve">PMC</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9013230185/</t>
+          <t xml:space="preserve">PSA-C013</t>
         </is>
       </c>
       <c r="C510" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GUMA DB STAB. P. SPRINTER (NA DR??EK)</t>
+          <t xml:space="preserve">Ролик модуля натягувача ременя</t>
         </is>
       </c>
       <c r="D510" s="1">
-        <v>0.37</v>
+        <v>12</v>
       </c>
       <c r="E510" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F510" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G510" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">A.B.S.</t>
-[...3 lines deleted...]
-        <v>200555</v>
+          <t xml:space="preserve">AUTOTECHTEILE</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">505 0324</t>
+        </is>
       </c>
       <c r="C511" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
+          <t xml:space="preserve">Трос двери</t>
         </is>
       </c>
       <c r="D511" s="1">
-        <v>11.37</v>
+        <v>8.24</v>
       </c>
       <c r="E511" s="1">
         <v>1</v>
       </c>
       <c r="F511" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G511" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">A.B.S.</t>
+          <t xml:space="preserve">DPA</t>
         </is>
       </c>
       <c r="B512" s="1">
-        <v>630071</v>
+        <v>88050037602</v>
       </c>
       <c r="C512" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівний супорт</t>
+          <t xml:space="preserve">Спойлер для переднього бампера</t>
         </is>
       </c>
       <c r="D512" s="1">
-        <v>42.41</v>
+        <v>33</v>
       </c>
       <c r="E512" s="1">
         <v>1</v>
       </c>
       <c r="F512" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G512" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">51469173447P</t>
+          <t xml:space="preserve">1331FL1Q</t>
         </is>
       </c>
       <c r="C513" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Подкрылок</t>
         </is>
       </c>
       <c r="D513" s="1">
-        <v>49.38</v>
+        <v>10.42</v>
       </c>
       <c r="E513" s="1">
         <v>1</v>
       </c>
       <c r="F513" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G513" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PMC</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">POLCAR</t>
+        </is>
+      </c>
+      <c r="B514" s="1">
+        <v>1365272</v>
       </c>
       <c r="C514" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ролик модуля натягувача ременя</t>
+          <t xml:space="preserve">Решетка в бампере</t>
         </is>
       </c>
       <c r="D514" s="1">
-        <v>13.2</v>
+        <v>6.29</v>
       </c>
       <c r="E514" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F514" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G514" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUTOTECHTEILE</t>
+          <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">505 0324</t>
+          <t xml:space="preserve">320412E</t>
         </is>
       </c>
       <c r="C515" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос двери</t>
+          <t xml:space="preserve">Стекло фары</t>
         </is>
       </c>
       <c r="D515" s="1">
-        <v>9.07</v>
+        <v>3.8</v>
       </c>
       <c r="E515" s="1">
         <v>1</v>
       </c>
       <c r="F515" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G515" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DPA</t>
-[...3 lines deleted...]
-        <v>88050037602</v>
+          <t xml:space="preserve">POLCAR</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">32B110E</t>
+        </is>
       </c>
       <c r="C516" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Спойлер для переднього бампера</t>
+          <t xml:space="preserve">Фара основная</t>
         </is>
       </c>
       <c r="D516" s="1">
-        <v>36.3</v>
+        <v>92</v>
       </c>
       <c r="E516" s="1">
         <v>1</v>
       </c>
       <c r="F516" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G516" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1331FL1Q</t>
+          <t xml:space="preserve">32B12711</t>
         </is>
       </c>
       <c r="C517" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Подкрылок</t>
+          <t xml:space="preserve">Решетка в бампере</t>
         </is>
       </c>
       <c r="D517" s="1">
-        <v>11.47</v>
+        <v>10</v>
       </c>
       <c r="E517" s="1">
         <v>1</v>
       </c>
       <c r="F517" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G517" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
-      <c r="B518" s="1">
-        <v>1365272</v>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">34X105</t>
+        </is>
       </c>
       <c r="C518" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решетка в бампере</t>
+          <t xml:space="preserve">Решетка</t>
         </is>
       </c>
       <c r="D518" s="1">
-        <v>6.92</v>
+        <v>38.5</v>
       </c>
       <c r="E518" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F518" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G518" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">320412E</t>
+          <t xml:space="preserve">5770Z70</t>
         </is>
       </c>
       <c r="C519" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стекло фары</t>
+          <t xml:space="preserve">Тележка - ролики раздвижных дверей</t>
         </is>
       </c>
       <c r="D519" s="1">
-        <v>4.18</v>
+        <v>18.22</v>
       </c>
       <c r="E519" s="1">
         <v>1</v>
       </c>
       <c r="F519" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G519" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">32B110E</t>
+          <t xml:space="preserve">9582888H</t>
         </is>
       </c>
       <c r="C520" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фара основная</t>
+          <t xml:space="preserve">Отражатель</t>
         </is>
       </c>
       <c r="D520" s="1">
-        <v>101.2</v>
+        <v>31.45</v>
       </c>
       <c r="E520" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F520" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G520" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">32B12711</t>
+          <t xml:space="preserve">40X104-2</t>
         </is>
       </c>
       <c r="C521" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решетка в бампере</t>
+          <t xml:space="preserve">Панель передняя</t>
         </is>
       </c>
       <c r="D521" s="1">
-        <v>11</v>
+        <v>95</v>
       </c>
       <c r="E521" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F521" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G521" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">34X105</t>
+          <t xml:space="preserve">32B127</t>
         </is>
       </c>
       <c r="C522" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решетка</t>
+          <t xml:space="preserve">Решетка в бампере</t>
         </is>
       </c>
       <c r="D522" s="1">
-        <v>42.35</v>
+        <v>18</v>
       </c>
       <c r="E522" s="1">
         <v>1</v>
       </c>
       <c r="F522" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G522" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
-      <c r="B523" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B523" s="1">
+        <v>95032724</v>
       </c>
       <c r="C523" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тележка - ролики раздвижных дверей</t>
+          <t xml:space="preserve">Решетка в бампере</t>
         </is>
       </c>
       <c r="D523" s="1">
-        <v>20.05</v>
+        <v>4</v>
       </c>
       <c r="E523" s="1">
         <v>1</v>
       </c>
       <c r="F523" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G523" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
+          <t xml:space="preserve">TRUCKTEC AUTOMOTIVE</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9582888H</t>
+          <t xml:space="preserve">02.43.115</t>
         </is>
       </c>
       <c r="C524" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Отражатель</t>
+          <t xml:space="preserve">Ремкомплект, гальмівний супорт</t>
         </is>
       </c>
       <c r="D524" s="1">
-        <v>34.6</v>
+        <v>5.13</v>
       </c>
       <c r="E524" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F524" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G524" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B525" s="1">
+        <v>2313932</v>
       </c>
       <c r="C525" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Панель передняя</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D525" s="1">
-        <v>104.5</v>
+        <v>96.84</v>
       </c>
       <c r="E525" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F525" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G525" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
+          <t xml:space="preserve">LAND ROVER</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">28B12740</t>
+          <t xml:space="preserve">LR123638</t>
         </is>
       </c>
       <c r="C526" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решетка в бампере</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D526" s="1">
-        <v>36.3</v>
+        <v>19.58</v>
       </c>
       <c r="E526" s="1">
         <v>1</v>
       </c>
       <c r="F526" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G526" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">32B127</t>
+          <t xml:space="preserve">L3Y411SE0</t>
         </is>
       </c>
       <c r="C527" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решетка в бампере</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D527" s="1">
-        <v>19.8</v>
+        <v>102.11</v>
       </c>
       <c r="E527" s="1">
         <v>1</v>
       </c>
       <c r="F527" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G527" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B528" s="1">
-        <v>95032724</v>
+        <v>211333291464</v>
       </c>
       <c r="C528" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решетка в бампере</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D528" s="1">
-        <v>4.4</v>
+        <v>33.35</v>
       </c>
       <c r="E528" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F528" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G528" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRUCKTEC AUTOMOTIVE</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">02.43.115</t>
+          <t xml:space="preserve">B66958982</t>
         </is>
       </c>
       <c r="C529" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремкомплект, гальмівний супорт</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D529" s="1">
-        <v>5.65</v>
+        <v>50</v>
       </c>
       <c r="E529" s="1">
         <v>1</v>
       </c>
       <c r="F529" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G529" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B530" s="1">
-        <v>2313932</v>
+        <v>11117706497</v>
       </c>
       <c r="C530" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D530" s="1">
-        <v>106.53</v>
+        <v>5.18</v>
       </c>
       <c r="E530" s="1">
         <v>1</v>
       </c>
       <c r="F530" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G530" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAND ROVER</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B531" s="1">
+        <v>17227980111</v>
       </c>
       <c r="C531" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D531" s="1">
-        <v>21.54</v>
+        <v>68.71</v>
       </c>
       <c r="E531" s="1">
         <v>1</v>
       </c>
       <c r="F531" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G531" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B532" s="1">
+        <v>17227984602</v>
       </c>
       <c r="C532" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D532" s="1">
-        <v>112.33</v>
+        <v>61.83</v>
       </c>
       <c r="E532" s="1">
         <v>1</v>
       </c>
       <c r="F532" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G532" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>211333291464</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4M0971225DA</t>
+        </is>
       </c>
       <c r="C533" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D533" s="1">
-        <v>36.69</v>
+        <v>51</v>
       </c>
       <c r="E533" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F533" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G533" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">B66958982</t>
+          <t xml:space="preserve">5Q4959595G</t>
         </is>
       </c>
       <c r="C534" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D534" s="1">
-        <v>55</v>
+        <v>79.51</v>
       </c>
       <c r="E534" s="1">
         <v>1</v>
       </c>
       <c r="F534" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G534" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">POLCAR</t>
         </is>
       </c>
       <c r="B535" s="1">
-        <v>11117706497</v>
+        <v>315230</v>
       </c>
       <c r="C535" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Фара противотуманная передняя</t>
         </is>
       </c>
       <c r="D535" s="1">
-        <v>5.7</v>
+        <v>24.39</v>
       </c>
       <c r="E535" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F535" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G535" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>17227980111</v>
+          <t xml:space="preserve">POLCAR</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">B-887</t>
+        </is>
       </c>
       <c r="C536" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Стойка стабилизатора</t>
         </is>
       </c>
       <c r="D536" s="1">
-        <v>75.59</v>
+        <v>5.9</v>
       </c>
       <c r="E536" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F536" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G536" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>17227984602</v>
+          <t xml:space="preserve">SIGNEDA</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PBM01002A</t>
+        </is>
       </c>
       <c r="C537" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">КРОНШТЕЙН ДЛЯ БАМПЕРА</t>
         </is>
       </c>
       <c r="D537" s="1">
-        <v>68.02</v>
+        <v>6</v>
       </c>
       <c r="E537" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F537" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G537" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">SIGNEDA</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4M0971225DA</t>
+          <t xml:space="preserve">SIN0440R</t>
         </is>
       </c>
       <c r="C538" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">ОТРАЖАТЕЛЬ В ЗАДНИЙ БАМПЕР</t>
         </is>
       </c>
       <c r="D538" s="1">
-        <v>56.1</v>
+        <v>10.65</v>
       </c>
       <c r="E538" s="1">
         <v>1</v>
       </c>
       <c r="F538" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G538" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">POLCAR</t>
+        </is>
+      </c>
+      <c r="B539" s="1">
+        <v>6052514</v>
       </c>
       <c r="C539" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Шаровая опора рычага левый=правый</t>
         </is>
       </c>
       <c r="D539" s="1">
-        <v>87.47</v>
+        <v>4.44</v>
       </c>
       <c r="E539" s="1">
         <v>1</v>
       </c>
       <c r="F539" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G539" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
-[...3 lines deleted...]
-        <v>315230</v>
+          <t xml:space="preserve">NIPPARTS</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">J4235010</t>
+        </is>
       </c>
       <c r="C540" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фара противотуманная передняя</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D540" s="1">
-        <v>26.83</v>
+        <v>4.2</v>
       </c>
       <c r="E540" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F540" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G540" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MASERATI</t>
+        </is>
+      </c>
+      <c r="B541" s="1">
+        <v>673003574</v>
       </c>
       <c r="C541" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стойка стабилизатора</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D541" s="1">
-        <v>6.49</v>
+        <v>599</v>
       </c>
       <c r="E541" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F541" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G541" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIGNEDA</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PBM01002A</t>
+          <t xml:space="preserve">037133519G</t>
         </is>
       </c>
       <c r="C542" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">КРОНШТЕЙН ДЛЯ БАМПЕРА</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D542" s="1">
-        <v>6.6</v>
+        <v>7.94</v>
       </c>
       <c r="E542" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F542" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G542" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIGNEDA</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SIN0440R</t>
+          <t xml:space="preserve">8K0407721</t>
         </is>
       </c>
       <c r="C543" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ОТРАЖАТЕЛЬ В ЗАДНИЙ БАМПЕР</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D543" s="1">
-        <v>11.72</v>
+        <v>10.43</v>
       </c>
       <c r="E543" s="1">
         <v>1</v>
       </c>
       <c r="F543" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G543" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
-[...3 lines deleted...]
-        <v>6052514</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1K8837205F</t>
+        </is>
       </c>
       <c r="C544" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шаровая опора рычага левый=правый</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D544" s="1">
-        <v>4.89</v>
+        <v>47.2</v>
       </c>
       <c r="E544" s="1">
         <v>1</v>
       </c>
       <c r="F544" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G544" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NIPPARTS</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">J4235010</t>
+          <t xml:space="preserve">206928H300KT</t>
         </is>
       </c>
       <c r="C545" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D545" s="1">
-        <v>4.62</v>
+        <v>8.4</v>
       </c>
       <c r="E545" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F545" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G545" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MASERATI</t>
-[...3 lines deleted...]
-        <v>673003574</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">76251TR2A01ZT</t>
+        </is>
       </c>
       <c r="C546" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D546" s="1">
-        <v>658.9</v>
+        <v>25.21</v>
       </c>
       <c r="E546" s="1">
         <v>1</v>
       </c>
       <c r="F546" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G546" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">Q-FIX</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">037133519G</t>
+          <t xml:space="preserve">Q0330047</t>
         </is>
       </c>
       <c r="C547" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D547" s="1">
-        <v>8.74</v>
+        <v>8.4</v>
       </c>
       <c r="E547" s="1">
         <v>1</v>
       </c>
       <c r="F547" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G547" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">EUROEX</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K0407721</t>
+          <t xml:space="preserve">EX42884</t>
         </is>
       </c>
       <c r="C548" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D548" s="1">
-        <v>11.48</v>
+        <v>0.84</v>
       </c>
       <c r="E548" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F548" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G548" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">DELLO</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1K8837205F</t>
+          <t xml:space="preserve">1095906213A0G</t>
         </is>
       </c>
       <c r="C549" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D549" s="1">
-        <v>51.92</v>
+        <v>16.81</v>
       </c>
       <c r="E549" s="1">
         <v>1</v>
       </c>
       <c r="F549" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G549" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">206928H300KT</t>
+          <t xml:space="preserve">AP051/1</t>
         </is>
       </c>
       <c r="C550" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D550" s="1">
-        <v>9.24</v>
+        <v>5.2</v>
       </c>
       <c r="E550" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F550" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G550" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">76251TR2A01ZT</t>
+          <t xml:space="preserve">AP118/6</t>
         </is>
       </c>
       <c r="C551" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D551" s="1">
-        <v>27.74</v>
+        <v>6.72</v>
       </c>
       <c r="E551" s="1">
         <v>1</v>
       </c>
       <c r="F551" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G551" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Q-FIX</t>
+          <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Q0330047</t>
+          <t xml:space="preserve">AP139/4</t>
         </is>
       </c>
       <c r="C552" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D552" s="1">
-        <v>9.24</v>
+        <v>5.74</v>
       </c>
       <c r="E552" s="1">
         <v>1</v>
       </c>
       <c r="F552" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G552" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">EUROEX</t>
+          <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">EX42884</t>
+          <t xml:space="preserve">AP154</t>
         </is>
       </c>
       <c r="C553" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D553" s="1">
-        <v>0.93</v>
+        <v>4.47</v>
       </c>
       <c r="E553" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F553" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G553" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DELLO</t>
+          <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1095906213A0G</t>
+          <t xml:space="preserve">K1031</t>
         </is>
       </c>
       <c r="C554" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
         </is>
       </c>
       <c r="D554" s="1">
-        <v>18.5</v>
+        <v>11.31</v>
       </c>
       <c r="E554" s="1">
         <v>1</v>
       </c>
       <c r="F554" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G554" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AP051/1</t>
+          <t xml:space="preserve">OE640/2</t>
         </is>
       </c>
       <c r="C555" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D555" s="1">
-        <v>5.72</v>
+        <v>3.73</v>
       </c>
       <c r="E555" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F555" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G555" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AP118/6</t>
+          <t xml:space="preserve">OE648/6</t>
         </is>
       </c>
       <c r="C556" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D556" s="1">
-        <v>7.4</v>
+        <v>2.7</v>
       </c>
       <c r="E556" s="1">
         <v>1</v>
       </c>
       <c r="F556" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G556" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AP139/4</t>
+          <t xml:space="preserve">OE685/1</t>
         </is>
       </c>
       <c r="C557" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D557" s="1">
-        <v>6.33</v>
+        <v>4.38</v>
       </c>
       <c r="E557" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F557" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G557" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AP154</t>
+          <t xml:space="preserve">PE816/2</t>
         </is>
       </c>
       <c r="C558" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D558" s="1">
-        <v>4.92</v>
+        <v>4.42</v>
       </c>
       <c r="E558" s="1">
         <v>1</v>
       </c>
       <c r="F558" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G558" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K1031</t>
+          <t xml:space="preserve">PP832/1</t>
         </is>
       </c>
       <c r="C559" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D559" s="1">
-        <v>12.45</v>
+        <v>9.91</v>
       </c>
       <c r="E559" s="1">
         <v>1</v>
       </c>
       <c r="F559" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G559" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OE640/2</t>
+          <t xml:space="preserve">PP836</t>
         </is>
       </c>
       <c r="C560" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D560" s="1">
-        <v>4.11</v>
+        <v>5.28</v>
       </c>
       <c r="E560" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F560" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G560" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FILTRON</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OE648/6</t>
+          <t xml:space="preserve">PP839/1</t>
         </is>
       </c>
       <c r="C561" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D561" s="1">
-        <v>2.97</v>
+        <v>7.47</v>
       </c>
       <c r="E561" s="1">
         <v>1</v>
       </c>
       <c r="F561" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G561" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FILTRON</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ALFA ROMEO/FIAT/LANCIA</t>
+        </is>
+      </c>
+      <c r="B562" s="1">
+        <v>46744602</v>
       </c>
       <c r="C562" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D562" s="1">
-        <v>4.82</v>
+        <v>5.06</v>
       </c>
       <c r="E562" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F562" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G562" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FILTRON</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ALFA ROMEO/FIAT/LANCIA</t>
+        </is>
+      </c>
+      <c r="B563" s="1">
+        <v>50552748</v>
       </c>
       <c r="C563" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D563" s="1">
-        <v>4.87</v>
+        <v>16.72</v>
       </c>
       <c r="E563" s="1">
         <v>1</v>
       </c>
       <c r="F563" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G563" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FILTRON</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CHEVROLET</t>
+        </is>
+      </c>
+      <c r="B564" s="1">
+        <v>21238401015</v>
       </c>
       <c r="C564" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D564" s="1">
-        <v>10.91</v>
+        <v>5</v>
       </c>
       <c r="E564" s="1">
         <v>1</v>
       </c>
       <c r="F564" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G564" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FILTRON</t>
+          <t xml:space="preserve">ASHIKA</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PP836</t>
+          <t xml:space="preserve">62-05-560</t>
         </is>
       </c>
       <c r="C565" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Шарнірний комплект, приводний вал</t>
         </is>
       </c>
       <c r="D565" s="1">
-        <v>5.81</v>
+        <v>21.19</v>
       </c>
       <c r="E565" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F565" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G565" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FILTRON</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GENERAL MOTORS</t>
+        </is>
+      </c>
+      <c r="B566" s="1">
+        <v>13409692</v>
       </c>
       <c r="C566" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D566" s="1">
-        <v>8.22</v>
+        <v>27</v>
       </c>
       <c r="E566" s="1">
         <v>1</v>
       </c>
       <c r="F566" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G566" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ALFA ROMEO/FIAT/LANCIA</t>
+          <t xml:space="preserve">GENERAL MOTORS</t>
         </is>
       </c>
       <c r="B567" s="1">
-        <v>46744602</v>
+        <v>7815185</v>
       </c>
       <c r="C567" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D567" s="1">
-        <v>5.57</v>
+        <v>3.43</v>
       </c>
       <c r="E567" s="1">
         <v>1</v>
       </c>
       <c r="F567" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G567" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ALFA ROMEO/FIAT/LANCIA</t>
-[...3 lines deleted...]
-        <v>50552748</v>
+          <t xml:space="preserve">FAI AUTOPARTS</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">HG880</t>
+        </is>
       </c>
       <c r="C568" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Прокладка, головка циліндра</t>
         </is>
       </c>
       <c r="D568" s="1">
-        <v>18.4</v>
+        <v>8.47</v>
       </c>
       <c r="E568" s="1">
         <v>1</v>
       </c>
       <c r="F568" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G568" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CHEVROLET</t>
-[...3 lines deleted...]
-        <v>21238401015</v>
+          <t xml:space="preserve">FAI AUTOPARTS</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">IM1048</t>
+        </is>
       </c>
       <c r="C569" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Комплект прокладок, впускний колектор</t>
         </is>
       </c>
       <c r="D569" s="1">
-        <v>5.5</v>
+        <v>0.96</v>
       </c>
       <c r="E569" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F569" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G569" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ASHIKA</t>
+          <t xml:space="preserve">FAI AUTOPARTS</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">62-05-560</t>
+          <t xml:space="preserve">TCK58</t>
         </is>
       </c>
       <c r="C570" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шарнірний комплект, приводний вал</t>
+          <t xml:space="preserve">Комплект цепу приводу розподільчого валу</t>
         </is>
       </c>
       <c r="D570" s="1">
-        <v>23.31</v>
+        <v>82.25</v>
       </c>
       <c r="E570" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F570" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G570" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GENERAL MOTORS</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B571" s="1">
-        <v>13409692</v>
+        <v>9073220100</v>
       </c>
       <c r="C571" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D571" s="1">
-        <v>29.7</v>
+        <v>18.36</v>
       </c>
       <c r="E571" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F571" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G571" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GENERAL MOTORS</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B572" s="1">
-        <v>7815185</v>
-[...4 lines deleted...]
-        </is>
+        <v>2159182630</v>
+      </c>
+      <c r="C572" s="1">
+        <v>2159182630</v>
       </c>
       <c r="D572" s="1">
-        <v>3.78</v>
+        <v>21.17</v>
       </c>
       <c r="E572" s="1">
         <v>1</v>
       </c>
       <c r="F572" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G572" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FAI AUTOPARTS</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HG880</t>
+          <t xml:space="preserve">52107161888_БУ</t>
         </is>
       </c>
       <c r="C573" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, головка циліндра</t>
+          <t xml:space="preserve">Б/У Нижня задня панель пер. сидіння BMW X5 E70/X6 E71</t>
         </is>
       </c>
       <c r="D573" s="1">
-        <v>9.32</v>
+        <v>80.39</v>
       </c>
       <c r="E573" s="1">
         <v>1</v>
       </c>
       <c r="F573" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G573" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FAI AUTOPARTS</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">IM1048</t>
+          <t xml:space="preserve">F31011YAMB</t>
         </is>
       </c>
       <c r="C574" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект прокладок, впускний колектор</t>
+          <t xml:space="preserve">F31011YAMB</t>
         </is>
       </c>
       <c r="D574" s="1">
-        <v>1.06</v>
+        <v>112.75</v>
       </c>
       <c r="E574" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F574" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G574" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FAI AUTOPARTS</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TCK58</t>
+          <t xml:space="preserve">286581LA1A</t>
         </is>
       </c>
       <c r="C575" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект цепу приводу розподільчого валу</t>
+          <t xml:space="preserve">286581LA1A</t>
         </is>
       </c>
       <c r="D575" s="1">
-        <v>90.48</v>
+        <v>53.63</v>
       </c>
       <c r="E575" s="1">
         <v>1</v>
       </c>
       <c r="F575" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G575" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>9073220100</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">8521095F0B</t>
+        </is>
       </c>
       <c r="C576" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">8521095F0B</t>
         </is>
       </c>
       <c r="D576" s="1">
-        <v>20.2</v>
+        <v>31.11</v>
       </c>
       <c r="E576" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F576" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G576" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...6 lines deleted...]
-        <v>2159182630</v>
+          <t xml:space="preserve">DAYCO</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6006RR9D</t>
+        </is>
+      </c>
+      <c r="C577" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6006RR9D</t>
+        </is>
       </c>
       <c r="D577" s="1">
-        <v>23.29</v>
+        <v>34.79</v>
       </c>
       <c r="E577" s="1">
         <v>1</v>
       </c>
       <c r="F577" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G577" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">DEPO</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">52107161888_БУ</t>
+          <t xml:space="preserve">1161301L3LDUE</t>
         </is>
       </c>
       <c r="C578" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Б/У Нижня задня панель пер. сидіння BMW X5 E70/X6 E71</t>
+          <t xml:space="preserve">1161301L3LDUE</t>
         </is>
       </c>
       <c r="D578" s="1">
-        <v>88.43</v>
+        <v>25.63</v>
       </c>
       <c r="E578" s="1">
         <v>1</v>
       </c>
       <c r="F578" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G578" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">F31011YAMB</t>
+          <t xml:space="preserve">FSTNMP11GAMLH</t>
         </is>
       </c>
       <c r="C579" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">F31011YAMB</t>
+          <t xml:space="preserve">FSTNMP11GAMLH</t>
         </is>
       </c>
       <c r="D579" s="1">
-        <v>124.03</v>
+        <v>24</v>
       </c>
       <c r="E579" s="1">
         <v>1</v>
       </c>
       <c r="F579" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G579" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">FIAAM</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">286581LA1A</t>
+          <t xml:space="preserve">FA544</t>
         </is>
       </c>
       <c r="C580" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">286581LA1A</t>
+          <t xml:space="preserve">FA544 (OE 648/2)</t>
         </is>
       </c>
       <c r="D580" s="1">
-        <v>59</v>
+        <v>2.82</v>
       </c>
       <c r="E580" s="1">
         <v>1</v>
       </c>
       <c r="F580" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G580" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">FIAAM</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8521095F0B</t>
+          <t xml:space="preserve">FT4899</t>
         </is>
       </c>
       <c r="C581" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8521095F0B</t>
+          <t xml:space="preserve">FT4899</t>
         </is>
       </c>
       <c r="D581" s="1">
-        <v>34.23</v>
+        <v>3.58</v>
       </c>
       <c r="E581" s="1">
         <v>1</v>
       </c>
       <c r="F581" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G581" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DAYCO</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">GMB</t>
+        </is>
+      </c>
+      <c r="B582" s="1">
+        <v>96966756</v>
+      </c>
+      <c r="C582" s="1">
+        <v>96966756</v>
       </c>
       <c r="D582" s="1">
-        <v>38.27</v>
+        <v>2.52</v>
       </c>
       <c r="E582" s="1">
         <v>1</v>
       </c>
       <c r="F582" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G582" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DEPO</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">VALEO</t>
+        </is>
+      </c>
+      <c r="B583" s="1">
+        <v>67734500</v>
+      </c>
+      <c r="C583" s="1">
+        <v>67734500</v>
       </c>
       <c r="D583" s="1">
-        <v>28.2</v>
+        <v>25</v>
       </c>
       <c r="E583" s="1">
         <v>1</v>
       </c>
       <c r="F583" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G583" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBEST</t>
+          <t xml:space="preserve">WIX FILTERS</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FSTNMP11GAMLH</t>
+          <t xml:space="preserve">WP 914/80</t>
         </is>
       </c>
       <c r="C584" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FSTNMP11GAMLH</t>
+          <t xml:space="preserve">WP 914/80</t>
         </is>
       </c>
       <c r="D584" s="1">
-        <v>26.4</v>
+        <v>7.75</v>
       </c>
       <c r="E584" s="1">
         <v>1</v>
       </c>
       <c r="F584" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G584" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAAM</t>
+          <t xml:space="preserve">RENAULT</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FA544</t>
+          <t xml:space="preserve">286690002L</t>
         </is>
       </c>
       <c r="C585" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FA544 (OE 648/2)</t>
+          <t xml:space="preserve">286690002L</t>
         </is>
       </c>
       <c r="D585" s="1">
-        <v>3.11</v>
+        <v>6</v>
       </c>
       <c r="E585" s="1">
         <v>1</v>
       </c>
       <c r="F585" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G585" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAAM</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FT4899</t>
+          <t xml:space="preserve">N007982003238</t>
         </is>
       </c>
       <c r="C586" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FT4899</t>
+          <t xml:space="preserve">N007982003238</t>
         </is>
       </c>
       <c r="D586" s="1">
-        <v>3.94</v>
+        <v>1.13</v>
       </c>
       <c r="E586" s="1">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="F586" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G586" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GMB</t>
-[...6 lines deleted...]
-        <v>96966756</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4F0807246</t>
+        </is>
+      </c>
+      <c r="C587" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4F0807246</t>
+        </is>
       </c>
       <c r="D587" s="1">
-        <v>2.78</v>
+        <v>12.12</v>
       </c>
       <c r="E587" s="1">
         <v>1</v>
       </c>
       <c r="F587" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G587" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VALEO</t>
-[...6 lines deleted...]
-        <v>67734500</v>
+          <t xml:space="preserve">FEBI</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FE01345</t>
+        </is>
+      </c>
+      <c r="C588" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FE01345</t>
+        </is>
       </c>
       <c r="D588" s="1">
-        <v>27.5</v>
+        <v>0.13</v>
       </c>
       <c r="E588" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F588" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G588" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WIX FILTERS</t>
+          <t xml:space="preserve">FEBI</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WP 914/80</t>
+          <t xml:space="preserve">FE02071</t>
         </is>
       </c>
       <c r="C589" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WP 914/80</t>
+          <t xml:space="preserve">FE02071</t>
         </is>
       </c>
       <c r="D589" s="1">
-        <v>8.53</v>
+        <v>10.32</v>
       </c>
       <c r="E589" s="1">
         <v>1</v>
       </c>
       <c r="F589" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G589" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">RENAULT</t>
+          <t xml:space="preserve">FEBI</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">286690002L</t>
+          <t xml:space="preserve">FE11812</t>
         </is>
       </c>
       <c r="C590" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">286690002L</t>
+          <t xml:space="preserve">FE11812</t>
         </is>
       </c>
       <c r="D590" s="1">
-        <v>6.6</v>
+        <v>3.51</v>
       </c>
       <c r="E590" s="1">
         <v>1</v>
       </c>
       <c r="F590" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G590" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">JC PREMIUM</t>
+        </is>
+      </c>
+      <c r="B591" s="1">
+        <v>1442300100</v>
+      </c>
+      <c r="C591" s="1">
+        <v>1442300100</v>
       </c>
       <c r="D591" s="1">
-        <v>1.25</v>
+        <v>8.55</v>
       </c>
       <c r="E591" s="1">
-        <v>59</v>
+        <v>2</v>
       </c>
       <c r="F591" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G591" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">MRK</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4F0807246</t>
+          <t xml:space="preserve">F42016</t>
         </is>
       </c>
       <c r="C592" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4F0807246</t>
+          <t xml:space="preserve">F42016</t>
         </is>
       </c>
       <c r="D592" s="1">
-        <v>13.34</v>
+        <v>10.3</v>
       </c>
       <c r="E592" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F592" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G592" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI</t>
+          <t xml:space="preserve">SHAFER</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FE01345</t>
+          <t xml:space="preserve">132438-3</t>
         </is>
       </c>
       <c r="C593" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FE01345</t>
+          <t xml:space="preserve">132438-3</t>
         </is>
       </c>
       <c r="D593" s="1">
-        <v>0.15</v>
+        <v>6.84</v>
       </c>
       <c r="E593" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F593" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G593" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">FIAT</t>
+        </is>
+      </c>
+      <c r="B594" s="1">
+        <v>50507801</v>
+      </c>
+      <c r="C594" s="1">
+        <v>50507801</v>
       </c>
       <c r="D594" s="1">
-        <v>11.36</v>
+        <v>13.34</v>
       </c>
       <c r="E594" s="1">
         <v>1</v>
       </c>
       <c r="F594" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G594" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">FIAT</t>
+        </is>
+      </c>
+      <c r="B595" s="1">
+        <v>26358</v>
+      </c>
+      <c r="C595" s="1">
+        <v>26358</v>
       </c>
       <c r="D595" s="1">
-        <v>3.87</v>
+        <v>195</v>
       </c>
       <c r="E595" s="1">
         <v>1</v>
       </c>
       <c r="F595" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G595" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JC PREMIUM</t>
+          <t xml:space="preserve">FIAT</t>
         </is>
       </c>
       <c r="B596" s="1">
-        <v>1442300100</v>
+        <v>500054821</v>
       </c>
       <c r="C596" s="1">
-        <v>1442300100</v>
+        <v>500054821</v>
       </c>
       <c r="D596" s="1">
-        <v>9.41</v>
+        <v>89</v>
       </c>
       <c r="E596" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F596" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G596" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MRK</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">CITROEN</t>
+        </is>
+      </c>
+      <c r="B597" s="1">
+        <v>23451</v>
+      </c>
+      <c r="C597" s="1">
+        <v>23451</v>
       </c>
       <c r="D597" s="1">
-        <v>11.33</v>
+        <v>1.47</v>
       </c>
       <c r="E597" s="1">
         <v>3</v>
       </c>
       <c r="F597" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G597" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHAFER</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">CITROEN</t>
+        </is>
+      </c>
+      <c r="B598" s="1">
+        <v>636234</v>
+      </c>
+      <c r="C598" s="1">
+        <v>636234</v>
       </c>
       <c r="D598" s="1">
-        <v>7.53</v>
+        <v>3.48</v>
       </c>
       <c r="E598" s="1">
         <v>1</v>
       </c>
       <c r="F598" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G598" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAT</t>
+          <t xml:space="preserve">CITROEN</t>
         </is>
       </c>
       <c r="B599" s="1">
-        <v>50507801</v>
+        <v>781033</v>
       </c>
       <c r="C599" s="1">
-        <v>50507801</v>
+        <v>781033</v>
       </c>
       <c r="D599" s="1">
-        <v>14.68</v>
+        <v>16.23</v>
       </c>
       <c r="E599" s="1">
         <v>1</v>
       </c>
       <c r="F599" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G599" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAT</t>
+          <t xml:space="preserve">CITROEN</t>
         </is>
       </c>
       <c r="B600" s="1">
-        <v>26358</v>
+        <v>9644734280</v>
       </c>
       <c r="C600" s="1">
-        <v>26358</v>
+        <v>9644734280</v>
       </c>
       <c r="D600" s="1">
-        <v>214.5</v>
+        <v>13.4</v>
       </c>
       <c r="E600" s="1">
         <v>1</v>
       </c>
       <c r="F600" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G600" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FIAT</t>
-[...6 lines deleted...]
-        <v>500054821</v>
+          <t xml:space="preserve">HYUNDAI</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">877322E000</t>
+        </is>
+      </c>
+      <c r="C601" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">877322E000</t>
+        </is>
       </c>
       <c r="D601" s="1">
-        <v>97.9</v>
+        <v>119.41</v>
       </c>
       <c r="E601" s="1">
         <v>1</v>
       </c>
       <c r="F601" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G601" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN</t>
-[...6 lines deleted...]
-        <v>23451</v>
+          <t xml:space="preserve">HYUNDAI</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">251004A200</t>
+        </is>
+      </c>
+      <c r="C602" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">251004A200</t>
+        </is>
       </c>
       <c r="D602" s="1">
-        <v>1.62</v>
+        <v>79</v>
       </c>
       <c r="E602" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F602" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G602" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN</t>
-[...6 lines deleted...]
-        <v>636234</v>
+          <t xml:space="preserve">HYUNDAI</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">54625A6000</t>
+        </is>
+      </c>
+      <c r="C603" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">54625A6000</t>
+        </is>
       </c>
       <c r="D603" s="1">
-        <v>3.83</v>
+        <v>8.19</v>
       </c>
       <c r="E603" s="1">
         <v>1</v>
       </c>
       <c r="F603" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G603" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN</t>
-[...6 lines deleted...]
-        <v>781033</v>
+          <t xml:space="preserve">HYUNDAI</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5830226A00BR</t>
+        </is>
+      </c>
+      <c r="C604" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5830226A00BR</t>
+        </is>
       </c>
       <c r="D604" s="1">
-        <v>17.86</v>
+        <v>64.49</v>
       </c>
       <c r="E604" s="1">
         <v>1</v>
       </c>
       <c r="F604" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G604" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN</t>
-[...6 lines deleted...]
-        <v>9644734280</v>
+          <t xml:space="preserve">HYUNDAI</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">858791G000</t>
+        </is>
+      </c>
+      <c r="C605" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">858791G000</t>
+        </is>
       </c>
       <c r="D605" s="1">
-        <v>14.74</v>
+        <v>2.55</v>
       </c>
       <c r="E605" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F605" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G605" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HYUNDAI</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">877322E000</t>
+          <t xml:space="preserve">865552B000</t>
         </is>
       </c>
       <c r="C606" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">877322E000</t>
+          <t xml:space="preserve">865552B000</t>
         </is>
       </c>
       <c r="D606" s="1">
-        <v>131.36</v>
+        <v>9.66</v>
       </c>
       <c r="E606" s="1">
         <v>1</v>
       </c>
       <c r="F606" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G606" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HYUNDAI</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">251004A200</t>
+          <t xml:space="preserve">924062S300</t>
         </is>
       </c>
       <c r="C607" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">251004A200</t>
+          <t xml:space="preserve">924062S300</t>
         </is>
       </c>
       <c r="D607" s="1">
-        <v>86.9</v>
+        <v>46.69</v>
       </c>
       <c r="E607" s="1">
         <v>1</v>
       </c>
       <c r="F607" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G607" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI</t>
+          <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">54625A6000</t>
+          <t xml:space="preserve">645022G100</t>
         </is>
       </c>
       <c r="C608" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">54625A6000</t>
+          <t xml:space="preserve">645022G100</t>
         </is>
       </c>
       <c r="D608" s="1">
-        <v>9.01</v>
+        <v>313.71</v>
       </c>
       <c r="E608" s="1">
         <v>1</v>
       </c>
       <c r="F608" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G608" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI</t>
+          <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5830226A00BR</t>
+          <t xml:space="preserve">252122B010</t>
         </is>
       </c>
       <c r="C609" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5830226A00BR</t>
+          <t xml:space="preserve">252122B010</t>
         </is>
       </c>
       <c r="D609" s="1">
-        <v>70.94</v>
+        <v>15.13</v>
       </c>
       <c r="E609" s="1">
         <v>1</v>
       </c>
       <c r="F609" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G609" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI</t>
+          <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">858791G000</t>
+          <t xml:space="preserve">252814A010</t>
         </is>
       </c>
       <c r="C610" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">858791G000</t>
+          <t xml:space="preserve">252814A010</t>
         </is>
       </c>
       <c r="D610" s="1">
-        <v>2.81</v>
+        <v>49.48</v>
       </c>
       <c r="E610" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F610" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G610" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI</t>
+          <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">865552B000</t>
+          <t xml:space="preserve">252864A000</t>
         </is>
       </c>
       <c r="C611" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">865552B000</t>
+          <t xml:space="preserve">252864A000</t>
         </is>
       </c>
       <c r="D611" s="1">
-        <v>10.63</v>
+        <v>22.34</v>
       </c>
       <c r="E611" s="1">
         <v>1</v>
       </c>
       <c r="F611" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G611" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI</t>
+          <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">924062S300</t>
+          <t xml:space="preserve">281132F800</t>
         </is>
       </c>
       <c r="C612" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">924062S300</t>
+          <t xml:space="preserve">281132F800</t>
         </is>
       </c>
       <c r="D612" s="1">
-        <v>51.36</v>
+        <v>11.44</v>
       </c>
       <c r="E612" s="1">
         <v>1</v>
       </c>
       <c r="F612" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G612" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">645022G100</t>
+          <t xml:space="preserve">581641H000</t>
         </is>
       </c>
       <c r="C613" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">645022G100</t>
+          <t xml:space="preserve">581641H000</t>
         </is>
       </c>
       <c r="D613" s="1">
-        <v>345.09</v>
+        <v>7.73</v>
       </c>
       <c r="E613" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F613" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G613" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">252122B010</t>
+          <t xml:space="preserve">583023EE00</t>
         </is>
       </c>
       <c r="C614" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">252122B010</t>
+          <t xml:space="preserve">583023EE00</t>
         </is>
       </c>
       <c r="D614" s="1">
-        <v>16.65</v>
+        <v>53.82</v>
       </c>
       <c r="E614" s="1">
         <v>1</v>
       </c>
       <c r="F614" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G614" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KIA</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">252814A010</t>
+          <t xml:space="preserve">924052F351</t>
         </is>
       </c>
       <c r="C615" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">252814A010</t>
+          <t xml:space="preserve">924052F351</t>
         </is>
       </c>
       <c r="D615" s="1">
-        <v>54.43</v>
+        <v>35</v>
       </c>
       <c r="E615" s="1">
         <v>1</v>
       </c>
       <c r="F615" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G615" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES BENZ</t>
+        </is>
+      </c>
+      <c r="B616" s="1">
+        <v>2048900878</v>
+      </c>
+      <c r="C616" s="1">
+        <v>2048900878</v>
       </c>
       <c r="D616" s="1">
-        <v>24.58</v>
+        <v>50.33</v>
       </c>
       <c r="E616" s="1">
         <v>1</v>
       </c>
       <c r="F616" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G616" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES BENZ</t>
+        </is>
+      </c>
+      <c r="B617" s="1">
+        <v>6395451040</v>
+      </c>
+      <c r="C617" s="1">
+        <v>6395451040</v>
       </c>
       <c r="D617" s="1">
-        <v>12.59</v>
+        <v>5.42</v>
       </c>
       <c r="E617" s="1">
         <v>1</v>
       </c>
       <c r="F617" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G617" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">PEUGEOT</t>
+        </is>
+      </c>
+      <c r="B618" s="1">
+        <v>9804831180</v>
       </c>
       <c r="C618" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">581641H000</t>
+          <t xml:space="preserve">9804831180 амортизатор</t>
         </is>
       </c>
       <c r="D618" s="1">
-        <v>8.51</v>
+        <v>44.6</v>
       </c>
       <c r="E618" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F618" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G618" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA</t>
+          <t xml:space="preserve">PEUGEOT</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">583023EE00</t>
+          <t xml:space="preserve">0248L7</t>
         </is>
       </c>
       <c r="C619" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">583023EE00</t>
+          <t xml:space="preserve">0248L7</t>
         </is>
       </c>
       <c r="D619" s="1">
-        <v>59.21</v>
+        <v>70.7</v>
       </c>
       <c r="E619" s="1">
         <v>1</v>
       </c>
       <c r="F619" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G619" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">PEUGEOT</t>
+        </is>
+      </c>
+      <c r="B620" s="1">
+        <v>1606416180</v>
+      </c>
+      <c r="C620" s="1">
+        <v>1606416180</v>
       </c>
       <c r="D620" s="1">
-        <v>24.52</v>
+        <v>36</v>
       </c>
       <c r="E620" s="1">
         <v>1</v>
       </c>
       <c r="F620" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G620" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">PEUGEOT</t>
+        </is>
+      </c>
+      <c r="B621" s="1">
+        <v>1607911280</v>
+      </c>
+      <c r="C621" s="1">
+        <v>1607911280</v>
       </c>
       <c r="D621" s="1">
-        <v>38.5</v>
+        <v>4.69</v>
       </c>
       <c r="E621" s="1">
         <v>1</v>
       </c>
       <c r="F621" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G621" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES BENZ</t>
-[...6 lines deleted...]
-        <v>2048900878</v>
+          <t xml:space="preserve">SEAT</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6L6807521AB41</t>
+        </is>
+      </c>
+      <c r="C622" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6L6807521AB41</t>
+        </is>
       </c>
       <c r="D622" s="1">
-        <v>55.37</v>
+        <v>39.94</v>
       </c>
       <c r="E622" s="1">
         <v>1</v>
       </c>
       <c r="F622" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G622" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES BENZ</t>
-[...6 lines deleted...]
-        <v>6395451040</v>
+          <t xml:space="preserve">SEAT</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6L6945105</t>
+        </is>
+      </c>
+      <c r="C623" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Світловідбивач бамперу з лів. Ibiza 02-10</t>
+        </is>
       </c>
       <c r="D623" s="1">
-        <v>5.97</v>
+        <v>12.26</v>
       </c>
       <c r="E623" s="1">
         <v>1</v>
       </c>
       <c r="F623" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G623" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PEUGEOT</t>
+          <t xml:space="preserve">TOMEX</t>
         </is>
       </c>
       <c r="B624" s="1">
-        <v>9804831180</v>
+        <v>2122</v>
       </c>
       <c r="C624" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9804831180 амортизатор</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D624" s="1">
-        <v>49.06</v>
+        <v>14.15</v>
       </c>
       <c r="E624" s="1">
         <v>1</v>
       </c>
       <c r="F624" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G624" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PEUGEOT</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FUCHS</t>
+        </is>
+      </c>
+      <c r="B625" s="1">
+        <v>601411373</v>
       </c>
       <c r="C625" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0248L7</t>
+          <t xml:space="preserve">5W40/5L TITAN GT1</t>
         </is>
       </c>
       <c r="D625" s="1">
-        <v>77.77</v>
+        <v>25.26</v>
       </c>
       <c r="E625" s="1">
         <v>1</v>
       </c>
       <c r="F625" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G625" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PEUGEOT</t>
-[...6 lines deleted...]
-        <v>1606416180</v>
+          <t xml:space="preserve">HANS PRIES</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">116 348 001</t>
+        </is>
+      </c>
+      <c r="C626" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Клапан sterowania skrzyni korbowej AUDI A3  SEAT CORDOBA, CORDOBA VARIO, IBIZA III, LEON, TOLEDO II  VW BORA, GOLF IV 1.6 09.96-06.06</t>
+        </is>
       </c>
       <c r="D626" s="1">
-        <v>39.6</v>
+        <v>5.74</v>
       </c>
       <c r="E626" s="1">
         <v>1</v>
       </c>
       <c r="F626" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G626" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PEUGEOT</t>
-[...6 lines deleted...]
-        <v>1607911280</v>
+          <t xml:space="preserve">JAPCAR</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">553423K000</t>
+        </is>
+      </c>
+      <c r="C627" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Сайлентблок заднего рычага лев./прав. (z tyłu) HYUNDAI GRANDEUR, SANTA FÉ II, SONATA V  KIA OPIRUS 2.0-3.8 01.05-</t>
+        </is>
       </c>
       <c r="D627" s="1">
-        <v>5.16</v>
+        <v>2.32</v>
       </c>
       <c r="E627" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F627" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G627" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SEAT</t>
+          <t xml:space="preserve">ABAKUS</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6L6807521AB41</t>
+          <t xml:space="preserve">101-00-108</t>
         </is>
       </c>
       <c r="C628" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6L6807521AB41</t>
+          <t xml:space="preserve">SPREZYNA GAZ BAG BMW 3 E30 87-94</t>
         </is>
       </c>
       <c r="D628" s="1">
-        <v>43.94</v>
+        <v>3.58</v>
       </c>
       <c r="E628" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F628" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G628" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SEAT</t>
+          <t xml:space="preserve">TOPRAN</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6L6945105</t>
+          <t xml:space="preserve">109 620</t>
         </is>
       </c>
       <c r="C629" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Світловідбивач бамперу з лів. Ibiza 02-10</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D629" s="1">
-        <v>13.49</v>
+        <v>7.68</v>
       </c>
       <c r="E629" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F629" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G629" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOMEX</t>
-[...3 lines deleted...]
-        <v>2122</v>
+          <t xml:space="preserve">TOPRAN</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">301 805</t>
+        </is>
       </c>
       <c r="C630" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">Підвіска, ступінчаста коробка передач</t>
         </is>
       </c>
       <c r="D630" s="1">
-        <v>15.57</v>
+        <v>9.55</v>
       </c>
       <c r="E630" s="1">
         <v>1</v>
       </c>
       <c r="F630" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G630" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FUCHS</t>
-[...3 lines deleted...]
-        <v>601411373</v>
+          <t xml:space="preserve">TOPRAN</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">400 687</t>
+        </is>
       </c>
       <c r="C631" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5W40/5L TITAN GT1</t>
+          <t xml:space="preserve">Форсунка</t>
         </is>
       </c>
       <c r="D631" s="1">
-        <v>27.79</v>
+        <v>4.57</v>
       </c>
       <c r="E631" s="1">
         <v>1</v>
       </c>
       <c r="F631" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G631" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HANS PRIES</t>
+          <t xml:space="preserve">K&amp;N FILTERS</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">116 348 001</t>
+          <t xml:space="preserve">HP-2010</t>
         </is>
       </c>
       <c r="C632" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Клапан sterowania skrzyni korbowej AUDI A3  SEAT CORDOBA, CORDOBA VARIO, IBIZA III, LEON, TOLEDO II  VW BORA, GOLF IV 1.6 09.96-06.06</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D632" s="1">
-        <v>6.32</v>
+        <v>9.9</v>
       </c>
       <c r="E632" s="1">
         <v>1</v>
       </c>
       <c r="F632" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G632" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JAPCAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">KAYABA</t>
+        </is>
+      </c>
+      <c r="B633" s="1">
+        <v>3440072</v>
       </c>
       <c r="C633" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сайлентблок заднего рычага лев./прав. (z tyłu) HYUNDAI GRANDEUR, SANTA FÉ II, SONATA V  KIA OPIRUS 2.0-3.8 01.05-</t>
+          <t xml:space="preserve">AMORTYZATOR TYL</t>
         </is>
       </c>
       <c r="D633" s="1">
-        <v>2.56</v>
+        <v>60</v>
       </c>
       <c r="E633" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F633" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G633" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABAKUS</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">VIKA</t>
+        </is>
+      </c>
+      <c r="B634" s="1">
+        <v>11211853801</v>
       </c>
       <c r="C634" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SPREZYNA GAZ BAG BMW 3 E30 87-94</t>
+          <t xml:space="preserve">труба водяна з аксесуарами</t>
         </is>
       </c>
       <c r="D634" s="1">
-        <v>3.94</v>
+        <v>4.43</v>
       </c>
       <c r="E634" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F634" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G634" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOPRAN</t>
+          <t xml:space="preserve">BORSEHUNG</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">109 620</t>
+          <t xml:space="preserve">B10537</t>
         </is>
       </c>
       <c r="C635" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">Фільтр повітряний (ОЕ)</t>
         </is>
       </c>
       <c r="D635" s="1">
-        <v>8.45</v>
+        <v>7.85</v>
       </c>
       <c r="E635" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F635" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G635" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOPRAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELRING</t>
+        </is>
+      </c>
+      <c r="B636" s="1">
+        <v>934.9</v>
       </c>
       <c r="C636" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, ступінчаста коробка передач</t>
+          <t xml:space="preserve">ELRING OPEL Прокладки системы AGR, комплект ASTRA H, VECTRA C 04-, LANCIA THESIS 03-, SAAB</t>
         </is>
       </c>
       <c r="D636" s="1">
-        <v>10.51</v>
+        <v>3.7</v>
       </c>
       <c r="E636" s="1">
         <v>1</v>
       </c>
       <c r="F636" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G636" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOPRAN</t>
+          <t xml:space="preserve">WUNDER</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">400 687</t>
+          <t xml:space="preserve">WH 532</t>
         </is>
       </c>
       <c r="C637" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Форсунка</t>
+          <t xml:space="preserve">Фильтр воздушный</t>
         </is>
       </c>
       <c r="D637" s="1">
-        <v>5.03</v>
+        <v>3.41</v>
       </c>
       <c r="E637" s="1">
         <v>1</v>
       </c>
       <c r="F637" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G637" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K&amp;N FILTERS</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HP-2010</t>
+          <t xml:space="preserve">5C6807394C</t>
         </is>
       </c>
       <c r="C638" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">кронштейн</t>
         </is>
       </c>
       <c r="D638" s="1">
-        <v>10.89</v>
+        <v>26.1</v>
       </c>
       <c r="E638" s="1">
         <v>1</v>
       </c>
       <c r="F638" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G638" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KAYABA</t>
-[...3 lines deleted...]
-        <v>3440072</v>
+          <t xml:space="preserve">WIX FILTERS</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">93104E</t>
+        </is>
       </c>
       <c r="C639" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AMORTYZATOR TYL</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D639" s="1">
-        <v>66</v>
+        <v>16.43</v>
       </c>
       <c r="E639" s="1">
         <v>1</v>
       </c>
       <c r="F639" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G639" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BORSEHUNG</t>
+          <t xml:space="preserve">WIX FILTERS</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">B10537</t>
+          <t xml:space="preserve">WA6236</t>
         </is>
       </c>
       <c r="C640" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр повітряний (ОЕ)</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D640" s="1">
-        <v>8.64</v>
+        <v>1.5</v>
       </c>
       <c r="E640" s="1">
         <v>1</v>
       </c>
       <c r="F640" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G640" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELRING</t>
-[...3 lines deleted...]
-        <v>934.9</v>
+          <t xml:space="preserve">WIX FILTERS</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WA9504</t>
+        </is>
       </c>
       <c r="C641" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELRING OPEL Прокладки системы AGR, комплект ASTRA H, VECTRA C 04-, LANCIA THESIS 03-, SAAB</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D641" s="1">
-        <v>4.07</v>
+        <v>21</v>
       </c>
       <c r="E641" s="1">
         <v>1</v>
       </c>
       <c r="F641" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G641" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WUNDER</t>
+          <t xml:space="preserve">WIX FILTERS</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WH 532</t>
+          <t xml:space="preserve">WA9608</t>
         </is>
       </c>
       <c r="C642" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фильтр воздушный</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D642" s="1">
-        <v>3.76</v>
+        <v>5</v>
       </c>
       <c r="E642" s="1">
         <v>1</v>
       </c>
       <c r="F642" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G642" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">WIX FILTERS</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">5C6807394C</t>
+          <t xml:space="preserve">WF8042</t>
         </is>
       </c>
       <c r="C643" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">кронштейн</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D643" s="1">
-        <v>28.71</v>
+        <v>5.95</v>
       </c>
       <c r="E643" s="1">
         <v>1</v>
       </c>
       <c r="F643" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G643" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">WIX FILTERS</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">93104E</t>
+          <t xml:space="preserve">WL7424</t>
         </is>
       </c>
       <c r="C644" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D644" s="1">
-        <v>18.08</v>
+        <v>10</v>
       </c>
       <c r="E644" s="1">
         <v>1</v>
       </c>
       <c r="F644" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G644" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WIX FILTERS</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORIGINAL IMPERIUM</t>
+        </is>
+      </c>
+      <c r="B645" s="1">
+        <v>35510</v>
       </c>
       <c r="C645" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Накладка на педаль, педаль зчеплення</t>
         </is>
       </c>
       <c r="D645" s="1">
-        <v>1.65</v>
+        <v>1.1</v>
       </c>
       <c r="E645" s="1">
         <v>1</v>
       </c>
       <c r="F645" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G645" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WIX FILTERS</t>
+          <t xml:space="preserve">LUK</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WA9504</t>
+          <t xml:space="preserve">532 0612 10</t>
         </is>
       </c>
       <c r="C646" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Паразитний/ведучий ролік, поліклиновий ремінь</t>
         </is>
       </c>
       <c r="D646" s="1">
-        <v>23.1</v>
+        <v>45.08</v>
       </c>
       <c r="E646" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F646" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G646" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WIX FILTERS</t>
+          <t xml:space="preserve">QUICK BRAKE (OJD)</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WA9608</t>
+          <t xml:space="preserve">WS 0191 B</t>
         </is>
       </c>
       <c r="C647" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Датчик зносу гальмівних колодок</t>
         </is>
       </c>
       <c r="D647" s="1">
-        <v>5.5</v>
+        <v>3.13</v>
       </c>
       <c r="E647" s="1">
         <v>1</v>
       </c>
       <c r="F647" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G647" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WIX FILTERS</t>
+          <t xml:space="preserve">BELGUM</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WF8042</t>
+          <t xml:space="preserve">BG0160</t>
         </is>
       </c>
       <c r="C648" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Пильовик кульової опори</t>
         </is>
       </c>
       <c r="D648" s="1">
-        <v>6.55</v>
+        <v>0.53</v>
       </c>
       <c r="E648" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F648" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G648" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WIX FILTERS</t>
+          <t xml:space="preserve">AUTO TEC</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WL7424</t>
+          <t xml:space="preserve">701 843 436</t>
         </is>
       </c>
       <c r="C649" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">Ролик бок. двери (верх.), VW T-4</t>
         </is>
       </c>
       <c r="D649" s="1">
-        <v>11</v>
+        <v>2.63</v>
       </c>
       <c r="E649" s="1">
         <v>1</v>
       </c>
       <c r="F649" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G649" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WIX FILTERS</t>
+          <t xml:space="preserve">BLUE PRINT</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WP9263</t>
+          <t xml:space="preserve">ADM52107</t>
         </is>
       </c>
       <c r="C650" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр повітря у внутрішньому просторі</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D650" s="1">
-        <v>19.8</v>
+        <v>2.87</v>
       </c>
       <c r="E650" s="1">
         <v>1</v>
       </c>
       <c r="F650" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G650" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORIGINAL IMPERIUM</t>
+          <t xml:space="preserve">IMPERGOM</t>
         </is>
       </c>
       <c r="B651" s="1">
-        <v>35510</v>
+        <v>27402</v>
       </c>
       <c r="C651" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Накладка на педаль, педаль зчеплення</t>
+          <t xml:space="preserve">Втулка КПП</t>
         </is>
       </c>
       <c r="D651" s="1">
-        <v>1.21</v>
+        <v>1.78</v>
       </c>
       <c r="E651" s="1">
         <v>1</v>
       </c>
       <c r="F651" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G651" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LUK</t>
+          <t xml:space="preserve">AUTOFREN SEINSA</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">532 0612 10</t>
+          <t xml:space="preserve">D4121</t>
         </is>
       </c>
       <c r="C652" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний/ведучий ролік, поліклиновий ремінь</t>
+          <t xml:space="preserve">Ремкомплект, гальмівний супорт</t>
         </is>
       </c>
       <c r="D652" s="1">
-        <v>49.59</v>
+        <v>4.32</v>
       </c>
       <c r="E652" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F652" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G652" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUICK BRAKE (OJD)</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DT</t>
+        </is>
+      </c>
+      <c r="B653" s="1">
+        <v>4.60762</v>
       </c>
       <c r="C653" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик зносу гальмівних колодок</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D653" s="1">
-        <v>3.45</v>
+        <v>8.21</v>
       </c>
       <c r="E653" s="1">
         <v>1</v>
       </c>
       <c r="F653" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G653" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">CITROEN/PEUGEOT</t>
         </is>
       </c>
       <c r="B654" s="1">
-        <v>2223304503</v>
+        <v>94530038</v>
       </c>
       <c r="C654" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D654" s="1">
-        <v>144.65</v>
+        <v>0.11</v>
       </c>
       <c r="E654" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F654" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G654" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BELGUM</t>
+          <t xml:space="preserve">FA1</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BG0160</t>
+          <t xml:space="preserve">003-960</t>
         </is>
       </c>
       <c r="C655" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пильовик кульової опори</t>
+          <t xml:space="preserve">Буфер, глушник</t>
         </is>
       </c>
       <c r="D655" s="1">
-        <v>0.59</v>
+        <v>0.79</v>
       </c>
       <c r="E655" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F655" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G655" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUTO TEC</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CITROEN/PEUGEOT</t>
+        </is>
+      </c>
+      <c r="B656" s="1">
+        <v>95227628</v>
       </c>
       <c r="C656" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ролик бок. двери (верх.), VW T-4</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D656" s="1">
-        <v>2.9</v>
+        <v>9.51</v>
       </c>
       <c r="E656" s="1">
         <v>1</v>
       </c>
       <c r="F656" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G656" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BLUE PRINT</t>
+          <t xml:space="preserve">FA1</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ADM52107</t>
+          <t xml:space="preserve">330-934</t>
         </is>
       </c>
       <c r="C657" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">Прокладка, труба вихлопного газу</t>
         </is>
       </c>
       <c r="D657" s="1">
-        <v>3.16</v>
+        <v>1.19</v>
       </c>
       <c r="E657" s="1">
         <v>1</v>
       </c>
       <c r="F657" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G657" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AUTOFREN SEINSA</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D4121</t>
+          <t xml:space="preserve">4A0810171</t>
         </is>
       </c>
       <c r="C658" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремкомплект, гальмівний супорт</t>
+          <t xml:space="preserve"/>
         </is>
       </c>
       <c r="D658" s="1">
-        <v>4.76</v>
+        <v>113.52</v>
       </c>
       <c r="E658" s="1">
         <v>1</v>
       </c>
       <c r="F658" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G658" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DT</t>
-[...3 lines deleted...]
-        <v>4.60762</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83165A07750</t>
+        </is>
       </c>
       <c r="C659" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">83165A07750</t>
         </is>
       </c>
       <c r="D659" s="1">
-        <v>9.04</v>
+        <v>9.64</v>
       </c>
       <c r="E659" s="1">
         <v>1</v>
       </c>
       <c r="F659" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G659" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN/PEUGEOT</t>
-[...3 lines deleted...]
-        <v>94530038</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5NA857593</t>
+        </is>
       </c>
       <c r="C660" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">5NA857593</t>
         </is>
       </c>
       <c r="D660" s="1">
-        <v>0.13</v>
+        <v>28.23</v>
       </c>
       <c r="E660" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F660" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G660" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FA1</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">003-960</t>
+          <t xml:space="preserve">4M0867606</t>
         </is>
       </c>
       <c r="C661" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Буфер, глушник</t>
+          <t xml:space="preserve">4M0867606¶</t>
         </is>
       </c>
       <c r="D661" s="1">
-        <v>0.87</v>
+        <v>28.25</v>
       </c>
       <c r="E661" s="1">
         <v>1</v>
       </c>
       <c r="F661" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G661" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN/PEUGEOT</t>
-[...3 lines deleted...]
-        <v>95227628</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6224-EM30A</t>
+        </is>
       </c>
       <c r="C662" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve"/>
+          <t xml:space="preserve">6224-EM30A</t>
         </is>
       </c>
       <c r="D662" s="1">
-        <v>10.47</v>
+        <v>7.22</v>
       </c>
       <c r="E662" s="1">
         <v>1</v>
       </c>
       <c r="F662" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G662" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FA1</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">330-934</t>
+          <t xml:space="preserve">8W68205816</t>
         </is>
       </c>
       <c r="C663" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, труба вихлопного газу</t>
+          <t xml:space="preserve">8W68205816</t>
         </is>
       </c>
       <c r="D663" s="1">
-        <v>1.31</v>
+        <v>10.1</v>
       </c>
       <c r="E663" s="1">
         <v>1</v>
       </c>
       <c r="F663" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G663" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B664" s="1" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B664" s="1">
+        <v>565807521</v>
+      </c>
+      <c r="C664" s="1">
+        <v>565807521</v>
       </c>
       <c r="D664" s="1">
-        <v>124.88</v>
+        <v>106.53</v>
       </c>
       <c r="E664" s="1">
         <v>1</v>
       </c>
       <c r="F664" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G664" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">83165A07750</t>
+          <t xml:space="preserve">8D0601027A</t>
         </is>
       </c>
       <c r="C665" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">83165A07750</t>
+          <t xml:space="preserve">8D0601027A</t>
         </is>
       </c>
       <c r="D665" s="1">
-        <v>10.61</v>
+        <v>57.81</v>
       </c>
       <c r="E665" s="1">
         <v>1</v>
       </c>
       <c r="F665" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G665" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B666" s="1">
+        <v>1301336178</v>
+      </c>
+      <c r="C666" s="1">
+        <v>1301336178</v>
       </c>
       <c r="D666" s="1">
-        <v>31.06</v>
+        <v>20</v>
       </c>
       <c r="E666" s="1">
         <v>1</v>
       </c>
       <c r="F666" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G666" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...10 lines deleted...]
-        </is>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B667" s="1">
+        <v>18812</v>
+      </c>
+      <c r="C667" s="1">
+        <v>18812</v>
       </c>
       <c r="D667" s="1">
-        <v>31.08</v>
+        <v>11.7</v>
       </c>
       <c r="E667" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F667" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G667" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">POLCAR</t>
+        </is>
+      </c>
+      <c r="B668" s="1">
+        <v>95480710</v>
       </c>
       <c r="C668" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6224-EM30A</t>
+          <t xml:space="preserve">Бампер передній(пошкоджений)</t>
         </is>
       </c>
       <c r="D668" s="1">
-        <v>7.95</v>
+        <v>23.85</v>
       </c>
       <c r="E668" s="1">
         <v>1</v>
       </c>
       <c r="F668" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G668" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ABE</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8W68205816</t>
+          <t xml:space="preserve">C5W007ABE</t>
         </is>
       </c>
       <c r="C669" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8W68205816</t>
+          <t xml:space="preserve">Колісний гальмівний циліндр</t>
         </is>
       </c>
       <c r="D669" s="1">
-        <v>11.11</v>
+        <v>3.04</v>
       </c>
       <c r="E669" s="1">
         <v>1</v>
       </c>
       <c r="F669" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G669" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...6 lines deleted...]
-        <v>565807521</v>
+          <t xml:space="preserve">THERMOTEC</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">DCW047TT</t>
+        </is>
+      </c>
+      <c r="C670" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Трубка</t>
+        </is>
       </c>
       <c r="D670" s="1">
-        <v>117.19</v>
+        <v>12.73</v>
       </c>
       <c r="E670" s="1">
         <v>1</v>
       </c>
       <c r="F670" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G670" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">FORTUNE LINE</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8D0601027A</t>
+          <t xml:space="preserve">FZ7535</t>
         </is>
       </c>
       <c r="C671" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8D0601027A</t>
+          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
         </is>
       </c>
       <c r="D671" s="1">
-        <v>63.6</v>
+        <v>5</v>
       </c>
       <c r="E671" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F671" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G671" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">LAUBER</t>
         </is>
       </c>
       <c r="B672" s="1">
-        <v>1301336178</v>
-[...2 lines deleted...]
-        <v>1301336178</v>
+        <v>22.1006</v>
+      </c>
+      <c r="C672" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Стартер</t>
+        </is>
       </c>
       <c r="D672" s="1">
-        <v>22</v>
+        <v>65.02</v>
       </c>
       <c r="E672" s="1">
         <v>1</v>
       </c>
       <c r="F672" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G672" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">3RG</t>
         </is>
       </c>
       <c r="B673" s="1">
-        <v>18812</v>
-[...2 lines deleted...]
-        <v>18812</v>
+        <v>80799</v>
+      </c>
+      <c r="C673" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Шланг, вентиляція картера</t>
+        </is>
       </c>
       <c r="D673" s="1">
-        <v>12.87</v>
+        <v>2.55</v>
       </c>
       <c r="E673" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F673" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G673" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABE</t>
+          <t xml:space="preserve">STC</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">C5W007ABE</t>
+          <t xml:space="preserve">T405156</t>
         </is>
       </c>
       <c r="C674" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Колісний гальмівний циліндр</t>
+          <t xml:space="preserve">Покажчик рівня масла</t>
         </is>
       </c>
       <c r="D674" s="1">
-        <v>3.35</v>
+        <v>2.52</v>
       </c>
       <c r="E674" s="1">
         <v>1</v>
       </c>
       <c r="F674" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G674" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">THERMOTEC</t>
+          <t xml:space="preserve">STC</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DCW047TT</t>
+          <t xml:space="preserve">T405609</t>
         </is>
       </c>
       <c r="C675" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трубка</t>
+          <t xml:space="preserve">Куполоподібна стійка</t>
         </is>
       </c>
       <c r="D675" s="1">
-        <v>14.01</v>
+        <v>21.5</v>
       </c>
       <c r="E675" s="1">
         <v>1</v>
       </c>
       <c r="F675" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G675" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORTUNE LINE</t>
+          <t xml:space="preserve">PROFIT</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FZ7535</t>
+          <t xml:space="preserve">2305-0028</t>
         </is>
       </c>
       <c r="C676" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
+          <t xml:space="preserve">Кронштейн, підвіска стабилизатора</t>
         </is>
       </c>
       <c r="D676" s="1">
-        <v>5.5</v>
+        <v>0.91</v>
       </c>
       <c r="E676" s="1">
         <v>2</v>
       </c>
       <c r="F676" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G676" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LAUBER</t>
-[...3 lines deleted...]
-        <v>22.1006</v>
+          <t xml:space="preserve">GATES</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6DPK1215</t>
+        </is>
       </c>
       <c r="C677" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Стартер</t>
+          <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D677" s="1">
-        <v>71.53</v>
+        <v>14.57</v>
       </c>
       <c r="E677" s="1">
         <v>1</v>
       </c>
       <c r="F677" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G677" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3RG</t>
-[...3 lines deleted...]
-        <v>80799</v>
+          <t xml:space="preserve">JC PREMIUM</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">B22110PR</t>
+        </is>
       </c>
       <c r="C678" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шланг, вентиляція картера</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D678" s="1">
-        <v>2.81</v>
+        <v>4.47</v>
       </c>
       <c r="E678" s="1">
         <v>1</v>
       </c>
       <c r="F678" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G678" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STC</t>
+          <t xml:space="preserve">JC PREMIUM</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">T405156</t>
+          <t xml:space="preserve">B3A015PR</t>
         </is>
       </c>
       <c r="C679" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Покажчик рівня масла</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D679" s="1">
-        <v>2.78</v>
+        <v>3.53</v>
       </c>
       <c r="E679" s="1">
         <v>1</v>
       </c>
       <c r="F679" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G679" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">STC</t>
+          <t xml:space="preserve">BTA</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">T405609</t>
+          <t xml:space="preserve">E2M5152BTA</t>
         </is>
       </c>
       <c r="C680" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Куполоподібна стійка</t>
+          <t xml:space="preserve">Паразитний / провідний ролик, поліклиновий ремінь</t>
         </is>
       </c>
       <c r="D680" s="1">
-        <v>23.65</v>
+        <v>4.74</v>
       </c>
       <c r="E680" s="1">
         <v>1</v>
       </c>
       <c r="F680" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G680" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">PROFIT</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B681" s="1">
+        <v>1405260</v>
       </c>
       <c r="C681" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кронштейн, підвіска стабилизатора</t>
+          <t xml:space="preserve">Перетворювач тиску, управління ВГ</t>
         </is>
       </c>
       <c r="D681" s="1">
-        <v>1.01</v>
+        <v>84.7</v>
       </c>
       <c r="E681" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F681" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G681" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GATES</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B682" s="1">
+        <v>9934707</v>
       </c>
       <c r="C682" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поликлиновий ремінь</t>
+          <t xml:space="preserve">Комплект приладдя, гальмівний супорт</t>
         </is>
       </c>
       <c r="D682" s="1">
-        <v>16.03</v>
+        <v>2.36</v>
       </c>
       <c r="E682" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F682" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G682" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JC PREMIUM</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B683" s="1">
+        <v>219978947</v>
       </c>
       <c r="C683" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Комплект гальм, дисковий гальмівний механізм</t>
         </is>
       </c>
       <c r="D683" s="1">
-        <v>4.92</v>
+        <v>6.8</v>
       </c>
       <c r="E683" s="1">
         <v>1</v>
       </c>
       <c r="F683" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G683" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">JC PREMIUM</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">B3A015PR</t>
+          <t xml:space="preserve">027109119C</t>
         </is>
       </c>
       <c r="C684" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Ремінь ГРМ</t>
         </is>
       </c>
       <c r="D684" s="1">
-        <v>3.89</v>
+        <v>33.85</v>
       </c>
       <c r="E684" s="1">
         <v>1</v>
       </c>
       <c r="F684" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G684" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BTA</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">E2M5152BTA</t>
+          <t xml:space="preserve">01V325443</t>
         </is>
       </c>
       <c r="C685" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний / провідний ролик, поліклиновий ремінь</t>
+          <t xml:space="preserve">Кільце ущільнювача, гідравлічний фільтр</t>
         </is>
       </c>
       <c r="D685" s="1">
-        <v>5.22</v>
+        <v>10.74</v>
       </c>
       <c r="E685" s="1">
         <v>1</v>
       </c>
       <c r="F685" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G685" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>1405260</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">028903137AM</t>
+        </is>
       </c>
       <c r="C686" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Перетворювач тиску, управління ВГ</t>
+          <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D686" s="1">
-        <v>93.17</v>
+        <v>20.06</v>
       </c>
       <c r="E686" s="1">
         <v>1</v>
       </c>
       <c r="F686" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G686" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>9934707</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">028145278E</t>
+        </is>
       </c>
       <c r="C687" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект приладдя, гальмівний супорт</t>
+          <t xml:space="preserve">Натяжний ролик, поліклиновий ремінь</t>
         </is>
       </c>
       <c r="D687" s="1">
-        <v>2.6</v>
+        <v>26.33</v>
       </c>
       <c r="E687" s="1">
         <v>2</v>
       </c>
       <c r="F687" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G687" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B688" s="1">
-        <v>219978947</v>
+        <v>28109243</v>
       </c>
       <c r="C688" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальм, дисковий гальмівний механізм</t>
+          <t xml:space="preserve">Натяжний ролик, ремінь ГРМ</t>
         </is>
       </c>
       <c r="D688" s="1">
-        <v>7.48</v>
+        <v>40.2</v>
       </c>
       <c r="E688" s="1">
         <v>1</v>
       </c>
       <c r="F688" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G688" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">027109119C</t>
+          <t xml:space="preserve">022903119D</t>
         </is>
       </c>
       <c r="C689" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремінь ГРМ</t>
+          <t xml:space="preserve">Механізм вільного ходу генератора</t>
         </is>
       </c>
       <c r="D689" s="1">
-        <v>37.24</v>
+        <v>65.73</v>
       </c>
       <c r="E689" s="1">
         <v>1</v>
       </c>
       <c r="F689" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G689" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B690" s="1">
+        <v>446602181</v>
       </c>
       <c r="C690" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кільце ущільнювача, гідравлічний фільтр</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D690" s="1">
-        <v>11.82</v>
+        <v>50.85</v>
       </c>
       <c r="E690" s="1">
         <v>1</v>
       </c>
       <c r="F690" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G690" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">028903137AM</t>
+          <t xml:space="preserve">03G903137A</t>
         </is>
       </c>
       <c r="C691" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D691" s="1">
-        <v>22.07</v>
+        <v>10.47</v>
       </c>
       <c r="E691" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F691" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G691" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B692" s="1">
+        <v>446602160</v>
       </c>
       <c r="C692" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Натяжний ролик, поліклиновий ремінь</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D692" s="1">
-        <v>28.97</v>
+        <v>35</v>
       </c>
       <c r="E692" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F692" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G692" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
-      <c r="B693" s="1">
-        <v>28109243</v>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">038109244J</t>
+        </is>
       </c>
       <c r="C693" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Натяжний ролик, ремінь ГРМ</t>
+          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
         </is>
       </c>
       <c r="D693" s="1">
-        <v>44.22</v>
+        <v>22.8</v>
       </c>
       <c r="E693" s="1">
         <v>1</v>
       </c>
       <c r="F693" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G693" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">022903119D</t>
+          <t xml:space="preserve">06A109243A</t>
         </is>
       </c>
       <c r="C694" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Механізм вільного ходу генератора</t>
+          <t xml:space="preserve">Натяжний ролик, ремінь ГРМ</t>
         </is>
       </c>
       <c r="D694" s="1">
-        <v>72.31</v>
+        <v>44.78</v>
       </c>
       <c r="E694" s="1">
         <v>1</v>
       </c>
       <c r="F694" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G694" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>446602181</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06A109181</t>
+        </is>
       </c>
       <c r="C695" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
         </is>
       </c>
       <c r="D695" s="1">
-        <v>55.94</v>
+        <v>32.51</v>
       </c>
       <c r="E695" s="1">
         <v>1</v>
       </c>
       <c r="F695" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G695" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">03G903137A</t>
+          <t xml:space="preserve">06B903341B</t>
         </is>
       </c>
       <c r="C696" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поликлиновий ремінь</t>
+          <t xml:space="preserve">Паразитний / провідний ролик, поліклиновий ремінь</t>
         </is>
       </c>
       <c r="D696" s="1">
-        <v>11.52</v>
+        <v>30.6</v>
       </c>
       <c r="E696" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F696" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G696" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B697" s="1">
-        <v>446602160</v>
+        <v>7119963201</v>
       </c>
       <c r="C697" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Кільце ущільнювача</t>
         </is>
       </c>
       <c r="D697" s="1">
-        <v>38.5</v>
+        <v>0.31</v>
       </c>
       <c r="E697" s="1">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="F697" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G697" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B698" s="1">
+        <v>7119963300</v>
       </c>
       <c r="C698" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
+          <t xml:space="preserve">Ущільнююче кільце</t>
         </is>
       </c>
       <c r="D698" s="1">
-        <v>25.08</v>
+        <v>0.71</v>
       </c>
       <c r="E698" s="1">
         <v>1</v>
       </c>
       <c r="F698" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G698" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B699" s="1">
+        <v>7119963355</v>
       </c>
       <c r="C699" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Натяжний ролик, ремінь ГРМ</t>
+          <t xml:space="preserve">Кільце ущільнювача</t>
         </is>
       </c>
       <c r="D699" s="1">
-        <v>49.26</v>
+        <v>0.26</v>
       </c>
       <c r="E699" s="1">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="F699" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G699" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELRING</t>
+        </is>
+      </c>
+      <c r="B700" s="1">
+        <v>574.33</v>
       </c>
       <c r="C700" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
+          <t xml:space="preserve">Кільце ущільнювача</t>
         </is>
       </c>
       <c r="D700" s="1">
-        <v>35.77</v>
+        <v>2</v>
       </c>
       <c r="E700" s="1">
         <v>1</v>
       </c>
       <c r="F700" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G700" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELRING</t>
+        </is>
+      </c>
+      <c r="B701" s="1">
+        <v>586.693</v>
       </c>
       <c r="C701" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний / провідний ролик, поліклиновий ремінь</t>
+          <t xml:space="preserve">Кільце ущільнювача</t>
         </is>
       </c>
       <c r="D701" s="1">
-        <v>33.66</v>
+        <v>0.43</v>
       </c>
       <c r="E701" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F701" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G701" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>7119963201</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">074260849J</t>
+        </is>
       </c>
       <c r="C702" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кільце ущільнювача</t>
+          <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D702" s="1">
-        <v>0.35</v>
+        <v>26.86</v>
       </c>
       <c r="E702" s="1">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="F702" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G702" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>7119963300</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06B109244</t>
+        </is>
       </c>
       <c r="C703" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ущільнююче кільце</t>
+          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
         </is>
       </c>
       <c r="D703" s="1">
-        <v>0.79</v>
+        <v>22.81</v>
       </c>
       <c r="E703" s="1">
         <v>1</v>
       </c>
       <c r="F703" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G703" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B704" s="1">
-        <v>7119963355</v>
+        <v>7119963129</v>
       </c>
       <c r="C704" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кільце ущільнювача</t>
+          <t xml:space="preserve">Ущільнююче кільце</t>
         </is>
       </c>
       <c r="D704" s="1">
-        <v>0.29</v>
+        <v>0.31</v>
       </c>
       <c r="E704" s="1">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F704" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G704" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELRING</t>
-[...3 lines deleted...]
-        <v>574.33</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">06A919501A</t>
+        </is>
       </c>
       <c r="C705" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кільце ущільнювача</t>
+          <t xml:space="preserve">Термостат, охолоджуюча рідина</t>
         </is>
       </c>
       <c r="D705" s="1">
-        <v>2.2</v>
+        <v>23.08</v>
       </c>
       <c r="E705" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F705" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G705" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELRING</t>
-[...3 lines deleted...]
-        <v>586.693</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">074145933AR</t>
+        </is>
       </c>
       <c r="C706" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кільце ущільнювача</t>
+          <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D706" s="1">
-        <v>0.48</v>
+        <v>23.51</v>
       </c>
       <c r="E706" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F706" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G706" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELRING</t>
+        </is>
+      </c>
+      <c r="B707" s="1">
+        <v>898.62</v>
       </c>
       <c r="C707" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поликлиновий ремінь</t>
+          <t xml:space="preserve">Прокладка, кришка головки циліндра</t>
         </is>
       </c>
       <c r="D707" s="1">
-        <v>29.55</v>
+        <v>12.31</v>
       </c>
       <c r="E707" s="1">
         <v>1</v>
       </c>
       <c r="F707" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G707" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">06B109244</t>
+          <t xml:space="preserve">078903137P</t>
         </is>
       </c>
       <c r="C708" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паразитний / Провідний ролик, зубчастий ремінь</t>
+          <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D708" s="1">
-        <v>25.1</v>
+        <v>27.43</v>
       </c>
       <c r="E708" s="1">
         <v>1</v>
       </c>
       <c r="F708" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G708" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>7119963129</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">101000038AA</t>
+        </is>
       </c>
       <c r="C709" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ущільнююче кільце</t>
+          <t xml:space="preserve">Свіча запалювання</t>
         </is>
       </c>
       <c r="D709" s="1">
-        <v>0.35</v>
+        <v>4.84</v>
       </c>
       <c r="E709" s="1">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F709" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G709" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B710" s="1">
+        <v>12317501690</v>
       </c>
       <c r="C710" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Термостат, охолоджуюча рідина</t>
+          <t xml:space="preserve">Генератор</t>
         </is>
       </c>
       <c r="D710" s="1">
-        <v>25.39</v>
+        <v>306.96</v>
       </c>
       <c r="E710" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F710" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G710" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B711" s="1">
+        <v>1222352</v>
       </c>
       <c r="C711" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поликлиновий ремінь</t>
+          <t xml:space="preserve">Задній ліхтар</t>
         </is>
       </c>
       <c r="D711" s="1">
-        <v>25.87</v>
+        <v>15.36</v>
       </c>
       <c r="E711" s="1">
         <v>1</v>
       </c>
       <c r="F711" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G711" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELRING</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B712" s="1">
-        <v>898.62</v>
+        <v>1380026</v>
       </c>
       <c r="C712" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, кришка головки циліндра</t>
+          <t xml:space="preserve">Комплект ременя ГРМ</t>
         </is>
       </c>
       <c r="D712" s="1">
-        <v>13.55</v>
+        <v>74.12</v>
       </c>
       <c r="E712" s="1">
         <v>1</v>
       </c>
       <c r="F712" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G712" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B713" s="1">
+        <v>1528769</v>
       </c>
       <c r="C713" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поликлиновий ремінь</t>
+          <t xml:space="preserve">Задній ліхтар</t>
         </is>
       </c>
       <c r="D713" s="1">
-        <v>30.18</v>
+        <v>53.69</v>
       </c>
       <c r="E713" s="1">
         <v>1</v>
       </c>
       <c r="F713" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G713" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CITROEN/PEUGEOT</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">101000038AA</t>
+          <t xml:space="preserve">1525GF</t>
         </is>
       </c>
       <c r="C714" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свіча запалювання</t>
+          <t xml:space="preserve">Датчик, запас палива</t>
         </is>
       </c>
       <c r="D714" s="1">
-        <v>5.33</v>
+        <v>157.38</v>
       </c>
       <c r="E714" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F714" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G714" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B715" s="1">
-        <v>12317501690</v>
+        <v>1475653</v>
       </c>
       <c r="C715" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Генератор</t>
+          <t xml:space="preserve">Гідравлічний насос, рульове управління, залогова запчастина</t>
         </is>
       </c>
       <c r="D715" s="1">
-        <v>337.66</v>
+        <v>130</v>
       </c>
       <c r="E715" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F715" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G715" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
+          <t xml:space="preserve">SCANIA</t>
         </is>
       </c>
       <c r="B716" s="1">
-        <v>1222352</v>
+        <v>1548500</v>
       </c>
       <c r="C716" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Задній ліхтар</t>
+          <t xml:space="preserve">Прокладка, насос омивача / бачок омивача</t>
         </is>
       </c>
       <c r="D716" s="1">
-        <v>16.9</v>
+        <v>2.96</v>
       </c>
       <c r="E716" s="1">
         <v>1</v>
       </c>
       <c r="F716" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G716" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B717" s="1">
-        <v>1380026</v>
+        <v>17211712417</v>
       </c>
       <c r="C717" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект ременя ГРМ</t>
+          <t xml:space="preserve">Ущільнююче кільце, масляний радіатор</t>
         </is>
       </c>
       <c r="D717" s="1">
-        <v>81.54</v>
+        <v>1.48</v>
       </c>
       <c r="E717" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F717" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G717" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B718" s="1">
-        <v>1528769</v>
+        <v>1636128220</v>
       </c>
       <c r="C718" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Задній ліхтар</t>
+          <t xml:space="preserve">Вентилятор, охолодження двигуна</t>
         </is>
       </c>
       <c r="D718" s="1">
-        <v>59.06</v>
+        <v>16.81</v>
       </c>
       <c r="E718" s="1">
         <v>1</v>
       </c>
       <c r="F718" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G718" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CITROEN/PEUGEOT</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B719" s="1">
+        <v>1664230012</v>
       </c>
       <c r="C719" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, запас палива</t>
+          <t xml:space="preserve">Гальмівний диск</t>
         </is>
       </c>
       <c r="D719" s="1">
-        <v>173.12</v>
+        <v>87.67</v>
       </c>
       <c r="E719" s="1">
         <v>1</v>
       </c>
       <c r="F719" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G719" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B720" s="1">
-        <v>1475653</v>
+        <v>1675835</v>
       </c>
       <c r="C720" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гідравлічний насос, рульове управління, залогова запчастина</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D720" s="1">
-        <v>143</v>
+        <v>0.69</v>
       </c>
       <c r="E720" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F720" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G720" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SCANIA</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B721" s="1">
-        <v>1548500</v>
+        <v>1693600868</v>
       </c>
       <c r="C721" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Прокладка, насос омивача / бачок омивача</t>
+          <t xml:space="preserve">Пильник, приводний вал</t>
         </is>
       </c>
       <c r="D721" s="1">
-        <v>3.26</v>
+        <v>15.85</v>
       </c>
       <c r="E721" s="1">
         <v>1</v>
       </c>
       <c r="F721" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G721" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">OPEL</t>
         </is>
       </c>
       <c r="B722" s="1">
-        <v>17211712417</v>
+        <v>1845690</v>
       </c>
       <c r="C722" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ущільнююче кільце, масляний радіатор</t>
+          <t xml:space="preserve">Ущільнююче кільце</t>
         </is>
       </c>
       <c r="D722" s="1">
-        <v>1.63</v>
+        <v>1.68</v>
       </c>
       <c r="E722" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F722" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G722" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>1636128220</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1J0407613G</t>
+        </is>
       </c>
       <c r="C723" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вентилятор, охолодження двигуна</t>
+          <t xml:space="preserve">Маточина колеса</t>
         </is>
       </c>
       <c r="D723" s="1">
-        <v>18.5</v>
+        <v>96.17</v>
       </c>
       <c r="E723" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F723" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G723" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B724" s="1">
-        <v>1664230012</v>
+        <v>2115400717</v>
       </c>
       <c r="C724" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівний диск</t>
+          <t xml:space="preserve">Сигналізатор зносу гальмівних колодок</t>
         </is>
       </c>
       <c r="D724" s="1">
-        <v>96.44</v>
+        <v>4.92</v>
       </c>
       <c r="E724" s="1">
         <v>1</v>
       </c>
       <c r="F724" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G724" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B725" s="1">
-        <v>1675835</v>
+        <v>2213308107</v>
       </c>
       <c r="C725" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
         </is>
       </c>
       <c r="D725" s="1">
-        <v>0.76</v>
+        <v>183</v>
       </c>
       <c r="E725" s="1">
         <v>1</v>
       </c>
       <c r="F725" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G725" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B726" s="1">
-        <v>1693600868</v>
+        <v>2048200208</v>
       </c>
       <c r="C726" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пильник, приводний вал</t>
+          <t xml:space="preserve">Вентилятор салону</t>
         </is>
       </c>
       <c r="D726" s="1">
-        <v>17.44</v>
+        <v>245.72</v>
       </c>
       <c r="E726" s="1">
         <v>1</v>
       </c>
       <c r="F726" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G726" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B727" s="1">
-        <v>1845690</v>
+        <v>2025402717</v>
       </c>
       <c r="C727" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ущільнююче кільце</t>
+          <t xml:space="preserve">Датчик, частота обертання колеса</t>
         </is>
       </c>
       <c r="D727" s="1">
-        <v>1.85</v>
+        <v>51.03</v>
       </c>
       <c r="E727" s="1">
         <v>1</v>
       </c>
       <c r="F727" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G727" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">QUINTON HAZELL</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1J0407613G</t>
+          <t xml:space="preserve">BDC5566</t>
         </is>
       </c>
       <c r="C728" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Маточина колеса</t>
+          <t xml:space="preserve">Гальмівний диск</t>
         </is>
       </c>
       <c r="D728" s="1">
-        <v>105.79</v>
+        <v>22.46</v>
       </c>
       <c r="E728" s="1">
         <v>2</v>
       </c>
       <c r="F728" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G728" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B729" s="1">
-        <v>2115400717</v>
+        <v>251919372</v>
       </c>
       <c r="C729" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Сигналізатор зносу гальмівних колодок</t>
+          <t xml:space="preserve">Датчик, рівень охолоджувальної рідини</t>
         </is>
       </c>
       <c r="D729" s="1">
-        <v>5.42</v>
+        <v>8.15</v>
       </c>
       <c r="E729" s="1">
         <v>1</v>
       </c>
       <c r="F729" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G729" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B730" s="1">
-        <v>2213308107</v>
+        <v>31356750704</v>
       </c>
       <c r="C730" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
+          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
         </is>
       </c>
       <c r="D730" s="1">
-        <v>201.3</v>
+        <v>28.97</v>
       </c>
       <c r="E730" s="1">
         <v>1</v>
       </c>
       <c r="F730" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G730" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B731" s="1">
-        <v>2048200208</v>
+        <v>32416758595</v>
       </c>
       <c r="C731" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вентилятор салону</t>
+          <t xml:space="preserve">Гідравлічний насос, рульове управління</t>
         </is>
       </c>
       <c r="D731" s="1">
-        <v>270.3</v>
+        <v>298.62</v>
       </c>
       <c r="E731" s="1">
         <v>1</v>
       </c>
       <c r="F731" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G731" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B732" s="1">
-        <v>2025402717</v>
+        <v>31126850782</v>
       </c>
       <c r="C732" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, частота обертання колеса</t>
+          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
         </is>
       </c>
       <c r="D732" s="1">
-        <v>56.14</v>
+        <v>184.38</v>
       </c>
       <c r="E732" s="1">
         <v>1</v>
       </c>
       <c r="F732" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G732" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">QUINTON HAZELL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B733" s="1">
+        <v>32136761823</v>
       </c>
       <c r="C733" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівний диск</t>
+          <t xml:space="preserve">Рульовий механізм</t>
         </is>
       </c>
       <c r="D733" s="1">
-        <v>24.71</v>
+        <v>1238</v>
       </c>
       <c r="E733" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F733" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G733" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B734" s="1">
-        <v>251919372</v>
+        <v>34211157046</v>
       </c>
       <c r="C734" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Датчик, рівень охолоджувальної рідини</t>
+          <t xml:space="preserve">Комплект приладдя, гальмівний супорт</t>
         </is>
       </c>
       <c r="D734" s="1">
-        <v>8.97</v>
+        <v>7.36</v>
       </c>
       <c r="E734" s="1">
         <v>1</v>
       </c>
       <c r="F734" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G734" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>31356750704</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3B7955681</t>
+        </is>
       </c>
       <c r="C735" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
+          <t xml:space="preserve">Водяний насос, система очищення вікон</t>
         </is>
       </c>
       <c r="D735" s="1">
-        <v>31.87</v>
+        <v>38.26</v>
       </c>
       <c r="E735" s="1">
         <v>1</v>
       </c>
       <c r="F735" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G735" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>32416758595</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3B5839462A</t>
+        </is>
       </c>
       <c r="C736" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гідравлічний насос, рульове управління</t>
+          <t xml:space="preserve">Підйомний пристрій для вікон</t>
         </is>
       </c>
       <c r="D736" s="1">
-        <v>328.49</v>
+        <v>94.76</v>
       </c>
       <c r="E736" s="1">
         <v>1</v>
       </c>
       <c r="F736" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G736" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B737" s="1">
-        <v>31126850782</v>
+        <v>4131788</v>
       </c>
       <c r="C737" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D737" s="1">
-        <v>202.82</v>
+        <v>20.5</v>
       </c>
       <c r="E737" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F737" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G737" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B738" s="1">
-        <v>32136761823</v>
+        <v>4334029215</v>
       </c>
       <c r="C738" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рульовий механізм</t>
+          <t xml:space="preserve">Несучий / направляючий шарнір</t>
         </is>
       </c>
       <c r="D738" s="1">
-        <v>1361.8</v>
+        <v>50.42</v>
       </c>
       <c r="E738" s="1">
         <v>1</v>
       </c>
       <c r="F738" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G738" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B739" s="1">
-        <v>34211157046</v>
+        <v>4419559</v>
       </c>
       <c r="C739" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект приладдя, гальмівний супорт</t>
+          <t xml:space="preserve">Опора, стабілізатор</t>
         </is>
       </c>
       <c r="D739" s="1">
-        <v>8.1</v>
+        <v>8.54</v>
       </c>
       <c r="E739" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F739" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G739" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B740" s="1">
+        <v>4479002</v>
       </c>
       <c r="C740" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Водяний насос, система очищення вікон</t>
+          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
         </is>
       </c>
       <c r="D740" s="1">
-        <v>42.09</v>
+        <v>63</v>
       </c>
       <c r="E740" s="1">
         <v>1</v>
       </c>
       <c r="F740" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G740" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B741" s="1">
+        <v>4504749015</v>
       </c>
       <c r="C741" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підйомний пристрій для вікон</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D741" s="1">
-        <v>104.24</v>
+        <v>15.13</v>
       </c>
       <c r="E741" s="1">
         <v>1</v>
       </c>
       <c r="F741" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G741" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...3 lines deleted...]
-        <v>4131788</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">443419811D</t>
+        </is>
       </c>
       <c r="C742" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D742" s="1">
-        <v>22.55</v>
+        <v>31.36</v>
       </c>
       <c r="E742" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F742" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G742" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B743" s="1">
-        <v>4334029215</v>
+        <v>4755562</v>
       </c>
       <c r="C743" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Несучий / направляючий шарнір</t>
+          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
         </is>
       </c>
       <c r="D743" s="1">
-        <v>55.47</v>
+        <v>12.36</v>
       </c>
       <c r="E743" s="1">
         <v>1</v>
       </c>
       <c r="F743" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G743" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B744" s="1">
-        <v>4333009180</v>
+        <v>4638800323</v>
       </c>
       <c r="C744" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Несучий / направляючий шарнір</t>
+          <t xml:space="preserve">Решітка радіатора</t>
         </is>
       </c>
       <c r="D744" s="1">
-        <v>45.65</v>
+        <v>412.42</v>
       </c>
       <c r="E744" s="1">
         <v>1</v>
       </c>
       <c r="F744" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G744" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B745" s="1">
-        <v>4419559</v>
+        <v>4882028050</v>
       </c>
       <c r="C745" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабілізатор</t>
+          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
         </is>
       </c>
       <c r="D745" s="1">
-        <v>9.4</v>
+        <v>62.91</v>
       </c>
       <c r="E745" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F745" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G745" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...3 lines deleted...]
-        <v>4479002</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4B1955325A</t>
+        </is>
       </c>
       <c r="C746" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
+          <t xml:space="preserve">Привід, тяги і важелі приводу склоочисника</t>
         </is>
       </c>
       <c r="D746" s="1">
-        <v>69.3</v>
+        <v>12.45</v>
       </c>
       <c r="E746" s="1">
         <v>1</v>
       </c>
       <c r="F746" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G746" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>4504749015</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4F0201511E</t>
+        </is>
       </c>
       <c r="C747" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D747" s="1">
-        <v>16.65</v>
+        <v>37</v>
       </c>
       <c r="E747" s="1">
         <v>1</v>
       </c>
       <c r="F747" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G747" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">443419811D</t>
+          <t xml:space="preserve">4B5827552D</t>
         </is>
       </c>
       <c r="C748" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Газова пружина, кришка багажника</t>
         </is>
       </c>
       <c r="D748" s="1">
-        <v>34.5</v>
+        <v>19.96</v>
       </c>
       <c r="E748" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F748" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G748" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...3 lines deleted...]
-        <v>4755562</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4D0422821A</t>
+        </is>
       </c>
       <c r="C749" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
+          <t xml:space="preserve">Осьовий шарнір, рульова тяга</t>
         </is>
       </c>
       <c r="D749" s="1">
-        <v>13.6</v>
+        <v>34.88</v>
       </c>
       <c r="E749" s="1">
         <v>1</v>
       </c>
       <c r="F749" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G749" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>4638800323</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4B0955453C</t>
+        </is>
       </c>
       <c r="C750" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решітка радіатора</t>
+          <t xml:space="preserve">Резервуар для води (для чищення)</t>
         </is>
       </c>
       <c r="D750" s="1">
-        <v>453.67</v>
+        <v>62.61</v>
       </c>
       <c r="E750" s="1">
         <v>1</v>
       </c>
       <c r="F750" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G750" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>4882028050</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4A0399413A</t>
+        </is>
       </c>
       <c r="C751" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
+          <t xml:space="preserve">Гільза, підвіска поперечного важеля</t>
         </is>
       </c>
       <c r="D751" s="1">
-        <v>69.21</v>
+        <v>5.81</v>
       </c>
       <c r="E751" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F751" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G751" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4B1955325A</t>
+          <t xml:space="preserve">4A0807345A</t>
         </is>
       </c>
       <c r="C752" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Привід, тяги і важелі приводу склоочисника</t>
+          <t xml:space="preserve">Решітка вентилятора, буфер</t>
         </is>
       </c>
       <c r="D752" s="1">
-        <v>13.7</v>
+        <v>12.62</v>
       </c>
       <c r="E752" s="1">
         <v>1</v>
       </c>
       <c r="F752" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G752" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4F0201511E</t>
+          <t xml:space="preserve">4A0959565D01C</t>
         </is>
       </c>
       <c r="C753" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Вимикач</t>
         </is>
       </c>
       <c r="D753" s="1">
-        <v>40.7</v>
+        <v>51.17</v>
       </c>
       <c r="E753" s="1">
         <v>1</v>
       </c>
       <c r="F753" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G753" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B754" s="1">
+        <v>51117005975</v>
       </c>
       <c r="C754" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Газова пружина, кришка багажника</t>
+          <t xml:space="preserve">Кронштейн щитка номерного знака</t>
         </is>
       </c>
       <c r="D754" s="1">
-        <v>21.96</v>
+        <v>15.4</v>
       </c>
       <c r="E754" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F754" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G754" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B755" s="1">
+        <v>51117005976</v>
       </c>
       <c r="C755" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Осьовий шарнір, рульова тяга</t>
+          <t xml:space="preserve">Кронштейн щитка номерного знака</t>
         </is>
       </c>
       <c r="D755" s="1">
-        <v>38.37</v>
+        <v>15.08</v>
       </c>
       <c r="E755" s="1">
         <v>1</v>
       </c>
       <c r="F755" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G755" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B756" s="1">
+        <v>51131876128</v>
       </c>
       <c r="C756" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Резервуар для води (для чищення)</t>
+          <t xml:space="preserve">Скоба</t>
         </is>
       </c>
       <c r="D756" s="1">
-        <v>68.88</v>
+        <v>1.13</v>
       </c>
       <c r="E756" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F756" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G756" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4A0399413A</t>
+          <t xml:space="preserve">54613CA006</t>
         </is>
       </c>
       <c r="C757" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гільза, підвіска поперечного важеля</t>
+          <t xml:space="preserve">Втулка, стабілізатор</t>
         </is>
       </c>
       <c r="D757" s="1">
-        <v>6.4</v>
+        <v>8.16</v>
       </c>
       <c r="E757" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F757" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G757" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4A0807345A</t>
+          <t xml:space="preserve">54613VB002</t>
         </is>
       </c>
       <c r="C758" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решітка вентилятора, буфер</t>
+          <t xml:space="preserve">Втулка, стабілізатор</t>
         </is>
       </c>
       <c r="D758" s="1">
-        <v>13.89</v>
+        <v>8.16</v>
       </c>
       <c r="E758" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F758" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G758" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B759" s="1">
+        <v>6017431111</v>
       </c>
       <c r="C759" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Вимикач</t>
+          <t xml:space="preserve">Напрямна ролика, зсувні двері</t>
         </is>
       </c>
       <c r="D759" s="1">
-        <v>56.29</v>
+        <v>7.69</v>
       </c>
       <c r="E759" s="1">
         <v>1</v>
       </c>
       <c r="F759" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G759" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B760" s="1">
-        <v>51117005975</v>
+        <v>61131372525</v>
       </c>
       <c r="C760" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кронштейн щитка номерного знака</t>
+          <t xml:space="preserve">Запобіжник</t>
         </is>
       </c>
       <c r="D760" s="1">
-        <v>16.94</v>
+        <v>0.58</v>
       </c>
       <c r="E760" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F760" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G760" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B761" s="1">
-        <v>51117005976</v>
+        <v>6393230585</v>
       </c>
       <c r="C761" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кронштейн щитка номерного знака</t>
+          <t xml:space="preserve">Опора, стабілізатор</t>
         </is>
       </c>
       <c r="D761" s="1">
-        <v>16.59</v>
+        <v>11.17</v>
       </c>
       <c r="E761" s="1">
         <v>1</v>
       </c>
       <c r="F761" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G761" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>51131876128</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6K0129620B</t>
+        </is>
       </c>
       <c r="C762" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Скоба</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D762" s="1">
-        <v>1.25</v>
+        <v>10.6</v>
       </c>
       <c r="E762" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F762" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G762" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B763" s="1">
+        <v>67628359374</v>
       </c>
       <c r="C763" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Втулка, стабілізатор</t>
+          <t xml:space="preserve">Підйомний пристрій для вікон</t>
         </is>
       </c>
       <c r="D763" s="1">
-        <v>8.98</v>
+        <v>143.88</v>
       </c>
       <c r="E763" s="1">
         <v>1</v>
       </c>
       <c r="F763" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G763" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">54613VB002</t>
+          <t xml:space="preserve">6402A037</t>
         </is>
       </c>
       <c r="C764" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Втулка, стабілізатор</t>
+          <t xml:space="preserve">Решітка вентилятора, буфер</t>
         </is>
       </c>
       <c r="D764" s="1">
-        <v>8.98</v>
+        <v>38.33</v>
       </c>
       <c r="E764" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F764" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G764" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>6017431111</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6Q0423812C</t>
+        </is>
       </c>
       <c r="C765" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Напрямна ролика, зсувні двері</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D765" s="1">
-        <v>8.46</v>
+        <v>19.75</v>
       </c>
       <c r="E765" s="1">
         <v>1</v>
       </c>
       <c r="F765" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G765" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B766" s="1">
-        <v>61131372525</v>
+        <v>7144204</v>
       </c>
       <c r="C766" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Запобіжник</t>
+          <t xml:space="preserve">Опора, стабілізатор</t>
         </is>
       </c>
       <c r="D766" s="1">
-        <v>0.64</v>
+        <v>3</v>
       </c>
       <c r="E766" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F766" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G766" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>6393230585</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6Q0698151A</t>
+        </is>
       </c>
       <c r="C767" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабілізатор</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D767" s="1">
-        <v>12.29</v>
+        <v>34.47</v>
       </c>
       <c r="E767" s="1">
         <v>1</v>
       </c>
       <c r="F767" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G767" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6K0129620B</t>
+          <t xml:space="preserve">71103SWA000</t>
         </is>
       </c>
       <c r="C768" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">КРОНШТЕЙН КРІПЛЕННЯ ПЕРЕДНЬОГО БАМПЕРА</t>
         </is>
       </c>
       <c r="D768" s="1">
-        <v>11.66</v>
+        <v>15.36</v>
       </c>
       <c r="E768" s="1">
         <v>1</v>
       </c>
       <c r="F768" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G768" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>67628359374</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7H8698451</t>
+        </is>
       </c>
       <c r="C769" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підйомний пристрій для вікон</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D769" s="1">
-        <v>158.27</v>
+        <v>81.83</v>
       </c>
       <c r="E769" s="1">
         <v>1</v>
       </c>
       <c r="F769" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G769" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6402A037</t>
+          <t xml:space="preserve">7L6868243</t>
         </is>
       </c>
       <c r="C770" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Решітка вентилятора, буфер</t>
+          <t xml:space="preserve">Пружинний затиск</t>
         </is>
       </c>
       <c r="D770" s="1">
-        <v>42.17</v>
+        <v>0.59</v>
       </c>
       <c r="E770" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F770" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G770" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6Q0423812C</t>
+          <t xml:space="preserve">8K0407694N</t>
         </is>
       </c>
       <c r="C771" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
         </is>
       </c>
       <c r="D771" s="1">
-        <v>21.73</v>
+        <v>211.4</v>
       </c>
       <c r="E771" s="1">
         <v>1</v>
       </c>
       <c r="F771" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G771" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...3 lines deleted...]
-        <v>7144204</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">8K0422818B</t>
+        </is>
       </c>
       <c r="C772" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабілізатор</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D772" s="1">
-        <v>3.3</v>
+        <v>52.38</v>
       </c>
       <c r="E772" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F772" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G772" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6Q0698151A</t>
+          <t xml:space="preserve">8R0127400</t>
         </is>
       </c>
       <c r="C773" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D773" s="1">
-        <v>37.92</v>
+        <v>12.11</v>
       </c>
       <c r="E773" s="1">
         <v>1</v>
       </c>
       <c r="F773" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G773" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B774" s="1">
+        <v>9013260181</v>
       </c>
       <c r="C774" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">КРОНШТЕЙН КРІПЛЕННЯ ПЕРЕДНЬОГО БАМПЕРА</t>
+          <t xml:space="preserve">Опора, стабілізатор</t>
         </is>
       </c>
       <c r="D774" s="1">
-        <v>16.9</v>
+        <v>3.15</v>
       </c>
       <c r="E774" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F774" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G774" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7H8698451</t>
+          <t xml:space="preserve">8D0805121B</t>
         </is>
       </c>
       <c r="C775" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Затискний хомут</t>
         </is>
       </c>
       <c r="D775" s="1">
-        <v>90.02</v>
+        <v>1.22</v>
       </c>
       <c r="E775" s="1">
         <v>1</v>
       </c>
       <c r="F775" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G775" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B776" s="1">
+        <v>90321122</v>
       </c>
       <c r="C776" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Пружинний затиск</t>
         </is>
       </c>
       <c r="D776" s="1">
-        <v>0.65</v>
+        <v>0.69</v>
       </c>
       <c r="E776" s="1">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="F776" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G776" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B777" s="1">
+        <v>9044200485</v>
       </c>
       <c r="C777" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівний диск</t>
+          <t xml:space="preserve">Трос, гальмівна система</t>
         </is>
       </c>
       <c r="D777" s="1">
-        <v>40.67</v>
+        <v>16.94</v>
       </c>
       <c r="E777" s="1">
         <v>2</v>
       </c>
       <c r="F777" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G777" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B778" s="1">
+        <v>9091302086</v>
       </c>
       <c r="C778" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
+          <t xml:space="preserve">Кільце ущільнювача</t>
         </is>
       </c>
       <c r="D778" s="1">
-        <v>232.54</v>
+        <v>1.05</v>
       </c>
       <c r="E778" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F778" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G778" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8K0422818B</t>
+          <t xml:space="preserve">90915YZZJ4</t>
         </is>
       </c>
       <c r="C779" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D779" s="1">
-        <v>57.62</v>
+        <v>12.2</v>
       </c>
       <c r="E779" s="1">
         <v>1</v>
       </c>
       <c r="F779" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G779" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">OPEL</t>
+        </is>
+      </c>
+      <c r="B780" s="1">
+        <v>93182264</v>
       </c>
       <c r="C780" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D780" s="1">
-        <v>13.33</v>
+        <v>8.99</v>
       </c>
       <c r="E780" s="1">
         <v>1</v>
       </c>
       <c r="F780" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G780" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">OPEL</t>
         </is>
       </c>
       <c r="B781" s="1">
-        <v>9013260181</v>
+        <v>93185528</v>
       </c>
       <c r="C781" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Опора, стабілізатор</t>
+          <t xml:space="preserve">Система тяг і важелів приводу склоочисника</t>
         </is>
       </c>
       <c r="D781" s="1">
-        <v>3.47</v>
+        <v>0.97</v>
       </c>
       <c r="E781" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F781" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G781" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CHEVROLET</t>
+        </is>
+      </c>
+      <c r="B782" s="1">
+        <v>95953138</v>
       </c>
       <c r="C782" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затискний хомут</t>
+          <t xml:space="preserve">Обшивка, колісна ніша</t>
         </is>
       </c>
       <c r="D782" s="1">
-        <v>1.35</v>
+        <v>25.44</v>
       </c>
       <c r="E782" s="1">
         <v>1</v>
       </c>
       <c r="F782" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G782" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>90321122</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BBM233047</t>
+        </is>
       </c>
       <c r="C783" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Пружинний затиск</t>
+          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
         </is>
       </c>
       <c r="D783" s="1">
-        <v>0.76</v>
+        <v>65.37</v>
       </c>
       <c r="E783" s="1">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F783" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G783" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>9044200485</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D8F40JG00A</t>
+        </is>
       </c>
       <c r="C784" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Трос, гальмівна система</t>
+          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
         </is>
       </c>
       <c r="D784" s="1">
-        <v>18.64</v>
+        <v>58.82</v>
       </c>
       <c r="E784" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F784" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G784" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...3 lines deleted...]
-        <v>9091302086</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">C23626151C</t>
+        </is>
       </c>
       <c r="C785" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кільце ущільнювача</t>
+          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
         </is>
       </c>
       <c r="D785" s="1">
-        <v>1.16</v>
+        <v>53.22</v>
       </c>
       <c r="E785" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F785" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G785" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">CONTITECH</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">90915YZZJ4</t>
+          <t xml:space="preserve">7PK1453</t>
         </is>
       </c>
       <c r="C786" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">Поликлиновий ремінь</t>
         </is>
       </c>
       <c r="D786" s="1">
-        <v>13.42</v>
+        <v>8.04</v>
       </c>
       <c r="E786" s="1">
         <v>1</v>
       </c>
       <c r="F786" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G786" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>93182264</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BN9A50260A</t>
+        </is>
       </c>
       <c r="C787" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поликлиновий ремінь</t>
+          <t xml:space="preserve">Носій, буфер</t>
         </is>
       </c>
       <c r="D787" s="1">
-        <v>9.89</v>
+        <v>169.22</v>
       </c>
       <c r="E787" s="1">
         <v>1</v>
       </c>
       <c r="F787" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G787" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OPEL</t>
-[...3 lines deleted...]
-        <v>93185528</v>
+          <t xml:space="preserve">AMC</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">HA706</t>
+        </is>
       </c>
       <c r="C788" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Система тяг і важелів приводу склоочисника</t>
+          <t xml:space="preserve">Повітряний фільтр</t>
         </is>
       </c>
       <c r="D788" s="1">
-        <v>1.07</v>
+        <v>4.37</v>
       </c>
       <c r="E788" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F788" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G788" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CHEVROLET</t>
-[...3 lines deleted...]
-        <v>95953138</v>
+          <t xml:space="preserve">MITSUBISHI</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MB911495</t>
+        </is>
       </c>
       <c r="C789" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Обшивка, колісна ніша</t>
+          <t xml:space="preserve">Болт кріплення колеса</t>
         </is>
       </c>
       <c r="D789" s="1">
-        <v>27.99</v>
+        <v>3.03</v>
       </c>
       <c r="E789" s="1">
         <v>1</v>
       </c>
       <c r="F789" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G789" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BBM233047</t>
+          <t xml:space="preserve">MR377576</t>
         </is>
       </c>
       <c r="C790" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
+          <t xml:space="preserve">Шарнірний комплект, приводний вал</t>
         </is>
       </c>
       <c r="D790" s="1">
-        <v>71.91</v>
+        <v>337.31</v>
       </c>
       <c r="E790" s="1">
         <v>1</v>
       </c>
       <c r="F790" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G790" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D8F40JG00A</t>
+          <t xml:space="preserve">MR162693</t>
         </is>
       </c>
       <c r="C791" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Наконечник поперечної рульової тяги</t>
+          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
         </is>
       </c>
       <c r="D791" s="1">
-        <v>64.71</v>
+        <v>153.2</v>
       </c>
       <c r="E791" s="1">
         <v>1</v>
       </c>
       <c r="F791" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G791" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">C23626151C</t>
+          <t xml:space="preserve">MR586053</t>
         </is>
       </c>
       <c r="C792" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект підшипника маточини колеса</t>
+          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
         </is>
       </c>
       <c r="D792" s="1">
-        <v>58.55</v>
+        <v>11.57</v>
       </c>
       <c r="E792" s="1">
         <v>1</v>
       </c>
       <c r="F792" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G792" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CONTITECH</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7PK1453</t>
+          <t xml:space="preserve">MN102626</t>
         </is>
       </c>
       <c r="C793" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Поликлиновий ремінь</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D793" s="1">
-        <v>8.85</v>
+        <v>55.32</v>
       </c>
       <c r="E793" s="1">
         <v>1</v>
       </c>
       <c r="F793" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G793" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">MITSUBISHI</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BN9A50260A</t>
+          <t xml:space="preserve">MS851237</t>
         </is>
       </c>
       <c r="C794" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Носій, буфер</t>
+          <t xml:space="preserve">Свіча запалювання</t>
         </is>
       </c>
       <c r="D794" s="1">
-        <v>186.15</v>
+        <v>2.79</v>
       </c>
       <c r="E794" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F794" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G794" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">AMC</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HA706</t>
+          <t xml:space="preserve">N10098001</t>
         </is>
       </c>
       <c r="C795" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Повітряний фільтр</t>
+          <t xml:space="preserve">Затискний хомут</t>
         </is>
       </c>
       <c r="D795" s="1">
-        <v>4.81</v>
+        <v>0.5</v>
       </c>
       <c r="E795" s="1">
         <v>1</v>
       </c>
       <c r="F795" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G795" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">KYB</t>
+        </is>
+      </c>
+      <c r="B796" s="1">
+        <v>341730</v>
       </c>
       <c r="C796" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Болт кріплення колеса</t>
+          <t xml:space="preserve">Амортизатор</t>
         </is>
       </c>
       <c r="D796" s="1">
-        <v>3.34</v>
+        <v>39.29</v>
       </c>
       <c r="E796" s="1">
         <v>1</v>
       </c>
       <c r="F796" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G796" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MEYLE</t>
+        </is>
+      </c>
+      <c r="B797" s="1">
+        <v>1160508292</v>
       </c>
       <c r="C797" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шарнірний комплект, приводний вал</t>
+          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
         </is>
       </c>
       <c r="D797" s="1">
-        <v>371.05</v>
+        <v>29.69</v>
       </c>
       <c r="E797" s="1">
         <v>1</v>
       </c>
       <c r="F797" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G797" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
+        </is>
+      </c>
+      <c r="B798" s="1">
+        <v>170091</v>
       </c>
       <c r="C798" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
+          <t xml:space="preserve">Приводний вал</t>
         </is>
       </c>
       <c r="D798" s="1">
-        <v>168.52</v>
+        <v>14.8</v>
       </c>
       <c r="E798" s="1">
         <v>1</v>
       </c>
       <c r="F798" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G798" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
+          <t xml:space="preserve">TEKNOROT</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MR586053</t>
+          <t xml:space="preserve">FO1075</t>
         </is>
       </c>
       <c r="C799" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Тяга / стійка, стабілізатор</t>
+          <t xml:space="preserve">Шарнір, приводний вал</t>
         </is>
       </c>
       <c r="D799" s="1">
-        <v>12.73</v>
+        <v>10</v>
       </c>
       <c r="E799" s="1">
         <v>1</v>
       </c>
       <c r="F799" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G799" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BILSTEIN</t>
+        </is>
+      </c>
+      <c r="B800" s="1">
+        <v>22049308</v>
       </c>
       <c r="C800" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Амортизатор</t>
         </is>
       </c>
       <c r="D800" s="1">
-        <v>60.86</v>
+        <v>50.42</v>
       </c>
       <c r="E800" s="1">
         <v>1</v>
       </c>
       <c r="F800" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G800" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MITSUBISHI</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">DAYCO</t>
+        </is>
+      </c>
+      <c r="B801" s="1">
+        <v>94299</v>
       </c>
       <c r="C801" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Свіча запалювання</t>
+          <t xml:space="preserve">Ремінь ГРМ</t>
         </is>
       </c>
       <c r="D801" s="1">
-        <v>3.07</v>
+        <v>4.8</v>
       </c>
       <c r="E801" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F801" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G801" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">SKF</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">N10098001</t>
+          <t xml:space="preserve">62012RSH</t>
         </is>
       </c>
       <c r="C802" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Затискний хомут</t>
+          <t xml:space="preserve">Підшипник</t>
         </is>
       </c>
       <c r="D802" s="1">
-        <v>0.55</v>
+        <v>1.8</v>
       </c>
       <c r="E802" s="1">
         <v>1</v>
       </c>
       <c r="F802" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G802" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KYB</t>
-[...3 lines deleted...]
-        <v>341730</v>
+          <t xml:space="preserve">REINZ</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08-26204-02</t>
+        </is>
       </c>
       <c r="C803" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Амортизатор</t>
+          <t xml:space="preserve">Комплект прокладок, блок-картер двигуна</t>
         </is>
       </c>
       <c r="D803" s="1">
-        <v>43.22</v>
+        <v>27.99</v>
       </c>
       <c r="E803" s="1">
         <v>1</v>
       </c>
       <c r="F803" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G803" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MEYLE</t>
-[...3 lines deleted...]
-        <v>1160508292</v>
+          <t xml:space="preserve">KAISHIN</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">D6067M</t>
+        </is>
       </c>
       <c r="C804" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Важіль незалежної підвіски колеса, підвіска колеса</t>
+          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
         </is>
       </c>
       <c r="D804" s="1">
-        <v>32.66</v>
+        <v>11.86</v>
       </c>
       <c r="E804" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F804" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G804" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI BILSTEIN</t>
-[...3 lines deleted...]
-        <v>170091</v>
+          <t xml:space="preserve">KNECHT</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FO386</t>
+        </is>
       </c>
       <c r="C805" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Приводний вал</t>
+          <t xml:space="preserve">Фільтр, гідравлічна система приводу робочого обладнання</t>
         </is>
       </c>
       <c r="D805" s="1">
-        <v>16.28</v>
+        <v>8.1</v>
       </c>
       <c r="E805" s="1">
         <v>1</v>
       </c>
       <c r="F805" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G805" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEKNOROT</t>
+          <t xml:space="preserve">MAGNETI MARELLI</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FO1075</t>
+          <t xml:space="preserve">GS0100</t>
         </is>
       </c>
       <c r="C806" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Шарнір, приводний вал</t>
+          <t xml:space="preserve">Газова пружина, кришка багажника</t>
         </is>
       </c>
       <c r="D806" s="1">
-        <v>11</v>
+        <v>5.19</v>
       </c>
       <c r="E806" s="1">
         <v>1</v>
       </c>
       <c r="F806" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G806" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BILSTEIN</t>
-[...3 lines deleted...]
-        <v>22049308</v>
+          <t xml:space="preserve">FEBEST</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">HAB002</t>
+        </is>
       </c>
       <c r="C807" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Амортизатор</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D807" s="1">
-        <v>55.47</v>
+        <v>1.68</v>
       </c>
       <c r="E807" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F807" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G807" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DAYCO</t>
-[...3 lines deleted...]
-        <v>94299</v>
+          <t xml:space="preserve">KNECHT</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KX672DOEKO</t>
+        </is>
       </c>
       <c r="C808" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Ремінь ГРМ</t>
+          <t xml:space="preserve">Паливний фільтр</t>
         </is>
       </c>
       <c r="D808" s="1">
-        <v>5.28</v>
+        <v>5.26</v>
       </c>
       <c r="E808" s="1">
         <v>1</v>
       </c>
       <c r="F808" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G808" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SKF</t>
+          <t xml:space="preserve">KNECHT</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">62012RSH</t>
+          <t xml:space="preserve">OX169DOEKO</t>
         </is>
       </c>
       <c r="C809" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підшипник</t>
+          <t xml:space="preserve">Масляний фільтр</t>
         </is>
       </c>
       <c r="D809" s="1">
-        <v>1.98</v>
+        <v>6.89</v>
       </c>
       <c r="E809" s="1">
         <v>1</v>
       </c>
       <c r="F809" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G809" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">REINZ</t>
+          <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08-26204-02</t>
+          <t xml:space="preserve">TAB089</t>
         </is>
       </c>
       <c r="C810" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект прокладок, блок-картер двигуна</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D810" s="1">
-        <v>30.79</v>
+        <v>0.84</v>
       </c>
       <c r="E810" s="1">
         <v>1</v>
       </c>
       <c r="F810" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G810" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KAISHIN</t>
+          <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">D6067M</t>
+          <t xml:space="preserve">TAB097</t>
         </is>
       </c>
       <c r="C811" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект гальмівних колодок, дискове гальмо</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D811" s="1">
-        <v>13.05</v>
+        <v>2.52</v>
       </c>
       <c r="E811" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F811" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G811" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KNECHT</t>
+          <t xml:space="preserve">FEBEST</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FO386</t>
+          <t xml:space="preserve">TABTSL7</t>
         </is>
       </c>
       <c r="C812" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Фільтр, гідравлічна система приводу робочого обладнання</t>
+          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
         </is>
       </c>
       <c r="D812" s="1">
-        <v>8.91</v>
+        <v>3.25</v>
       </c>
       <c r="E812" s="1">
         <v>1</v>
       </c>
       <c r="F812" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G812" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAGNETI MARELLI</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS0100</t>
+          <t xml:space="preserve">G055549A2</t>
         </is>
       </c>
       <c r="C813" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Газова пружина, кришка багажника</t>
+          <t xml:space="preserve">OEL</t>
         </is>
       </c>
       <c r="D813" s="1">
-        <v>5.71</v>
+        <v>27.55</v>
       </c>
       <c r="E813" s="1">
         <v>1</v>
       </c>
       <c r="F813" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G813" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBEST</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B814" s="1">
+        <v>989940213</v>
       </c>
       <c r="C814" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 5L</t>
         </is>
       </c>
       <c r="D814" s="1">
-        <v>1.85</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>39.01</v>
+      </c>
+      <c r="E814" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F814" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G814" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KNECHT</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KX672DOEKO</t>
+          <t xml:space="preserve">0W2001TFE</t>
         </is>
       </c>
       <c r="C815" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Паливний фільтр</t>
+          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 1L</t>
         </is>
       </c>
       <c r="D815" s="1">
-        <v>5.79</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.22</v>
+      </c>
+      <c r="E815" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F815" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G815" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KNECHT</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">OX169DOEKO</t>
+          <t xml:space="preserve">0W2005TFE</t>
         </is>
       </c>
       <c r="C816" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Масляний фільтр</t>
+          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 5L</t>
         </is>
       </c>
       <c r="D816" s="1">
-        <v>7.58</v>
+        <v>40.59</v>
       </c>
       <c r="E816" s="1">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="F816" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G816" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBEST</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TAB089</t>
+          <t xml:space="preserve">0W3001DPF</t>
         </is>
       </c>
       <c r="C817" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 1L</t>
         </is>
       </c>
       <c r="D817" s="1">
-        <v>0.93</v>
+        <v>8.07</v>
       </c>
       <c r="E817" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F817" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G817" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBEST</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TAB097</t>
+          <t xml:space="preserve">0W3005DPF</t>
         </is>
       </c>
       <c r="C818" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 5L</t>
         </is>
       </c>
       <c r="D818" s="1">
-        <v>2.78</v>
+        <v>37.62</v>
       </c>
       <c r="E818" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F818" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G818" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBEST</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TABTSL7</t>
+          <t xml:space="preserve">08880-80845</t>
         </is>
       </c>
       <c r="C819" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Підвіска, важіль незалежної підвіски колеса</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D819" s="1">
-        <v>3.58</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>25.74</v>
+      </c>
+      <c r="E819" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F819" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G819" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>21282702289799</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80846</t>
+        </is>
       </c>
       <c r="C820" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ABDECKUNG</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D820" s="1">
-        <v>23.45</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.94</v>
+      </c>
+      <c r="E820" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F820" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G820" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">POLCAR</t>
-[...3 lines deleted...]
-        <v>95480710</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1505B1</t>
+        </is>
       </c>
       <c r="C821" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Бампер передній(пошкоджений)</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
         </is>
       </c>
       <c r="D821" s="1">
-        <v>26.24</v>
+        <v>83.16</v>
       </c>
       <c r="E821" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F821" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G821" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HANS PRIES</t>
-[...3 lines deleted...]
-        <v>500176</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1505B2</t>
+        </is>
       </c>
       <c r="C822" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Кронштейн, система выпуска ОГ</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
         </is>
       </c>
       <c r="D822" s="1">
-        <v>2.9</v>
+        <v>247.5</v>
       </c>
       <c r="E822" s="1">
-        <v>2</v>
-[...4 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="F822" s="1">
+        <v>1</v>
       </c>
       <c r="G822" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELRING</t>
-[...3 lines deleted...]
-        <v>61.33</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1505B4</t>
+        </is>
       </c>
       <c r="C823" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Комплект болтів головки циліндрів (8 шт.)</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
         </is>
       </c>
       <c r="D823" s="1">
-        <v>12.17</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.55</v>
+      </c>
+      <c r="E823" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F823" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G823" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VIKA</t>
-[...3 lines deleted...]
-        <v>11211853801</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">150B6A</t>
+        </is>
       </c>
       <c r="C824" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">труба водяна з аксесуарами</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic M 5W-40 1L</t>
         </is>
       </c>
       <c r="D824" s="1">
-        <v>4.88</v>
+        <v>6.19</v>
       </c>
       <c r="E824" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F824" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G824" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">IMPERGOM</t>
-[...3 lines deleted...]
-        <v>27402</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">151CED</t>
+        </is>
       </c>
       <c r="C825" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Втулка КПП</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 1L</t>
         </is>
       </c>
       <c r="D825" s="1">
-        <v>1.96</v>
+        <v>6.69</v>
       </c>
       <c r="E825" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F825" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G825" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CORTECO</t>
-[...3 lines deleted...]
-        <v>49362393</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">151CEE</t>
+        </is>
       </c>
       <c r="C826" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Резьбовая пробка, маслянный поддон</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic R 5W-30 1L</t>
         </is>
       </c>
       <c r="D826" s="1">
-        <v>1.51</v>
+        <v>6.14</v>
       </c>
       <c r="E826" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F826" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G826" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989920213</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">154FE7</t>
+        </is>
       </c>
       <c r="C827" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
         </is>
       </c>
       <c r="D827" s="1">
-        <v>40.5</v>
+        <v>21.4</v>
       </c>
       <c r="E827" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F827" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G827" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053001DPF</t>
+          <t xml:space="preserve">1555F2</t>
         </is>
       </c>
       <c r="C828" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic R 5W-30 4L</t>
         </is>
       </c>
       <c r="D828" s="1">
-        <v>8.49</v>
+        <v>24.66</v>
       </c>
       <c r="E828" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F828" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G828" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053005DPF</t>
+          <t xml:space="preserve">1555F7</t>
         </is>
       </c>
       <c r="C829" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 4L</t>
         </is>
       </c>
       <c r="D829" s="1">
-        <v>37.13</v>
+        <v>23.76</v>
       </c>
       <c r="E829" s="1">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F829" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G829" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W2005TFE</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C830" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
         </is>
       </c>
       <c r="D830" s="1">
-        <v>44.75</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>21.3</v>
+      </c>
+      <c r="E830" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F830" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G830" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W3001DPF</t>
+          <t xml:space="preserve">15F7EF</t>
         </is>
       </c>
       <c r="C831" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C3 5W-30 1L</t>
         </is>
       </c>
       <c r="D831" s="1">
-        <v>8.07</v>
+        <v>8.62</v>
       </c>
       <c r="E831" s="1">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F831" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G831" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B832" s="1">
+        <v>9089</v>
       </c>
       <c r="C832" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 4L</t>
         </is>
       </c>
       <c r="D832" s="1">
-        <v>38.12</v>
+        <v>39.11</v>
       </c>
       <c r="E832" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="F832" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G832" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B833" s="1">
+        <v>9510</v>
       </c>
       <c r="C833" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 1L</t>
         </is>
       </c>
       <c r="D833" s="1">
-        <v>33.37</v>
-[...4 lines deleted...]
-        </is>
+        <v>9.61</v>
+      </c>
+      <c r="E833" s="1">
+        <v>13</v>
       </c>
       <c r="F833" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G833" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B834" s="1">
+        <v>9511</v>
       </c>
       <c r="C834" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 5L</t>
         </is>
       </c>
       <c r="D834" s="1">
-        <v>7.03</v>
+        <v>43.56</v>
       </c>
       <c r="E834" s="1">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="F834" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G834" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B835" s="1">
+        <v>9952</v>
       </c>
       <c r="C835" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 5L</t>
         </is>
       </c>
       <c r="D835" s="1">
-        <v>26.09</v>
-[...4 lines deleted...]
-        </is>
+        <v>47.52</v>
+      </c>
+      <c r="E835" s="1">
+        <v>5</v>
       </c>
       <c r="F835" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G835" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B836" s="1">
+        <v>3715</v>
       </c>
       <c r="C836" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 4L</t>
         </is>
       </c>
       <c r="D836" s="1">
-        <v>5.94</v>
-[...4 lines deleted...]
-        </is>
+        <v>51.34</v>
+      </c>
+      <c r="E836" s="1">
+        <v>7</v>
       </c>
       <c r="F836" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G836" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B837" s="1">
+        <v>8972</v>
       </c>
       <c r="C837" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 1L</t>
         </is>
       </c>
       <c r="D837" s="1">
-        <v>7.13</v>
-[...4 lines deleted...]
-        </is>
+        <v>13.37</v>
+      </c>
+      <c r="E837" s="1">
+        <v>6</v>
       </c>
       <c r="F837" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G837" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B838" s="1">
+        <v>8973</v>
       </c>
       <c r="C838" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 5L</t>
         </is>
       </c>
       <c r="D838" s="1">
-        <v>31.44</v>
-[...4 lines deleted...]
-        </is>
+        <v>62.37</v>
+      </c>
+      <c r="E838" s="1">
+        <v>6</v>
       </c>
       <c r="F838" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G838" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B839" s="1">
+        <v>105782</v>
       </c>
       <c r="C839" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Toyota ATF WS FLUID 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-80 1L</t>
         </is>
       </c>
       <c r="D839" s="1">
-        <v>10.4</v>
+        <v>8.27</v>
       </c>
       <c r="E839" s="1">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="F839" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G839" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B840" s="1">
+        <v>105785</v>
       </c>
       <c r="C840" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Multi CVTF 1 L</t>
         </is>
       </c>
       <c r="D840" s="1">
-        <v>84.15</v>
+        <v>9.66</v>
       </c>
       <c r="E840" s="1">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="F840" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G840" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B841" s="1">
+        <v>105880</v>
       </c>
       <c r="C841" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна MT Scooter Expert 2T 1L</t>
         </is>
       </c>
       <c r="D841" s="1">
-        <v>237.6</v>
+        <v>6.9</v>
       </c>
       <c r="E841" s="1">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="F841" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G841" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B842" s="1">
+        <v>106044</v>
       </c>
       <c r="C842" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC RBS0-2AE 0W-20 1L</t>
         </is>
       </c>
       <c r="D842" s="1">
-        <v>5.9</v>
-[...4 lines deleted...]
-        </is>
+        <v>9.2</v>
+      </c>
+      <c r="E842" s="1">
+        <v>6</v>
       </c>
       <c r="F842" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G842" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B843" s="1">
+        <v>104068</v>
       </c>
       <c r="C843" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic M 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 4L</t>
         </is>
       </c>
       <c r="D843" s="1">
-        <v>6.32</v>
+        <v>27.72</v>
       </c>
       <c r="E843" s="1">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F843" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G843" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TEXTAR</t>
+        </is>
+      </c>
+      <c r="B844" s="1">
+        <v>96000200</v>
       </c>
       <c r="C844" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
+          <t xml:space="preserve">TEXTAR Brake Cleaner 500ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D844" s="1">
-        <v>21.5</v>
+        <v>2.43</v>
       </c>
       <c r="E844" s="1">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="F844" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G844" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">VICTOR REINZ</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">70-31414-10</t>
         </is>
       </c>
       <c r="C845" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
+          <t xml:space="preserve">VICTOR REINZ 70 ml герметик силіконовий сірий</t>
         </is>
       </c>
       <c r="D845" s="1">
-        <v>217.8</v>
+        <v>4.12</v>
       </c>
       <c r="E845" s="1">
-        <v>4</v>
+        <v>83</v>
       </c>
       <c r="F845" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G845" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">VICTOR REINZ</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15569C</t>
+          <t xml:space="preserve">70-31414-20</t>
         </is>
       </c>
       <c r="C846" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
+          <t xml:space="preserve">VICTOR REINZ 200 ml герметик силіконовий чорний</t>
         </is>
       </c>
       <c r="D846" s="1">
-        <v>21.67</v>
+        <v>13.37</v>
       </c>
       <c r="E846" s="1">
-        <v>85</v>
+        <v>23</v>
       </c>
       <c r="F846" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G846" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502BA</t>
+          <t xml:space="preserve">KE90090033</t>
         </is>
       </c>
       <c r="C847" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 5L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
         </is>
       </c>
       <c r="D847" s="1">
-        <v>28.62</v>
+        <v>6.29</v>
       </c>
       <c r="E847" s="1">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="F847" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G847" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>2195</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090043</t>
+        </is>
       </c>
       <c r="C848" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-30 5L</t>
         </is>
       </c>
       <c r="D848" s="1">
-        <v>35.64</v>
+        <v>27.72</v>
       </c>
       <c r="E848" s="1">
-        <v>1</v>
+        <v>82</v>
       </c>
       <c r="F848" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G848" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B849" s="1">
-        <v>9047</v>
+        <v>989950211</v>
       </c>
       <c r="C849" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MB 229.52 5W-30 1L</t>
         </is>
       </c>
       <c r="D849" s="1">
-        <v>10.35</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8.45</v>
+      </c>
+      <c r="E849" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F849" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G849" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B850" s="1">
-        <v>9089</v>
+        <v>194906</v>
       </c>
       <c r="C850" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D850" s="1">
-        <v>38.61</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>5.85</v>
+      </c>
+      <c r="E850" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F850" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G850" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B851" s="1">
-        <v>9510</v>
+        <v>194908</v>
       </c>
       <c r="C851" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D851" s="1">
-        <v>9.61</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>25.7</v>
+      </c>
+      <c r="E851" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F851" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G851" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B852" s="1">
-        <v>9511</v>
+        <v>194849</v>
       </c>
       <c r="C852" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 1L</t>
         </is>
       </c>
       <c r="D852" s="1">
-        <v>43.56</v>
+        <v>5.8</v>
       </c>
       <c r="E852" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F852" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G852" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B853" s="1">
-        <v>8972</v>
+        <v>194877</v>
       </c>
       <c r="C853" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 5L</t>
         </is>
       </c>
       <c r="D853" s="1">
-        <v>13.47</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>26.5</v>
+      </c>
+      <c r="E853" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F853" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G853" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B854" s="1">
-        <v>105774</v>
+        <v>150564</v>
       </c>
       <c r="C854" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT ATF VI 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 1L</t>
         </is>
       </c>
       <c r="D854" s="1">
-        <v>9.18</v>
+        <v>5.6</v>
       </c>
       <c r="E854" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F854" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G854" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B855" s="1">
-        <v>105782</v>
+        <v>150943</v>
       </c>
       <c r="C855" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-80 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 1L</t>
         </is>
       </c>
       <c r="D855" s="1">
-        <v>8.72</v>
+        <v>5.55</v>
       </c>
       <c r="E855" s="1">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F855" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G855" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>105785</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090042</t>
+        </is>
       </c>
       <c r="C856" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Multi CVTF 1 L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-40 5L</t>
         </is>
       </c>
       <c r="D856" s="1">
-        <v>10.7</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>25.15</v>
+      </c>
+      <c r="E856" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F856" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G856" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B857" s="1">
-        <v>105880</v>
+        <v>194875</v>
       </c>
       <c r="C857" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT Scooter Expert 2T 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 1L</t>
         </is>
       </c>
       <c r="D857" s="1">
-        <v>6.59</v>
+        <v>5.05</v>
       </c>
       <c r="E857" s="1">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="F857" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G857" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B858" s="1">
-        <v>104068</v>
+        <v>194873</v>
       </c>
       <c r="C858" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
         </is>
       </c>
       <c r="D858" s="1">
-        <v>27.72</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>17.82</v>
+      </c>
+      <c r="E858" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F858" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G858" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B859" s="1">
-        <v>104092</v>
+        <v>194839</v>
       </c>
       <c r="C859" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
         </is>
       </c>
       <c r="D859" s="1">
-        <v>37.62</v>
+        <v>25.6</v>
       </c>
       <c r="E859" s="1">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="F859" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G859" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B860" s="1">
-        <v>102900</v>
+        <v>201553</v>
       </c>
       <c r="C860" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
         </is>
       </c>
       <c r="D860" s="1">
-        <v>346.5</v>
+        <v>23.35</v>
       </c>
       <c r="E860" s="1">
         <v>1</v>
       </c>
       <c r="F860" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G860" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B861" s="1">
-        <v>96000200</v>
+        <v>181712</v>
       </c>
       <c r="C861" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D861" s="1">
-        <v>2.45</v>
+        <v>28.62</v>
       </c>
       <c r="E861" s="1">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="F861" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G861" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B862" s="1">
+        <v>156812</v>
       </c>
       <c r="C862" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 70 ml герметик силіконовий сірий</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
         </is>
       </c>
       <c r="D862" s="1">
-        <v>4.12</v>
+        <v>22.13</v>
       </c>
       <c r="E862" s="1">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="F862" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G862" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B863" s="1">
+        <v>156715</v>
       </c>
       <c r="C863" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 200 ml герметик силіконовий чорний</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
         </is>
       </c>
       <c r="D863" s="1">
-        <v>13.9</v>
+        <v>242.55</v>
       </c>
       <c r="E863" s="1">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="F863" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G863" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B864" s="1">
+        <v>166252</v>
       </c>
       <c r="C864" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 300ml засіб для видалення герметика</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 1L</t>
         </is>
       </c>
       <c r="D864" s="1">
-        <v>5.1</v>
+        <v>5.85</v>
       </c>
       <c r="E864" s="1">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="F864" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G864" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090033</t>
+          <t xml:space="preserve">1529F9</t>
         </is>
       </c>
       <c r="C865" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
         </is>
       </c>
       <c r="D865" s="1">
-        <v>6.29</v>
-[...4 lines deleted...]
-        </is>
+        <v>25.74</v>
+      </c>
+      <c r="E865" s="1">
+        <v>32</v>
       </c>
       <c r="F865" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G865" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989950211</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568C</t>
+        </is>
       </c>
       <c r="C866" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
         </is>
       </c>
       <c r="D866" s="1">
-        <v>8.22</v>
-[...4 lines deleted...]
-        </is>
+        <v>668.25</v>
+      </c>
+      <c r="E866" s="1">
+        <v>9</v>
       </c>
       <c r="F866" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G866" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B867" s="1">
-        <v>194906</v>
+        <v>83212365935</v>
       </c>
       <c r="C867" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-12 1L</t>
         </is>
       </c>
       <c r="D867" s="1">
-        <v>5.9</v>
+        <v>10.89</v>
       </c>
       <c r="E867" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F867" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G867" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B868" s="1">
-        <v>194908</v>
+        <v>214082</v>
       </c>
       <c r="C868" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
         </is>
       </c>
       <c r="D868" s="1">
-        <v>26.95</v>
+        <v>5.65</v>
       </c>
       <c r="E868" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F868" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G868" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150564</v>
+          <t xml:space="preserve">ZF</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">S671090311</t>
+        </is>
       </c>
       <c r="C869" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 8 20L</t>
         </is>
       </c>
       <c r="D869" s="1">
-        <v>5.6</v>
+        <v>268</v>
       </c>
       <c r="E869" s="1">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="F869" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G869" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B870" s="1">
-        <v>150565</v>
+        <v>183103</v>
       </c>
       <c r="C870" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 1L</t>
         </is>
       </c>
       <c r="D870" s="1">
-        <v>25.5</v>
+        <v>7.28</v>
       </c>
       <c r="E870" s="1">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="F870" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G870" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150943</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G060175A2</t>
+        </is>
       </c>
       <c r="C871" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна VAG для муфти Haldex 0,85L</t>
         </is>
       </c>
       <c r="D871" s="1">
-        <v>5.6</v>
+        <v>33</v>
       </c>
       <c r="E871" s="1">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="F871" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G871" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090032</t>
+          <t xml:space="preserve">08232P99C1LHE</t>
         </is>
       </c>
       <c r="C872" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 1L</t>
         </is>
       </c>
       <c r="D872" s="1">
-        <v>5.99</v>
-[...4 lines deleted...]
-        </is>
+        <v>10.75</v>
+      </c>
+      <c r="E872" s="1">
+        <v>13</v>
       </c>
       <c r="F872" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G872" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B873" s="1">
+        <v>520000120</v>
       </c>
       <c r="C873" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF Diesel 5W30 C3  1L</t>
         </is>
       </c>
       <c r="D873" s="1">
-        <v>25.78</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.04</v>
+      </c>
+      <c r="E873" s="1">
+        <v>37</v>
       </c>
       <c r="F873" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G873" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B874" s="1">
-        <v>194875</v>
+        <v>510000151</v>
       </c>
       <c r="C874" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 1L</t>
         </is>
       </c>
       <c r="D874" s="1">
-        <v>5.05</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.44</v>
+      </c>
+      <c r="E874" s="1">
+        <v>2</v>
       </c>
       <c r="F874" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G874" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B875" s="1">
-        <v>194873</v>
+        <v>102784</v>
       </c>
       <c r="C875" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
         </is>
       </c>
       <c r="D875" s="1">
-        <v>17.63</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>6.54</v>
+      </c>
+      <c r="E875" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F875" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G875" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194872</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15570E</t>
+        </is>
       </c>
       <c r="C876" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Aral EcoTronic F 5W-20 4L</t>
         </is>
       </c>
       <c r="D876" s="1">
-        <v>22.23</v>
-[...4 lines deleted...]
-        </is>
+        <v>25.75</v>
+      </c>
+      <c r="E876" s="1">
+        <v>10</v>
       </c>
       <c r="F876" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G876" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550040655</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFB401</t>
+        </is>
       </c>
       <c r="C877" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 5L</t>
+          <t xml:space="preserve">DOT-4 TRW Brake Fluid 1L</t>
         </is>
       </c>
       <c r="D877" s="1">
-        <v>30.65</v>
+        <v>5.05</v>
       </c>
       <c r="E877" s="1">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="F877" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G877" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550042844</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFB450</t>
+        </is>
       </c>
       <c r="C878" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 1L</t>
+          <t xml:space="preserve">DOT-4 TRW Brake Fluid 0,5L</t>
         </is>
       </c>
       <c r="D878" s="1">
-        <v>6.74</v>
+        <v>2.72</v>
       </c>
       <c r="E878" s="1">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="F878" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G878" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B879" s="1">
-        <v>194839</v>
+        <v>48785</v>
       </c>
       <c r="C879" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна FEBI BILSTEIN 75W-85 (GL-5) 1L</t>
         </is>
       </c>
       <c r="D879" s="1">
-        <v>26.24</v>
-[...4 lines deleted...]
-        </is>
+        <v>12.6</v>
+      </c>
+      <c r="E879" s="1">
+        <v>5</v>
       </c>
       <c r="F879" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G879" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">K2</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15D63E</t>
+          <t xml:space="preserve">W105</t>
         </is>
       </c>
       <c r="C880" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 5L</t>
+          <t xml:space="preserve">K2 Brake Cleaner 600ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D880" s="1">
-        <v>35.49</v>
+        <v>2.16</v>
       </c>
       <c r="E880" s="1">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="F880" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G880" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B881" s="1">
-        <v>201553</v>
+        <v>989080413</v>
       </c>
       <c r="C881" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.14 5L</t>
         </is>
       </c>
       <c r="D881" s="1">
-        <v>20.3</v>
-[...4 lines deleted...]
-        </is>
+        <v>42.08</v>
+      </c>
+      <c r="E881" s="1">
+        <v>4</v>
       </c>
       <c r="F881" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G881" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181711</v>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999</t>
+        </is>
       </c>
       <c r="C882" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
+          <t xml:space="preserve">Антифриз HEPU G11 Синій 1,5L</t>
         </is>
       </c>
       <c r="D882" s="1">
-        <v>6.44</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.45</v>
+      </c>
+      <c r="E882" s="1">
+        <v>16</v>
       </c>
       <c r="F882" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G882" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B883" s="1">
-        <v>181712</v>
+        <v>989920211</v>
       </c>
       <c r="C883" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
         </is>
       </c>
       <c r="D883" s="1">
-        <v>28.67</v>
+        <v>8.72</v>
       </c>
       <c r="E883" s="1">
-        <v>41</v>
+        <v>16</v>
       </c>
       <c r="F883" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G883" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B884" s="1">
-        <v>166245</v>
+        <v>989950213</v>
       </c>
       <c r="C884" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MB 229.52 5W-30 5L</t>
         </is>
       </c>
       <c r="D884" s="1">
-        <v>5</v>
+        <v>38.61</v>
       </c>
       <c r="E884" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F884" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G884" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B885" s="1">
-        <v>156812</v>
+        <v>206484</v>
       </c>
       <c r="C885" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D885" s="1">
-        <v>21.29</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.58</v>
+      </c>
+      <c r="E885" s="1">
+        <v>9</v>
       </c>
       <c r="F885" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G885" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B886" s="1">
-        <v>156715</v>
+        <v>183106</v>
       </c>
       <c r="C886" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
         </is>
       </c>
       <c r="D886" s="1">
-        <v>242.55</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>32.72</v>
+      </c>
+      <c r="E886" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F886" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G886" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>166252</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F1DE</t>
+        </is>
       </c>
       <c r="C887" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual FE 75W 1L</t>
         </is>
       </c>
       <c r="D887" s="1">
-        <v>5.85</v>
+        <v>7.83</v>
       </c>
       <c r="E887" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F887" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G887" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B888" s="1">
+        <v>5148</v>
       </c>
       <c r="C888" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
+          <t xml:space="preserve">Присадка для захисту дизельних сажових фільтрів LIQUI MOLY DIESEL PARTIKELFILTER SCHUTZ 0,25L</t>
         </is>
       </c>
       <c r="D888" s="1">
-        <v>26.88</v>
+        <v>5.52</v>
       </c>
       <c r="E888" s="1">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="F888" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G888" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B889" s="1">
+        <v>194810</v>
       </c>
       <c r="C889" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 60L</t>
         </is>
       </c>
       <c r="D889" s="1">
-        <v>72.8</v>
+        <v>282.15</v>
       </c>
       <c r="E889" s="1">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="F889" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G889" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B890" s="1">
+        <v>201541</v>
       </c>
       <c r="C890" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 60L</t>
         </is>
       </c>
       <c r="D890" s="1">
-        <v>682</v>
+        <v>216</v>
       </c>
       <c r="E890" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F890" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G890" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B891" s="1">
-        <v>83212365935</v>
+        <v>153678</v>
       </c>
       <c r="C891" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-12 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 5L</t>
         </is>
       </c>
       <c r="D891" s="1">
-        <v>11.39</v>
+        <v>37.62</v>
       </c>
       <c r="E891" s="1">
-        <v>61</v>
+        <v>5</v>
       </c>
       <c r="F891" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G891" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B892" s="1">
-        <v>106376</v>
+        <v>83212465849</v>
       </c>
       <c r="C892" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L</t>
         </is>
       </c>
       <c r="D892" s="1">
-        <v>8.72</v>
+        <v>8.75</v>
       </c>
       <c r="E892" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F892" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G892" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B893" s="1">
-        <v>214082</v>
+        <v>153672</v>
       </c>
       <c r="C893" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 1L</t>
         </is>
       </c>
       <c r="D893" s="1">
-        <v>5.7</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.73</v>
+      </c>
+      <c r="E893" s="1">
+        <v>78</v>
       </c>
       <c r="F893" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G893" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B894" s="1">
-        <v>183103</v>
+        <v>151528</v>
       </c>
       <c r="C894" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 4L</t>
         </is>
       </c>
       <c r="D894" s="1">
-        <v>7.53</v>
-[...4 lines deleted...]
-        </is>
+        <v>22.08</v>
+      </c>
+      <c r="E894" s="1">
+        <v>5</v>
       </c>
       <c r="F894" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G894" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B895" s="1">
-        <v>100093</v>
+        <v>83212465843</v>
       </c>
       <c r="C895" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-90 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 1L</t>
         </is>
       </c>
       <c r="D895" s="1">
-        <v>8.42</v>
+        <v>8.96</v>
       </c>
       <c r="E895" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F895" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G895" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B896" s="1">
+        <v>83212465851</v>
       </c>
       <c r="C896" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 209L</t>
         </is>
       </c>
       <c r="D896" s="1">
-        <v>11.09</v>
+        <v>1088.01</v>
       </c>
       <c r="E896" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F896" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G896" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B897" s="1">
+        <v>989680511</v>
       </c>
       <c r="C897" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda 0W-20 Type 2.0 4L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.14 1L</t>
         </is>
       </c>
       <c r="D897" s="1">
-        <v>44.06</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>8.91</v>
+      </c>
+      <c r="E897" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F897" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G897" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B898" s="1">
-        <v>520000120</v>
+        <v>83212463697</v>
       </c>
       <c r="C898" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF 5W30 C3  1L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-20 TwinPower Turbo LL-17FE+ 1L</t>
         </is>
       </c>
       <c r="D898" s="1">
-        <v>6.24</v>
+        <v>11.18</v>
       </c>
       <c r="E898" s="1">
-        <v>41</v>
+        <v>93</v>
       </c>
       <c r="F898" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G898" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000151</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
       </c>
       <c r="C899" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D899" s="1">
-        <v>6.44</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>28.22</v>
+      </c>
+      <c r="E899" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F899" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G899" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102784</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M2</t>
+        </is>
       </c>
       <c r="C900" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 1L (505.00/505.01)</t>
         </is>
       </c>
       <c r="D900" s="1">
-        <v>6.39</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.92</v>
+      </c>
+      <c r="E900" s="1">
+        <v>13</v>
       </c>
       <c r="F900" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G900" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15570E</t>
+          <t xml:space="preserve">GS55505M4</t>
         </is>
       </c>
       <c r="C901" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral EcoTronic F 5W-20 4L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
         </is>
       </c>
       <c r="D901" s="1">
-        <v>28.22</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>33.91</v>
+      </c>
+      <c r="E901" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F901" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G901" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08885-81001</t>
+          <t xml:space="preserve">GS55545M2</t>
         </is>
       </c>
       <c r="C902" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Toyota LV 75W GL-4 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 1L (504.00/507.00)</t>
         </is>
       </c>
       <c r="D902" s="1">
-        <v>10.5</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>7.73</v>
+      </c>
+      <c r="E902" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F902" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G902" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B903" s="1">
+        <v>213758</v>
       </c>
       <c r="C903" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DOT-4 TRW Brake Fluid 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
         </is>
       </c>
       <c r="D903" s="1">
-        <v>5.38</v>
+        <v>7.88</v>
       </c>
       <c r="E903" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="F903" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G903" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B904" s="1">
+        <v>213835</v>
       </c>
       <c r="C904" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DOT-4 TRW Brake Fluid 0,5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 5L</t>
         </is>
       </c>
       <c r="D904" s="1">
-        <v>2.72</v>
+        <v>25.7</v>
       </c>
       <c r="E904" s="1">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F904" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G904" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B905" s="1">
+        <v>214113</v>
       </c>
       <c r="C905" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 4L</t>
         </is>
       </c>
       <c r="D905" s="1">
-        <v>2.33</v>
-[...4 lines deleted...]
-        </is>
+        <v>14.36</v>
+      </c>
+      <c r="E905" s="1">
+        <v>36</v>
       </c>
       <c r="F905" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G905" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B906" s="1">
-        <v>989690511</v>
+        <v>214145</v>
       </c>
       <c r="C906" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
         </is>
       </c>
       <c r="D906" s="1">
-        <v>9.95</v>
+        <v>8.42</v>
       </c>
       <c r="E906" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F906" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G906" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B907" s="1">
+        <v>106377</v>
       </c>
       <c r="C907" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2 Brake Cleaner 600ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 5L</t>
         </is>
       </c>
       <c r="D907" s="1">
-        <v>2.16</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>32.97</v>
+      </c>
+      <c r="E907" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F907" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G907" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">P999</t>
+          <t xml:space="preserve">15F6B2</t>
         </is>
       </c>
       <c r="C908" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз HEPU G11 Синій 1,5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
         </is>
       </c>
       <c r="D908" s="1">
-        <v>5.45</v>
+        <v>9.06</v>
       </c>
       <c r="E908" s="1">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F908" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G908" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>1989240309</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6D0</t>
+        </is>
       </c>
       <c r="C909" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рідина ГПК MB 345.0 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional V 0W-20 1L</t>
         </is>
       </c>
       <c r="D909" s="1">
-        <v>25.65</v>
+        <v>9.61</v>
       </c>
       <c r="E909" s="1">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="F909" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G909" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601004346</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F8CF</t>
+        </is>
       </c>
       <c r="C910" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
         </is>
       </c>
       <c r="D910" s="1">
-        <v>4.5</v>
+        <v>7.63</v>
       </c>
       <c r="E910" s="1">
-        <v>37</v>
+        <v>8</v>
       </c>
       <c r="F910" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G910" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B911" s="1">
-        <v>601004384</v>
+        <v>213861</v>
       </c>
       <c r="C911" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Elfmatic G3 1L</t>
         </is>
       </c>
       <c r="D911" s="1">
-        <v>19.31</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>5.3</v>
+      </c>
+      <c r="E911" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F911" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G911" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B912" s="1">
-        <v>989920211</v>
+        <v>108536</v>
       </c>
       <c r="C912" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 0W-20 5L</t>
         </is>
       </c>
       <c r="D912" s="1">
-        <v>8.55</v>
-[...7 lines deleted...]
-        <v>24</v>
+        <v>40.94</v>
+      </c>
+      <c r="E912" s="1">
+        <v>20</v>
+      </c>
+      <c r="F912" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G912" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989950213</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS60577M2</t>
+        </is>
       </c>
       <c r="C913" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 1L</t>
         </is>
       </c>
       <c r="D913" s="1">
-        <v>42.08</v>
-[...4 lines deleted...]
-        </is>
+        <v>8.32</v>
+      </c>
+      <c r="E913" s="1">
+        <v>39</v>
       </c>
       <c r="F913" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G913" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B914" s="1">
-        <v>183106</v>
+        <v>2989060311</v>
       </c>
       <c r="C914" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 1L</t>
         </is>
       </c>
       <c r="D914" s="1">
-        <v>33.62</v>
+        <v>18.81</v>
       </c>
       <c r="E914" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F914" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G914" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B915" s="1">
-        <v>198712</v>
+        <v>109102</v>
       </c>
       <c r="C915" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
         </is>
       </c>
       <c r="D915" s="1">
-        <v>6.64</v>
+        <v>8.57</v>
       </c>
       <c r="E915" s="1">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F915" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G915" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B916" s="1">
+        <v>213888</v>
       </c>
       <c r="C916" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual FE 75W 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 1L</t>
         </is>
       </c>
       <c r="D916" s="1">
-        <v>7.95</v>
+        <v>5.75</v>
       </c>
       <c r="E916" s="1">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="F916" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G916" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B917" s="1">
-        <v>194810</v>
+        <v>550030472</v>
       </c>
       <c r="C917" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 60L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 8 1L</t>
         </is>
       </c>
       <c r="D917" s="1">
-        <v>305</v>
+        <v>14.81</v>
       </c>
       <c r="E917" s="1">
-        <v>14</v>
+        <v>67</v>
       </c>
       <c r="F917" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G917" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151453</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC9</t>
+        </is>
       </c>
       <c r="C918" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
         </is>
       </c>
       <c r="D918" s="1">
-        <v>22.77</v>
+        <v>297</v>
       </c>
       <c r="E918" s="1">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F918" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G918" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153678</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83515A6CDD7</t>
+        </is>
       </c>
       <c r="C919" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 5L</t>
+          <t xml:space="preserve">Антифриз конц. BMW (синій) 1,5L (83512355290)</t>
         </is>
       </c>
       <c r="D919" s="1">
-        <v>38.81</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>10.65</v>
+      </c>
+      <c r="E919" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F919" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G919" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465849</v>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CF54</t>
+        </is>
       </c>
       <c r="C920" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
         </is>
       </c>
       <c r="D920" s="1">
-        <v>9.06</v>
+        <v>25.5</v>
       </c>
       <c r="E920" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F920" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G920" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465854</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBD0</t>
+        </is>
       </c>
       <c r="C921" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
         </is>
       </c>
       <c r="D921" s="1">
-        <v>10.7</v>
+        <v>6.54</v>
       </c>
       <c r="E921" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F921" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G921" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153672</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCD</t>
+        </is>
       </c>
       <c r="C922" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
         </is>
       </c>
       <c r="D922" s="1">
-        <v>7.95</v>
+        <v>25.5</v>
       </c>
       <c r="E922" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F922" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G922" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151528</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCF</t>
+        </is>
       </c>
       <c r="C923" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 5L</t>
         </is>
       </c>
       <c r="D923" s="1">
-        <v>22.68</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>33.66</v>
+      </c>
+      <c r="E923" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F923" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G923" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465843</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC5</t>
+        </is>
       </c>
       <c r="C924" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 20L</t>
         </is>
       </c>
       <c r="D924" s="1">
-        <v>9.2</v>
-[...4 lines deleted...]
-        </is>
+        <v>99</v>
+      </c>
+      <c r="E924" s="1">
+        <v>39</v>
       </c>
       <c r="F924" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G924" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B925" s="1">
-        <v>83212465851</v>
+        <v>550046305</v>
       </c>
       <c r="C925" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 209L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 1L</t>
         </is>
       </c>
       <c r="D925" s="1">
-        <v>1105</v>
+        <v>6.93</v>
       </c>
       <c r="E925" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F925" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G925" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B926" s="1">
-        <v>601376436</v>
+        <v>550046306</v>
       </c>
       <c r="C926" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 4400 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 4L</t>
         </is>
       </c>
       <c r="D926" s="1">
-        <v>6.74</v>
+        <v>25.74</v>
       </c>
       <c r="E926" s="1">
-        <v>69</v>
+        <v>4</v>
       </c>
       <c r="F926" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G926" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989680511</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537EC</t>
+        </is>
       </c>
       <c r="C927" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.14 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
         </is>
       </c>
       <c r="D927" s="1">
-        <v>9.56</v>
-[...4 lines deleted...]
-        </is>
+        <v>1188</v>
+      </c>
+      <c r="E927" s="1">
+        <v>4</v>
       </c>
       <c r="F927" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G927" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465845</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C928" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 209L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D928" s="1">
-        <v>1366.2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>32.67</v>
+      </c>
+      <c r="E928" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F928" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G928" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B929" s="1">
-        <v>83212463697</v>
+        <v>601426766</v>
       </c>
       <c r="C929" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-20 TwinPower Turbo LL-17FE+ 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan SINTOPOID 75W-90 1L</t>
         </is>
       </c>
       <c r="D929" s="1">
-        <v>11.29</v>
+        <v>5.94</v>
       </c>
       <c r="E929" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F929" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F929" s="1">
+        <v>24</v>
       </c>
       <c r="G929" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B930" s="1">
+        <v>601425295</v>
       </c>
       <c r="C930" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
         </is>
       </c>
       <c r="D930" s="1">
-        <v>6.75</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.5</v>
+      </c>
+      <c r="E930" s="1">
+        <v>97</v>
       </c>
       <c r="F930" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G930" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B931" s="1">
+        <v>223519</v>
       </c>
       <c r="C931" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 1L</t>
         </is>
       </c>
       <c r="D931" s="1">
-        <v>29.51</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>6.93</v>
+      </c>
+      <c r="E931" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F931" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G931" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B932" s="1">
+        <v>214108</v>
       </c>
       <c r="C932" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 1L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
         </is>
       </c>
       <c r="D932" s="1">
-        <v>8</v>
+        <v>19.31</v>
       </c>
       <c r="E932" s="1">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="F932" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G932" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B933" s="1">
+        <v>213914</v>
       </c>
       <c r="C933" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
         </is>
       </c>
       <c r="D933" s="1">
-        <v>35.9</v>
-[...4 lines deleted...]
-        </is>
+        <v>20.55</v>
+      </c>
+      <c r="E933" s="1">
+        <v>19</v>
       </c>
       <c r="F933" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G933" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M2</t>
+          <t xml:space="preserve">15DBC7</t>
         </is>
       </c>
       <c r="C934" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 1L (504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 208L</t>
         </is>
       </c>
       <c r="D934" s="1">
-        <v>8.37</v>
+        <v>995</v>
       </c>
       <c r="E934" s="1">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="F934" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G934" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B935" s="1">
-        <v>213683</v>
+        <v>7711943685</v>
       </c>
       <c r="C935" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 1L</t>
         </is>
       </c>
       <c r="D935" s="1">
-        <v>26.24</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.6</v>
+      </c>
+      <c r="E935" s="1">
+        <v>6</v>
       </c>
       <c r="F935" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G935" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B936" s="1">
-        <v>213698</v>
+        <v>601427060</v>
       </c>
       <c r="C936" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 4134 1L</t>
         </is>
       </c>
       <c r="D936" s="1">
-        <v>27.97</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.2</v>
+      </c>
+      <c r="E936" s="1">
+        <v>67</v>
       </c>
       <c r="F936" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G936" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B937" s="1">
-        <v>213834</v>
+        <v>550046280</v>
       </c>
       <c r="C937" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-40 5L</t>
         </is>
       </c>
       <c r="D937" s="1">
-        <v>27.72</v>
+        <v>26.24</v>
       </c>
       <c r="E937" s="1">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="F937" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G937" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B938" s="1">
-        <v>213835</v>
+        <v>7711943687</v>
       </c>
       <c r="C938" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
         </is>
       </c>
       <c r="D938" s="1">
-        <v>25.7</v>
-[...4 lines deleted...]
-        </is>
+        <v>31.19</v>
+      </c>
+      <c r="E938" s="1">
+        <v>32</v>
       </c>
       <c r="F938" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G938" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214027</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D5FF</t>
+        </is>
       </c>
       <c r="C939" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC CVT MV 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec D 0W-30 (Ford) 5L</t>
         </is>
       </c>
       <c r="D939" s="1">
-        <v>6.82</v>
+        <v>37.38</v>
       </c>
       <c r="E939" s="1">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="F939" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G939" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B940" s="1">
-        <v>214145</v>
+        <v>109471</v>
       </c>
       <c r="C940" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D940" s="1">
-        <v>8.42</v>
+        <v>30.69</v>
       </c>
       <c r="E940" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F940" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G940" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZF</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B941" s="1">
+        <v>601846434</v>
       </c>
       <c r="C941" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 6 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan CVTF Flex 1L</t>
         </is>
       </c>
       <c r="D941" s="1">
-        <v>10.79</v>
+        <v>8.42</v>
       </c>
       <c r="E941" s="1">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="F941" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G941" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B942" s="1">
+        <v>108212</v>
       </c>
       <c r="C942" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 1L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-30 1L</t>
         </is>
       </c>
       <c r="D942" s="1">
-        <v>7.43</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.64</v>
+      </c>
+      <c r="E942" s="1">
+        <v>100</v>
       </c>
       <c r="F942" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G942" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B943" s="1">
+        <v>601432859</v>
       </c>
       <c r="C943" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 5L</t>
         </is>
       </c>
       <c r="D943" s="1">
-        <v>9.06</v>
+        <v>26.24</v>
       </c>
       <c r="E943" s="1">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="F943" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G943" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B13F</t>
+          <t xml:space="preserve">WD40450ML</t>
         </is>
       </c>
       <c r="C944" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional V 0W-20 1L</t>
+          <t xml:space="preserve">WD-40 450ml з аплікатором</t>
         </is>
       </c>
       <c r="D944" s="1">
-        <v>9.41</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.59</v>
+      </c>
+      <c r="E944" s="1">
+        <v>33</v>
       </c>
       <c r="F944" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G944" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B945" s="1">
+        <v>989690513</v>
       </c>
       <c r="C945" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.15 5L</t>
         </is>
       </c>
       <c r="D945" s="1">
-        <v>7.92</v>
+        <v>44.36</v>
       </c>
       <c r="E945" s="1">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="F945" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G945" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213861</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M6</t>
+        </is>
       </c>
       <c r="C946" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Elf Elfmatic G3 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 55L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D946" s="1">
-        <v>5.4</v>
-[...4 lines deleted...]
-        </is>
+        <v>321.75</v>
+      </c>
+      <c r="E946" s="1">
+        <v>6</v>
       </c>
       <c r="F946" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G946" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>216671</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F60B</t>
+        </is>
       </c>
       <c r="C947" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec D 0W-30 (Ford) 1L</t>
         </is>
       </c>
       <c r="D947" s="1">
-        <v>4.75</v>
-[...4 lines deleted...]
-        </is>
+        <v>8.22</v>
+      </c>
+      <c r="E947" s="1">
+        <v>17</v>
       </c>
       <c r="F947" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G947" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B948" s="1">
+        <v>194811</v>
       </c>
       <c r="C948" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 208L</t>
         </is>
       </c>
       <c r="D948" s="1">
-        <v>39.8</v>
+        <v>940.5</v>
       </c>
       <c r="E948" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="F948" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G948" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B949" s="1">
-        <v>2989060311</v>
+        <v>109776</v>
       </c>
       <c r="C949" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 5L</t>
         </is>
       </c>
       <c r="D949" s="1">
-        <v>23</v>
+        <v>31.68</v>
       </c>
       <c r="E949" s="1">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="F949" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G949" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B950" s="1">
-        <v>989210717</v>
+        <v>550046310</v>
       </c>
       <c r="C950" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 210L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 Diesel 10W-40 4L</t>
         </is>
       </c>
       <c r="D950" s="1">
-        <v>1340</v>
+        <v>15.7</v>
       </c>
       <c r="E950" s="1">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="F950" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G950" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B951" s="1">
-        <v>109102</v>
+        <v>216667</v>
       </c>
       <c r="C951" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
         </is>
       </c>
       <c r="D951" s="1">
-        <v>9.16</v>
+        <v>20.55</v>
       </c>
       <c r="E951" s="1">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F951" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G951" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B952" s="1">
-        <v>213888</v>
+        <v>214111</v>
       </c>
       <c r="C952" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 1L</t>
         </is>
       </c>
       <c r="D952" s="1">
-        <v>5.8</v>
+        <v>4.36</v>
       </c>
       <c r="E952" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F952" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G952" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>154294</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F13C</t>
+        </is>
       </c>
       <c r="C953" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual EP 80W 1L</t>
         </is>
       </c>
       <c r="D953" s="1">
-        <v>37.62</v>
+        <v>5.35</v>
       </c>
       <c r="E953" s="1">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F953" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G953" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B954" s="1">
-        <v>601411212</v>
+        <v>888013206</v>
       </c>
       <c r="C954" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 7134 FE 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 0W-20 1L</t>
         </is>
       </c>
       <c r="D954" s="1">
-        <v>7.88</v>
+        <v>8.91</v>
       </c>
       <c r="E954" s="1">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F954" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G954" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B955" s="1">
+        <v>888013705</v>
       </c>
       <c r="C955" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 5W-30 4L</t>
         </is>
       </c>
       <c r="D955" s="1">
-        <v>297</v>
+        <v>32</v>
       </c>
       <c r="E955" s="1">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F955" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G955" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">83515A6CDD7</t>
+          <t xml:space="preserve">15F617</t>
         </is>
       </c>
       <c r="C956" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз конц. BMW (синій) 1,5L (83512355290)</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 4L</t>
         </is>
       </c>
       <c r="D956" s="1">
-        <v>10.65</v>
+        <v>31.04</v>
       </c>
       <c r="E956" s="1">
-        <v>78</v>
+        <v>29</v>
       </c>
       <c r="F956" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G956" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B957" s="1">
+        <v>550046307</v>
       </c>
       <c r="C957" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 5L</t>
         </is>
       </c>
       <c r="D957" s="1">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>32.67</v>
+      </c>
+      <c r="E957" s="1">
+        <v>30</v>
       </c>
       <c r="F957" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G957" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBD0</t>
+          <t xml:space="preserve">157EC0</t>
         </is>
       </c>
       <c r="C958" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
         </is>
       </c>
       <c r="D958" s="1">
-        <v>6.79</v>
+        <v>1153</v>
       </c>
       <c r="E958" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F958" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G958" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B959" s="1">
+        <v>2989060313</v>
       </c>
       <c r="C959" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
+          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 5L</t>
         </is>
       </c>
       <c r="D959" s="1">
-        <v>26.24</v>
+        <v>89.1</v>
       </c>
       <c r="E959" s="1">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="F959" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G959" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B960" s="1">
-        <v>601426384</v>
+        <v>223530</v>
       </c>
       <c r="C960" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 5L</t>
         </is>
       </c>
       <c r="D960" s="1">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>31.68</v>
+      </c>
+      <c r="E960" s="1">
+        <v>21</v>
       </c>
       <c r="F960" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G960" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B961" s="1">
-        <v>601406928</v>
+        <v>8576</v>
       </c>
       <c r="C961" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна TITAN GT1 FLEX 23 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 1L</t>
         </is>
       </c>
       <c r="D961" s="1">
-        <v>6.66</v>
+        <v>11.39</v>
       </c>
       <c r="E961" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F961" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G961" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B962" s="1">
-        <v>550042826</v>
+        <v>888013205</v>
       </c>
       <c r="C962" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 0W-20 4L</t>
         </is>
       </c>
       <c r="D962" s="1">
-        <v>24.01</v>
+        <v>34.9</v>
       </c>
       <c r="E962" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="F962" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G962" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B963" s="1">
-        <v>550046305</v>
+        <v>2509</v>
       </c>
       <c r="C963" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 1L</t>
+          <t xml:space="preserve">Промивка дизельних систем LIQUI MOLY DIESEL SPULUNG 0,5L</t>
         </is>
       </c>
       <c r="D963" s="1">
-        <v>6.92</v>
+        <v>10.8</v>
       </c>
       <c r="E963" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F963" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G963" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B964" s="1">
+        <v>5160</v>
       </c>
       <c r="C964" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
+          <t xml:space="preserve">Суперкомплекс для дизельних двигунів LIQUI MOLY SPEED DIESEL ZUSATZ 1L</t>
         </is>
       </c>
       <c r="D964" s="1">
-        <v>1188</v>
+        <v>12.97</v>
       </c>
       <c r="E964" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F964" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G964" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B965" s="1">
+        <v>223502</v>
       </c>
       <c r="C965" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 60L</t>
         </is>
       </c>
       <c r="D965" s="1">
-        <v>33.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>339.57</v>
+      </c>
+      <c r="E965" s="1">
+        <v>5</v>
       </c>
       <c r="F965" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G965" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B966" s="1">
-        <v>601452215</v>
+        <v>104091</v>
       </c>
       <c r="C966" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN F ECO B 5W-20 5L</t>
+          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
         </is>
       </c>
       <c r="D966" s="1">
-        <v>23.07</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>9.16</v>
+      </c>
+      <c r="E966" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F966" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G966" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B967" s="1">
-        <v>601425295</v>
+        <v>109774</v>
       </c>
       <c r="C967" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 1L</t>
         </is>
       </c>
       <c r="D967" s="1">
-        <v>5.15</v>
+        <v>7.49</v>
       </c>
       <c r="E967" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F967" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G967" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B968" s="1">
-        <v>601883217</v>
+        <v>8536</v>
       </c>
       <c r="C968" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 5L</t>
         </is>
       </c>
       <c r="D968" s="1">
-        <v>22.77</v>
+        <v>46.53</v>
       </c>
       <c r="E968" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F968" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G968" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B969" s="1">
-        <v>214108</v>
+        <v>108813</v>
       </c>
       <c r="C969" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 1L</t>
         </is>
       </c>
       <c r="D969" s="1">
-        <v>19.41</v>
+        <v>8.62</v>
       </c>
       <c r="E969" s="1">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="F969" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G969" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B970" s="1">
-        <v>214109</v>
+        <v>110554</v>
       </c>
       <c r="C970" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 5L</t>
         </is>
       </c>
       <c r="D970" s="1">
-        <v>18.98</v>
+        <v>40.59</v>
       </c>
       <c r="E970" s="1">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F970" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G970" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B971" s="1">
-        <v>213914</v>
+        <v>5139</v>
       </c>
       <c r="C971" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
+          <t xml:space="preserve">Захист дизельних систем LIQUI MOLY DIESEL-SYSTEMPFLEGE 0,25L</t>
         </is>
       </c>
       <c r="D971" s="1">
-        <v>20.3</v>
+        <v>6.54</v>
       </c>
       <c r="E971" s="1">
         <v>3</v>
       </c>
       <c r="F971" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G971" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B972" s="1">
-        <v>600481162</v>
+        <v>520000620</v>
       </c>
       <c r="C972" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF Diesel 5W30 C3  6L</t>
         </is>
       </c>
       <c r="D972" s="1">
-        <v>5</v>
-[...4 lines deleted...]
-        </is>
+        <v>34.26</v>
+      </c>
+      <c r="E972" s="1">
+        <v>38</v>
       </c>
       <c r="F972" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G972" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B973" s="1">
-        <v>154280</v>
+        <v>601432491</v>
       </c>
       <c r="C973" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 1L</t>
         </is>
       </c>
       <c r="D973" s="1">
-        <v>8.12</v>
+        <v>5.75</v>
       </c>
       <c r="E973" s="1">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="F973" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G973" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B974" s="1">
-        <v>601427060</v>
+        <v>601426940</v>
       </c>
       <c r="C974" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 4134 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 6009 1L</t>
         </is>
       </c>
       <c r="D974" s="1">
-        <v>7.2</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.49</v>
+      </c>
+      <c r="E974" s="1">
+        <v>89</v>
       </c>
       <c r="F974" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G974" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B975" s="1">
-        <v>601425745</v>
+        <v>151519</v>
       </c>
       <c r="C975" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Mobil ATF LT 71141 1L</t>
         </is>
       </c>
       <c r="D975" s="1">
-        <v>20.7</v>
+        <v>7.1</v>
       </c>
       <c r="E975" s="1">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="F975" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G975" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
-      <c r="B976" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B976" s="1">
+        <v>7711943689</v>
       </c>
       <c r="C976" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 1L</t>
         </is>
       </c>
       <c r="D976" s="1">
-        <v>32.18</v>
+        <v>6.39</v>
       </c>
       <c r="E976" s="1">
-        <v>98</v>
+        <v>4</v>
       </c>
       <c r="F976" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G976" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B977" s="1">
+        <v>450000115</v>
       </c>
       <c r="C977" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Professional D 0W-30 (Ford) 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-IV 1L</t>
         </is>
       </c>
       <c r="D977" s="1">
-        <v>37.38</v>
+        <v>8.44</v>
       </c>
       <c r="E977" s="1">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="F977" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G977" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B978" s="1">
-        <v>109471</v>
+        <v>450000100</v>
       </c>
       <c r="C978" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-III 1L</t>
         </is>
       </c>
       <c r="D978" s="1">
-        <v>31.19</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.77</v>
+      </c>
+      <c r="E978" s="1">
+        <v>9</v>
       </c>
       <c r="F978" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G978" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B979" s="1">
-        <v>600930660</v>
+        <v>450000400</v>
       </c>
       <c r="C979" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-III 4L</t>
         </is>
       </c>
       <c r="D979" s="1">
-        <v>5.1</v>
+        <v>26.37</v>
       </c>
       <c r="E979" s="1">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F979" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G979" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>108212</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C980" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
         </is>
       </c>
       <c r="D980" s="1">
-        <v>6.64</v>
+        <v>20.5</v>
       </c>
       <c r="E980" s="1">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="F980" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G980" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B981" s="1">
-        <v>601432859</v>
+        <v>93165559</v>
       </c>
       <c r="C981" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 60L</t>
         </is>
       </c>
       <c r="D981" s="1">
-        <v>26.73</v>
+        <v>277.2</v>
       </c>
       <c r="E981" s="1">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="F981" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G981" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GM</t>
+        </is>
+      </c>
+      <c r="B982" s="1">
+        <v>93165555</v>
       </c>
       <c r="C982" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 450ml з аплікатором</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 2L</t>
         </is>
       </c>
       <c r="D982" s="1">
-        <v>5.72</v>
+        <v>9.81</v>
       </c>
       <c r="E982" s="1">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="F982" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G982" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GM</t>
+        </is>
+      </c>
+      <c r="B983" s="1">
+        <v>90513468</v>
       </c>
       <c r="C983" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Professional D 0W-30 (Ford) 1L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 60L</t>
         </is>
       </c>
       <c r="D983" s="1">
-        <v>8.22</v>
+        <v>197.01</v>
       </c>
       <c r="E983" s="1">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="F983" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G983" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B984" s="1">
-        <v>194811</v>
+        <v>93165214</v>
       </c>
       <c r="C984" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 2L</t>
         </is>
       </c>
       <c r="D984" s="1">
-        <v>980.1</v>
+        <v>7.03</v>
       </c>
       <c r="E984" s="1">
-        <v>8</v>
+        <v>81</v>
       </c>
       <c r="F984" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G984" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B985" s="1">
-        <v>109762</v>
+        <v>93165215</v>
       </c>
       <c r="C985" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 4L</t>
         </is>
       </c>
       <c r="D985" s="1">
-        <v>34.16</v>
+        <v>14.26</v>
       </c>
       <c r="E985" s="1">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="F985" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G985" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B986" s="1">
-        <v>109776</v>
+        <v>550052791</v>
       </c>
       <c r="C986" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 1L</t>
         </is>
       </c>
       <c r="D986" s="1">
-        <v>32.67</v>
+        <v>6.59</v>
       </c>
       <c r="E986" s="1">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="F986" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G986" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B987" s="1">
-        <v>109474</v>
+        <v>550052835</v>
       </c>
       <c r="C987" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 4L</t>
         </is>
       </c>
       <c r="D987" s="1">
-        <v>1025</v>
+        <v>24.66</v>
       </c>
       <c r="E987" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F987" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G987" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B988" s="1">
-        <v>109473</v>
+        <v>602003553</v>
       </c>
       <c r="C988" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 4L</t>
         </is>
       </c>
       <c r="D988" s="1">
-        <v>335</v>
+        <v>22.18</v>
       </c>
       <c r="E988" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F988" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G988" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B989" s="1">
-        <v>550046310</v>
+        <v>550043841</v>
       </c>
       <c r="C989" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 Diesel 10W-40 4L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 9 1L</t>
         </is>
       </c>
       <c r="D989" s="1">
-        <v>15.84</v>
+        <v>16.04</v>
       </c>
       <c r="E989" s="1">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="F989" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G989" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153685</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F075</t>
+        </is>
       </c>
       <c r="C990" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
         </is>
       </c>
       <c r="D990" s="1">
-        <v>46.04</v>
+        <v>16.42</v>
       </c>
       <c r="E990" s="1">
-        <v>5</v>
+        <v>46</v>
       </c>
       <c r="F990" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G990" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B991" s="1">
-        <v>216667</v>
+        <v>550046383</v>
       </c>
       <c r="C991" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D991" s="1">
-        <v>20.45</v>
+        <v>6.05</v>
       </c>
       <c r="E991" s="1">
-        <v>75</v>
+        <v>23</v>
       </c>
       <c r="F991" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G991" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153790</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C992" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L</t>
         </is>
       </c>
       <c r="D992" s="1">
-        <v>9.28</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>4.4</v>
+      </c>
+      <c r="E992" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F992" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G992" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B993" s="1">
-        <v>213685</v>
+        <v>601426964</v>
       </c>
       <c r="C993" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 4L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 6008 1L</t>
         </is>
       </c>
       <c r="D993" s="1">
-        <v>20.7</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.74</v>
+      </c>
+      <c r="E993" s="1">
+        <v>90</v>
       </c>
       <c r="F993" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G993" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B994" s="1">
+        <v>550070413</v>
       </c>
       <c r="C994" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual EP 80W 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 5L</t>
         </is>
       </c>
       <c r="D994" s="1">
-        <v>5.45</v>
+        <v>18.32</v>
       </c>
       <c r="E994" s="1">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F994" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G994" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B995" s="1">
-        <v>182883</v>
+        <v>157411</v>
       </c>
       <c r="C995" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Mobil 10W-40 4L</t>
         </is>
       </c>
       <c r="D995" s="1">
-        <v>309.87</v>
+        <v>12.25</v>
       </c>
       <c r="E995" s="1">
-        <v>7</v>
+        <v>49</v>
       </c>
       <c r="F995" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G995" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B996" s="1">
-        <v>550046307</v>
+        <v>510000141</v>
       </c>
       <c r="C996" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 1L</t>
         </is>
       </c>
       <c r="D996" s="1">
-        <v>33.17</v>
+        <v>7.43</v>
       </c>
       <c r="E996" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F996" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G996" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B997" s="1">
+        <v>510000441</v>
       </c>
       <c r="C997" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 4L</t>
         </is>
       </c>
       <c r="D997" s="1">
-        <v>1168.2</v>
+        <v>30.3</v>
       </c>
       <c r="E997" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F997" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G997" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B998" s="1">
-        <v>2989060313</v>
+        <v>510000410</v>
       </c>
       <c r="C998" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 5L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 4L</t>
         </is>
       </c>
       <c r="D998" s="1">
-        <v>91.9</v>
+        <v>18.95</v>
       </c>
       <c r="E998" s="1">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="F998" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G998" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B999" s="1">
+        <v>510000110</v>
       </c>
       <c r="C999" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 1L</t>
         </is>
       </c>
       <c r="D999" s="1">
-        <v>7.23</v>
+        <v>5.03</v>
       </c>
       <c r="E999" s="1">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="F999" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G999" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B1000" s="1">
-        <v>602007278</v>
+        <v>520000111</v>
       </c>
       <c r="C1000" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 1L</t>
         </is>
       </c>
       <c r="D1000" s="1">
-        <v>22.77</v>
+        <v>5.3</v>
       </c>
       <c r="E1000" s="1">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F1000" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1000" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B1001" s="1">
-        <v>8576</v>
+        <v>520000411</v>
       </c>
       <c r="C1001" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 4L</t>
         </is>
       </c>
       <c r="D1001" s="1">
-        <v>11.28</v>
+        <v>20.3</v>
       </c>
       <c r="E1001" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F1001" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1001" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B1002" s="1">
-        <v>2509</v>
+        <v>510000451</v>
       </c>
       <c r="C1002" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Промивка дизельних систем LIQUI MOLY DIESEL SPULUNG 0,5L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 4L</t>
         </is>
       </c>
       <c r="D1002" s="1">
-        <v>11.06</v>
+        <v>23.86</v>
       </c>
       <c r="E1002" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F1002" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1002" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151521</v>
+          <t xml:space="preserve">WD</t>
+        </is>
+      </c>
+      <c r="B1003" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WD40250ML</t>
+        </is>
       </c>
       <c r="C1003" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
+          <t xml:space="preserve">WD-40 250ml з аплікатором</t>
         </is>
       </c>
       <c r="D1003" s="1">
-        <v>5.5</v>
+        <v>3.89</v>
       </c>
       <c r="E1003" s="1">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="F1003" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1003" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1004" s="1">
-        <v>151525</v>
+        <v>36311</v>
       </c>
       <c r="C1004" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 1L</t>
         </is>
       </c>
       <c r="D1004" s="1">
-        <v>26.67</v>
+        <v>8.36</v>
       </c>
       <c r="E1004" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F1004" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1004" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1005" s="1">
-        <v>109774</v>
+        <v>36301</v>
       </c>
       <c r="C1005" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 1L</t>
         </is>
       </c>
       <c r="D1005" s="1">
-        <v>7.63</v>
+        <v>9.48</v>
       </c>
       <c r="E1005" s="1">
-        <v>58</v>
+        <v>5</v>
       </c>
       <c r="F1005" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1005" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1006" s="1">
-        <v>8536</v>
+        <v>36241</v>
       </c>
       <c r="C1006" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 1L</t>
         </is>
       </c>
       <c r="D1006" s="1">
-        <v>51.48</v>
+        <v>6.54</v>
       </c>
       <c r="E1006" s="1">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F1006" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1006" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B1007" s="1">
-        <v>109171</v>
+        <v>550046268</v>
       </c>
       <c r="C1007" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 4L</t>
         </is>
       </c>
       <c r="D1007" s="1">
-        <v>27.23</v>
+        <v>24.26</v>
       </c>
       <c r="E1007" s="1">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="F1007" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1007" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>110724</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1008" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DC45</t>
+        </is>
       </c>
       <c r="C1008" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 208L</t>
         </is>
       </c>
       <c r="D1008" s="1">
-        <v>9.06</v>
-[...4 lines deleted...]
-        </is>
+        <v>1525</v>
+      </c>
+      <c r="E1008" s="1">
+        <v>1</v>
       </c>
       <c r="F1008" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1008" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B1009" s="1">
-        <v>110554</v>
+        <v>550070412</v>
       </c>
       <c r="C1009" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 1L</t>
         </is>
       </c>
       <c r="D1009" s="1">
-        <v>40.59</v>
+        <v>4.26</v>
       </c>
       <c r="E1009" s="1">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="F1009" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1009" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602045348</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1010" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F76C</t>
+        </is>
       </c>
       <c r="C1010" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN F ECO B 5W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional EC 0W-20 1L</t>
         </is>
       </c>
       <c r="D1010" s="1">
-        <v>5.15</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>9.81</v>
+      </c>
+      <c r="E1010" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1010" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1010" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B1011" s="1">
-        <v>5139</v>
+        <v>602010537</v>
       </c>
       <c r="C1011" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Захист дизельних систем LIQUI MOLY DIESEL-SYSTEMPFLEGE 0,25L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan SINTOPOID LS 75W-140 1L</t>
         </is>
       </c>
       <c r="D1011" s="1">
-        <v>6.44</v>
+        <v>13.85</v>
       </c>
       <c r="E1011" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F1011" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1011" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B1012" s="1">
-        <v>520000620</v>
+        <v>602008176</v>
       </c>
       <c r="C1012" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF 5W30 C3  6L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  5L</t>
         </is>
       </c>
       <c r="D1012" s="1">
-        <v>33.66</v>
+        <v>27.68</v>
       </c>
       <c r="E1012" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F1012" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1012" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1013" s="1">
-        <v>601432491</v>
+        <v>112890</v>
       </c>
       <c r="C1013" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 1L</t>
         </is>
       </c>
       <c r="D1013" s="1">
-        <v>5.35</v>
+        <v>5.4</v>
       </c>
       <c r="E1013" s="1">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F1013" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1013" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1014" s="1">
-        <v>601432507</v>
+        <v>109471</v>
       </c>
       <c r="C1014" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D1014" s="1">
-        <v>26.24</v>
-[...7 lines deleted...]
-        </is>
+        <v>29.4</v>
+      </c>
+      <c r="E1014" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1014" s="1">
+        <v>12</v>
       </c>
       <c r="G1014" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432828</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1015" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F7CE</t>
+        </is>
       </c>
       <c r="C1015" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 4L</t>
         </is>
       </c>
       <c r="D1015" s="1">
-        <v>5.45</v>
+        <v>18.81</v>
       </c>
       <c r="E1015" s="1">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="F1015" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1015" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B1016" s="1">
-        <v>600519186</v>
+        <v>228901</v>
       </c>
       <c r="C1016" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 205L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 3100 10W-40 20L</t>
         </is>
       </c>
       <c r="D1016" s="1">
-        <v>615</v>
+        <v>79.4</v>
       </c>
       <c r="E1016" s="1">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F1016" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1016" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601426940</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B1017" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518202AA</t>
+        </is>
       </c>
       <c r="C1017" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 6009 1L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-20 0.946L</t>
         </is>
       </c>
       <c r="D1017" s="1">
-        <v>6.49</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.29</v>
+      </c>
+      <c r="E1017" s="1">
+        <v>6</v>
       </c>
       <c r="F1017" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1017" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151519</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B1018" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218057AC</t>
+        </is>
       </c>
       <c r="C1018" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mobil ATF LT 71141 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mopar ATF +4 0.946L</t>
         </is>
       </c>
       <c r="D1018" s="1">
-        <v>7.1</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.13</v>
+      </c>
+      <c r="E1018" s="1">
+        <v>5</v>
       </c>
       <c r="F1018" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1018" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B1019" s="1">
+        <v>602007780</v>
       </c>
       <c r="C1019" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  1L</t>
         </is>
       </c>
       <c r="D1019" s="1">
-        <v>6.39</v>
+        <v>6.42</v>
       </c>
       <c r="E1019" s="1">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="F1019" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1019" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">KE90090134</t>
         </is>
       </c>
       <c r="C1020" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 0W-20 1L</t>
         </is>
       </c>
       <c r="D1020" s="1">
-        <v>30.3</v>
+        <v>7.83</v>
       </c>
       <c r="E1020" s="1">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="F1020" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1020" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B1021" s="1">
-        <v>450000115</v>
+        <v>214120</v>
       </c>
       <c r="C1021" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-IV 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
         </is>
       </c>
       <c r="D1021" s="1">
-        <v>8.52</v>
+        <v>16.24</v>
       </c>
       <c r="E1021" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="F1021" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1021" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B1022" s="1">
+        <v>213905</v>
       </c>
       <c r="C1022" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
         </is>
       </c>
       <c r="D1022" s="1">
-        <v>630</v>
+        <v>6.19</v>
       </c>
       <c r="E1022" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1022" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1022" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B1023" s="1">
+        <v>214112</v>
       </c>
       <c r="C1023" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
         </is>
       </c>
       <c r="D1023" s="1">
-        <v>20.78</v>
+        <v>4.2</v>
       </c>
       <c r="E1023" s="1">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F1023" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1023" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B1024" s="1">
-        <v>93165555</v>
+        <v>214114</v>
       </c>
       <c r="C1024" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 2L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 5L</t>
         </is>
       </c>
       <c r="D1024" s="1">
-        <v>9.81</v>
+        <v>18.37</v>
       </c>
       <c r="E1024" s="1">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F1024" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1024" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165556</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1025" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6AB</t>
+        </is>
       </c>
       <c r="C1025" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 1L</t>
         </is>
       </c>
       <c r="D1025" s="1">
-        <v>19.71</v>
+        <v>9.56</v>
       </c>
       <c r="E1025" s="1">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="F1025" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1025" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>90513468</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1026" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6E6</t>
+        </is>
       </c>
       <c r="C1026" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 1L</t>
         </is>
       </c>
       <c r="D1026" s="1">
-        <v>198</v>
+        <v>9.13</v>
       </c>
       <c r="E1026" s="1">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F1026" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1026" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165214</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1027" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F176</t>
+        </is>
       </c>
       <c r="C1027" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 2L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax ATF DX III Multi 1L</t>
         </is>
       </c>
       <c r="D1027" s="1">
-        <v>7.08</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>5.5</v>
+      </c>
+      <c r="E1027" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1027" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1027" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165215</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B1028" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090144</t>
+        </is>
       </c>
       <c r="C1028" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 0W-20 5L</t>
         </is>
       </c>
       <c r="D1028" s="1">
-        <v>14.26</v>
+        <v>36.83</v>
       </c>
       <c r="E1028" s="1">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="F1028" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1028" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B1029" s="1">
-        <v>550052791</v>
+        <v>2506</v>
       </c>
       <c r="C1029" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 1L</t>
+          <t xml:space="preserve">Очищувач системи охолодження LIQUI MOLY KUHLERREINIGER 0,3L</t>
         </is>
       </c>
       <c r="D1029" s="1">
-        <v>6.72</v>
+        <v>5.88</v>
       </c>
       <c r="E1029" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="F1029" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1029" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550052835</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83215B65FA2</t>
+        </is>
       </c>
       <c r="C1030" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 5L</t>
         </is>
       </c>
       <c r="D1030" s="1">
-        <v>25.45</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>42.33</v>
+      </c>
+      <c r="E1030" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1030" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1030" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B1031" s="1">
-        <v>602003553</v>
+        <v>5110</v>
       </c>
       <c r="C1031" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 4L</t>
+          <t xml:space="preserve">Очищувач інжектора LIQUI MOLY INJECTION REINIGER 0,3L</t>
         </is>
       </c>
       <c r="D1031" s="1">
-        <v>21.98</v>
+        <v>6.19</v>
       </c>
       <c r="E1031" s="1">
-        <v>49</v>
+        <v>3</v>
       </c>
       <c r="F1031" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1031" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602003218</v>
+          <t xml:space="preserve">K2</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">W104</t>
+        </is>
       </c>
       <c r="C1032" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 4L</t>
+          <t xml:space="preserve">K2 Brake Cleaner 500ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D1032" s="1">
-        <v>19.8</v>
+        <v>1.96</v>
       </c>
       <c r="E1032" s="1">
-        <v>8</v>
+        <v>82</v>
       </c>
       <c r="F1032" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1032" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214244</v>
+          <t xml:space="preserve">WD</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WD40150ML</t>
+        </is>
       </c>
       <c r="C1033" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 9 FE 75W 1L</t>
+          <t xml:space="preserve">WD-40 150ml</t>
         </is>
       </c>
       <c r="D1033" s="1">
-        <v>6.79</v>
+        <v>2.95</v>
       </c>
       <c r="E1033" s="1">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="F1033" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1033" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F075</t>
+          <t xml:space="preserve">16051C</t>
         </is>
       </c>
       <c r="C1034" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 5W-30 E6/E9 208L</t>
         </is>
       </c>
       <c r="D1034" s="1">
-        <v>16.42</v>
-[...4 lines deleted...]
-        </is>
+        <v>939</v>
+      </c>
+      <c r="E1034" s="1">
+        <v>1</v>
       </c>
       <c r="F1034" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1034" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046383</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0167</t>
+        </is>
       </c>
       <c r="C1035" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 20L</t>
         </is>
       </c>
       <c r="D1035" s="1">
-        <v>6.22</v>
+        <v>61.54</v>
       </c>
       <c r="E1035" s="1">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="F1035" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1035" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">MAP0168</t>
         </is>
       </c>
       <c r="C1036" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 60L</t>
         </is>
       </c>
       <c r="D1036" s="1">
-        <v>4.68</v>
-[...4 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="E1036" s="1">
+        <v>2</v>
       </c>
       <c r="F1036" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1036" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B1037" s="1">
-        <v>194877</v>
+        <v>157222</v>
       </c>
       <c r="C1037" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 4L</t>
         </is>
       </c>
       <c r="D1037" s="1">
-        <v>24.5</v>
+        <v>30.5</v>
       </c>
       <c r="E1037" s="1">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>18</v>
+      </c>
+      <c r="F1037" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G1037" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601426384</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7111R</t>
+        </is>
       </c>
       <c r="C1038" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
+          <t xml:space="preserve">Концентрат антифризу BARDAHL ХCL G12/G12+ 1L</t>
         </is>
       </c>
       <c r="D1038" s="1">
-        <v>23.9</v>
-[...7 lines deleted...]
-        <v>12</v>
+        <v>4.27</v>
+      </c>
+      <c r="E1038" s="1">
+        <v>7</v>
+      </c>
+      <c r="F1038" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G1038" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1039" s="1">
-        <v>550070413</v>
+        <v>36243</v>
       </c>
       <c r="C1039" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 5L</t>
         </is>
       </c>
       <c r="D1039" s="1">
-        <v>18.67</v>
+        <v>25.99</v>
       </c>
       <c r="E1039" s="1">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F1039" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1039" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B1040" s="1">
+        <v>36313</v>
       </c>
       <c r="C1040" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Supercar Titanium FST 10W-60 208L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 5L</t>
         </is>
       </c>
       <c r="D1040" s="1">
-        <v>1800</v>
+        <v>34.05</v>
       </c>
       <c r="E1040" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1040" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1040" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B1041" s="1">
+        <v>36161</v>
       </c>
       <c r="C1041" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 1L</t>
         </is>
       </c>
       <c r="D1041" s="1">
-        <v>190.08</v>
+        <v>7.43</v>
       </c>
       <c r="E1041" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F1041" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1041" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B1042" s="1">
+        <v>36163</v>
       </c>
       <c r="C1042" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 5L</t>
         </is>
       </c>
       <c r="D1042" s="1">
-        <v>68.31</v>
+        <v>31</v>
       </c>
       <c r="E1042" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1042" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1042" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1043" s="1">
-        <v>157411</v>
+        <v>36303</v>
       </c>
       <c r="C1043" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 5L</t>
         </is>
       </c>
       <c r="D1043" s="1">
-        <v>12.13</v>
+        <v>41.24</v>
       </c>
       <c r="E1043" s="1">
-        <v>53</v>
+        <v>1</v>
       </c>
       <c r="F1043" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1043" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1044" s="1">
-        <v>510000141</v>
+        <v>35911</v>
       </c>
       <c r="C1044" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 10W-40 MOTO 1L</t>
         </is>
       </c>
       <c r="D1044" s="1">
-        <v>8.12</v>
+        <v>5.71</v>
       </c>
       <c r="E1044" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F1044" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1044" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1045" s="1">
-        <v>510000441</v>
+        <v>35791</v>
       </c>
       <c r="C1045" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 2T MOTO 1L</t>
         </is>
       </c>
       <c r="D1045" s="1">
-        <v>29.85</v>
+        <v>6.1</v>
       </c>
       <c r="E1045" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F1045" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1045" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1046" s="1">
-        <v>510000410</v>
+        <v>34101</v>
       </c>
       <c r="C1046" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 1L</t>
         </is>
       </c>
       <c r="D1046" s="1">
-        <v>19.41</v>
+        <v>7.38</v>
       </c>
       <c r="E1046" s="1">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F1046" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1046" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1047" s="1">
-        <v>510000110</v>
+        <v>34103</v>
       </c>
       <c r="C1047" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 5L</t>
         </is>
       </c>
       <c r="D1047" s="1">
-        <v>5.2</v>
+        <v>31.34</v>
       </c>
       <c r="E1047" s="1">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="F1047" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1047" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1048" s="1">
-        <v>520000111</v>
+        <v>35941</v>
       </c>
       <c r="C1048" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTС-M 10W-50 MOTO 1L</t>
         </is>
       </c>
       <c r="D1048" s="1">
-        <v>5.35</v>
+        <v>10.02</v>
       </c>
       <c r="E1048" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F1048" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1048" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B1049" s="1">
-        <v>109762</v>
+        <v>36871</v>
       </c>
       <c r="C1049" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна BARDAHL ATF 8G 1L</t>
         </is>
       </c>
       <c r="D1049" s="1">
-        <v>34.16</v>
+        <v>10.64</v>
       </c>
       <c r="E1049" s="1">
-        <v>68</v>
+        <v>9</v>
       </c>
       <c r="F1049" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1049" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>520000411</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B1050" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2007B</t>
+        </is>
       </c>
       <c r="C1050" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 4L</t>
+          <t xml:space="preserve">Присадка BARDAHL FULL METAL 400ml</t>
         </is>
       </c>
       <c r="D1050" s="1">
-        <v>20.1</v>
+        <v>18.86</v>
       </c>
       <c r="E1050" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F1050" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1050" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000451</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B1051" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4451E</t>
+        </is>
       </c>
       <c r="C1051" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 4L</t>
+          <t xml:space="preserve">Чистячий засіб для гальм і деталей BARDAHL 600ml</t>
         </is>
       </c>
       <c r="D1051" s="1">
-        <v>24.1</v>
+        <v>3.4</v>
       </c>
       <c r="E1051" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F1051" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1051" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B1052" s="1">
-        <v>109761</v>
+        <v>700001746</v>
       </c>
       <c r="C1052" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 5L</t>
         </is>
       </c>
       <c r="D1052" s="1">
-        <v>6.98</v>
+        <v>15.35</v>
       </c>
       <c r="E1052" s="1">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="F1052" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1052" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B1053" s="1">
+        <v>700001641</v>
       </c>
       <c r="C1053" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 250ml з аплікатором</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 1L</t>
         </is>
       </c>
       <c r="D1053" s="1">
-        <v>3.89</v>
+        <v>4.01</v>
       </c>
       <c r="E1053" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F1053" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1053" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B1054" s="1">
+        <v>100000243</v>
       </c>
       <c r="C1054" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 600ml з аплікатором</t>
+          <t xml:space="preserve">Олива трансмісійна Hipol GL-4 80W-90 1L</t>
         </is>
       </c>
       <c r="D1054" s="1">
-        <v>7.16</v>
+        <v>3.21</v>
       </c>
       <c r="E1054" s="1">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="F1054" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1054" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B1055" s="1">
-        <v>36311</v>
+        <v>100000247</v>
       </c>
       <c r="C1055" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 80W-90 1L</t>
         </is>
       </c>
       <c r="D1055" s="1">
-        <v>8.36</v>
+        <v>3.5</v>
       </c>
       <c r="E1055" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F1055" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1055" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B1056" s="1">
-        <v>36301</v>
+        <v>100001271</v>
       </c>
       <c r="C1056" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 1L</t>
+          <t xml:space="preserve">Мастило літієве Liten EP-2 400gr</t>
         </is>
       </c>
       <c r="D1056" s="1">
-        <v>9.82</v>
+        <v>2.92</v>
       </c>
       <c r="E1056" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1056" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1056" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36241</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B1057" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C1057" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00) (promo)</t>
         </is>
       </c>
       <c r="D1057" s="1">
-        <v>6.54</v>
-[...7 lines deleted...]
-        </is>
+        <v>31.65</v>
+      </c>
+      <c r="E1057" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1057" s="1">
+        <v>30</v>
       </c>
       <c r="G1057" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046268</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1058" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0002</t>
+        </is>
       </c>
       <c r="C1058" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL CLASSIC 4T 10W-40 1L</t>
         </is>
       </c>
       <c r="D1058" s="1">
-        <v>24.26</v>
+        <v>5.42</v>
       </c>
       <c r="E1058" s="1">
-        <v>56</v>
+        <v>1</v>
       </c>
       <c r="F1058" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1058" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007292</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1059" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0029</t>
+        </is>
       </c>
       <c r="C1059" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C4 5W-30 1L</t>
         </is>
       </c>
       <c r="D1059" s="1">
-        <v>4.94</v>
+        <v>6.31</v>
       </c>
       <c r="E1059" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1059" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1059" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DC45</t>
+          <t xml:space="preserve">MAP0023</t>
         </is>
       </c>
       <c r="C1060" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 208L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 1L</t>
         </is>
       </c>
       <c r="D1060" s="1">
-        <v>1525</v>
+        <v>6.14</v>
       </c>
       <c r="E1060" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1060" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1060" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502B8</t>
+          <t xml:space="preserve">MAP0164</t>
         </is>
       </c>
       <c r="C1061" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 9000 SN 5W-40 20L</t>
         </is>
       </c>
       <c r="D1061" s="1">
-        <v>6.14</v>
+        <v>86.72</v>
       </c>
       <c r="E1061" s="1">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F1061" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1061" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550070412</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1062" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0026</t>
+        </is>
       </c>
       <c r="C1062" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C3 5W-40 1L</t>
         </is>
       </c>
       <c r="D1062" s="1">
-        <v>4.26</v>
+        <v>5.4</v>
       </c>
       <c r="E1062" s="1">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F1062" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1062" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214110</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1063" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0217</t>
+        </is>
       </c>
       <c r="C1063" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL ATF CVT 1L</t>
         </is>
       </c>
       <c r="D1063" s="1">
-        <v>4.24</v>
+        <v>7.77</v>
       </c>
       <c r="E1063" s="1">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="F1063" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1063" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">MAP0199</t>
         </is>
       </c>
       <c r="C1064" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L (promo)</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL ATF MB 14 1L</t>
         </is>
       </c>
       <c r="D1064" s="1">
-        <v>4.36</v>
-[...7 lines deleted...]
-        <v>24</v>
+        <v>7.12</v>
+      </c>
+      <c r="E1064" s="1">
+        <v>1</v>
+      </c>
+      <c r="F1064" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G1064" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">08232P99C4LPRO</t>
         </is>
       </c>
       <c r="C1065" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L (promo)</t>
+          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 4L</t>
         </is>
       </c>
       <c r="D1065" s="1">
-        <v>5.6</v>
+        <v>38.32</v>
       </c>
       <c r="E1065" s="1">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>7</v>
+      </c>
+      <c r="F1065" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G1065" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B1066" s="1">
+        <v>989920211</v>
       </c>
       <c r="C1066" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L (promo)</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
         </is>
       </c>
       <c r="D1066" s="1">
-        <v>20.3</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>8.72</v>
+      </c>
+      <c r="E1066" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1066" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G1066" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F76C</t>
+          <t xml:space="preserve">08880-80845-BB</t>
         </is>
       </c>
       <c r="C1067" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional EC 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 (BAG IN BOX) 5L</t>
         </is>
       </c>
       <c r="D1067" s="1">
-        <v>9.9</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>24.11</v>
+      </c>
+      <c r="E1067" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1067" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1067" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602008176</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B1068" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30A5B501K</t>
+        </is>
       </c>
       <c r="C1068" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  5L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 1L</t>
         </is>
       </c>
       <c r="D1068" s="1">
-        <v>28.32</v>
+        <v>8.42</v>
       </c>
       <c r="E1068" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F1068" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1068" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>112890</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B1069" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30A5B505K</t>
+        </is>
       </c>
       <c r="C1069" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 5L</t>
         </is>
       </c>
       <c r="D1069" s="1">
-        <v>5.4</v>
+        <v>34.36</v>
       </c>
       <c r="E1069" s="1">
         <v>32</v>
       </c>
       <c r="F1069" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1069" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>112892</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B1070" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30C301K</t>
+        </is>
       </c>
       <c r="C1070" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 1L</t>
         </is>
       </c>
       <c r="D1070" s="1">
-        <v>21.74</v>
-[...4 lines deleted...]
-        </is>
+        <v>8.42</v>
+      </c>
+      <c r="E1070" s="1">
+        <v>6</v>
       </c>
       <c r="F1070" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1070" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">KIA ORIGINAL</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F647</t>
+          <t xml:space="preserve">LP0425W30C305K</t>
         </is>
       </c>
       <c r="C1071" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 5L</t>
         </is>
       </c>
       <c r="D1071" s="1">
-        <v>6.32</v>
+        <v>33.9</v>
       </c>
       <c r="E1071" s="1">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F1071" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1071" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOPAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B1072" s="1">
+        <v>157060</v>
       </c>
       <c r="C1072" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mopar ATF +4 0.946L</t>
+          <t xml:space="preserve">Олива моторна Mobil Delvac Modern Super Defense 10W-40 20L</t>
         </is>
       </c>
       <c r="D1072" s="1">
-        <v>7.53</v>
+        <v>70.5</v>
       </c>
       <c r="E1072" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F1072" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1072" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007780</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B1073" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80845</t>
+        </is>
       </c>
       <c r="C1073" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  1L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D1073" s="1">
-        <v>6.48</v>
-[...7 lines deleted...]
-        </is>
+        <v>25.3</v>
+      </c>
+      <c r="E1073" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1073" s="1">
+        <v>12</v>
       </c>
       <c r="G1073" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B1074" s="1">
-        <v>602067340</v>
+        <v>46161</v>
       </c>
       <c r="C1074" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 205L</t>
+          <t xml:space="preserve">Рідина гідравлічна FEBI BILSTEIN Hydraulic Fluid (зелена) 1L</t>
         </is>
       </c>
       <c r="D1074" s="1">
-        <v>660</v>
+        <v>7.4</v>
       </c>
       <c r="E1074" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F1074" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1074" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B1075" s="1">
+        <v>989920213</v>
       </c>
       <c r="C1075" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 10W-40 E6/E9 208L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 5L (promo)</t>
         </is>
       </c>
       <c r="D1075" s="1">
-        <v>720</v>
+        <v>37</v>
       </c>
       <c r="E1075" s="1">
-        <v>1</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F1075" s="1">
+        <v>8</v>
       </c>
       <c r="G1075" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090134</t>
+          <t xml:space="preserve">G052910M4</t>
         </is>
       </c>
       <c r="C1076" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 0W-20 1L</t>
+          <t xml:space="preserve">VAG AdBlue 10L</t>
         </is>
       </c>
       <c r="D1076" s="1">
-        <v>7.88</v>
+        <v>25</v>
       </c>
       <c r="E1076" s="1">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="F1076" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1076" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1077" s="1">
-        <v>214120</v>
+        <v>102210</v>
       </c>
       <c r="C1077" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 60L</t>
         </is>
       </c>
       <c r="D1077" s="1">
-        <v>16.24</v>
-[...4 lines deleted...]
-        </is>
+        <v>350</v>
+      </c>
+      <c r="E1077" s="1">
+        <v>2</v>
       </c>
       <c r="F1077" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1077" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1078" s="1">
-        <v>194785</v>
+        <v>102261</v>
       </c>
       <c r="C1078" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 60L</t>
         </is>
       </c>
       <c r="D1078" s="1">
-        <v>225</v>
+        <v>405</v>
       </c>
       <c r="E1078" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F1078" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1078" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1079" s="1">
-        <v>213905</v>
+        <v>102262</v>
       </c>
       <c r="C1079" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 208L</t>
         </is>
       </c>
       <c r="D1079" s="1">
-        <v>6.1</v>
+        <v>1240</v>
       </c>
       <c r="E1079" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F1079" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1079" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1080" s="1">
-        <v>214083</v>
+        <v>102786</v>
       </c>
       <c r="C1080" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 2L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 1L</t>
         </is>
       </c>
       <c r="D1080" s="1">
-        <v>10.97</v>
+        <v>7.43</v>
       </c>
       <c r="E1080" s="1">
-        <v>2</v>
+        <v>82</v>
       </c>
       <c r="F1080" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1080" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1081" s="1">
-        <v>214112</v>
+        <v>102793</v>
       </c>
       <c r="C1081" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 1L</t>
         </is>
       </c>
       <c r="D1081" s="1">
-        <v>4.06</v>
+        <v>8.97</v>
       </c>
       <c r="E1081" s="1">
-        <v>46</v>
+        <v>24</v>
       </c>
       <c r="F1081" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1081" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B1082" s="1">
-        <v>214114</v>
+        <v>83290429576</v>
       </c>
       <c r="C1082" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 5L</t>
+          <t xml:space="preserve">Рідина ГПК BMW Pentosin Titan CHF 11S 1L</t>
         </is>
       </c>
       <c r="D1082" s="1">
-        <v>20.6</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8.62</v>
+      </c>
+      <c r="E1082" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1082" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1082" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GM</t>
+        </is>
+      </c>
+      <c r="B1083" s="1">
+        <v>93165557</v>
       </c>
       <c r="C1083" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 5L</t>
         </is>
       </c>
       <c r="D1083" s="1">
-        <v>9.71</v>
+        <v>22.77</v>
       </c>
       <c r="E1083" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F1083" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1083" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GM</t>
+        </is>
+      </c>
+      <c r="B1084" s="1">
+        <v>93165213</v>
       </c>
       <c r="C1084" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 1L</t>
         </is>
       </c>
       <c r="D1084" s="1">
-        <v>9.51</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>3.55</v>
+      </c>
+      <c r="E1084" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1084" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1084" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GM</t>
+        </is>
+      </c>
+      <c r="B1085" s="1">
+        <v>93165216</v>
       </c>
       <c r="C1085" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 1L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 5L</t>
         </is>
       </c>
       <c r="D1085" s="1">
-        <v>8.62</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>16.29</v>
+      </c>
+      <c r="E1085" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1085" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1085" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">W104</t>
+          <t xml:space="preserve">G052182A2</t>
         </is>
       </c>
       <c r="C1086" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2 Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива трансмісійна VAG ATF DSG 1L</t>
         </is>
       </c>
       <c r="D1086" s="1">
-        <v>1.96</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>22.53</v>
+      </c>
+      <c r="E1086" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1086" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1086" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD40150ML</t>
+          <t xml:space="preserve">KE90099942</t>
         </is>
       </c>
       <c r="C1087" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 150ml</t>
+          <t xml:space="preserve">Моторне масло</t>
         </is>
       </c>
       <c r="D1087" s="1">
-        <v>2.95</v>
+        <v>26.82</v>
       </c>
       <c r="E1087" s="1">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="F1087" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1087" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CF54</t>
+          <t xml:space="preserve">15BCD2</t>
         </is>
       </c>
       <c r="C1088" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L (promo)</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
         </is>
       </c>
       <c r="D1088" s="1">
-        <v>26.5</v>
-[...7 lines deleted...]
-        <v>4</v>
+        <v>70.79</v>
+      </c>
+      <c r="E1088" s="1">
+        <v>10</v>
+      </c>
+      <c r="F1088" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G1088" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B1089" s="1">
+        <v>83212465854</v>
       </c>
       <c r="C1089" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 1L</t>
         </is>
       </c>
       <c r="D1089" s="1">
-        <v>28.71</v>
+        <v>10.5</v>
       </c>
       <c r="E1089" s="1">
-        <v>4</v>
+        <v>76</v>
       </c>
       <c r="F1089" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1089" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B1090" s="1">
+        <v>213698</v>
       </c>
       <c r="C1090" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 5L</t>
         </is>
       </c>
       <c r="D1090" s="1">
-        <v>23.76</v>
+        <v>28.07</v>
       </c>
       <c r="E1090" s="1">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F1090" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1090" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>157302</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1091" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F721</t>
+        </is>
       </c>
       <c r="C1091" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
         </is>
       </c>
       <c r="D1091" s="1">
-        <v>21.29</v>
+        <v>9.71</v>
       </c>
       <c r="E1091" s="1">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F1091" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1091" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B1092" s="1">
+        <v>601883194</v>
       </c>
       <c r="C1092" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Концентрат антифризу BARDAHL ХCL G12/G12+ 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 1L</t>
         </is>
       </c>
       <c r="D1092" s="1">
-        <v>4.48</v>
+        <v>4.95</v>
       </c>
       <c r="E1092" s="1">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="F1092" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1092" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36243</v>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B1093" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">043005L1A0</t>
+        </is>
       </c>
       <c r="C1093" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia MTF 75W-90 GL-4 1L</t>
         </is>
       </c>
       <c r="D1093" s="1">
-        <v>25.99</v>
+        <v>5.53</v>
       </c>
       <c r="E1093" s="1">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="F1093" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1093" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1094" s="1">
-        <v>36313</v>
+        <v>106377</v>
       </c>
       <c r="C1094" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D1094" s="1">
-        <v>35.46</v>
-[...7 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="E1094" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1094" s="1">
+        <v>12</v>
       </c>
       <c r="G1094" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36161</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0155</t>
+        </is>
       </c>
       <c r="C1095" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C3 5W-40 20L</t>
         </is>
       </c>
       <c r="D1095" s="1">
-        <v>7.43</v>
+        <v>91.93</v>
       </c>
       <c r="E1095" s="1">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F1095" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1095" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B1096" s="1">
-        <v>36163</v>
+        <v>100000607</v>
       </c>
       <c r="C1096" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Trawol 10W-30 1L</t>
         </is>
       </c>
       <c r="D1096" s="1">
-        <v>31</v>
+        <v>4.26</v>
       </c>
       <c r="E1096" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F1096" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1096" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36303</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0021</t>
+        </is>
       </c>
       <c r="C1097" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 5L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 1L</t>
         </is>
       </c>
       <c r="D1097" s="1">
-        <v>43.45</v>
+        <v>4.12</v>
       </c>
       <c r="E1097" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F1097" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1097" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>35911</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0022</t>
+        </is>
       </c>
       <c r="C1098" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 10W-40 MOTO 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 4L</t>
         </is>
       </c>
       <c r="D1098" s="1">
-        <v>5.71</v>
+        <v>14</v>
       </c>
       <c r="E1098" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F1098" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1098" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>35791</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0115</t>
+        </is>
       </c>
       <c r="C1099" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 2T MOTO 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 5L</t>
         </is>
       </c>
       <c r="D1099" s="1">
-        <v>6.1</v>
+        <v>28.54</v>
       </c>
       <c r="E1099" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F1099" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1099" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B1100" s="1">
-        <v>34101</v>
+        <v>151525</v>
       </c>
       <c r="C1100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D1100" s="1">
-        <v>7.78</v>
+        <v>26.73</v>
       </c>
       <c r="E1100" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F1100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>34103</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0116</t>
+        </is>
       </c>
       <c r="C1101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 5L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 20L</t>
         </is>
       </c>
       <c r="D1101" s="1">
-        <v>32.73</v>
+        <v>102.5</v>
       </c>
       <c r="E1101" s="1">
         <v>3</v>
       </c>
       <c r="F1101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B1102" s="1">
-        <v>35941</v>
+        <v>102051</v>
       </c>
       <c r="C1102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTС-M 10W-50 MOTO 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 5L</t>
         </is>
       </c>
       <c r="D1102" s="1">
-        <v>10.02</v>
+        <v>31.68</v>
       </c>
       <c r="E1102" s="1">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="F1102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B1103" s="1">
-        <v>36871</v>
+        <v>214110</v>
       </c>
       <c r="C1103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна BARDAHL ATF 8G 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
         </is>
       </c>
       <c r="D1103" s="1">
-        <v>10.64</v>
+        <v>4.36</v>
       </c>
       <c r="E1103" s="1">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F1103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B1104" s="1">
+        <v>2195</v>
       </c>
       <c r="C1104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка BARDAHL FULL METAL 400ml</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 4L</t>
         </is>
       </c>
       <c r="D1104" s="1">
-        <v>18.86</v>
+        <v>35.84</v>
       </c>
       <c r="E1104" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F1104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B1105" s="1">
+        <v>5120</v>
       </c>
       <c r="C1105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка BARDAHL TURBO PROTECT 300ml</t>
+          <t xml:space="preserve">Присадка супер-дизель LIQUI MOLY SUPER DIESEL ADDITIV 0,25L</t>
         </is>
       </c>
       <c r="D1105" s="1">
-        <v>12.47</v>
+        <v>6.5</v>
       </c>
       <c r="E1105" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F1105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B1106" s="1">
+        <v>989940211</v>
       </c>
       <c r="C1106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Чистячий засіб для гальм і деталей BARDAHL 600ml</t>
+          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 1L</t>
         </is>
       </c>
       <c r="D1106" s="1">
-        <v>3.42</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>8.82</v>
+      </c>
+      <c r="E1106" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B1107" s="1">
-        <v>157410</v>
+        <v>600930660</v>
       </c>
       <c r="C1107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-30 1L</t>
         </is>
       </c>
       <c r="D1107" s="1">
-        <v>3.87</v>
+        <v>5.3</v>
       </c>
       <c r="E1107" s="1">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F1107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001644</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1502B8</t>
+        </is>
       </c>
       <c r="C1108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel DPF 5W-40 1L</t>
         </is>
       </c>
       <c r="D1108" s="1">
-        <v>7.23</v>
+        <v>6.14</v>
       </c>
       <c r="E1108" s="1">
-        <v>2</v>
+        <v>84</v>
       </c>
       <c r="F1108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001753</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCD</t>
+        </is>
       </c>
       <c r="C1109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L (promo)</t>
         </is>
       </c>
       <c r="D1109" s="1">
-        <v>26.07</v>
+        <v>24.25</v>
       </c>
       <c r="E1109" s="1">
-        <v>3</v>
-[...4 lines deleted...]
-        </is>
+        <v>31</v>
+      </c>
+      <c r="F1109" s="1">
+        <v>4</v>
       </c>
       <c r="G1109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001607</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F911</t>
+        </is>
       </c>
       <c r="C1110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel DPF 5W-40 4L</t>
         </is>
       </c>
       <c r="D1110" s="1">
-        <v>7.43</v>
+        <v>22.08</v>
       </c>
       <c r="E1110" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F1110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001581</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518204AA</t>
+        </is>
       </c>
       <c r="C1111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-30 0.946L</t>
         </is>
       </c>
       <c r="D1111" s="1">
-        <v>28.31</v>
+        <v>5.7</v>
       </c>
       <c r="E1111" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F1111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001642</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518205AA</t>
+        </is>
       </c>
       <c r="C1112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-30 5L</t>
         </is>
       </c>
       <c r="D1112" s="1">
-        <v>4.99</v>
+        <v>29.51</v>
       </c>
       <c r="E1112" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F1112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B1113" s="1">
-        <v>700001580</v>
+        <v>83212465849</v>
       </c>
       <c r="C1113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 4,5L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L (promo)</t>
         </is>
       </c>
       <c r="D1113" s="1">
-        <v>21.55</v>
-[...7 lines deleted...]
-        </is>
+        <v>8.3</v>
+      </c>
+      <c r="E1113" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1113" s="1">
+        <v>24</v>
       </c>
       <c r="G1113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B1114" s="1">
-        <v>700001746</v>
+        <v>213920</v>
       </c>
       <c r="C1114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 5L</t>
         </is>
       </c>
       <c r="D1114" s="1">
-        <v>15.35</v>
+        <v>28.71</v>
       </c>
       <c r="E1114" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F1114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001641</v>
+          <t xml:space="preserve">WD</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WD40600ML</t>
+        </is>
       </c>
       <c r="C1115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 1L</t>
+          <t xml:space="preserve">WD-40 600ml</t>
         </is>
       </c>
       <c r="D1115" s="1">
-        <v>4.21</v>
+        <v>7.88</v>
       </c>
       <c r="E1115" s="1">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="F1115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001576</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0044</t>
+        </is>
       </c>
       <c r="C1116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Plus 15W-40 20L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 5L</t>
         </is>
       </c>
       <c r="D1116" s="1">
-        <v>63.58</v>
+        <v>17.52</v>
       </c>
       <c r="E1116" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F1116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001583</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0117</t>
+        </is>
       </c>
       <c r="C1117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Extreme 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 60L</t>
         </is>
       </c>
       <c r="D1117" s="1">
-        <v>80.49</v>
+        <v>314</v>
       </c>
       <c r="E1117" s="1">
         <v>1</v>
       </c>
       <c r="F1117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001781</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0165</t>
+        </is>
       </c>
       <c r="C1118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Basic 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 9000 SN 5W-40 60L</t>
         </is>
       </c>
       <c r="D1118" s="1">
-        <v>68.31</v>
+        <v>264</v>
       </c>
       <c r="E1118" s="1">
         <v>1</v>
       </c>
       <c r="F1118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001516</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0253</t>
+        </is>
       </c>
       <c r="C1119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Petrygo Plus 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL MULTI VEHICLE GL 5 75W-80 1L</t>
         </is>
       </c>
       <c r="D1119" s="1">
-        <v>2.85</v>
+        <v>7.89</v>
       </c>
       <c r="E1119" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F1119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001683</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0247</t>
+        </is>
       </c>
       <c r="C1120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Rider 4T 10W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL MULTI VEHICLE GL 4/5 75W-90 1L</t>
         </is>
       </c>
       <c r="D1120" s="1">
-        <v>5.14</v>
+        <v>7.71</v>
       </c>
       <c r="E1120" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F1120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B1121" s="1">
-        <v>700001487</v>
+        <v>21469</v>
       </c>
       <c r="C1121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна L-HM/HLP 46 20L</t>
+          <t xml:space="preserve">Присадка для дизельного палива багатофункціональна Liqui Moly Multifunktionsadditiv Diesel 0,25L</t>
         </is>
       </c>
       <c r="D1121" s="1">
-        <v>36.11</v>
+        <v>8.07</v>
       </c>
       <c r="E1121" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B1122" s="1">
-        <v>100000840</v>
+        <v>214109</v>
       </c>
       <c r="C1122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна Hydrol L-HM/HLP 46 20L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
         </is>
       </c>
       <c r="D1122" s="1">
-        <v>44.63</v>
+        <v>18.81</v>
       </c>
       <c r="E1122" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F1122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001367</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">053001DPF</t>
+        </is>
       </c>
       <c r="C1123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна Hydrol L-HV 46 20L</t>
+          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 1L</t>
         </is>
       </c>
       <c r="D1123" s="1">
-        <v>50.65</v>
+        <v>7.58</v>
       </c>
       <c r="E1123" s="1">
-        <v>1</v>
+        <v>85</v>
       </c>
       <c r="F1123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000243</v>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999-G12</t>
+        </is>
       </c>
       <c r="C1124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-4 80W-90 1L</t>
+          <t xml:space="preserve">Антифриз HEPU G12 Червоний 1,5L</t>
         </is>
       </c>
       <c r="D1124" s="1">
-        <v>3.33</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>5.45</v>
+      </c>
+      <c r="E1124" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000247</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218925AB</t>
+        </is>
       </c>
       <c r="C1125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 80W-90 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mopar 8 &amp; 9 Speed ATF 0.946L</t>
         </is>
       </c>
       <c r="D1125" s="1">
-        <v>3.66</v>
+        <v>15.84</v>
       </c>
       <c r="E1125" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F1125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000282</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">05191184AA</t>
+        </is>
       </c>
       <c r="C1126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 85W-140 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mopar CVTF +4 0.946L</t>
         </is>
       </c>
       <c r="D1126" s="1">
-        <v>4.66</v>
+        <v>8.32</v>
       </c>
       <c r="E1126" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F1126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001271</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0156</t>
+        </is>
       </c>
       <c r="C1127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten EP-2 400gr</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C3 5W-40 60L</t>
         </is>
       </c>
       <c r="D1127" s="1">
-        <v>2.92</v>
+        <v>267</v>
       </c>
       <c r="E1127" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001270</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0030</t>
+        </is>
       </c>
       <c r="C1128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten EP-2 4,5kg</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM SP GF-6A 5W-30 1L</t>
         </is>
       </c>
       <c r="D1128" s="1">
-        <v>20.43</v>
+        <v>5.32</v>
       </c>
       <c r="E1128" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F1128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000809</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0135</t>
+        </is>
       </c>
       <c r="C1129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten LT-43 9kg</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM SP GF-6A 5W-30 5L</t>
         </is>
       </c>
       <c r="D1129" s="1">
-        <v>36.97</v>
+        <v>24.9</v>
       </c>
       <c r="E1129" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F1129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000589</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCF</t>
+        </is>
       </c>
       <c r="C1130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten LT-43 17kg</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 5L(promo)</t>
         </is>
       </c>
       <c r="D1130" s="1">
-        <v>72.9</v>
-[...7 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="E1130" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1130" s="1">
+        <v>8</v>
       </c>
       <c r="G1130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B1131" s="1">
-        <v>100001407</v>
+        <v>989630813</v>
       </c>
       <c r="C1131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 1L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 5L</t>
         </is>
       </c>
       <c r="D1131" s="1">
-        <v>2.44</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>38.61</v>
+      </c>
+      <c r="E1131" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001408</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-86076</t>
+        </is>
       </c>
       <c r="C1132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 5L</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D1132" s="1">
-        <v>9.41</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.99</v>
+      </c>
+      <c r="E1132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1132" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001803</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-86074</t>
+        </is>
       </c>
       <c r="C1133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo G12+ червоний 10kg</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D1133" s="1">
-        <v>13.71</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>30.2</v>
+      </c>
+      <c r="E1133" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B1134" s="1">
-        <v>700000807</v>
+        <v>93165690</v>
       </c>
       <c r="C1134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo G12 зелений 10kg</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 1L</t>
         </is>
       </c>
       <c r="D1134" s="1">
-        <v>13.7</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.95</v>
+      </c>
+      <c r="E1134" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F1134" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G1134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B1135" s="1">
-        <v>100000235</v>
+        <v>601426384</v>
       </c>
       <c r="C1135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівна рідина Orlen Oil DOT-4 0,5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D1135" s="1">
-        <v>3.37</v>
-[...7 lines deleted...]
-        </is>
+        <v>23.9</v>
+      </c>
+      <c r="E1135" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F1135" s="1">
+        <v>9</v>
       </c>
       <c r="G1135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="1" t="inlineStr">
-        <is>
-[...1547 lines deleted...]
-      <c r="A1187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>