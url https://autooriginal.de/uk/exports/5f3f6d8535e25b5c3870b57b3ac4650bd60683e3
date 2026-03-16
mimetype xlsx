--- v0 (2025-12-29)
+++ v1 (2026-03-16)
@@ -100,51 +100,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="8.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="7.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">29.12.25 00:50</t>
+          <t xml:space="preserve">16.03.26 11:23</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EUR</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -177,1207 +177,1417 @@
       <c r="C3" s="1">
         <v>61.54</v>
       </c>
       <c r="D3" s="1">
         <v>2</v>
       </c>
       <c r="E3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAP0116</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>102.5</v>
       </c>
       <c r="D4" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAP0155</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>91.93</v>
       </c>
       <c r="D5" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAP0528</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>7.42</v>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAP0530</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>32.92</v>
+        <v>32</v>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0021</t>
+          <t xml:space="preserve">MAP0002</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>4.12</v>
+        <v>5.42</v>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0022</t>
+          <t xml:space="preserve">MAP0015</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>14</v>
+        <v>6.08</v>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0044</t>
+          <t xml:space="preserve">MAP0111</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>17.52</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>28.47</v>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
       </c>
       <c r="E10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0002</t>
+          <t xml:space="preserve">MAP0029</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>5.42</v>
+        <v>6.31</v>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0290</t>
+          <t xml:space="preserve">MAP0048</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>5.42</v>
+        <v>30</v>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0015</t>
+          <t xml:space="preserve">MAP0023</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>6.08</v>
+        <v>6.14</v>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0111</t>
+          <t xml:space="preserve">MAP0024</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>28.47</v>
+        <v>23.5</v>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0029</t>
+          <t xml:space="preserve">MAP0115</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>6.31</v>
+        <v>28.54</v>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0048</t>
+          <t xml:space="preserve">MAP0471</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>30</v>
+        <v>7.58</v>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0023</t>
+          <t xml:space="preserve">MAP0473</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>6.14</v>
+        <v>35.41</v>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0024</t>
+          <t xml:space="preserve">MAP0477</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>23.5</v>
+        <v>7.44</v>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0115</t>
+          <t xml:space="preserve">MAP0479</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>28.54</v>
+        <v>35.76</v>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0117</t>
+          <t xml:space="preserve">MAP0025</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>316.67</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5.85</v>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
       </c>
       <c r="E20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0471</t>
+          <t xml:space="preserve">MAP0046</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>7.58</v>
+        <v>27.77</v>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0473</t>
+          <t xml:space="preserve">MAP0028</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>35.41</v>
+        <v>5.99</v>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0477</t>
+          <t xml:space="preserve">MAP0047</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>7.44</v>
+        <v>28.37</v>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0479</t>
+          <t xml:space="preserve">MAP0027</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>35.76</v>
+        <v>5.03</v>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0025</t>
+          <t xml:space="preserve">MAP0035</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>5.85</v>
+        <v>19.06</v>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0046</t>
+          <t xml:space="preserve">MAP0163</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>27.77</v>
-[...4 lines deleted...]
-        </is>
+        <v>23.57</v>
+      </c>
+      <c r="D26" s="1">
+        <v>1</v>
       </c>
       <c r="E26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0028</t>
+          <t xml:space="preserve">MAP0164</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>5.99</v>
-[...4 lines deleted...]
-        </is>
+        <v>86.72</v>
+      </c>
+      <c r="D27" s="1">
+        <v>4</v>
       </c>
       <c r="E27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0047</t>
+          <t xml:space="preserve">MAP0165</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>28.37</v>
-[...4 lines deleted...]
-        </is>
+        <v>264</v>
+      </c>
+      <c r="D28" s="1">
+        <v>1</v>
       </c>
       <c r="E28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0027</t>
+          <t xml:space="preserve">MAP0026</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>5.03</v>
+        <v>5.4</v>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0035</t>
+          <t xml:space="preserve">MAP0033</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>19.06</v>
+        <v>20.5</v>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0163</t>
+          <t xml:space="preserve">MAP0045</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>23.57</v>
+        <v>25</v>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0164</t>
+          <t xml:space="preserve">MAP0540</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>86.72</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>6.4</v>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
       </c>
       <c r="E32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0165</t>
+          <t xml:space="preserve">MAP0542</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>268.47</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>30.39</v>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
       </c>
       <c r="E33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0026</t>
+          <t xml:space="preserve">MAP0546</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>5.77</v>
+        <v>5.7</v>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0033</t>
+          <t xml:space="preserve">MAP0548</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>22.31</v>
+        <v>26.95</v>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0045</t>
+          <t xml:space="preserve">MAP0484</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>27.89</v>
+        <v>7</v>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0540</t>
+          <t xml:space="preserve">MAP0486</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>6.75</v>
+        <v>33.11</v>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0542</t>
+          <t xml:space="preserve">MAP0217</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>30.39</v>
-[...4 lines deleted...]
-        </is>
+        <v>7.77</v>
+      </c>
+      <c r="D38" s="1">
+        <v>1</v>
       </c>
       <c r="E38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0546</t>
+          <t xml:space="preserve">MAP0199</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>5.97</v>
+        <v>7.12</v>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0548</t>
+          <t xml:space="preserve">MAP0193</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>27.6</v>
+        <v>8.33</v>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0484</t>
+          <t xml:space="preserve">MAP0187</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>7.14</v>
+        <v>8.81</v>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">5+</t>
         </is>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0486</t>
+          <t xml:space="preserve">MAP0223</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>33.11</v>
-[...4 lines deleted...]
-        </is>
+        <v>7</v>
+      </c>
+      <c r="D42" s="1">
+        <v>1</v>
       </c>
       <c r="E42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0253</t>
+          <t xml:space="preserve">MAP0428</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>7.89</v>
+        <v>5.35</v>
       </c>
       <c r="D43" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0247</t>
+          <t xml:space="preserve">MAP0167</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>7.71</v>
+        <v>61.54</v>
       </c>
       <c r="D44" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0217</t>
+          <t xml:space="preserve">MAP0168</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>7.77</v>
-[...4 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="D45" s="1">
+        <v>2</v>
       </c>
       <c r="E45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0199</t>
+          <t xml:space="preserve">MAP0002</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>7.12</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.42</v>
+      </c>
+      <c r="D46" s="1">
+        <v>1</v>
       </c>
       <c r="E46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0193</t>
+          <t xml:space="preserve">MAP0029</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>8.33</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.31</v>
+      </c>
+      <c r="D47" s="1">
+        <v>1</v>
       </c>
       <c r="E47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0187</t>
+          <t xml:space="preserve">MAP0023</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>8.81</v>
-[...4 lines deleted...]
-        </is>
+        <v>6.14</v>
+      </c>
+      <c r="D48" s="1">
+        <v>2</v>
       </c>
       <c r="E48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0223</t>
+          <t xml:space="preserve">MAP0164</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>7</v>
-[...4 lines deleted...]
-        </is>
+        <v>86.72</v>
+      </c>
+      <c r="D49" s="1">
+        <v>1</v>
       </c>
       <c r="E49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0428</t>
+          <t xml:space="preserve">MAP0026</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>5.35</v>
-[...4 lines deleted...]
-        </is>
+        <v>5.4</v>
+      </c>
+      <c r="D50" s="1">
+        <v>2</v>
       </c>
       <c r="E50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0116</t>
+          <t xml:space="preserve">MAP0217</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>102.5</v>
+        <v>7.77</v>
       </c>
       <c r="D51" s="1">
         <v>1</v>
       </c>
       <c r="E51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0002</t>
+          <t xml:space="preserve">MAP0199</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>5.42</v>
+        <v>7.12</v>
       </c>
       <c r="D52" s="1">
         <v>1</v>
       </c>
       <c r="E52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0164</t>
+          <t xml:space="preserve">MAP0155</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>86.72</v>
+        <v>91.93</v>
       </c>
       <c r="D53" s="1">
         <v>1</v>
       </c>
       <c r="E53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0217</t>
+          <t xml:space="preserve">MAP0021</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>7.77</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4.12</v>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
       </c>
       <c r="E54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0199</t>
+          <t xml:space="preserve">MAP0022</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>7.12</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>14</v>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
       </c>
       <c r="E55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0115</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>28.54</v>
+      </c>
+      <c r="D56" s="1">
+        <v>5</v>
+      </c>
+      <c r="E56" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0116</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>102.5</v>
+      </c>
+      <c r="D57" s="1">
+        <v>3</v>
+      </c>
+      <c r="E57" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0044</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>17.52</v>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
+      </c>
+      <c r="E58" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0117</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>314</v>
+      </c>
+      <c r="D59" s="1">
+        <v>1</v>
+      </c>
+      <c r="E59" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0165</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>264</v>
+      </c>
+      <c r="D60" s="1">
+        <v>1</v>
+      </c>
+      <c r="E60" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0253</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>7.89</v>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
+      </c>
+      <c r="E61" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0247</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>7.71</v>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
+      </c>
+      <c r="E62" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0156</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>267</v>
+      </c>
+      <c r="D63" s="1">
+        <v>1</v>
+      </c>
+      <c r="E63" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0030</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>5.32</v>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
+      </c>
+      <c r="E64" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0135</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>24.9</v>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">5+</t>
+        </is>
+      </c>
+      <c r="E65" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>