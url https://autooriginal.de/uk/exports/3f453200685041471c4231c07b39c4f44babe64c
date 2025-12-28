--- v0 (2025-10-26)
+++ v1 (2025-12-28)
@@ -83,68 +83,68 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" />
     
     
     <Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
     
 </Relationships> 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
-    <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="70.714286" style="1"/>
+    <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="66.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="8.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">26.10.25 13:21</t>
+          <t xml:space="preserve">28.12.25 08:38</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">UAH</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -159,3977 +159,4004 @@
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Наявність</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Мін. к-ть</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Постачання, дн.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053001DPF</t>
+          <t xml:space="preserve">053005DPF</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 5L</t>
         </is>
       </c>
       <c r="D3" s="1">
-        <v>418</v>
+        <v>1825</v>
       </c>
       <c r="E3" s="1">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053005DPF</t>
+          <t xml:space="preserve">08880-83388</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D4" s="1">
-        <v>1827</v>
-[...4 lines deleted...]
-        </is>
+        <v>363</v>
+      </c>
+      <c r="E4" s="1">
+        <v>96</v>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
         </is>
       </c>
       <c r="D5" s="1">
-        <v>359</v>
-[...4 lines deleted...]
-        </is>
+        <v>4142</v>
+      </c>
+      <c r="E5" s="1">
+        <v>19</v>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
         </is>
       </c>
       <c r="D6" s="1">
-        <v>4141</v>
-[...7 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F6" s="1">
+        <v>6</v>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
         </is>
       </c>
       <c r="D7" s="1">
-        <v>276</v>
+        <v>1071</v>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F7" s="1">
-        <v>12</v>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15568E</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
         </is>
       </c>
       <c r="D8" s="1">
-        <v>1058</v>
-[...4 lines deleted...]
-        </is>
+        <v>10847</v>
+      </c>
+      <c r="E8" s="1">
+        <v>7</v>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B9" s="1">
+        <v>5120</v>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
+          <t xml:space="preserve">Присадка супер-дизель LIQUI MOLY SUPER DIESEL ADDITIV 0,25L</t>
         </is>
       </c>
       <c r="D9" s="1">
-        <v>10716</v>
+        <v>328</v>
       </c>
       <c r="E9" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B10" s="1">
-        <v>2195</v>
+        <v>104068</v>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 4L</t>
         </is>
       </c>
       <c r="D10" s="1">
-        <v>1559</v>
+        <v>1381</v>
       </c>
       <c r="E10" s="1">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>5120</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090033</t>
+        </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка супер-дизель LIQUI MOLY SUPER DIESEL ADDITIV 0,25L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
         </is>
       </c>
       <c r="D11" s="1">
-        <v>324</v>
+        <v>346</v>
       </c>
       <c r="E11" s="1">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B12" s="1">
-        <v>104066</v>
+        <v>989950211</v>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 1L</t>
+          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 1L</t>
         </is>
       </c>
       <c r="D12" s="1">
-        <v>366</v>
+        <v>439</v>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B13" s="1">
-        <v>104068</v>
+        <v>194906</v>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D13" s="1">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>296</v>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B14" s="1">
+        <v>194908</v>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D14" s="1">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1329</v>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B15" s="1">
-        <v>989950211</v>
+        <v>213914</v>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
         </is>
       </c>
       <c r="D15" s="1">
-        <v>434</v>
+        <v>1036</v>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B16" s="1">
-        <v>194908</v>
+        <v>194877</v>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 5L</t>
         </is>
       </c>
       <c r="D16" s="1">
-        <v>1326</v>
+        <v>1320</v>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B17" s="1">
-        <v>213914</v>
+        <v>194873</v>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
         </is>
       </c>
       <c r="D17" s="1">
-        <v>1036</v>
+        <v>908</v>
       </c>
       <c r="E17" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194877</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D63E</t>
+        </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 5L</t>
         </is>
       </c>
       <c r="D18" s="1">
-        <v>1304</v>
-[...4 lines deleted...]
-        </is>
+        <v>1795</v>
+      </c>
+      <c r="E18" s="1">
+        <v>50</v>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B19" s="1">
-        <v>150565</v>
+        <v>201553</v>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
         </is>
       </c>
       <c r="D19" s="1">
-        <v>1255</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>1035</v>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B20" s="1">
-        <v>150943</v>
+        <v>181711</v>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D20" s="1">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>316</v>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B21" s="1">
-        <v>194873</v>
+        <v>156812</v>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
         </is>
       </c>
       <c r="D21" s="1">
-        <v>897</v>
+        <v>1102</v>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B22" s="1">
+        <v>156715</v>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
         </is>
       </c>
       <c r="D22" s="1">
-        <v>1773</v>
+        <v>12080</v>
       </c>
       <c r="E22" s="1">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>201553</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
         </is>
       </c>
       <c r="D23" s="1">
-        <v>1065</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1329</v>
+      </c>
+      <c r="E23" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B24" s="1">
-        <v>181711</v>
+        <v>106376</v>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 1L</t>
         </is>
       </c>
       <c r="D24" s="1">
-        <v>317</v>
+        <v>434</v>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156812</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08232P99K1LHE</t>
+        </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Honda 0W-20 Type 2.0 1L</t>
         </is>
       </c>
       <c r="D25" s="1">
-        <v>1087</v>
+        <v>612</v>
       </c>
       <c r="E25" s="1">
-        <v>70</v>
+        <v>4</v>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B26" s="1">
-        <v>156715</v>
+        <v>102784</v>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
         </is>
       </c>
       <c r="D26" s="1">
-        <v>11934</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>321</v>
+      </c>
+      <c r="E26" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B27" s="1">
+        <v>989690511</v>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
         </is>
       </c>
       <c r="D27" s="1">
-        <v>1340</v>
+        <v>543</v>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212365935</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15534F</t>
+        </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-12 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 5L (Ford)</t>
         </is>
       </c>
       <c r="D28" s="1">
-        <v>561</v>
-[...4 lines deleted...]
-        </is>
+        <v>1677</v>
+      </c>
+      <c r="E28" s="1">
+        <v>12</v>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>106376</v>
+        <v>601004384</v>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 5L</t>
         </is>
       </c>
       <c r="D29" s="1">
-        <v>429</v>
+        <v>962</v>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B30" s="1">
-        <v>201555</v>
+        <v>989950213</v>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 5L</t>
         </is>
       </c>
       <c r="D30" s="1">
-        <v>238</v>
+        <v>2145</v>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B31" s="1">
+        <v>206484</v>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda 0W-20 Type 2.0 1L</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D31" s="1">
-        <v>604</v>
+        <v>400</v>
       </c>
       <c r="E31" s="1">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B32" s="1">
-        <v>102784</v>
+        <v>183106</v>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
         </is>
       </c>
       <c r="D32" s="1">
-        <v>317</v>
+        <v>1701</v>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B33" s="1">
-        <v>989690511</v>
+        <v>198712</v>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
         </is>
       </c>
       <c r="D33" s="1">
-        <v>537</v>
-[...4 lines deleted...]
-        </is>
+        <v>341</v>
+      </c>
+      <c r="E33" s="1">
+        <v>36</v>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI BILSTEIN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B34" s="1">
-        <v>48785</v>
+        <v>194776</v>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна FEBI BILSTEIN 75W-85 (GL-5) 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 60L</t>
         </is>
       </c>
       <c r="D34" s="1">
-        <v>665</v>
+        <v>13944</v>
       </c>
       <c r="E34" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B35" s="1">
+        <v>181712</v>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 5L (Ford)</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D35" s="1">
-        <v>1657</v>
+        <v>1540</v>
       </c>
       <c r="E35" s="1">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601004346</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15669E</t>
+        </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 5L</t>
         </is>
       </c>
       <c r="D36" s="1">
-        <v>222</v>
-[...4 lines deleted...]
-        </is>
+        <v>2121</v>
+      </c>
+      <c r="E36" s="1">
+        <v>16</v>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B37" s="1">
-        <v>601004384</v>
+        <v>83212465856</v>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 209L</t>
         </is>
       </c>
       <c r="D37" s="1">
-        <v>950</v>
-[...4 lines deleted...]
-        </is>
+        <v>62251</v>
+      </c>
+      <c r="E37" s="1">
+        <v>1</v>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989950213</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M2</t>
+        </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D38" s="1">
-        <v>2119</v>
+        <v>345</v>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...3 lines deleted...]
-        <v>206484</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D39" s="1">
-        <v>395</v>
+        <v>1485</v>
       </c>
       <c r="E39" s="1">
-        <v>53</v>
+        <v>7</v>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183106</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M2</t>
+        </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 1L (505.00/505.01)</t>
         </is>
       </c>
       <c r="D40" s="1">
-        <v>1654</v>
+        <v>415</v>
       </c>
       <c r="E40" s="1">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B41" s="1">
-        <v>198712</v>
+        <v>213758</v>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
         </is>
       </c>
       <c r="D41" s="1">
-        <v>344</v>
+        <v>392</v>
       </c>
       <c r="E41" s="1">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B42" s="1">
-        <v>194776</v>
+        <v>213683</v>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
         </is>
       </c>
       <c r="D42" s="1">
-        <v>13776</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1307</v>
+      </c>
+      <c r="E42" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153672</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15AF7A</t>
+        </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
         </is>
       </c>
       <c r="D43" s="1">
-        <v>415</v>
+        <v>464</v>
       </c>
       <c r="E43" s="1">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181712</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15C4ED</t>
+        </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
         </is>
       </c>
       <c r="D44" s="1">
-        <v>1522</v>
+        <v>395</v>
       </c>
       <c r="E44" s="1">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15669E</t>
+          <t xml:space="preserve">GS60577M4</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 5L</t>
         </is>
       </c>
       <c r="D45" s="1">
-        <v>2095</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>2061</v>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465856</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537BE</t>
+        </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 209L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
         </is>
       </c>
       <c r="D46" s="1">
-        <v>61501</v>
+        <v>484</v>
       </c>
       <c r="E46" s="1">
-        <v>2</v>
+        <v>56</v>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B47" s="1">
+        <v>109102</v>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
         </is>
       </c>
       <c r="D47" s="1">
-        <v>333</v>
-[...4 lines deleted...]
-        </is>
+        <v>457</v>
+      </c>
+      <c r="E47" s="1">
+        <v>31</v>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B48" s="1">
+        <v>154294</v>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 5L</t>
         </is>
       </c>
       <c r="D48" s="1">
-        <v>1452</v>
-[...4 lines deleted...]
-        </is>
+        <v>1923</v>
+      </c>
+      <c r="E48" s="1">
+        <v>1</v>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M2</t>
+          <t xml:space="preserve">15CF54</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 1L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
         </is>
       </c>
       <c r="D49" s="1">
-        <v>410</v>
+        <v>1320</v>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M4</t>
+          <t xml:space="preserve">15DBD0</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
         </is>
       </c>
       <c r="D50" s="1">
-        <v>1752</v>
+        <v>338</v>
       </c>
       <c r="E50" s="1">
-        <v>94</v>
+        <v>54</v>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213758</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCD</t>
+        </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
         </is>
       </c>
       <c r="D51" s="1">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>1307</v>
+      </c>
+      <c r="E51" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213683</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCF</t>
+        </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 5L</t>
         </is>
       </c>
       <c r="D52" s="1">
-        <v>1291</v>
+        <v>1615</v>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214145</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537EC</t>
+        </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
         </is>
       </c>
       <c r="D53" s="1">
-        <v>419</v>
+        <v>59657</v>
       </c>
       <c r="E53" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537EE</t>
+          <t xml:space="preserve">GS55545M9</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 1L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 209L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D54" s="1">
-        <v>390</v>
+        <v>54727</v>
       </c>
       <c r="E54" s="1">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B55" s="1">
+        <v>601425295</v>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
         </is>
       </c>
       <c r="D55" s="1">
-        <v>458</v>
+        <v>257</v>
       </c>
       <c r="E55" s="1">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B56" s="1">
+        <v>214108</v>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
         </is>
       </c>
       <c r="D56" s="1">
-        <v>390</v>
+        <v>977</v>
       </c>
       <c r="E56" s="1">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B57" s="1">
+        <v>214109</v>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
         </is>
       </c>
       <c r="D57" s="1">
-        <v>2037</v>
+        <v>937</v>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B58" s="1">
+        <v>600481162</v>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 1L</t>
         </is>
       </c>
       <c r="D58" s="1">
-        <v>478</v>
+        <v>249</v>
       </c>
       <c r="E58" s="1">
-        <v>90</v>
+        <v>31</v>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109104</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFA6</t>
+        </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
         </is>
       </c>
       <c r="D59" s="1">
-        <v>2095</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1603</v>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B60" s="1">
-        <v>109102</v>
+        <v>109471</v>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D60" s="1">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>1554</v>
+      </c>
+      <c r="E60" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>154294</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1556А9</t>
+        </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTurboral 5W-30 20L</t>
         </is>
       </c>
       <c r="D61" s="1">
-        <v>1900</v>
+        <v>5177</v>
       </c>
       <c r="E61" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CF54</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
         </is>
       </c>
       <c r="D62" s="1">
-        <v>1304</v>
+        <v>1011</v>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F62" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B63" s="1">
+        <v>109470</v>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D63" s="1">
-        <v>334</v>
+        <v>358</v>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B64" s="1">
+        <v>216667</v>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
         </is>
       </c>
       <c r="D64" s="1">
-        <v>1291</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>1024</v>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBCF</t>
+          <t xml:space="preserve">157EC0</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
         </is>
       </c>
       <c r="D65" s="1">
-        <v>1584</v>
-[...4 lines deleted...]
-        </is>
+        <v>58178</v>
+      </c>
+      <c r="E65" s="1">
+        <v>4</v>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537EC</t>
+          <t xml:space="preserve">GS55502M9</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 209L (502.00, 505.00)</t>
         </is>
       </c>
       <c r="D66" s="1">
-        <v>58938</v>
+        <v>47824</v>
       </c>
       <c r="E66" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M4</t>
+          <t xml:space="preserve">153BFF</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
         </is>
       </c>
       <c r="D67" s="1">
-        <v>1698</v>
-[...4 lines deleted...]
-        </is>
+        <v>380</v>
+      </c>
+      <c r="E67" s="1">
+        <v>1</v>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B68" s="1">
-        <v>601452215</v>
+        <v>602007278</v>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN F ECO B 5W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 5L</t>
         </is>
       </c>
       <c r="D68" s="1">
-        <v>1135</v>
+        <v>1134</v>
       </c>
       <c r="E68" s="1">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B69" s="1">
-        <v>601425295</v>
+        <v>146412</v>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mobil ATF 320 1L</t>
         </is>
       </c>
       <c r="D69" s="1">
-        <v>254</v>
-[...4 lines deleted...]
-        </is>
+        <v>289</v>
+      </c>
+      <c r="E69" s="1">
+        <v>6</v>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B70" s="1">
-        <v>601883217</v>
+        <v>151521</v>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D70" s="1">
-        <v>1121</v>
-[...4 lines deleted...]
-        </is>
+        <v>277</v>
+      </c>
+      <c r="E70" s="1">
+        <v>20</v>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B71" s="1">
-        <v>214108</v>
+        <v>151525</v>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D71" s="1">
-        <v>965</v>
-[...4 lines deleted...]
-        </is>
+        <v>1332</v>
+      </c>
+      <c r="E71" s="1">
+        <v>26</v>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B72" s="1">
-        <v>214109</v>
+        <v>104091</v>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
         </is>
       </c>
       <c r="D72" s="1">
-        <v>934</v>
+        <v>461</v>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B73" s="1">
-        <v>600481162</v>
+        <v>109774</v>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 1L</t>
         </is>
       </c>
       <c r="D73" s="1">
-        <v>246</v>
-[...4 lines deleted...]
-        </is>
+        <v>380</v>
+      </c>
+      <c r="E73" s="1">
+        <v>1</v>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B74" s="1">
+        <v>601432507</v>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 5L</t>
         </is>
       </c>
       <c r="D74" s="1">
-        <v>1584</v>
-[...4 lines deleted...]
-        </is>
+        <v>1307</v>
+      </c>
+      <c r="E74" s="1">
+        <v>7</v>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109471</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFCC</t>
+        </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
         </is>
       </c>
       <c r="D75" s="1">
-        <v>1535</v>
-[...4 lines deleted...]
-        </is>
+        <v>1509</v>
+      </c>
+      <c r="E75" s="1">
+        <v>11</v>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1556А9</t>
+          <t xml:space="preserve">15F073</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTurboral 5W-30 20L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
         </is>
       </c>
       <c r="D76" s="1">
-        <v>5115</v>
+        <v>31375</v>
       </c>
       <c r="E76" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601883194</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">151C11</t>
+        </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 208L</t>
         </is>
       </c>
       <c r="D77" s="1">
-        <v>244</v>
+        <v>39689</v>
       </c>
       <c r="E77" s="1">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15DBC7</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 208L</t>
         </is>
       </c>
       <c r="D78" s="1">
-        <v>999</v>
-[...7 lines deleted...]
-        <v>8</v>
+        <v>47824</v>
+      </c>
+      <c r="E78" s="1">
+        <v>7</v>
+      </c>
+      <c r="F78" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601425745</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC9</t>
+        </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 5L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
         </is>
       </c>
       <c r="D79" s="1">
-        <v>1019</v>
-[...4 lines deleted...]
-        </is>
+        <v>14791</v>
+      </c>
+      <c r="E79" s="1">
+        <v>13</v>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109470</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568E</t>
+        </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
         </is>
       </c>
       <c r="D80" s="1">
-        <v>354</v>
-[...4 lines deleted...]
-        </is>
+        <v>10847</v>
+      </c>
+      <c r="E80" s="1">
+        <v>10</v>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B81" s="1">
-        <v>216667</v>
+        <v>601426384</v>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
         </is>
       </c>
       <c r="D81" s="1">
-        <v>1036</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>1233</v>
+      </c>
+      <c r="E81" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214111</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F072</t>
+        </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 20L</t>
         </is>
       </c>
       <c r="D82" s="1">
-        <v>227</v>
-[...4 lines deleted...]
-        </is>
+        <v>3353</v>
+      </c>
+      <c r="E82" s="1">
+        <v>35</v>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B83" s="1">
+        <v>183135</v>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 208L</t>
         </is>
       </c>
       <c r="D83" s="1">
-        <v>57477</v>
+        <v>67232</v>
       </c>
       <c r="E83" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B84" s="1">
+        <v>602007292</v>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 209L (502.00, 505.00)</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 1L</t>
         </is>
       </c>
       <c r="D84" s="1">
-        <v>47248</v>
+        <v>249</v>
       </c>
       <c r="E84" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B196</t>
+          <t xml:space="preserve">15F075</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
         </is>
       </c>
       <c r="D85" s="1">
-        <v>418</v>
+        <v>775</v>
       </c>
       <c r="E85" s="1">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">153BFF</t>
+          <t xml:space="preserve">1502B8</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 1L</t>
         </is>
       </c>
       <c r="D86" s="1">
-        <v>376</v>
+        <v>306</v>
       </c>
       <c r="E86" s="1">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>602007278</v>
+        <v>214110</v>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
         </is>
       </c>
       <c r="D87" s="1">
-        <v>1121</v>
+        <v>217</v>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>5160</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1505B2</t>
+        </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Суперкомплекс для дизельних двигунів LIQUI MOLY SPEED DIESEL ZUSATZ 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
         </is>
       </c>
       <c r="D88" s="1">
-        <v>736</v>
-[...4 lines deleted...]
-        </is>
+        <v>12326</v>
+      </c>
+      <c r="E88" s="1">
+        <v>28</v>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B89" s="1">
-        <v>146412</v>
+        <v>228901</v>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mobil ATF 320 1L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 3100 10W-40 20L</t>
         </is>
       </c>
       <c r="D89" s="1">
-        <v>285</v>
+        <v>3955</v>
       </c>
       <c r="E89" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>142456</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CA9B</t>
+        </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mobil ATF 220 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 208L</t>
         </is>
       </c>
       <c r="D90" s="1">
-        <v>246</v>
+        <v>92132</v>
       </c>
       <c r="E90" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151521</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15B384</t>
+        </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 10W-40 E6/E9 208L</t>
         </is>
       </c>
       <c r="D91" s="1">
-        <v>273</v>
+        <v>36355</v>
       </c>
       <c r="E91" s="1">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151525</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F074</t>
+        </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 60L</t>
         </is>
       </c>
       <c r="D92" s="1">
-        <v>1316</v>
+        <v>9467</v>
       </c>
       <c r="E92" s="1">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B93" s="1">
-        <v>104091</v>
+        <v>215822</v>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA TIR 7400 10W-40 208L</t>
         </is>
       </c>
       <c r="D93" s="1">
-        <v>463</v>
-[...4 lines deleted...]
-        </is>
+        <v>32122</v>
+      </c>
+      <c r="E93" s="1">
+        <v>3</v>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B94" s="1">
-        <v>109774</v>
+        <v>214112</v>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
         </is>
       </c>
       <c r="D94" s="1">
-        <v>376</v>
+        <v>210</v>
       </c>
       <c r="E94" s="1">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432507</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6EB</t>
+        </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 5L</t>
         </is>
       </c>
       <c r="D95" s="1">
-        <v>1291</v>
-[...4 lines deleted...]
-        </is>
+        <v>2219</v>
+      </c>
+      <c r="E95" s="1">
+        <v>8</v>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">MAP0116</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 20L</t>
         </is>
       </c>
       <c r="D96" s="1">
-        <v>1491</v>
+        <v>5105</v>
       </c>
       <c r="E96" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">VOLVO</t>
+        </is>
+      </c>
+      <c r="B97" s="1">
+        <v>156632</v>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Volvo Engine Oil VDS-4.5 10W-30 208L</t>
         </is>
       </c>
       <c r="D97" s="1">
-        <v>30997</v>
+        <v>44074</v>
       </c>
       <c r="E97" s="1">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B98" s="1">
-        <v>214244</v>
+        <v>102208</v>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 9 FE 75W 1L</t>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 1L</t>
         </is>
       </c>
       <c r="D98" s="1">
-        <v>329</v>
+        <v>484</v>
       </c>
       <c r="E98" s="1">
         <v>1</v>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568C</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
         </is>
       </c>
       <c r="D99" s="1">
-        <v>33555</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1083</v>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B100" s="1">
+        <v>194839</v>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
         </is>
       </c>
       <c r="D100" s="1">
-        <v>39211</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>1312</v>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC9</t>
+          <t xml:space="preserve">15BD3B</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Aral MegaTurboral LA 10W-40 20L</t>
         </is>
       </c>
       <c r="D101" s="1">
-        <v>14613</v>
+        <v>3797</v>
       </c>
       <c r="E101" s="1">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B102" s="1">
+        <v>215828</v>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA TIR 7400 10W-40 20L</t>
         </is>
       </c>
       <c r="D102" s="1">
-        <v>10716</v>
+        <v>3287</v>
       </c>
       <c r="E102" s="1">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B103" s="1">
-        <v>601426384</v>
+        <v>194793</v>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 208L</t>
         </is>
       </c>
       <c r="D103" s="1">
-        <v>1218</v>
-[...9 lines deleted...]
-        </is>
+        <v>46444</v>
+      </c>
+      <c r="E103" s="1">
+        <v>1</v>
+      </c>
+      <c r="F103" s="1">
+        <v>1</v>
       </c>
       <c r="G103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B104" s="1">
+        <v>201546</v>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 208L</t>
         </is>
       </c>
       <c r="D104" s="1">
-        <v>3313</v>
+        <v>34861</v>
       </c>
       <c r="E104" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>183135</v>
+        <v>182883</v>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 60L</t>
         </is>
       </c>
       <c r="D105" s="1">
-        <v>66421</v>
+        <v>14941</v>
       </c>
       <c r="E105" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>228206</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BD3D</t>
+        </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 3500 FE 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Aral MegaTurboral LA 10W-40 208L</t>
         </is>
       </c>
       <c r="D106" s="1">
-        <v>47331</v>
+        <v>35252</v>
       </c>
       <c r="E106" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007292</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1555F7</t>
+        </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 4L</t>
         </is>
       </c>
       <c r="D107" s="1">
-        <v>246</v>
+        <v>1184</v>
       </c>
       <c r="E107" s="1">
-        <v>74</v>
+        <v>8</v>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B108" s="1">
+        <v>214120</v>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
         </is>
       </c>
       <c r="D108" s="1">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>819</v>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502B8</t>
+          <t xml:space="preserve">83215B65FA2</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 5L</t>
         </is>
       </c>
       <c r="D109" s="1">
-        <v>307</v>
+        <v>2170</v>
       </c>
       <c r="E109" s="1">
-        <v>96</v>
+        <v>5</v>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B110" s="1">
-        <v>214110</v>
+        <v>213756</v>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Fluide DA 1L</t>
         </is>
       </c>
       <c r="D110" s="1">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>368</v>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B111" s="1">
+        <v>166254</v>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional EC 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 1L</t>
         </is>
       </c>
       <c r="D111" s="1">
-        <v>488</v>
+        <v>309</v>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B112" s="1">
-        <v>231089</v>
+        <v>213685</v>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo RCP 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 4L</t>
         </is>
       </c>
       <c r="D112" s="1">
-        <v>1895</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1065</v>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B113" s="1">
+        <v>213836</v>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 4L</t>
         </is>
       </c>
       <c r="D113" s="1">
-        <v>12178</v>
+        <v>1134</v>
       </c>
       <c r="E113" s="1">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B114" s="1">
+        <v>213905</v>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
         </is>
       </c>
       <c r="D114" s="1">
-        <v>91021</v>
+        <v>309</v>
       </c>
       <c r="E114" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B115" s="1">
+        <v>214027</v>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 10W-40 E6/E9 208L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC CVT MV 1L</t>
         </is>
       </c>
       <c r="D115" s="1">
-        <v>35917</v>
+        <v>342</v>
       </c>
       <c r="E115" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B116" s="1">
+        <v>214145</v>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 60L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
         </is>
       </c>
       <c r="D116" s="1">
-        <v>9353</v>
+        <v>420</v>
       </c>
       <c r="E116" s="1">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>231084</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo RCP 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
         </is>
       </c>
       <c r="D117" s="1">
-        <v>73801</v>
+        <v>1051</v>
       </c>
       <c r="E117" s="1">
-        <v>3</v>
+        <v>91</v>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B118" s="1">
-        <v>215822</v>
+        <v>194872</v>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total RUBIA TIR 7400 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 5L</t>
         </is>
       </c>
       <c r="D118" s="1">
-        <v>31489</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1119</v>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B119" s="1">
-        <v>214112</v>
+        <v>214082</v>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
         </is>
       </c>
       <c r="D119" s="1">
-        <v>208</v>
-[...4 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="E119" s="1">
+        <v>2</v>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B120" s="1">
+        <v>213777</v>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 1L</t>
         </is>
       </c>
       <c r="D120" s="1">
-        <v>2192</v>
+        <v>306</v>
       </c>
       <c r="E120" s="1">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>2506</v>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CF53</t>
+        </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувач системи охолодження LIQUI MOLY KUHLERREINIGER 0,3L</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 1L</t>
         </is>
       </c>
       <c r="D121" s="1">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>284</v>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B122" s="1">
-        <v>5110</v>
+        <v>194875</v>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Очищувач інжектора LIQUI MOLY INJECTION REINIGER 0,3L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 1L</t>
         </is>
       </c>
       <c r="D122" s="1">
-        <v>239</v>
+        <v>252</v>
       </c>
       <c r="E122" s="1">
-        <v>2</v>
+        <v>62</v>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B123" s="1">
-        <v>210039</v>
+        <v>194811</v>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo HTC 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 208L</t>
         </is>
       </c>
       <c r="D123" s="1">
-        <v>56335</v>
+        <v>48810</v>
       </c>
       <c r="E123" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAPETROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B124" s="1">
+        <v>156713</v>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 20L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 208L</t>
         </is>
       </c>
       <c r="D124" s="1">
-        <v>5044</v>
+        <v>39739</v>
       </c>
       <c r="E124" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAPETROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0155</t>
+          <t xml:space="preserve">1552A2</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C3 5W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic F 5W-30 4L</t>
         </is>
       </c>
       <c r="D125" s="1">
-        <v>4524</v>
+        <v>1245</v>
       </c>
       <c r="E125" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B126" s="1">
-        <v>231130</v>
+        <v>213920</v>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo RCP 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 5L</t>
         </is>
       </c>
       <c r="D126" s="1">
-        <v>407</v>
+        <v>1430</v>
       </c>
       <c r="E126" s="1">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOLVO</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B127" s="1">
-        <v>156632</v>
+        <v>110801</v>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Volvo Engine Oil VDS-4.5 10W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA TIR 8600 10W-40 20L</t>
         </is>
       </c>
       <c r="D127" s="1">
-        <v>43543</v>
+        <v>4134</v>
       </c>
       <c r="E127" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601883194</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">151CED</t>
+        </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 1L</t>
         </is>
       </c>
       <c r="D128" s="1">
-        <v>244</v>
-[...4 lines deleted...]
-        </is>
+        <v>336</v>
+      </c>
+      <c r="E128" s="1">
+        <v>21</v>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102208</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1552A0</t>
+        </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic F 5W-30 1L</t>
         </is>
       </c>
       <c r="D129" s="1">
-        <v>478</v>
+        <v>336</v>
       </c>
       <c r="E129" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B130" s="1">
-        <v>93165213</v>
+        <v>213698</v>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 5L</t>
         </is>
       </c>
       <c r="D130" s="1">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1406</v>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165216</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
         </is>
       </c>
       <c r="D131" s="1">
-        <v>814</v>
+        <v>3626</v>
       </c>
       <c r="E131" s="1">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B132" s="1">
+        <v>198712</v>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
+        </is>
+      </c>
+      <c r="D132" s="1">
+        <v>341</v>
+      </c>
+      <c r="E132" s="1">
+        <v>12</v>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G132" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>