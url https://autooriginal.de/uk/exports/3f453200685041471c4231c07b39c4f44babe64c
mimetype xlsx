--- v1 (2025-12-28)
+++ v2 (2026-03-16)
@@ -83,68 +83,68 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" />
     
     
     <Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
     
 </Relationships> 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
-    <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="66.714286" style="1"/>
+    <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="64.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="8.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">28.12.25 08:38</t>
+          <t xml:space="preserve">16.03.26 14:39</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">UAH</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -154,4009 +154,3699 @@
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Ціна</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Наявність</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Мін. к-ть</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Постачання, дн.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053005DPF</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
         </is>
       </c>
       <c r="D3" s="1">
-        <v>1825</v>
+        <v>4258</v>
       </c>
       <c r="E3" s="1">
-        <v>77</v>
+        <v>1</v>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
         </is>
       </c>
       <c r="D4" s="1">
-        <v>363</v>
+        <v>284</v>
       </c>
       <c r="E4" s="1">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">151CED</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 1L</t>
         </is>
       </c>
       <c r="D5" s="1">
-        <v>4142</v>
+        <v>343</v>
       </c>
       <c r="E5" s="1">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
         </is>
       </c>
       <c r="D6" s="1">
-        <v>279</v>
-[...7 lines deleted...]
-        <v>6</v>
+        <v>1096</v>
+      </c>
+      <c r="E6" s="1">
+        <v>23</v>
+      </c>
+      <c r="F6" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15529F</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic F 5W-30 60L</t>
         </is>
       </c>
       <c r="D7" s="1">
-        <v>1071</v>
-[...4 lines deleted...]
-        </is>
+        <v>14541</v>
+      </c>
+      <c r="E7" s="1">
+        <v>2</v>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">1552A0</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic F 5W-30 1L</t>
         </is>
       </c>
       <c r="D8" s="1">
-        <v>10847</v>
+        <v>345</v>
       </c>
       <c r="E8" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>5120</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1552A2</t>
+        </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка супер-дизель LIQUI MOLY SUPER DIESEL ADDITIV 0,25L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic F 5W-30 4L</t>
         </is>
       </c>
       <c r="D9" s="1">
-        <v>328</v>
+        <v>1280</v>
       </c>
       <c r="E9" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>104068</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568E</t>
+        </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 4L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
         </is>
       </c>
       <c r="D10" s="1">
-        <v>1381</v>
+        <v>11152</v>
       </c>
       <c r="E10" s="1">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090033</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
         </is>
       </c>
       <c r="D11" s="1">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>1091</v>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989950211</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090033</t>
+        </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
         </is>
       </c>
       <c r="D12" s="1">
-        <v>439</v>
-[...4 lines deleted...]
-        </is>
+        <v>355</v>
+      </c>
+      <c r="E12" s="1">
+        <v>25</v>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B13" s="1">
         <v>194906</v>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D13" s="1">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B14" s="1">
         <v>194908</v>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D14" s="1">
-        <v>1329</v>
+        <v>1316</v>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B15" s="1">
-        <v>213914</v>
+        <v>194849</v>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 1L</t>
         </is>
       </c>
       <c r="D15" s="1">
-        <v>1036</v>
+        <v>294</v>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B16" s="1">
-        <v>194877</v>
+        <v>213914</v>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
         </is>
       </c>
       <c r="D16" s="1">
-        <v>1320</v>
-[...4 lines deleted...]
-        </is>
+        <v>1065</v>
+      </c>
+      <c r="E16" s="1">
+        <v>53</v>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B17" s="1">
-        <v>194873</v>
+        <v>150564</v>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 1L</t>
         </is>
       </c>
       <c r="D17" s="1">
-        <v>908</v>
+        <v>287</v>
       </c>
       <c r="E17" s="1">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B18" s="1">
+        <v>150565</v>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 5L</t>
         </is>
       </c>
       <c r="D18" s="1">
-        <v>1795</v>
+        <v>1268</v>
       </c>
       <c r="E18" s="1">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B19" s="1">
-        <v>201553</v>
+        <v>150943</v>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 1L</t>
         </is>
       </c>
       <c r="D19" s="1">
-        <v>1035</v>
-[...4 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="E19" s="1">
+        <v>26</v>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B20" s="1">
-        <v>181711</v>
+        <v>150944</v>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 5L</t>
         </is>
       </c>
       <c r="D20" s="1">
-        <v>316</v>
-[...4 lines deleted...]
-        </is>
+        <v>1389</v>
+      </c>
+      <c r="E20" s="1">
+        <v>16</v>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B21" s="1">
-        <v>156812</v>
+        <v>194875</v>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 1L</t>
         </is>
       </c>
       <c r="D21" s="1">
-        <v>1102</v>
+        <v>262</v>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B22" s="1">
-        <v>156715</v>
+        <v>194873</v>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
         </is>
       </c>
       <c r="D22" s="1">
-        <v>12080</v>
+        <v>913</v>
       </c>
       <c r="E22" s="1">
-        <v>1</v>
+        <v>58</v>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B23" s="1">
+        <v>194872</v>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 5L</t>
         </is>
       </c>
       <c r="D23" s="1">
-        <v>1329</v>
+        <v>1127</v>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B24" s="1">
-        <v>106376</v>
+        <v>194839</v>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
         </is>
       </c>
       <c r="D24" s="1">
-        <v>434</v>
+        <v>1344</v>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B25" s="1">
+        <v>201553</v>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda 0W-20 Type 2.0 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
         </is>
       </c>
       <c r="D25" s="1">
-        <v>612</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1064</v>
+      </c>
+      <c r="E25" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B26" s="1">
-        <v>102784</v>
+        <v>181711</v>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D26" s="1">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B27" s="1">
-        <v>989690511</v>
+        <v>166245</v>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 1L</t>
         </is>
       </c>
       <c r="D27" s="1">
-        <v>543</v>
+        <v>254</v>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B28" s="1">
+        <v>156812</v>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 5L (Ford)</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
         </is>
       </c>
       <c r="D28" s="1">
-        <v>1677</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>1133</v>
+      </c>
+      <c r="E28" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>601004384</v>
+        <v>156715</v>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
         </is>
       </c>
       <c r="D29" s="1">
-        <v>962</v>
-[...4 lines deleted...]
-        </is>
+        <v>12419</v>
+      </c>
+      <c r="E29" s="1">
+        <v>1</v>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B30" s="1">
-        <v>989950213</v>
+        <v>156713</v>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 208L</t>
         </is>
       </c>
       <c r="D30" s="1">
-        <v>2145</v>
-[...4 lines deleted...]
-        </is>
+        <v>39937</v>
+      </c>
+      <c r="E30" s="1">
+        <v>1</v>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...3 lines deleted...]
-        <v>206484</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
         </is>
       </c>
       <c r="D31" s="1">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1318</v>
+      </c>
+      <c r="E31" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183106</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
         </is>
       </c>
       <c r="D32" s="1">
-        <v>1701</v>
-[...4 lines deleted...]
-        </is>
+        <v>3728</v>
+      </c>
+      <c r="E32" s="1">
+        <v>2</v>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B33" s="1">
-        <v>198712</v>
+        <v>989690511</v>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
         </is>
       </c>
       <c r="D33" s="1">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>538</v>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B34" s="1">
-        <v>194776</v>
+        <v>601004346</v>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 1L</t>
         </is>
       </c>
       <c r="D34" s="1">
-        <v>13944</v>
+        <v>231</v>
       </c>
       <c r="E34" s="1">
-        <v>2</v>
+        <v>77</v>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B35" s="1">
-        <v>181712</v>
+        <v>601004384</v>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 5L</t>
         </is>
       </c>
       <c r="D35" s="1">
-        <v>1540</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>974</v>
+      </c>
+      <c r="E35" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B36" s="1">
+        <v>989950213</v>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна MB 229.52 5W-30 5L</t>
         </is>
       </c>
       <c r="D36" s="1">
-        <v>2121</v>
+        <v>2145</v>
       </c>
       <c r="E36" s="1">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B37" s="1">
-        <v>83212465856</v>
+        <v>206484</v>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 209L</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D37" s="1">
-        <v>62251</v>
+        <v>411</v>
       </c>
       <c r="E37" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B38" s="1">
+        <v>183106</v>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
         </is>
       </c>
       <c r="D38" s="1">
-        <v>345</v>
+        <v>1749</v>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B39" s="1">
+        <v>198712</v>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
         </is>
       </c>
       <c r="D39" s="1">
-        <v>1485</v>
+        <v>350</v>
       </c>
       <c r="E39" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B40" s="1">
+        <v>194810</v>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 1L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 60L</t>
         </is>
       </c>
       <c r="D40" s="1">
-        <v>415</v>
+        <v>14903</v>
       </c>
       <c r="E40" s="1">
-        <v>99</v>
+        <v>9</v>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B41" s="1">
-        <v>213758</v>
+        <v>194776</v>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 60L</t>
         </is>
       </c>
       <c r="D41" s="1">
-        <v>392</v>
+        <v>13940</v>
       </c>
       <c r="E41" s="1">
-        <v>80</v>
+        <v>3</v>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B42" s="1">
-        <v>213683</v>
+        <v>181712</v>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D42" s="1">
-        <v>1307</v>
+        <v>1465</v>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15AF7A</t>
+          <t xml:space="preserve">15BD3B</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
+          <t xml:space="preserve">Олива моторна Aral MegaTurboral LA 10W-40 20L</t>
         </is>
       </c>
       <c r="D43" s="1">
-        <v>464</v>
+        <v>3904</v>
       </c>
       <c r="E43" s="1">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15C4ED</t>
+          <t xml:space="preserve">GS55502M2</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D44" s="1">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>350</v>
+      </c>
+      <c r="E44" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS60577M4</t>
+          <t xml:space="preserve">GS55502M4</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D45" s="1">
-        <v>2061</v>
+        <v>1445</v>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537BE</t>
+          <t xml:space="preserve">GS55545M2</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 1L (504.00/507.00)</t>
         </is>
       </c>
       <c r="D46" s="1">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>406</v>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B47" s="1">
-        <v>109102</v>
+        <v>213758</v>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
         </is>
       </c>
       <c r="D47" s="1">
-        <v>457</v>
+        <v>403</v>
       </c>
       <c r="E47" s="1">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B48" s="1">
-        <v>154294</v>
+        <v>213683</v>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
         </is>
       </c>
       <c r="D48" s="1">
-        <v>1923</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1344</v>
+      </c>
+      <c r="E48" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B49" s="1">
+        <v>213698</v>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 5L</t>
         </is>
       </c>
       <c r="D49" s="1">
-        <v>1320</v>
+        <v>1438</v>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B50" s="1">
+        <v>214027</v>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC CVT MV 1L</t>
         </is>
       </c>
       <c r="D50" s="1">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="E50" s="1">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBCD</t>
+          <t xml:space="preserve">15F8CF</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
         </is>
       </c>
       <c r="D51" s="1">
-        <v>1307</v>
-[...4 lines deleted...]
-        </is>
+        <v>406</v>
+      </c>
+      <c r="E51" s="1">
+        <v>46</v>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBCF</t>
+          <t xml:space="preserve">15F721</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
         </is>
       </c>
       <c r="D52" s="1">
-        <v>1615</v>
-[...4 lines deleted...]
-        </is>
+        <v>497</v>
+      </c>
+      <c r="E52" s="1">
+        <v>18</v>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B53" s="1">
+        <v>109102</v>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
         </is>
       </c>
       <c r="D53" s="1">
-        <v>59657</v>
+        <v>439</v>
       </c>
       <c r="E53" s="1">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B54" s="1">
+        <v>213888</v>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 209L(504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 1L</t>
         </is>
       </c>
       <c r="D54" s="1">
-        <v>54727</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>294</v>
+      </c>
+      <c r="E54" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601425295</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCD</t>
+        </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
         </is>
       </c>
       <c r="D55" s="1">
-        <v>257</v>
+        <v>1306</v>
       </c>
       <c r="E55" s="1">
-        <v>33</v>
+        <v>93</v>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214108</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M9</t>
+        </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 209L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D56" s="1">
-        <v>977</v>
+        <v>53477</v>
       </c>
       <c r="E56" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214109</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D57" s="1">
-        <v>937</v>
+        <v>1673</v>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B58" s="1">
-        <v>600481162</v>
+        <v>601426766</v>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan SINTOPOID 75W-90 1L</t>
         </is>
       </c>
       <c r="D58" s="1">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>329</v>
+      </c>
+      <c r="E58" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B59" s="1">
+        <v>601425295</v>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
         </is>
       </c>
       <c r="D59" s="1">
-        <v>1603</v>
+        <v>282</v>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B60" s="1">
-        <v>109471</v>
+        <v>223519</v>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 1L</t>
         </is>
       </c>
       <c r="D60" s="1">
-        <v>1554</v>
+        <v>355</v>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1556А9</t>
+          <t xml:space="preserve">15CF53</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTurboral 5W-30 20L</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 1L</t>
         </is>
       </c>
       <c r="D61" s="1">
-        <v>5177</v>
+        <v>287</v>
       </c>
       <c r="E61" s="1">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B62" s="1">
+        <v>214108</v>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
         </is>
       </c>
       <c r="D62" s="1">
-        <v>1011</v>
+        <v>999</v>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F62" s="1">
-        <v>8</v>
+      <c r="F62" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B63" s="1">
-        <v>109470</v>
+        <v>214109</v>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
         </is>
       </c>
       <c r="D63" s="1">
-        <v>358</v>
-[...4 lines deleted...]
-        </is>
+        <v>964</v>
+      </c>
+      <c r="E63" s="1">
+        <v>19</v>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B64" s="1">
-        <v>216667</v>
+        <v>600481162</v>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 1L</t>
         </is>
       </c>
       <c r="D64" s="1">
-        <v>1024</v>
+        <v>254</v>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
-      <c r="B65" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B65" s="1">
+        <v>7711943687</v>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
         </is>
       </c>
       <c r="D65" s="1">
-        <v>58178</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1597</v>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B66" s="1">
+        <v>109471</v>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 209L (502.00, 505.00)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D66" s="1">
-        <v>47824</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1597</v>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">153BFF</t>
+          <t xml:space="preserve">1556А9</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTurboral 5W-30 20L</t>
         </is>
       </c>
       <c r="D67" s="1">
-        <v>380</v>
+        <v>5120</v>
       </c>
       <c r="E67" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B68" s="1">
-        <v>602007278</v>
+        <v>600930660</v>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-30 1L</t>
         </is>
       </c>
       <c r="D68" s="1">
-        <v>1134</v>
+        <v>272</v>
       </c>
       <c r="E68" s="1">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>146412</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M6</t>
+        </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mobil ATF 320 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 55L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D69" s="1">
-        <v>289</v>
+        <v>16474</v>
       </c>
       <c r="E69" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B70" s="1">
-        <v>151521</v>
+        <v>216667</v>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
         </is>
       </c>
       <c r="D70" s="1">
-        <v>277</v>
+        <v>1052</v>
       </c>
       <c r="E70" s="1">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B71" s="1">
-        <v>151525</v>
+        <v>213685</v>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 4L</t>
         </is>
       </c>
       <c r="D71" s="1">
-        <v>1332</v>
+        <v>1095</v>
       </c>
       <c r="E71" s="1">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B72" s="1">
-        <v>104091</v>
+        <v>214111</v>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 1L</t>
         </is>
       </c>
       <c r="D72" s="1">
-        <v>461</v>
+        <v>234</v>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109774</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">082009008DW1</t>
+        </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Honda Genuine ATF DW-1 0,946L</t>
         </is>
       </c>
       <c r="D73" s="1">
-        <v>380</v>
+        <v>466</v>
       </c>
       <c r="E73" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432507</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">157EC0</t>
+        </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
         </is>
       </c>
       <c r="D74" s="1">
-        <v>1307</v>
+        <v>58881</v>
       </c>
       <c r="E74" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">GS55502M9</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 209L (502.00, 505.00)</t>
         </is>
       </c>
       <c r="D75" s="1">
-        <v>1509</v>
+        <v>47394</v>
       </c>
       <c r="E75" s="1">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F073</t>
+          <t xml:space="preserve">15F60E</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
         </is>
       </c>
       <c r="D76" s="1">
-        <v>31375</v>
+        <v>391</v>
       </c>
       <c r="E76" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">151C11</t>
+          <t xml:space="preserve">15BD3D</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Aral MegaTurboral LA 10W-40 208L</t>
         </is>
       </c>
       <c r="D77" s="1">
-        <v>39689</v>
+        <v>36243</v>
       </c>
       <c r="E77" s="1">
         <v>2</v>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B78" s="1">
+        <v>151521</v>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D78" s="1">
-        <v>47824</v>
+        <v>284</v>
       </c>
       <c r="E78" s="1">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B79" s="1">
+        <v>151525</v>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D79" s="1">
-        <v>14791</v>
+        <v>1369</v>
       </c>
       <c r="E79" s="1">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B80" s="1">
+        <v>104091</v>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
         </is>
       </c>
       <c r="D80" s="1">
-        <v>10847</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>469</v>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B81" s="1">
-        <v>601426384</v>
+        <v>601432491</v>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 1L</t>
         </is>
       </c>
       <c r="D81" s="1">
-        <v>1233</v>
-[...4 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="E81" s="1">
+        <v>1</v>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B82" s="1">
+        <v>7711943691</v>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
         </is>
       </c>
       <c r="D82" s="1">
-        <v>3353</v>
+        <v>1506</v>
       </c>
       <c r="E82" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183135</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F073</t>
+        </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
         </is>
       </c>
       <c r="D83" s="1">
-        <v>67232</v>
+        <v>31489</v>
       </c>
       <c r="E83" s="1">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007292</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
         </is>
       </c>
       <c r="D84" s="1">
-        <v>249</v>
+        <v>1050</v>
       </c>
       <c r="E84" s="1">
-        <v>9</v>
+        <v>61</v>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B85" s="1">
+        <v>213756</v>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Fluide DA 1L</t>
         </is>
       </c>
       <c r="D85" s="1">
-        <v>775</v>
+        <v>378</v>
       </c>
       <c r="E85" s="1">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502B8</t>
+          <t xml:space="preserve">15568C</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 1L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
         </is>
       </c>
       <c r="D86" s="1">
-        <v>306</v>
+        <v>34215</v>
       </c>
       <c r="E86" s="1">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214110</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC7</t>
+        </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 208L</t>
         </is>
       </c>
       <c r="D87" s="1">
-        <v>217</v>
-[...4 lines deleted...]
-        </is>
+        <v>52737</v>
+      </c>
+      <c r="E87" s="1">
+        <v>5</v>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B2</t>
+          <t xml:space="preserve">15DBC9</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
         </is>
       </c>
       <c r="D88" s="1">
-        <v>12326</v>
+        <v>15207</v>
       </c>
       <c r="E88" s="1">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>228901</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568E</t>
+        </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 3100 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
         </is>
       </c>
       <c r="D89" s="1">
-        <v>3955</v>
+        <v>11152</v>
       </c>
       <c r="E89" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B90" s="1">
+        <v>194908</v>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D90" s="1">
-        <v>92132</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1316</v>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B91" s="1">
+        <v>601426384</v>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 10W-40 E6/E9 208L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
         </is>
       </c>
       <c r="D91" s="1">
-        <v>36355</v>
+        <v>1247</v>
       </c>
       <c r="E91" s="1">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B92" s="1">
+        <v>183135</v>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 208L</t>
         </is>
       </c>
       <c r="D92" s="1">
-        <v>9467</v>
+        <v>69121</v>
       </c>
       <c r="E92" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B93" s="1">
-        <v>215822</v>
+        <v>214110</v>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total RUBIA TIR 7400 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
         </is>
       </c>
       <c r="D93" s="1">
-        <v>32122</v>
+        <v>224</v>
       </c>
       <c r="E93" s="1">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B94" s="1">
-        <v>214112</v>
+        <v>228901</v>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 3100 10W-40 20L</t>
         </is>
       </c>
       <c r="D94" s="1">
-        <v>210</v>
+        <v>4066</v>
       </c>
       <c r="E94" s="1">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F6EB</t>
+          <t xml:space="preserve">15B34A</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 10W-40 E6/E9 208L</t>
         </is>
       </c>
       <c r="D95" s="1">
-        <v>2219</v>
+        <v>36865</v>
       </c>
       <c r="E95" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAPETROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0116</t>
+          <t xml:space="preserve">15F074</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 20L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 60L</t>
         </is>
       </c>
       <c r="D96" s="1">
-        <v>5105</v>
+        <v>9729</v>
       </c>
       <c r="E96" s="1">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOLVO</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B97" s="1">
-        <v>156632</v>
+        <v>214120</v>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Volvo Engine Oil VDS-4.5 10W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
         </is>
       </c>
       <c r="D97" s="1">
-        <v>44074</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>832</v>
+      </c>
+      <c r="E97" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B98" s="1">
-        <v>102208</v>
+        <v>213905</v>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
         </is>
       </c>
       <c r="D98" s="1">
-        <v>484</v>
+        <v>317</v>
       </c>
       <c r="E98" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B99" s="1">
+        <v>213920</v>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 5L</t>
         </is>
       </c>
       <c r="D99" s="1">
-        <v>1083</v>
-[...4 lines deleted...]
-        </is>
+        <v>1470</v>
+      </c>
+      <c r="E99" s="1">
+        <v>2</v>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B100" s="1">
-        <v>194839</v>
+        <v>214112</v>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
         </is>
       </c>
       <c r="D100" s="1">
-        <v>1312</v>
+        <v>215</v>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15BD3B</t>
+          <t xml:space="preserve">15F6EB</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral MegaTurboral LA 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 5L</t>
         </is>
       </c>
       <c r="D101" s="1">
-        <v>3797</v>
+        <v>2281</v>
       </c>
       <c r="E101" s="1">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B102" s="1">
-        <v>215828</v>
+        <v>110801</v>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total RUBIA TIR 7400 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA TIR 8600 10W-40 20L</t>
         </is>
       </c>
       <c r="D102" s="1">
-        <v>3287</v>
+        <v>4250</v>
       </c>
       <c r="E102" s="1">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B103" s="1">
-        <v>194793</v>
+        <v>214145</v>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 208L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
         </is>
       </c>
       <c r="D103" s="1">
-        <v>46444</v>
+        <v>431</v>
       </c>
       <c r="E103" s="1">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>63</v>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B104" s="1">
-        <v>201546</v>
+        <v>601883194</v>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 1L</t>
         </is>
       </c>
       <c r="D104" s="1">
-        <v>34861</v>
+        <v>254</v>
       </c>
       <c r="E104" s="1">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>182883</v>
+        <v>198712</v>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 60L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
         </is>
       </c>
       <c r="D105" s="1">
-        <v>14941</v>
+        <v>350</v>
       </c>
       <c r="E105" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B106" s="1">
+        <v>102870</v>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral MegaTurboral LA 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 5L</t>
         </is>
       </c>
       <c r="D106" s="1">
-        <v>35252</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>1430</v>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1555F7</t>
+          <t xml:space="preserve">053005DPF</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 5L</t>
         </is>
       </c>
       <c r="D107" s="1">
-        <v>1184</v>
+        <v>1851</v>
       </c>
       <c r="E107" s="1">
-        <v>8</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
+      </c>
+      <c r="F107" s="1">
+        <v>1</v>
       </c>
       <c r="G107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>214120</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F075</t>
+        </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
         </is>
       </c>
       <c r="D108" s="1">
-        <v>819</v>
-[...4 lines deleted...]
-        </is>
+        <v>841</v>
+      </c>
+      <c r="E108" s="1">
+        <v>58</v>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B109" s="1">
+        <v>215828</v>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 5L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA TIR 7400 10W-40 20L</t>
         </is>
       </c>
       <c r="D109" s="1">
-        <v>2170</v>
+        <v>3380</v>
       </c>
       <c r="E109" s="1">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B110" s="1">
-        <v>213756</v>
+        <v>201553</v>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Fluide DA 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
         </is>
       </c>
       <c r="D110" s="1">
-        <v>368</v>
-[...4 lines deleted...]
-        </is>
+        <v>1064</v>
+      </c>
+      <c r="E110" s="1">
+        <v>55</v>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B111" s="1">
-        <v>166254</v>
+        <v>104611</v>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 1100 FE 10W-30 208L</t>
         </is>
       </c>
       <c r="D111" s="1">
-        <v>309</v>
-[...4 lines deleted...]
-        </is>
+        <v>37991</v>
+      </c>
+      <c r="E111" s="1">
+        <v>6</v>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B112" s="1">
-        <v>213685</v>
+        <v>201555</v>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 1L</t>
         </is>
       </c>
       <c r="D112" s="1">
-        <v>1065</v>
+        <v>245</v>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B113" s="1">
-        <v>213836</v>
+        <v>194785</v>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 60L</t>
         </is>
       </c>
       <c r="D113" s="1">
-        <v>1134</v>
+        <v>11521</v>
       </c>
       <c r="E113" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B114" s="1">
-        <v>213905</v>
+        <v>183103</v>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 1L</t>
         </is>
       </c>
       <c r="D114" s="1">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>373</v>
+      </c>
+      <c r="E114" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214027</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC CVT MV 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L</t>
         </is>
       </c>
       <c r="D115" s="1">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>226</v>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B116" s="1">
-        <v>214145</v>
+        <v>214113</v>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 4L</t>
         </is>
       </c>
       <c r="D116" s="1">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>761</v>
+      </c>
+      <c r="E116" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F078</t>
+          <t xml:space="preserve">0W2005TFE</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 5L</t>
         </is>
       </c>
       <c r="D117" s="1">
-        <v>1051</v>
+        <v>2038</v>
       </c>
       <c r="E117" s="1">
-        <v>91</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
+      </c>
+      <c r="F117" s="1">
+        <v>1</v>
       </c>
       <c r="G117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194872</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">154FE7</t>
+        </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
         </is>
       </c>
       <c r="D118" s="1">
-        <v>1119</v>
+        <v>1096</v>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B119" s="1">
-        <v>214082</v>
+        <v>231084</v>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo RCP 5W-30 208L</t>
         </is>
       </c>
       <c r="D119" s="1">
-        <v>284</v>
+        <v>76801</v>
       </c>
       <c r="E119" s="1">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213777</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M4</t>
+        </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
         </is>
       </c>
       <c r="D120" s="1">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>1800</v>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B121" s="1">
+        <v>214114</v>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 5L</t>
         </is>
       </c>
       <c r="D121" s="1">
-        <v>284</v>
-[...4 lines deleted...]
-        </is>
+        <v>953</v>
+      </c>
+      <c r="E121" s="1">
+        <v>24</v>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194875</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-86076</t>
+        </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D122" s="1">
-        <v>252</v>
+        <v>373</v>
       </c>
       <c r="E122" s="1">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
-        <is>
-[...298 lines deleted...]
-      <c r="A133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>