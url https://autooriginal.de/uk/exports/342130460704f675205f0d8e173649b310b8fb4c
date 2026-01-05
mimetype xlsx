--- v0 (2025-10-26)
+++ v1 (2026-01-05)
@@ -100,51 +100,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="7.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">26.10.25 09:45</t>
+          <t xml:space="preserve">05.01.26 02:02</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EUR</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -247,4047 +247,4251 @@
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">2270-R-B</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>35.7</v>
       </c>
       <c r="D7" s="1">
         <v>10</v>
       </c>
       <c r="E7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2531-35</t>
+          <t xml:space="preserve">15F074</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>6.36</v>
+        <v>264.74</v>
       </c>
       <c r="D8" s="1">
-        <v>120</v>
+        <v>1</v>
       </c>
       <c r="E8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SILCO</t>
+        </is>
+      </c>
+      <c r="B9" s="1">
+        <v>1850</v>
       </c>
       <c r="C9" s="1">
-        <v>264.74</v>
+        <v>0.55</v>
       </c>
       <c r="D9" s="1">
-        <v>1</v>
+        <v>400</v>
       </c>
       <c r="E9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B10" s="1">
-        <v>1850</v>
+        <v>2404</v>
       </c>
       <c r="C10" s="1">
-        <v>0.55</v>
+        <v>5.86</v>
       </c>
       <c r="D10" s="1">
-        <v>400</v>
+        <v>4</v>
       </c>
       <c r="E10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B11" s="1">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="C11" s="1">
         <v>5.86</v>
       </c>
       <c r="D11" s="1">
         <v>4</v>
       </c>
       <c r="E11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B12" s="1">
-        <v>2405</v>
+        <v>2406</v>
       </c>
       <c r="C12" s="1">
-        <v>5.86</v>
+        <v>4.06</v>
       </c>
       <c r="D12" s="1">
         <v>4</v>
       </c>
       <c r="E12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B13" s="1">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="C13" s="1">
-        <v>4.06</v>
+        <v>3.88</v>
       </c>
       <c r="D13" s="1">
         <v>4</v>
       </c>
       <c r="E13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B14" s="1">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="C14" s="1">
-        <v>3.88</v>
+        <v>5.86</v>
       </c>
       <c r="D14" s="1">
         <v>4</v>
       </c>
       <c r="E14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B15" s="1">
-        <v>2408</v>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2080-5</t>
+        </is>
       </c>
       <c r="C15" s="1">
-        <v>5.86</v>
+        <v>26.08</v>
       </c>
       <c r="D15" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2080-5</t>
+          <t xml:space="preserve">1780-18</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>26.08</v>
+        <v>1.07</v>
       </c>
       <c r="D16" s="1">
-        <v>8</v>
+        <v>96</v>
       </c>
       <c r="E16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1780-18</t>
+          <t xml:space="preserve">1980-36</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1.07</v>
+        <v>3.73</v>
       </c>
       <c r="D17" s="1">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="E17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-36</t>
+          <t xml:space="preserve">3030-2,9</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>3.73</v>
+        <v>17.91</v>
       </c>
       <c r="D18" s="1">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="E18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3030-2,9</t>
+          <t xml:space="preserve">4500-4-150</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>17.91</v>
+        <v>29.61</v>
       </c>
       <c r="D19" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4500-4-150</t>
+          <t xml:space="preserve">7660-B</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>29.61</v>
+        <v>14.25</v>
       </c>
       <c r="D20" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="E20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-B</t>
+          <t xml:space="preserve">7660-C</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>14.25</v>
       </c>
       <c r="D21" s="1">
         <v>20</v>
       </c>
       <c r="E21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-C</t>
+          <t xml:space="preserve">4220-125</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>14.25</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>0.09</v>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4220-125</t>
+          <t xml:space="preserve">7025-C-1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>0.09</v>
-[...4 lines deleted...]
-        </is>
+        <v>20.91</v>
+      </c>
+      <c r="D23" s="1">
+        <v>12</v>
       </c>
       <c r="E23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7025-C-1</t>
+          <t xml:space="preserve">9515-5</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>20.91</v>
+        <v>31.01</v>
       </c>
       <c r="D24" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9515-5</t>
+          <t xml:space="preserve">6110-1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>31.01</v>
+        <v>13.56</v>
       </c>
       <c r="D25" s="1">
         <v>24</v>
       </c>
       <c r="E25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6110-1</t>
+          <t xml:space="preserve">6140-1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>13.56</v>
+        <v>11.79</v>
       </c>
       <c r="D26" s="1">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="E26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B27" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B27" s="1">
+        <v>1550</v>
       </c>
       <c r="C27" s="1">
-        <v>11.79</v>
+        <v>20.79</v>
       </c>
       <c r="D27" s="1">
-        <v>192</v>
+        <v>8</v>
       </c>
       <c r="E27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B28" s="1">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="C28" s="1">
-        <v>20.79</v>
+        <v>13.44</v>
       </c>
       <c r="D28" s="1">
         <v>8</v>
       </c>
       <c r="E28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>1555</v>
+        <v>8067</v>
       </c>
       <c r="C29" s="1">
-        <v>13.44</v>
+        <v>2.35</v>
       </c>
       <c r="D29" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B30" s="1">
-        <v>8067</v>
+        <v>8110</v>
       </c>
       <c r="C30" s="1">
-        <v>2.35</v>
+        <v>19.55</v>
       </c>
       <c r="D30" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="E30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B31" s="1">
-        <v>8110</v>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2040-A-1</t>
+        </is>
       </c>
       <c r="C31" s="1">
-        <v>19.55</v>
+        <v>8.41</v>
       </c>
       <c r="D31" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-A-1</t>
+          <t xml:space="preserve">2270-P-A</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>8.41</v>
+        <v>1.21</v>
       </c>
       <c r="D32" s="1">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="E32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-P-A</t>
+          <t xml:space="preserve">3060-150-120</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1.21</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>0.34</v>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-120</t>
+          <t xml:space="preserve">3060-150-180</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>0.34</v>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-180</t>
+          <t xml:space="preserve">3060-150-240</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>0.34</v>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-240</t>
+          <t xml:space="preserve">3060-150-320</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>0.34</v>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-320</t>
+          <t xml:space="preserve">3060-150-360</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>0.34</v>
       </c>
-      <c r="D37" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D37" s="1">
+        <v>1000</v>
       </c>
       <c r="E37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-360</t>
+          <t xml:space="preserve">3200-1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>0.34</v>
+        <v>31.36</v>
       </c>
       <c r="D38" s="1">
-        <v>1000</v>
+        <v>24</v>
       </c>
       <c r="E38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3200-1</t>
+          <t xml:space="preserve">6160-600</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>31.36</v>
+        <v>36.32</v>
       </c>
       <c r="D39" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-600</t>
+          <t xml:space="preserve">6160-800</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>36.32</v>
       </c>
       <c r="D40" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-800</t>
+          <t xml:space="preserve">9250-0,2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>36.32</v>
+        <v>5.24</v>
       </c>
       <c r="D41" s="1">
-        <v>8</v>
+        <v>168</v>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-0,2</t>
+          <t xml:space="preserve">3060-150-080</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>5.24</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>0.38</v>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-080</t>
+          <t xml:space="preserve">6160-400</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>0.38</v>
-[...4 lines deleted...]
-        </is>
+        <v>36.32</v>
+      </c>
+      <c r="D43" s="1">
+        <v>10</v>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-400</t>
+          <t xml:space="preserve">6160-500</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>36.32</v>
       </c>
       <c r="D44" s="1">
         <v>10</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-500</t>
+          <t xml:space="preserve">7100-A-1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>36.32</v>
+        <v>18.45</v>
       </c>
       <c r="D45" s="1">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-A-1</t>
+          <t xml:space="preserve">7100-B-1</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>18.45</v>
       </c>
       <c r="D46" s="1">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="E46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-B-1</t>
+          <t xml:space="preserve">3109-6</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>18.45</v>
+        <v>7.14</v>
       </c>
       <c r="D47" s="1">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="E47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-6</t>
+          <t xml:space="preserve">6075-0,5</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>7.14</v>
+        <v>6.53</v>
       </c>
       <c r="D48" s="1">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="E48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6075-0,5</t>
+          <t xml:space="preserve">6116-B-0,75</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>6.53</v>
+        <v>18.12</v>
       </c>
       <c r="D49" s="1">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="E49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6116-B-0,75</t>
+          <t xml:space="preserve">9515-1</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18.12</v>
+        <v>7.36</v>
       </c>
       <c r="D50" s="1">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="E50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9515-1</t>
+          <t xml:space="preserve">1425-4</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>7.36</v>
+        <v>18.03</v>
       </c>
       <c r="D51" s="1">
-        <v>72</v>
+        <v>16</v>
       </c>
       <c r="E51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1425-4</t>
+          <t xml:space="preserve">1780-48</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>18.03</v>
+        <v>2.85</v>
       </c>
       <c r="D52" s="1">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="E52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B53" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B53" s="1">
+        <v>3125</v>
       </c>
       <c r="C53" s="1">
-        <v>2.85</v>
+        <v>10.93</v>
       </c>
       <c r="D53" s="1">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="E53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B54" s="1">
-        <v>3125</v>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">6170-0,45</t>
+        </is>
       </c>
       <c r="C54" s="1">
-        <v>10.93</v>
+        <v>13.12</v>
       </c>
       <c r="D54" s="1">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="E54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6170-0,45</t>
+          <t xml:space="preserve">2040-B-1</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>13.12</v>
+        <v>8.41</v>
       </c>
       <c r="D55" s="1">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="E55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-B-1</t>
+          <t xml:space="preserve">9125-0,33</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>8.41</v>
+        <v>8.73</v>
       </c>
       <c r="D56" s="1">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="E56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-0,33</t>
+          <t xml:space="preserve">2350-XL</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>8.73</v>
+        <v>30.68</v>
       </c>
       <c r="D57" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-XL</t>
+          <t xml:space="preserve">6040-0,5</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>30.68</v>
+        <v>7.4</v>
       </c>
       <c r="D58" s="1">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="E58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6040-0,5</t>
+          <t xml:space="preserve">8063-4</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>7.4</v>
+        <v>5.7</v>
       </c>
       <c r="D59" s="1">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="E59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">8063-4</t>
+          <t xml:space="preserve">2040-C-1</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>5.7</v>
+        <v>8.41</v>
       </c>
       <c r="D60" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="E60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B61" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B61" s="1">
+        <v>2206</v>
       </c>
       <c r="C61" s="1">
-        <v>8.41</v>
+        <v>1.97</v>
       </c>
       <c r="D61" s="1">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="E61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B62" s="1">
-        <v>2206</v>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2338-M</t>
+        </is>
       </c>
       <c r="C62" s="1">
-        <v>1.97</v>
+        <v>12.82</v>
       </c>
       <c r="D62" s="1">
-        <v>400</v>
+        <v>2</v>
       </c>
       <c r="E62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2338-M</t>
+          <t xml:space="preserve">2338-L</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>12.82</v>
       </c>
       <c r="D63" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2338-L</t>
+          <t xml:space="preserve">2338-XL</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>12.82</v>
+        <v>12.83</v>
       </c>
       <c r="D64" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2338-XL</t>
+          <t xml:space="preserve">2288-M</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>12.83</v>
+        <v>22.64</v>
       </c>
       <c r="D65" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2288-M</t>
+          <t xml:space="preserve">2288-L</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>22.64</v>
+        <v>22.63</v>
       </c>
       <c r="D66" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2288-L</t>
+          <t xml:space="preserve">2288-XL</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>22.63</v>
       </c>
       <c r="D67" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2288-XL</t>
+          <t xml:space="preserve">2242-M</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>22.63</v>
+        <v>18.18</v>
       </c>
       <c r="D68" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2242-M</t>
+          <t xml:space="preserve">2242-L</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>18.18</v>
       </c>
       <c r="D69" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2242-L</t>
+          <t xml:space="preserve">2242-XL</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>18.18</v>
       </c>
       <c r="D70" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B71" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B71" s="1">
+        <v>2342</v>
       </c>
       <c r="C71" s="1">
-        <v>18.18</v>
+        <v>6.49</v>
       </c>
       <c r="D71" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="E71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B72" s="1">
-        <v>2342</v>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3109-12</t>
+        </is>
       </c>
       <c r="C72" s="1">
-        <v>6.49</v>
+        <v>13.93</v>
       </c>
       <c r="D72" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="E72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-12</t>
+          <t xml:space="preserve">3280-0,5</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>13.93</v>
+        <v>12.29</v>
       </c>
       <c r="D73" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3280-0,5</t>
+          <t xml:space="preserve">08232P99C4LHE</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>12.29</v>
+        <v>47.8</v>
       </c>
       <c r="D74" s="1">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="E74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9400-1</t>
+          <t xml:space="preserve">08232P99K1LHE</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>28.56</v>
+        <v>15.01</v>
       </c>
       <c r="D75" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99C4LHE</t>
+          <t xml:space="preserve">053005DPF</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>47.8</v>
+        <v>36.63</v>
       </c>
       <c r="D76" s="1">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="E76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99K1LHE</t>
+          <t xml:space="preserve">08880-83388</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>15.01</v>
+        <v>7.28</v>
       </c>
       <c r="D77" s="1">
-        <v>12</v>
+        <v>96</v>
       </c>
       <c r="E77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053001DPF</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>8.49</v>
+        <v>83.16</v>
       </c>
       <c r="D78" s="1">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="E78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053005DPF</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>37.13</v>
+        <v>5.6</v>
       </c>
       <c r="D79" s="1">
-        <v>169</v>
+        <v>416</v>
       </c>
       <c r="E79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>7.28</v>
+        <v>21.5</v>
       </c>
       <c r="D80" s="1">
-        <v>214</v>
+        <v>120</v>
       </c>
       <c r="E80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">15568E</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>84.15</v>
+        <v>217.8</v>
       </c>
       <c r="D81" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="E81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B82" s="1">
+        <v>5120</v>
       </c>
       <c r="C82" s="1">
-        <v>5.6</v>
+        <v>6.59</v>
       </c>
       <c r="D82" s="1">
-        <v>752</v>
+        <v>1</v>
       </c>
       <c r="E82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B83" s="1">
+        <v>104068</v>
       </c>
       <c r="C83" s="1">
-        <v>21.5</v>
+        <v>27.72</v>
       </c>
       <c r="D83" s="1">
-        <v>166</v>
+        <v>18</v>
       </c>
       <c r="E83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">KE90090033</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>217.8</v>
+        <v>6.93</v>
       </c>
       <c r="D84" s="1">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B85" s="1">
-        <v>2195</v>
+        <v>989950211</v>
       </c>
       <c r="C85" s="1">
-        <v>31.68</v>
+        <v>8.82</v>
       </c>
       <c r="D85" s="1">
-        <v>11</v>
+        <v>142</v>
       </c>
       <c r="E85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B86" s="1">
-        <v>5120</v>
+        <v>194906</v>
       </c>
       <c r="C86" s="1">
-        <v>6.59</v>
+        <v>5.94</v>
       </c>
       <c r="D86" s="1">
-        <v>3</v>
+        <v>579</v>
       </c>
       <c r="E86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>104066</v>
+        <v>194908</v>
       </c>
       <c r="C87" s="1">
-        <v>7.43</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>26.69</v>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B88" s="1">
-        <v>104068</v>
+        <v>213914</v>
       </c>
       <c r="C88" s="1">
-        <v>27.72</v>
+        <v>20.79</v>
       </c>
       <c r="D88" s="1">
-        <v>92</v>
+        <v>148</v>
       </c>
       <c r="E88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B89" s="1">
+        <v>194877</v>
       </c>
       <c r="C89" s="1">
-        <v>6.93</v>
+        <v>26.5</v>
       </c>
       <c r="D89" s="1">
-        <v>40</v>
+        <v>378</v>
       </c>
       <c r="E89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B90" s="1">
-        <v>989950211</v>
+        <v>150565</v>
       </c>
       <c r="C90" s="1">
-        <v>8.82</v>
+        <v>25.5</v>
       </c>
       <c r="D90" s="1">
-        <v>156</v>
+        <v>60</v>
       </c>
       <c r="E90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B91" s="1">
-        <v>194908</v>
+        <v>150943</v>
       </c>
       <c r="C91" s="1">
-        <v>26.95</v>
+        <v>5.65</v>
       </c>
       <c r="D91" s="1">
-        <v>975</v>
+        <v>35</v>
       </c>
       <c r="E91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B92" s="1">
-        <v>213914</v>
+        <v>150944</v>
       </c>
       <c r="C92" s="1">
-        <v>21.04</v>
+        <v>27.53</v>
       </c>
       <c r="D92" s="1">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="E92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B93" s="1">
-        <v>194877</v>
+        <v>194873</v>
       </c>
       <c r="C93" s="1">
-        <v>26.5</v>
+        <v>18.22</v>
       </c>
       <c r="D93" s="1">
-        <v>581</v>
+        <v>34</v>
       </c>
       <c r="E93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150565</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D63E</t>
+        </is>
       </c>
       <c r="C94" s="1">
-        <v>25.5</v>
+        <v>36.04</v>
       </c>
       <c r="D94" s="1">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B95" s="1">
-        <v>150943</v>
+        <v>201553</v>
       </c>
       <c r="C95" s="1">
-        <v>5.7</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>20.78</v>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B96" s="1">
-        <v>194873</v>
+        <v>181711</v>
       </c>
       <c r="C96" s="1">
-        <v>18.22</v>
+        <v>6.34</v>
       </c>
       <c r="D96" s="1">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="E96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B97" s="1">
+        <v>156812</v>
       </c>
       <c r="C97" s="1">
-        <v>36.04</v>
+        <v>22.13</v>
       </c>
       <c r="D97" s="1">
-        <v>60</v>
+        <v>284</v>
       </c>
       <c r="E97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B98" s="1">
-        <v>201553</v>
+        <v>156715</v>
       </c>
       <c r="C98" s="1">
-        <v>21.64</v>
+        <v>242.55</v>
       </c>
       <c r="D98" s="1">
         <v>1</v>
       </c>
       <c r="E98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181711</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C99" s="1">
-        <v>6.44</v>
+        <v>26.69</v>
       </c>
       <c r="D99" s="1">
-        <v>106</v>
+        <v>585</v>
       </c>
       <c r="E99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B100" s="1">
-        <v>156812</v>
+        <v>106376</v>
       </c>
       <c r="C100" s="1">
-        <v>22.08</v>
+        <v>8.72</v>
       </c>
       <c r="D100" s="1">
-        <v>70</v>
+        <v>213</v>
       </c>
       <c r="E100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156715</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08232P99K1LHE</t>
+        </is>
       </c>
       <c r="C101" s="1">
-        <v>242.55</v>
+        <v>12.28</v>
       </c>
       <c r="D101" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B102" s="1">
+        <v>102784</v>
       </c>
       <c r="C102" s="1">
-        <v>27.23</v>
+        <v>6.44</v>
       </c>
       <c r="D102" s="1">
-        <v>683</v>
+        <v>163</v>
       </c>
       <c r="E102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B103" s="1">
-        <v>83212365935</v>
+        <v>989690511</v>
       </c>
       <c r="C103" s="1">
-        <v>11.39</v>
+        <v>10.9</v>
       </c>
       <c r="D103" s="1">
-        <v>295</v>
+        <v>416</v>
       </c>
       <c r="E103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>106376</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15534F</t>
+        </is>
       </c>
       <c r="C104" s="1">
-        <v>8.72</v>
+        <v>33.66</v>
       </c>
       <c r="D104" s="1">
-        <v>345</v>
+        <v>10</v>
       </c>
       <c r="E104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>201555</v>
+        <v>601004384</v>
       </c>
       <c r="C105" s="1">
-        <v>4.83</v>
+        <v>19.31</v>
       </c>
       <c r="D105" s="1">
-        <v>142</v>
+        <v>731</v>
       </c>
       <c r="E105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B106" s="1">
+        <v>989950213</v>
       </c>
       <c r="C106" s="1">
-        <v>12.28</v>
+        <v>43.07</v>
       </c>
       <c r="D106" s="1">
-        <v>11</v>
+        <v>97</v>
       </c>
       <c r="E106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B107" s="1">
-        <v>102784</v>
+        <v>206484</v>
       </c>
       <c r="C107" s="1">
-        <v>6.44</v>
+        <v>8.02</v>
       </c>
       <c r="D107" s="1">
-        <v>237</v>
+        <v>17</v>
       </c>
       <c r="E107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B108" s="1">
-        <v>989690511</v>
+        <v>183106</v>
       </c>
       <c r="C108" s="1">
-        <v>10.9</v>
+        <v>34.16</v>
       </c>
       <c r="D108" s="1">
-        <v>456</v>
+        <v>260</v>
       </c>
       <c r="E108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FEBI BILSTEIN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B109" s="1">
-        <v>48785</v>
+        <v>198712</v>
       </c>
       <c r="C109" s="1">
-        <v>13.5</v>
+        <v>6.84</v>
       </c>
       <c r="D109" s="1">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="E109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B110" s="1">
+        <v>194776</v>
       </c>
       <c r="C110" s="1">
-        <v>33.66</v>
+        <v>280</v>
       </c>
       <c r="D110" s="1">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="E110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B111" s="1">
-        <v>601004346</v>
+        <v>181712</v>
       </c>
       <c r="C111" s="1">
-        <v>4.5</v>
+        <v>29.21</v>
       </c>
       <c r="D111" s="1">
-        <v>144</v>
+        <v>670</v>
       </c>
       <c r="E111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601004384</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15669E</t>
+        </is>
       </c>
       <c r="C112" s="1">
-        <v>19.31</v>
+        <v>42.57</v>
       </c>
       <c r="D112" s="1">
-        <v>416</v>
+        <v>16</v>
       </c>
       <c r="E112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B113" s="1">
-        <v>989950213</v>
+        <v>83212465856</v>
       </c>
       <c r="C113" s="1">
-        <v>43.07</v>
+        <v>1250</v>
       </c>
       <c r="D113" s="1">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="E113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...3 lines deleted...]
-        <v>206484</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M2</t>
+        </is>
       </c>
       <c r="C114" s="1">
-        <v>8.02</v>
+        <v>6.92</v>
       </c>
       <c r="D114" s="1">
-        <v>53</v>
+        <v>121</v>
       </c>
       <c r="E114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183106</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M2</t>
+        </is>
       </c>
       <c r="C115" s="1">
-        <v>33.62</v>
+        <v>8.32</v>
       </c>
       <c r="D115" s="1">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="E115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B116" s="1">
-        <v>198712</v>
+        <v>213758</v>
       </c>
       <c r="C116" s="1">
-        <v>6.99</v>
+        <v>7.88</v>
       </c>
       <c r="D116" s="1">
-        <v>36</v>
+        <v>79</v>
       </c>
       <c r="E116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B117" s="1">
-        <v>194776</v>
+        <v>213683</v>
       </c>
       <c r="C117" s="1">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26.24</v>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153672</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15AF7A</t>
+        </is>
       </c>
       <c r="C118" s="1">
-        <v>8.42</v>
+        <v>9.31</v>
       </c>
       <c r="D118" s="1">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="E118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181712</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15C4ED</t>
+        </is>
       </c>
       <c r="C119" s="1">
-        <v>30.92</v>
+        <v>7.92</v>
       </c>
       <c r="D119" s="1">
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="E119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15669E</t>
+          <t xml:space="preserve">GS60577M4</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>42.57</v>
+        <v>41.39</v>
       </c>
       <c r="D120" s="1">
-        <v>51</v>
+        <v>101</v>
       </c>
       <c r="E120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465856</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537BE</t>
+        </is>
       </c>
       <c r="C121" s="1">
-        <v>1250</v>
+        <v>9.71</v>
       </c>
       <c r="D121" s="1">
-        <v>2</v>
+        <v>56</v>
       </c>
       <c r="E121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B122" s="1">
+        <v>109102</v>
       </c>
       <c r="C122" s="1">
-        <v>6.75</v>
+        <v>9.16</v>
       </c>
       <c r="D122" s="1">
-        <v>697</v>
+        <v>31</v>
       </c>
       <c r="E122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B123" s="1">
+        <v>154294</v>
       </c>
       <c r="C123" s="1">
-        <v>29.51</v>
-[...4 lines deleted...]
-        </is>
+        <v>38.61</v>
+      </c>
+      <c r="D123" s="1">
+        <v>1</v>
       </c>
       <c r="E123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M2</t>
+          <t xml:space="preserve">15CF54</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>8.32</v>
+        <v>26.5</v>
       </c>
       <c r="D124" s="1">
-        <v>233</v>
+        <v>184</v>
       </c>
       <c r="E124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M4</t>
+          <t xml:space="preserve">15DBD0</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>35.6</v>
+        <v>6.79</v>
       </c>
       <c r="D125" s="1">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="E125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213758</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCD</t>
+        </is>
       </c>
       <c r="C126" s="1">
-        <v>7.95</v>
+        <v>26.24</v>
       </c>
       <c r="D126" s="1">
-        <v>88</v>
+        <v>159</v>
       </c>
       <c r="E126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213683</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBCF</t>
+        </is>
       </c>
       <c r="C127" s="1">
-        <v>26.24</v>
+        <v>32.43</v>
       </c>
       <c r="D127" s="1">
-        <v>961</v>
+        <v>74</v>
       </c>
       <c r="E127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214145</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537EC</t>
+        </is>
       </c>
       <c r="C128" s="1">
-        <v>8.52</v>
+        <v>1197.9</v>
       </c>
       <c r="D128" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537EE</t>
+          <t xml:space="preserve">GS55545M9</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>7.92</v>
+        <v>1098.9</v>
       </c>
       <c r="D129" s="1">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="E129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B130" s="1">
+        <v>214108</v>
       </c>
       <c r="C130" s="1">
-        <v>9.31</v>
+        <v>19.61</v>
       </c>
       <c r="D130" s="1">
-        <v>41</v>
+        <v>3</v>
       </c>
       <c r="E130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B131" s="1">
+        <v>214109</v>
       </c>
       <c r="C131" s="1">
-        <v>7.92</v>
+        <v>18.81</v>
       </c>
       <c r="D131" s="1">
-        <v>48</v>
+        <v>127</v>
       </c>
       <c r="E131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B132" s="1">
+        <v>600481162</v>
       </c>
       <c r="C132" s="1">
-        <v>41.39</v>
+        <v>5</v>
       </c>
       <c r="D132" s="1">
-        <v>213</v>
+        <v>2</v>
       </c>
       <c r="E132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537BE</t>
+          <t xml:space="preserve">15CFA6</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>9.71</v>
+        <v>32.18</v>
       </c>
       <c r="D133" s="1">
-        <v>90</v>
+        <v>398</v>
       </c>
       <c r="E133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B134" s="1">
-        <v>109104</v>
+        <v>109471</v>
       </c>
       <c r="C134" s="1">
-        <v>42.57</v>
+        <v>31.19</v>
       </c>
       <c r="D134" s="1">
-        <v>10</v>
+        <v>186</v>
       </c>
       <c r="E134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109102</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1556А9</t>
+        </is>
       </c>
       <c r="C135" s="1">
-        <v>9.16</v>
+        <v>103.95</v>
       </c>
       <c r="D135" s="1">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="E135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>154294</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">154FE7</t>
+        </is>
       </c>
       <c r="C136" s="1">
-        <v>38.61</v>
+        <v>20.3</v>
       </c>
       <c r="D136" s="1">
-        <v>4</v>
+        <v>134</v>
       </c>
       <c r="E136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B137" s="1">
+        <v>601425745</v>
       </c>
       <c r="C137" s="1">
-        <v>26.5</v>
-[...4 lines deleted...]
-        </is>
+        <v>20.7</v>
+      </c>
+      <c r="D137" s="1">
+        <v>635</v>
       </c>
       <c r="E137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B138" s="1">
+        <v>109470</v>
       </c>
       <c r="C138" s="1">
-        <v>6.79</v>
+        <v>7.18</v>
       </c>
       <c r="D138" s="1">
-        <v>265</v>
+        <v>122</v>
       </c>
       <c r="E138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B139" s="1">
+        <v>216667</v>
       </c>
       <c r="C139" s="1">
-        <v>26.24</v>
+        <v>20.55</v>
       </c>
       <c r="D139" s="1">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="E139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBCF</t>
+          <t xml:space="preserve">157EC0</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>32.18</v>
+        <v>1168.2</v>
       </c>
       <c r="D140" s="1">
-        <v>317</v>
+        <v>4</v>
       </c>
       <c r="E140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537EC</t>
+          <t xml:space="preserve">GS55502M9</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1197.9</v>
+        <v>960.3</v>
       </c>
       <c r="D141" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M4</t>
+          <t xml:space="preserve">15B196</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>34.5</v>
+        <v>8.5</v>
       </c>
       <c r="D142" s="1">
-        <v>883</v>
+        <v>60</v>
       </c>
       <c r="E142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601452215</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">153BFF</t>
+        </is>
       </c>
       <c r="C143" s="1">
-        <v>23.07</v>
+        <v>7.63</v>
       </c>
       <c r="D143" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="E143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B144" s="1">
-        <v>601425295</v>
+        <v>602007278</v>
       </c>
       <c r="C144" s="1">
-        <v>5.15</v>
+        <v>22.77</v>
       </c>
       <c r="D144" s="1">
-        <v>435</v>
+        <v>131</v>
       </c>
       <c r="E144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B145" s="1">
-        <v>601883217</v>
+        <v>151521</v>
       </c>
       <c r="C145" s="1">
-        <v>22.77</v>
+        <v>5.55</v>
       </c>
       <c r="D145" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
       <c r="E145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B146" s="1">
-        <v>214108</v>
+        <v>151525</v>
       </c>
       <c r="C146" s="1">
-        <v>19.61</v>
+        <v>26.73</v>
       </c>
       <c r="D146" s="1">
-        <v>184</v>
+        <v>26</v>
       </c>
       <c r="E146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B147" s="1">
-        <v>214109</v>
+        <v>104091</v>
       </c>
       <c r="C147" s="1">
-        <v>18.98</v>
+        <v>9.25</v>
       </c>
       <c r="D147" s="1">
-        <v>198</v>
+        <v>803</v>
       </c>
       <c r="E147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B148" s="1">
-        <v>600481162</v>
+        <v>601432507</v>
       </c>
       <c r="C148" s="1">
-        <v>5</v>
+        <v>26.24</v>
       </c>
       <c r="D148" s="1">
-        <v>177</v>
+        <v>121</v>
       </c>
       <c r="E148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFA6</t>
+          <t xml:space="preserve">15CFCC</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>32.18</v>
+        <v>30.3</v>
       </c>
       <c r="D149" s="1">
-        <v>418</v>
+        <v>11</v>
       </c>
       <c r="E149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109471</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F073</t>
+        </is>
       </c>
       <c r="C150" s="1">
-        <v>31.19</v>
+        <v>630</v>
       </c>
       <c r="D150" s="1">
-        <v>230</v>
+        <v>15</v>
       </c>
       <c r="E150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1556А9</t>
+          <t xml:space="preserve">151C11</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>103.95</v>
+        <v>796.95</v>
       </c>
       <c r="D151" s="1">
         <v>1</v>
       </c>
       <c r="E151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601883194</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC7</t>
+        </is>
       </c>
       <c r="C152" s="1">
-        <v>4.95</v>
+        <v>960.3</v>
       </c>
       <c r="D152" s="1">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="E152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15DBC9</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>20.3</v>
+        <v>297</v>
       </c>
       <c r="D153" s="1">
-        <v>396</v>
+        <v>13</v>
       </c>
       <c r="E153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601425745</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568E</t>
+        </is>
       </c>
       <c r="C154" s="1">
-        <v>20.7</v>
+        <v>217.8</v>
       </c>
       <c r="D154" s="1">
-        <v>318</v>
+        <v>10</v>
       </c>
       <c r="E154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B155" s="1">
-        <v>109470</v>
+        <v>601426384</v>
       </c>
       <c r="C155" s="1">
-        <v>7.18</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>24.75</v>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>216667</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F072</t>
+        </is>
       </c>
       <c r="C156" s="1">
-        <v>21.04</v>
+        <v>67.32</v>
       </c>
       <c r="D156" s="1">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="E156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B157" s="1">
-        <v>214111</v>
+        <v>183135</v>
       </c>
       <c r="C157" s="1">
-        <v>4.6</v>
+        <v>1350</v>
       </c>
       <c r="D157" s="1">
-        <v>149</v>
+        <v>2</v>
       </c>
       <c r="E157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B158" s="1">
+        <v>602007292</v>
       </c>
       <c r="C158" s="1">
-        <v>1168.2</v>
+        <v>5</v>
       </c>
       <c r="D158" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M9</t>
+          <t xml:space="preserve">15F075</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>960.3</v>
+        <v>15.55</v>
       </c>
       <c r="D159" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B196</t>
+          <t xml:space="preserve">1502B8</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>8.5</v>
+        <v>6.14</v>
       </c>
       <c r="D160" s="1">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="E160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B161" s="1">
+        <v>214110</v>
       </c>
       <c r="C161" s="1">
-        <v>7.63</v>
+        <v>4.36</v>
       </c>
       <c r="D161" s="1">
-        <v>2</v>
+        <v>110</v>
       </c>
       <c r="E161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007278</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1505B2</t>
+        </is>
       </c>
       <c r="C162" s="1">
-        <v>22.77</v>
+        <v>247.5</v>
       </c>
       <c r="D162" s="1">
-        <v>207</v>
+        <v>27</v>
       </c>
       <c r="E162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>146412</v>
+        <v>228901</v>
       </c>
       <c r="C163" s="1">
-        <v>5.8</v>
+        <v>79.4</v>
       </c>
       <c r="D163" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>142456</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CA9B</t>
+        </is>
       </c>
       <c r="C164" s="1">
-        <v>5</v>
+        <v>1850</v>
       </c>
       <c r="D164" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151521</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15B384</t>
+        </is>
       </c>
       <c r="C165" s="1">
-        <v>5.55</v>
+        <v>730</v>
       </c>
       <c r="D165" s="1">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="E165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151525</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F074</t>
+        </is>
       </c>
       <c r="C166" s="1">
-        <v>26.73</v>
+        <v>190.08</v>
       </c>
       <c r="D166" s="1">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="E166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B167" s="1">
-        <v>104091</v>
+        <v>215822</v>
       </c>
       <c r="C167" s="1">
-        <v>9.41</v>
-[...4 lines deleted...]
-        </is>
+        <v>645</v>
+      </c>
+      <c r="D167" s="1">
+        <v>3</v>
       </c>
       <c r="E167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B168" s="1">
-        <v>109774</v>
+        <v>214112</v>
       </c>
       <c r="C168" s="1">
-        <v>7.63</v>
+        <v>4.21</v>
       </c>
       <c r="D168" s="1">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="E168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432507</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6EB</t>
+        </is>
       </c>
       <c r="C169" s="1">
-        <v>26.24</v>
+        <v>44.55</v>
       </c>
       <c r="D169" s="1">
-        <v>108</v>
+        <v>8</v>
       </c>
       <c r="E169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">MAP0116</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>30.3</v>
+        <v>102.5</v>
       </c>
       <c r="D170" s="1">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="E170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">VOLVO</t>
+        </is>
+      </c>
+      <c r="B171" s="1">
+        <v>156632</v>
       </c>
       <c r="C171" s="1">
-        <v>630</v>
+        <v>885</v>
       </c>
       <c r="D171" s="1">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="E171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B172" s="1">
-        <v>214244</v>
+        <v>601883194</v>
       </c>
       <c r="C172" s="1">
-        <v>6.69</v>
+        <v>4.95</v>
       </c>
       <c r="D172" s="1">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="E172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B173" s="1">
+        <v>102208</v>
       </c>
       <c r="C173" s="1">
-        <v>682</v>
+        <v>9.71</v>
       </c>
       <c r="D173" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">151C11</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>796.95</v>
+        <v>21.74</v>
       </c>
       <c r="D174" s="1">
-        <v>8</v>
+        <v>120</v>
       </c>
       <c r="E174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B175" s="1">
+        <v>194839</v>
       </c>
       <c r="C175" s="1">
-        <v>297</v>
+        <v>26.34</v>
       </c>
       <c r="D175" s="1">
-        <v>24</v>
+        <v>393</v>
       </c>
       <c r="E175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">15BD3B</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>217.8</v>
+        <v>76.23</v>
       </c>
       <c r="D176" s="1">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B177" s="1">
-        <v>601426384</v>
+        <v>215828</v>
       </c>
       <c r="C177" s="1">
-        <v>24.75</v>
+        <v>66</v>
       </c>
       <c r="D177" s="1">
-        <v>680</v>
+        <v>7</v>
       </c>
       <c r="E177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B178" s="1">
+        <v>194793</v>
       </c>
       <c r="C178" s="1">
-        <v>67.32</v>
+        <v>932.58</v>
       </c>
       <c r="D178" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="E178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B179" s="1">
-        <v>183135</v>
+        <v>201546</v>
       </c>
       <c r="C179" s="1">
-        <v>1350</v>
+        <v>700</v>
       </c>
       <c r="D179" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B180" s="1">
-        <v>228206</v>
+        <v>83212465854</v>
       </c>
       <c r="C180" s="1">
-        <v>962</v>
+        <v>10.7</v>
       </c>
       <c r="D180" s="1">
-        <v>2</v>
+        <v>113</v>
       </c>
       <c r="E180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B181" s="1">
-        <v>602007292</v>
+        <v>182883</v>
       </c>
       <c r="C181" s="1">
-        <v>5</v>
+        <v>300</v>
       </c>
       <c r="D181" s="1">
-        <v>74</v>
+        <v>4</v>
       </c>
       <c r="E181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F075</t>
+          <t xml:space="preserve">15BD3D</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>15.55</v>
+        <v>707.85</v>
       </c>
       <c r="D182" s="1">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="E182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502B8</t>
+          <t xml:space="preserve">1555F7</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>6.24</v>
+        <v>23.76</v>
       </c>
       <c r="D183" s="1">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="E183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B184" s="1">
-        <v>214110</v>
+        <v>214120</v>
       </c>
       <c r="C184" s="1">
-        <v>4.46</v>
+        <v>16.44</v>
       </c>
       <c r="D184" s="1">
-        <v>4</v>
+        <v>137</v>
       </c>
       <c r="E184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F76C</t>
+          <t xml:space="preserve">83215B65FA2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>9.9</v>
+        <v>43.56</v>
       </c>
       <c r="D185" s="1">
-        <v>240</v>
+        <v>1</v>
       </c>
       <c r="E185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B186" s="1">
-        <v>231089</v>
+        <v>213756</v>
       </c>
       <c r="C186" s="1">
-        <v>38.52</v>
+        <v>7.38</v>
       </c>
       <c r="D186" s="1">
-        <v>3</v>
+        <v>85</v>
       </c>
       <c r="E186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B187" s="1">
+        <v>166254</v>
       </c>
       <c r="C187" s="1">
-        <v>247.5</v>
+        <v>6.2</v>
       </c>
       <c r="D187" s="1">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="E187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B188" s="1">
+        <v>213685</v>
       </c>
       <c r="C188" s="1">
-        <v>1850</v>
+        <v>21.39</v>
       </c>
       <c r="D188" s="1">
-        <v>2</v>
+        <v>229</v>
       </c>
       <c r="E188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B189" s="1">
+        <v>213836</v>
       </c>
       <c r="C189" s="1">
-        <v>730</v>
+        <v>22.77</v>
       </c>
       <c r="D189" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B190" s="1">
+        <v>213905</v>
       </c>
       <c r="C190" s="1">
-        <v>190.08</v>
+        <v>6.19</v>
       </c>
       <c r="D190" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="E190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B191" s="1">
-        <v>231084</v>
+        <v>214027</v>
       </c>
       <c r="C191" s="1">
-        <v>1500</v>
+        <v>6.87</v>
       </c>
       <c r="D191" s="1">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="E191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B192" s="1">
-        <v>215822</v>
+        <v>214145</v>
       </c>
       <c r="C192" s="1">
-        <v>640</v>
+        <v>8.42</v>
       </c>
       <c r="D192" s="1">
-        <v>5</v>
+        <v>89</v>
       </c>
       <c r="E192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B193" s="1">
-        <v>214112</v>
+        <v>83212465849</v>
       </c>
       <c r="C193" s="1">
-        <v>4.21</v>
+        <v>9.31</v>
       </c>
       <c r="D193" s="1">
-        <v>137</v>
+        <v>600</v>
       </c>
       <c r="E193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F6EB</t>
+          <t xml:space="preserve">15F078</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>44.55</v>
+        <v>21.09</v>
       </c>
       <c r="D194" s="1">
-        <v>8</v>
+        <v>87</v>
       </c>
       <c r="E194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B195" s="1">
-        <v>2506</v>
+        <v>602045348</v>
       </c>
       <c r="C195" s="1">
-        <v>5.88</v>
+        <v>5.15</v>
       </c>
       <c r="D195" s="1">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="E195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B196" s="1">
-        <v>5110</v>
+        <v>194872</v>
       </c>
       <c r="C196" s="1">
-        <v>4.86</v>
+        <v>22.45</v>
       </c>
       <c r="D196" s="1">
-        <v>2</v>
+        <v>489</v>
       </c>
       <c r="E196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B197" s="1">
-        <v>210039</v>
+        <v>213777</v>
       </c>
       <c r="C197" s="1">
-        <v>1145</v>
+        <v>6.14</v>
       </c>
       <c r="D197" s="1">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="E197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAPETROL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0116</t>
+          <t xml:space="preserve">15CF53</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>102.5</v>
+        <v>5.7</v>
       </c>
       <c r="D198" s="1">
-        <v>1</v>
+        <v>574</v>
       </c>
       <c r="E198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAPETROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B199" s="1">
+        <v>194875</v>
       </c>
       <c r="C199" s="1">
-        <v>91.93</v>
+        <v>5.05</v>
       </c>
       <c r="D199" s="1">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="E199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B200" s="1">
-        <v>231130</v>
+        <v>194811</v>
       </c>
       <c r="C200" s="1">
-        <v>8.27</v>
+        <v>980.1</v>
       </c>
       <c r="D200" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="E200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOLVO</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B201" s="1">
-        <v>156632</v>
+        <v>156713</v>
       </c>
       <c r="C201" s="1">
-        <v>885</v>
+        <v>797.94</v>
       </c>
       <c r="D201" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="E201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601883194</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1552A2</t>
+        </is>
       </c>
       <c r="C202" s="1">
-        <v>4.95</v>
+        <v>25</v>
       </c>
       <c r="D202" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
       <c r="E202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B203" s="1">
-        <v>102208</v>
+        <v>213920</v>
       </c>
       <c r="C203" s="1">
-        <v>9.71</v>
+        <v>28.71</v>
       </c>
       <c r="D203" s="1">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="E203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B204" s="1">
-        <v>93165213</v>
+        <v>110801</v>
       </c>
       <c r="C204" s="1">
-        <v>3.67</v>
+        <v>83</v>
       </c>
       <c r="D204" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165216</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">151CED</t>
+        </is>
       </c>
       <c r="C205" s="1">
-        <v>16.54</v>
+        <v>6.74</v>
       </c>
       <c r="D205" s="1">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="E205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1552A0</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>6.74</v>
+      </c>
+      <c r="D206" s="1">
+        <v>11</v>
+      </c>
+      <c r="E206" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B207" s="1">
+        <v>213698</v>
+      </c>
+      <c r="C207" s="1">
+        <v>28.22</v>
+      </c>
+      <c r="D207" s="1">
+        <v>237</v>
+      </c>
+      <c r="E207" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>72.8</v>
+      </c>
+      <c r="D208" s="1">
+        <v>21</v>
+      </c>
+      <c r="E208" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B209" s="1">
+        <v>198712</v>
+      </c>
+      <c r="C209" s="1">
+        <v>6.84</v>
+      </c>
+      <c r="D209" s="1">
+        <v>12</v>
+      </c>
+      <c r="E209" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B210" s="1">
+        <v>150564</v>
+      </c>
+      <c r="C210" s="1">
+        <v>5.6</v>
+      </c>
+      <c r="D210" s="1">
+        <v>12</v>
+      </c>
+      <c r="E210" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F647</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>6.29</v>
+      </c>
+      <c r="D211" s="1">
+        <v>36</v>
+      </c>
+      <c r="E211" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B212" s="1">
+        <v>600819613</v>
+      </c>
+      <c r="C212" s="1">
+        <v>885</v>
+      </c>
+      <c r="D212" s="1">
+        <v>4</v>
+      </c>
+      <c r="E212" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F64B</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>28.52</v>
+      </c>
+      <c r="D213" s="1">
+        <v>24</v>
+      </c>
+      <c r="E213" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F64A</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>23.27</v>
+      </c>
+      <c r="D214" s="1">
+        <v>24</v>
+      </c>
+      <c r="E214" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B215" s="1">
+        <v>102870</v>
+      </c>
+      <c r="C215" s="1">
+        <v>27.92</v>
+      </c>
+      <c r="D215" s="1">
+        <v>220</v>
+      </c>
+      <c r="E215" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>