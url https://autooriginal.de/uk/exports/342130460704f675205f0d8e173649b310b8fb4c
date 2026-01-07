--- v1 (2026-01-05)
+++ v2 (2026-01-07)
@@ -100,51 +100,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="7.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">05.01.26 02:02</t>
+          <t xml:space="preserve">07.01.26 23:03</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EUR</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -1673,51 +1673,51 @@
       <c r="C75" s="1">
         <v>15.01</v>
       </c>
       <c r="D75" s="1">
         <v>12</v>
       </c>
       <c r="E75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">053005DPF</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>36.63</v>
       </c>
       <c r="D76" s="1">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="E76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">08880-83388</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>7.28</v>
       </c>
       <c r="D77" s="1">
         <v>96</v>
       </c>
       <c r="E77" s="1">
         <v>0</v>
       </c>
@@ -1736,72 +1736,72 @@
       <c r="C78" s="1">
         <v>83.16</v>
       </c>
       <c r="D78" s="1">
         <v>17</v>
       </c>
       <c r="E78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>5.6</v>
       </c>
       <c r="D79" s="1">
-        <v>416</v>
+        <v>390</v>
       </c>
       <c r="E79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>21.5</v>
       </c>
       <c r="D80" s="1">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="E80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15568E</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>217.8</v>
       </c>
       <c r="D81" s="1">
         <v>6</v>
       </c>
       <c r="E81" s="1">
         <v>0</v>
       </c>
@@ -1816,51 +1816,51 @@
         <v>5120</v>
       </c>
       <c r="C82" s="1">
         <v>6.59</v>
       </c>
       <c r="D82" s="1">
         <v>1</v>
       </c>
       <c r="E82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B83" s="1">
         <v>104068</v>
       </c>
       <c r="C83" s="1">
         <v>27.72</v>
       </c>
       <c r="D83" s="1">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">KE90090033</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>6.93</v>
       </c>
       <c r="D84" s="1">
         <v>27</v>
       </c>
       <c r="E84" s="1">
         <v>0</v>
       </c>
@@ -1875,325 +1875,323 @@
         <v>989950211</v>
       </c>
       <c r="C85" s="1">
         <v>8.82</v>
       </c>
       <c r="D85" s="1">
         <v>142</v>
       </c>
       <c r="E85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B86" s="1">
         <v>194906</v>
       </c>
       <c r="C86" s="1">
         <v>5.94</v>
       </c>
       <c r="D86" s="1">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="E86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B87" s="1">
         <v>194908</v>
       </c>
       <c r="C87" s="1">
         <v>26.69</v>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B88" s="1">
         <v>213914</v>
       </c>
       <c r="C88" s="1">
         <v>20.79</v>
       </c>
       <c r="D88" s="1">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="E88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B89" s="1">
         <v>194877</v>
       </c>
       <c r="C89" s="1">
         <v>26.5</v>
       </c>
       <c r="D89" s="1">
-        <v>378</v>
+        <v>341</v>
       </c>
       <c r="E89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B90" s="1">
         <v>150565</v>
       </c>
       <c r="C90" s="1">
         <v>25.5</v>
       </c>
       <c r="D90" s="1">
         <v>60</v>
       </c>
       <c r="E90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B91" s="1">
         <v>150943</v>
       </c>
       <c r="C91" s="1">
         <v>5.65</v>
       </c>
       <c r="D91" s="1">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B92" s="1">
         <v>150944</v>
       </c>
       <c r="C92" s="1">
         <v>27.53</v>
       </c>
       <c r="D92" s="1">
         <v>24</v>
       </c>
       <c r="E92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B93" s="1">
         <v>194873</v>
       </c>
       <c r="C93" s="1">
         <v>18.22</v>
       </c>
       <c r="D93" s="1">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="E93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15D63E</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>36.04</v>
       </c>
       <c r="D94" s="1">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="E94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B95" s="1">
         <v>201553</v>
       </c>
       <c r="C95" s="1">
         <v>20.78</v>
       </c>
-      <c r="D95" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D95" s="1">
+        <v>967</v>
       </c>
       <c r="E95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B96" s="1">
         <v>181711</v>
       </c>
       <c r="C96" s="1">
         <v>6.34</v>
       </c>
       <c r="D96" s="1">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B97" s="1">
         <v>156812</v>
       </c>
       <c r="C97" s="1">
         <v>22.13</v>
       </c>
       <c r="D97" s="1">
-        <v>284</v>
+        <v>268</v>
       </c>
       <c r="E97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B98" s="1">
         <v>156715</v>
       </c>
       <c r="C98" s="1">
         <v>242.55</v>
       </c>
       <c r="D98" s="1">
         <v>1</v>
       </c>
       <c r="E98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1529F9</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>26.69</v>
       </c>
       <c r="D99" s="1">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="E99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B100" s="1">
         <v>106376</v>
       </c>
       <c r="C100" s="1">
-        <v>8.72</v>
+        <v>8.42</v>
       </c>
       <c r="D100" s="1">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="E100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">08232P99K1LHE</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>12.28</v>
       </c>
       <c r="D101" s="1">
         <v>4</v>
       </c>
       <c r="E101" s="1">
         <v>0</v>
       </c>
@@ -2248,51 +2246,51 @@
         </is>
       </c>
       <c r="C104" s="1">
         <v>33.66</v>
       </c>
       <c r="D104" s="1">
         <v>10</v>
       </c>
       <c r="E104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B105" s="1">
         <v>601004384</v>
       </c>
       <c r="C105" s="1">
         <v>19.31</v>
       </c>
       <c r="D105" s="1">
-        <v>731</v>
+        <v>722</v>
       </c>
       <c r="E105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B106" s="1">
         <v>989950213</v>
       </c>
       <c r="C106" s="1">
         <v>43.07</v>
       </c>
       <c r="D106" s="1">
         <v>97</v>
       </c>
       <c r="E106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
@@ -2362,51 +2360,51 @@
         <v>194776</v>
       </c>
       <c r="C110" s="1">
         <v>280</v>
       </c>
       <c r="D110" s="1">
         <v>2</v>
       </c>
       <c r="E110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B111" s="1">
         <v>181712</v>
       </c>
       <c r="C111" s="1">
         <v>29.21</v>
       </c>
       <c r="D111" s="1">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="E111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15669E</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>42.57</v>
       </c>
       <c r="D112" s="1">
         <v>16</v>
       </c>
       <c r="E112" s="1">
         <v>0</v>
       </c>
@@ -2420,115 +2418,113 @@
       <c r="B113" s="1">
         <v>83212465856</v>
       </c>
       <c r="C113" s="1">
         <v>1250</v>
       </c>
       <c r="D113" s="1">
         <v>1</v>
       </c>
       <c r="E113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GS55502M2</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>6.92</v>
+        <v>6.84</v>
       </c>
       <c r="D114" s="1">
         <v>121</v>
       </c>
       <c r="E114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">GS55505M2</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>8.32</v>
       </c>
       <c r="D115" s="1">
         <v>91</v>
       </c>
       <c r="E115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B116" s="1">
         <v>213758</v>
       </c>
       <c r="C116" s="1">
         <v>7.88</v>
       </c>
       <c r="D116" s="1">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B117" s="1">
         <v>213683</v>
       </c>
       <c r="C117" s="1">
         <v>26.24</v>
       </c>
-      <c r="D117" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D117" s="1">
+        <v>952</v>
       </c>
       <c r="E117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15AF7A</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>9.31</v>
       </c>
       <c r="D118" s="1">
         <v>29</v>
       </c>
       <c r="E118" s="1">
         <v>0</v>
       </c>
@@ -2568,173 +2564,173 @@
       <c r="C120" s="1">
         <v>41.39</v>
       </c>
       <c r="D120" s="1">
         <v>101</v>
       </c>
       <c r="E120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1537BE</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>9.71</v>
       </c>
       <c r="D121" s="1">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="E121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B122" s="1">
         <v>109102</v>
       </c>
       <c r="C122" s="1">
-        <v>9.16</v>
+        <v>8.57</v>
       </c>
       <c r="D122" s="1">
         <v>31</v>
       </c>
       <c r="E122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B123" s="1">
         <v>154294</v>
       </c>
       <c r="C123" s="1">
         <v>38.61</v>
       </c>
       <c r="D123" s="1">
         <v>1</v>
       </c>
       <c r="E123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15CF54</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>26.5</v>
       </c>
       <c r="D124" s="1">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="E124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15DBD0</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>6.79</v>
       </c>
       <c r="D125" s="1">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15DBCD</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>26.24</v>
       </c>
       <c r="D126" s="1">
         <v>159</v>
       </c>
       <c r="E126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15DBCF</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>32.43</v>
       </c>
       <c r="D127" s="1">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="E127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1537EC</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>1197.9</v>
       </c>
       <c r="D128" s="1">
         <v>2</v>
       </c>
       <c r="E128" s="1">
         <v>0</v>
       </c>
@@ -2770,1728 +2766,1648 @@
         <v>214108</v>
       </c>
       <c r="C130" s="1">
         <v>19.61</v>
       </c>
       <c r="D130" s="1">
         <v>3</v>
       </c>
       <c r="E130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B131" s="1">
         <v>214109</v>
       </c>
       <c r="C131" s="1">
         <v>18.81</v>
       </c>
       <c r="D131" s="1">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="E131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>600481162</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFA6</t>
+        </is>
       </c>
       <c r="C132" s="1">
-        <v>5</v>
+        <v>32.18</v>
       </c>
       <c r="D132" s="1">
-        <v>2</v>
+        <v>398</v>
       </c>
       <c r="E132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B133" s="1">
+        <v>109471</v>
       </c>
       <c r="C133" s="1">
-        <v>32.18</v>
+        <v>31.19</v>
       </c>
       <c r="D133" s="1">
-        <v>398</v>
+        <v>181</v>
       </c>
       <c r="E133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109471</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1556А9</t>
+        </is>
       </c>
       <c r="C134" s="1">
-        <v>31.19</v>
+        <v>103.95</v>
       </c>
       <c r="D134" s="1">
-        <v>186</v>
+        <v>2</v>
       </c>
       <c r="E134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1556А9</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>103.95</v>
+        <v>20.3</v>
       </c>
       <c r="D135" s="1">
-        <v>2</v>
+        <v>118</v>
       </c>
       <c r="E135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B136" s="1">
+        <v>601425745</v>
       </c>
       <c r="C136" s="1">
-        <v>20.3</v>
+        <v>20.7</v>
       </c>
       <c r="D136" s="1">
-        <v>134</v>
+        <v>605</v>
       </c>
       <c r="E136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B137" s="1">
-        <v>601425745</v>
+        <v>109470</v>
       </c>
       <c r="C137" s="1">
-        <v>20.7</v>
+        <v>7.18</v>
       </c>
       <c r="D137" s="1">
-        <v>635</v>
+        <v>97</v>
       </c>
       <c r="E137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B138" s="1">
-        <v>109470</v>
+        <v>216667</v>
       </c>
       <c r="C138" s="1">
-        <v>7.18</v>
+        <v>20.55</v>
       </c>
       <c r="D138" s="1">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="E138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>216667</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">157EC0</t>
+        </is>
       </c>
       <c r="C139" s="1">
-        <v>20.55</v>
+        <v>1168.2</v>
       </c>
       <c r="D139" s="1">
-        <v>98</v>
+        <v>4</v>
       </c>
       <c r="E139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">157EC0</t>
+          <t xml:space="preserve">GS55502M9</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1168.2</v>
+        <v>960.3</v>
       </c>
       <c r="D140" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M9</t>
+          <t xml:space="preserve">15B196</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>960.3</v>
+        <v>8.5</v>
       </c>
       <c r="D141" s="1">
-        <v>1</v>
+        <v>60</v>
       </c>
       <c r="E141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B196</t>
+          <t xml:space="preserve">153BFF</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>8.5</v>
+        <v>7.63</v>
       </c>
       <c r="D142" s="1">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="E142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B143" s="1">
+        <v>602007278</v>
       </c>
       <c r="C143" s="1">
-        <v>7.63</v>
+        <v>22.77</v>
       </c>
       <c r="D143" s="1">
-        <v>1</v>
+        <v>126</v>
       </c>
       <c r="E143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B144" s="1">
-        <v>602007278</v>
+        <v>151521</v>
       </c>
       <c r="C144" s="1">
-        <v>22.77</v>
+        <v>5.55</v>
       </c>
       <c r="D144" s="1">
-        <v>131</v>
+        <v>18</v>
       </c>
       <c r="E144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B145" s="1">
-        <v>151521</v>
+        <v>151525</v>
       </c>
       <c r="C145" s="1">
-        <v>5.55</v>
+        <v>26.73</v>
       </c>
       <c r="D145" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B146" s="1">
-        <v>151525</v>
+        <v>104091</v>
       </c>
       <c r="C146" s="1">
-        <v>26.73</v>
+        <v>9.25</v>
       </c>
       <c r="D146" s="1">
-        <v>26</v>
+        <v>803</v>
       </c>
       <c r="E146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B147" s="1">
-        <v>104091</v>
+        <v>601432507</v>
       </c>
       <c r="C147" s="1">
-        <v>9.25</v>
+        <v>26.24</v>
       </c>
       <c r="D147" s="1">
-        <v>803</v>
+        <v>116</v>
       </c>
       <c r="E147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432507</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFCC</t>
+        </is>
       </c>
       <c r="C148" s="1">
-        <v>26.24</v>
+        <v>30.3</v>
       </c>
       <c r="D148" s="1">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="E148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">15F073</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>30.3</v>
+        <v>630</v>
       </c>
       <c r="D149" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F073</t>
+          <t xml:space="preserve">15DBC7</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>630</v>
+        <v>960.3</v>
       </c>
       <c r="D150" s="1">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="E150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">151C11</t>
+          <t xml:space="preserve">15DBC9</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>796.95</v>
+        <v>297</v>
       </c>
       <c r="D151" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="E151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC7</t>
+          <t xml:space="preserve">15568E</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>960.3</v>
+        <v>217.8</v>
       </c>
       <c r="D152" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="E152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B153" s="1">
+        <v>601426384</v>
       </c>
       <c r="C153" s="1">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>24.75</v>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">15F072</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>217.8</v>
+        <v>67.32</v>
       </c>
       <c r="D154" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="E154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B155" s="1">
-        <v>601426384</v>
+        <v>183135</v>
       </c>
       <c r="C155" s="1">
-        <v>24.75</v>
-[...4 lines deleted...]
-        </is>
+        <v>1350</v>
+      </c>
+      <c r="D155" s="1">
+        <v>2</v>
       </c>
       <c r="E155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F072</t>
+          <t xml:space="preserve">15F075</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>67.32</v>
+        <v>15.55</v>
       </c>
       <c r="D156" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="E156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183135</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1502B8</t>
+        </is>
       </c>
       <c r="C157" s="1">
-        <v>1350</v>
+        <v>6.14</v>
       </c>
       <c r="D157" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="E157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B158" s="1">
-        <v>602007292</v>
+        <v>214110</v>
       </c>
       <c r="C158" s="1">
-        <v>5</v>
+        <v>4.36</v>
       </c>
       <c r="D158" s="1">
-        <v>2</v>
+        <v>106</v>
       </c>
       <c r="E158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F075</t>
+          <t xml:space="preserve">1505B2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>15.55</v>
+        <v>247.5</v>
       </c>
       <c r="D159" s="1">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="E159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B160" s="1">
+        <v>228901</v>
       </c>
       <c r="C160" s="1">
-        <v>6.14</v>
+        <v>79.4</v>
       </c>
       <c r="D160" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="E160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214110</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CA9B</t>
+        </is>
       </c>
       <c r="C161" s="1">
-        <v>4.36</v>
+        <v>1850</v>
       </c>
       <c r="D161" s="1">
-        <v>110</v>
+        <v>2</v>
       </c>
       <c r="E161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B2</t>
+          <t xml:space="preserve">15B384</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>247.5</v>
+        <v>730</v>
       </c>
       <c r="D162" s="1">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="E162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>228901</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F074</t>
+        </is>
       </c>
       <c r="C163" s="1">
-        <v>79.4</v>
+        <v>190.08</v>
       </c>
       <c r="D163" s="1">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="E163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B164" s="1">
+        <v>215822</v>
       </c>
       <c r="C164" s="1">
-        <v>1850</v>
+        <v>645</v>
       </c>
       <c r="D164" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B165" s="1">
+        <v>214112</v>
       </c>
       <c r="C165" s="1">
-        <v>730</v>
+        <v>4.21</v>
       </c>
       <c r="D165" s="1">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="E165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F074</t>
+          <t xml:space="preserve">15F6EB</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190.08</v>
+        <v>44.55</v>
       </c>
       <c r="D166" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>215822</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0116</t>
+        </is>
       </c>
       <c r="C167" s="1">
-        <v>645</v>
+        <v>102.5</v>
       </c>
       <c r="D167" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">VOLVO</t>
         </is>
       </c>
       <c r="B168" s="1">
-        <v>214112</v>
+        <v>156632</v>
       </c>
       <c r="C168" s="1">
-        <v>4.21</v>
+        <v>885</v>
       </c>
       <c r="D168" s="1">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B169" s="1">
+        <v>601883194</v>
       </c>
       <c r="C169" s="1">
-        <v>44.55</v>
+        <v>4.95</v>
       </c>
       <c r="D169" s="1">
-        <v>8</v>
+        <v>228</v>
       </c>
       <c r="E169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAPETROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B170" s="1">
+        <v>102208</v>
       </c>
       <c r="C170" s="1">
-        <v>102.5</v>
+        <v>9.71</v>
       </c>
       <c r="D170" s="1">
         <v>1</v>
       </c>
       <c r="E170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOLVO</t>
-[...3 lines deleted...]
-        <v>156632</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15569C</t>
+        </is>
       </c>
       <c r="C171" s="1">
-        <v>885</v>
+        <v>21.74</v>
       </c>
       <c r="D171" s="1">
-        <v>7</v>
+        <v>120</v>
       </c>
       <c r="E171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B172" s="1">
-        <v>601883194</v>
+        <v>194839</v>
       </c>
       <c r="C172" s="1">
-        <v>4.95</v>
+        <v>26.34</v>
       </c>
       <c r="D172" s="1">
-        <v>240</v>
+        <v>392</v>
       </c>
       <c r="E172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102208</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BD3B</t>
+        </is>
       </c>
       <c r="C173" s="1">
-        <v>9.71</v>
+        <v>76.23</v>
       </c>
       <c r="D173" s="1">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="E173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B174" s="1">
+        <v>215828</v>
       </c>
       <c r="C174" s="1">
-        <v>21.74</v>
+        <v>66</v>
       </c>
       <c r="D174" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
       <c r="E174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B175" s="1">
-        <v>194839</v>
+        <v>194793</v>
       </c>
       <c r="C175" s="1">
-        <v>26.34</v>
+        <v>932.58</v>
       </c>
       <c r="D175" s="1">
-        <v>393</v>
+        <v>1</v>
       </c>
       <c r="E175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B176" s="1">
+        <v>201546</v>
       </c>
       <c r="C176" s="1">
-        <v>76.23</v>
+        <v>700</v>
       </c>
       <c r="D176" s="1">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="E176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B177" s="1">
-        <v>215828</v>
+        <v>83212465854</v>
       </c>
       <c r="C177" s="1">
-        <v>66</v>
+        <v>10.7</v>
       </c>
       <c r="D177" s="1">
-        <v>7</v>
+        <v>113</v>
       </c>
       <c r="E177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B178" s="1">
-        <v>194793</v>
+        <v>182883</v>
       </c>
       <c r="C178" s="1">
-        <v>932.58</v>
+        <v>300</v>
       </c>
       <c r="D178" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>201546</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BD3D</t>
+        </is>
       </c>
       <c r="C179" s="1">
-        <v>700</v>
+        <v>707.85</v>
       </c>
       <c r="D179" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465854</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1555F7</t>
+        </is>
       </c>
       <c r="C180" s="1">
-        <v>10.7</v>
+        <v>23.76</v>
       </c>
       <c r="D180" s="1">
-        <v>113</v>
+        <v>3</v>
       </c>
       <c r="E180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B181" s="1">
-        <v>182883</v>
+        <v>214120</v>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>16.44</v>
       </c>
       <c r="D181" s="1">
-        <v>4</v>
+        <v>137</v>
       </c>
       <c r="E181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B182" s="1">
+        <v>213756</v>
       </c>
       <c r="C182" s="1">
-        <v>707.85</v>
+        <v>7.38</v>
       </c>
       <c r="D182" s="1">
-        <v>9</v>
+        <v>84</v>
       </c>
       <c r="E182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B183" s="1">
+        <v>166254</v>
       </c>
       <c r="C183" s="1">
-        <v>23.76</v>
+        <v>6.2</v>
       </c>
       <c r="D183" s="1">
-        <v>7</v>
+        <v>118</v>
       </c>
       <c r="E183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B184" s="1">
-        <v>214120</v>
+        <v>213685</v>
       </c>
       <c r="C184" s="1">
-        <v>16.44</v>
+        <v>21.39</v>
       </c>
       <c r="D184" s="1">
-        <v>137</v>
+        <v>214</v>
       </c>
       <c r="E184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B185" s="1">
+        <v>213836</v>
       </c>
       <c r="C185" s="1">
-        <v>43.56</v>
+        <v>22.77</v>
       </c>
       <c r="D185" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B186" s="1">
-        <v>213756</v>
+        <v>213905</v>
       </c>
       <c r="C186" s="1">
-        <v>7.38</v>
+        <v>6.19</v>
       </c>
       <c r="D186" s="1">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="E186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B187" s="1">
-        <v>166254</v>
+        <v>214027</v>
       </c>
       <c r="C187" s="1">
-        <v>6.2</v>
+        <v>6.87</v>
       </c>
       <c r="D187" s="1">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="E187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B188" s="1">
-        <v>213685</v>
+        <v>214145</v>
       </c>
       <c r="C188" s="1">
-        <v>21.39</v>
+        <v>8.42</v>
       </c>
       <c r="D188" s="1">
-        <v>229</v>
+        <v>85</v>
       </c>
       <c r="E188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B189" s="1">
-        <v>213836</v>
+        <v>83212465849</v>
       </c>
       <c r="C189" s="1">
-        <v>22.77</v>
+        <v>9.31</v>
       </c>
       <c r="D189" s="1">
-        <v>2</v>
+        <v>592</v>
       </c>
       <c r="E189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213905</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C190" s="1">
-        <v>6.19</v>
+        <v>21.09</v>
       </c>
       <c r="D190" s="1">
-        <v>20</v>
+        <v>87</v>
       </c>
       <c r="E190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B191" s="1">
-        <v>214027</v>
+        <v>602045348</v>
       </c>
       <c r="C191" s="1">
-        <v>6.87</v>
+        <v>5.15</v>
       </c>
       <c r="D191" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B192" s="1">
-        <v>214145</v>
+        <v>194872</v>
       </c>
       <c r="C192" s="1">
-        <v>8.42</v>
+        <v>22.45</v>
       </c>
       <c r="D192" s="1">
-        <v>89</v>
+        <v>489</v>
       </c>
       <c r="E192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B193" s="1">
-        <v>83212465849</v>
+        <v>213777</v>
       </c>
       <c r="C193" s="1">
-        <v>9.31</v>
+        <v>6.14</v>
       </c>
       <c r="D193" s="1">
-        <v>600</v>
+        <v>25</v>
       </c>
       <c r="E193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F078</t>
+          <t xml:space="preserve">15CF53</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>21.09</v>
+        <v>5.7</v>
       </c>
       <c r="D194" s="1">
-        <v>87</v>
+        <v>546</v>
       </c>
       <c r="E194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B195" s="1">
-        <v>602045348</v>
+        <v>194875</v>
       </c>
       <c r="C195" s="1">
-        <v>5.15</v>
+        <v>5.05</v>
       </c>
       <c r="D195" s="1">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="E195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B196" s="1">
-        <v>194872</v>
+        <v>194811</v>
       </c>
       <c r="C196" s="1">
-        <v>22.45</v>
+        <v>980.1</v>
       </c>
       <c r="D196" s="1">
-        <v>489</v>
+        <v>4</v>
       </c>
       <c r="E196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B197" s="1">
-        <v>213777</v>
+        <v>156713</v>
       </c>
       <c r="C197" s="1">
-        <v>6.14</v>
+        <v>797.94</v>
       </c>
       <c r="D197" s="1">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="E197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CF53</t>
+          <t xml:space="preserve">1552A2</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>5.7</v>
+        <v>25</v>
       </c>
       <c r="D198" s="1">
-        <v>574</v>
+        <v>7</v>
       </c>
       <c r="E198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B199" s="1">
-        <v>194875</v>
+        <v>213920</v>
       </c>
       <c r="C199" s="1">
-        <v>5.05</v>
+        <v>28.71</v>
       </c>
       <c r="D199" s="1">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="E199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B200" s="1">
-        <v>194811</v>
+        <v>110801</v>
       </c>
       <c r="C200" s="1">
-        <v>980.1</v>
+        <v>83</v>
       </c>
       <c r="D200" s="1">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="E200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156713</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">151CED</t>
+        </is>
       </c>
       <c r="C201" s="1">
-        <v>797.94</v>
+        <v>6.74</v>
       </c>
       <c r="D201" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="E201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1552A2</t>
+          <t xml:space="preserve">1552A0</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>25</v>
+        <v>6.74</v>
       </c>
       <c r="D202" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="E202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B203" s="1">
-        <v>213920</v>
+        <v>213698</v>
       </c>
       <c r="C203" s="1">
-        <v>28.71</v>
+        <v>28.22</v>
       </c>
       <c r="D203" s="1">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="E203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>110801</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C204" s="1">
-        <v>83</v>
+        <v>72.8</v>
       </c>
       <c r="D204" s="1">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B205" s="1">
+        <v>198712</v>
       </c>
       <c r="C205" s="1">
-        <v>6.74</v>
+        <v>6.84</v>
       </c>
       <c r="D205" s="1">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B206" s="1">
+        <v>150564</v>
       </c>
       <c r="C206" s="1">
-        <v>6.74</v>
+        <v>5.6</v>
       </c>
       <c r="D206" s="1">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213698</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F647</t>
+        </is>
       </c>
       <c r="C207" s="1">
-        <v>28.22</v>
+        <v>6.29</v>
       </c>
       <c r="D207" s="1">
-        <v>237</v>
+        <v>36</v>
       </c>
       <c r="E207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B208" s="1">
+        <v>600819613</v>
       </c>
       <c r="C208" s="1">
-        <v>72.8</v>
+        <v>885</v>
       </c>
       <c r="D208" s="1">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="E208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>198712</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F64B</t>
+        </is>
       </c>
       <c r="C209" s="1">
-        <v>6.84</v>
+        <v>28.52</v>
       </c>
       <c r="D209" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150564</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F64A</t>
+        </is>
       </c>
       <c r="C210" s="1">
-        <v>5.6</v>
+        <v>23.27</v>
       </c>
       <c r="D210" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B211" s="1">
+        <v>102870</v>
       </c>
       <c r="C211" s="1">
-        <v>6.29</v>
+        <v>27.92</v>
       </c>
       <c r="D211" s="1">
-        <v>36</v>
+        <v>217</v>
       </c>
       <c r="E211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
-        <is>
-[...78 lines deleted...]
-      <c r="A216" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>