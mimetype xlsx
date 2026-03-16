--- v2 (2026-01-07)
+++ v3 (2026-03-16)
@@ -100,51 +100,51 @@
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
     <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="7.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">07.01.26 23:03</t>
+          <t xml:space="preserve">16.03.26 13:30</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">EUR</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -429,3985 +429,3571 @@
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1780-18</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>1.07</v>
       </c>
       <c r="D16" s="1">
         <v>96</v>
       </c>
       <c r="E16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1980-36</t>
+          <t xml:space="preserve">3030-2,9</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>3.73</v>
+        <v>17.91</v>
       </c>
       <c r="D17" s="1">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="E17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3030-2,9</t>
+          <t xml:space="preserve">4500-4-150</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>17.91</v>
+        <v>29.61</v>
       </c>
       <c r="D18" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4500-4-150</t>
+          <t xml:space="preserve">7660-B</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>29.61</v>
+        <v>14.25</v>
       </c>
       <c r="D19" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="E19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-B</t>
+          <t xml:space="preserve">7660-C</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>14.25</v>
       </c>
       <c r="D20" s="1">
         <v>20</v>
       </c>
       <c r="E20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7660-C</t>
+          <t xml:space="preserve">4220-125</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>14.25</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>0.09</v>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4220-125</t>
+          <t xml:space="preserve">7025-C-1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>0.09</v>
-[...4 lines deleted...]
-        </is>
+        <v>20.91</v>
+      </c>
+      <c r="D22" s="1">
+        <v>12</v>
       </c>
       <c r="E22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7025-C-1</t>
+          <t xml:space="preserve">9515-5</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>20.91</v>
+        <v>31.01</v>
       </c>
       <c r="D23" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9515-5</t>
+          <t xml:space="preserve">6110-1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>31.01</v>
+        <v>13.56</v>
       </c>
       <c r="D24" s="1">
         <v>24</v>
       </c>
       <c r="E24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6110-1</t>
+          <t xml:space="preserve">6140-1</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>13.56</v>
+        <v>11.79</v>
       </c>
       <c r="D25" s="1">
-        <v>24</v>
+        <v>192</v>
       </c>
       <c r="E25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B26" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B26" s="1">
+        <v>1550</v>
       </c>
       <c r="C26" s="1">
-        <v>11.79</v>
+        <v>20.79</v>
       </c>
       <c r="D26" s="1">
-        <v>192</v>
+        <v>8</v>
       </c>
       <c r="E26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B27" s="1">
-        <v>1550</v>
+        <v>1555</v>
       </c>
       <c r="C27" s="1">
-        <v>20.79</v>
+        <v>13.44</v>
       </c>
       <c r="D27" s="1">
         <v>8</v>
       </c>
       <c r="E27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B28" s="1">
-        <v>1555</v>
+        <v>8067</v>
       </c>
       <c r="C28" s="1">
-        <v>13.44</v>
+        <v>2.35</v>
       </c>
       <c r="D28" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>8067</v>
+        <v>8110</v>
       </c>
       <c r="C29" s="1">
-        <v>2.35</v>
+        <v>19.55</v>
       </c>
       <c r="D29" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="E29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B30" s="1">
-        <v>8110</v>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2040-A-1</t>
+        </is>
       </c>
       <c r="C30" s="1">
-        <v>19.55</v>
+        <v>8.41</v>
       </c>
       <c r="D30" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-A-1</t>
+          <t xml:space="preserve">2270-P-A</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>8.41</v>
+        <v>1.21</v>
       </c>
       <c r="D31" s="1">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="E31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2270-P-A</t>
+          <t xml:space="preserve">3060-150-120</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>1.21</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>0.34</v>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-120</t>
+          <t xml:space="preserve">3060-150-180</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>0.34</v>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-180</t>
+          <t xml:space="preserve">3060-150-240</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>0.34</v>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-240</t>
+          <t xml:space="preserve">3060-150-320</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>0.34</v>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">1000+</t>
         </is>
       </c>
       <c r="E35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-320</t>
+          <t xml:space="preserve">3060-150-360</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>0.34</v>
       </c>
-      <c r="D36" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D36" s="1">
+        <v>1000</v>
       </c>
       <c r="E36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-360</t>
+          <t xml:space="preserve">3200-1</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>0.34</v>
+        <v>31.36</v>
       </c>
       <c r="D37" s="1">
-        <v>1000</v>
+        <v>24</v>
       </c>
       <c r="E37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3200-1</t>
+          <t xml:space="preserve">6160-600</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>31.36</v>
+        <v>36.32</v>
       </c>
       <c r="D38" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-600</t>
+          <t xml:space="preserve">6160-800</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>36.32</v>
       </c>
       <c r="D39" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-800</t>
+          <t xml:space="preserve">9250-0,2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>36.32</v>
+        <v>5.24</v>
       </c>
       <c r="D40" s="1">
-        <v>8</v>
+        <v>168</v>
       </c>
       <c r="E40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9250-0,2</t>
+          <t xml:space="preserve">3060-150-080</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>5.24</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>0.38</v>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3060-150-080</t>
+          <t xml:space="preserve">6160-400</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>0.38</v>
-[...4 lines deleted...]
-        </is>
+        <v>36.32</v>
+      </c>
+      <c r="D42" s="1">
+        <v>10</v>
       </c>
       <c r="E42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-400</t>
+          <t xml:space="preserve">6160-500</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>36.32</v>
       </c>
       <c r="D43" s="1">
         <v>10</v>
       </c>
       <c r="E43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6160-500</t>
+          <t xml:space="preserve">7100-A-1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>36.32</v>
+        <v>18.45</v>
       </c>
       <c r="D44" s="1">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="E44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-A-1</t>
+          <t xml:space="preserve">3109-6</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>18.45</v>
+        <v>7.14</v>
       </c>
       <c r="D45" s="1">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="E45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">7100-B-1</t>
+          <t xml:space="preserve">6075-0,5</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>18.45</v>
+        <v>6.53</v>
       </c>
       <c r="D46" s="1">
         <v>48</v>
       </c>
       <c r="E46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-6</t>
+          <t xml:space="preserve">6116-B-0,75</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>7.14</v>
+        <v>18.12</v>
       </c>
       <c r="D47" s="1">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="E47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6075-0,5</t>
+          <t xml:space="preserve">9515-1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>6.53</v>
+        <v>7.36</v>
       </c>
       <c r="D48" s="1">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="E48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6116-B-0,75</t>
+          <t xml:space="preserve">1425-4</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>18.12</v>
+        <v>18.03</v>
       </c>
       <c r="D49" s="1">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9515-1</t>
+          <t xml:space="preserve">1780-48</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>7.36</v>
+        <v>2.85</v>
       </c>
       <c r="D50" s="1">
-        <v>72</v>
+        <v>48</v>
       </c>
       <c r="E50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B51" s="1">
+        <v>3125</v>
       </c>
       <c r="C51" s="1">
-        <v>18.03</v>
+        <v>10.93</v>
       </c>
       <c r="D51" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="E51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1780-48</t>
+          <t xml:space="preserve">6170-0,45</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>2.85</v>
+        <v>13.12</v>
       </c>
       <c r="D52" s="1">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="E52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B53" s="1">
-        <v>3125</v>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2040-B-1</t>
+        </is>
       </c>
       <c r="C53" s="1">
-        <v>10.93</v>
+        <v>8.41</v>
       </c>
       <c r="D53" s="1">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="E53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6170-0,45</t>
+          <t xml:space="preserve">9125-0,33</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>13.12</v>
+        <v>8.73</v>
       </c>
       <c r="D54" s="1">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="E54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-B-1</t>
+          <t xml:space="preserve">2350-XL</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>8.41</v>
+        <v>30.68</v>
       </c>
       <c r="D55" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="E55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">9125-0,33</t>
+          <t xml:space="preserve">6040-0,5</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>8.73</v>
+        <v>7.4</v>
       </c>
       <c r="D56" s="1">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="E56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2350-XL</t>
+          <t xml:space="preserve">8063-4</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>30.68</v>
+        <v>5.7</v>
       </c>
       <c r="D57" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="E57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">6040-0,5</t>
+          <t xml:space="preserve">2040-C-1</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>7.4</v>
+        <v>8.41</v>
       </c>
       <c r="D58" s="1">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="E58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B59" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B59" s="1">
+        <v>2206</v>
       </c>
       <c r="C59" s="1">
-        <v>5.7</v>
+        <v>1.97</v>
       </c>
       <c r="D59" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="E59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2040-C-1</t>
+          <t xml:space="preserve">2338-M</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>8.41</v>
+        <v>12.82</v>
       </c>
       <c r="D60" s="1">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="E60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B61" s="1">
-        <v>2206</v>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2338-L</t>
+        </is>
       </c>
       <c r="C61" s="1">
-        <v>1.97</v>
+        <v>12.82</v>
       </c>
       <c r="D61" s="1">
-        <v>400</v>
+        <v>6</v>
       </c>
       <c r="E61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2338-M</t>
+          <t xml:space="preserve">2338-XL</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>12.82</v>
+        <v>12.83</v>
       </c>
       <c r="D62" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2338-L</t>
+          <t xml:space="preserve">2288-M</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>12.82</v>
+        <v>22.64</v>
       </c>
       <c r="D63" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2338-XL</t>
+          <t xml:space="preserve">2288-L</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>12.83</v>
+        <v>22.63</v>
       </c>
       <c r="D64" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2288-M</t>
+          <t xml:space="preserve">2288-XL</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>22.64</v>
+        <v>22.63</v>
       </c>
       <c r="D65" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2288-L</t>
+          <t xml:space="preserve">2242-M</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>22.63</v>
+        <v>18.18</v>
       </c>
       <c r="D66" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2288-XL</t>
+          <t xml:space="preserve">2242-L</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>22.63</v>
+        <v>18.18</v>
       </c>
       <c r="D67" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2242-M</t>
+          <t xml:space="preserve">2242-XL</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>18.18</v>
       </c>
       <c r="D68" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B69" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B69" s="1">
+        <v>2342</v>
       </c>
       <c r="C69" s="1">
-        <v>18.18</v>
+        <v>6.49</v>
       </c>
       <c r="D69" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2242-XL</t>
+          <t xml:space="preserve">3109-12</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>18.18</v>
+        <v>13.93</v>
       </c>
       <c r="D70" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="E70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">SILCO</t>
         </is>
       </c>
-      <c r="B71" s="1">
-        <v>2342</v>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">3280-0,5</t>
+        </is>
       </c>
       <c r="C71" s="1">
-        <v>6.49</v>
+        <v>12.29</v>
       </c>
       <c r="D71" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="E71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3109-12</t>
+          <t xml:space="preserve">08232P99C4LHE</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>13.93</v>
+        <v>47.8</v>
       </c>
       <c r="D72" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SILCO</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3280-0,5</t>
+          <t xml:space="preserve">08232P99K1LHE</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>12.29</v>
+        <v>15.01</v>
       </c>
       <c r="D73" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99C4LHE</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>47.8</v>
+        <v>83.16</v>
       </c>
       <c r="D74" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="E74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99K1LHE</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>15.01</v>
+        <v>5.55</v>
       </c>
       <c r="D75" s="1">
-        <v>12</v>
+        <v>82</v>
       </c>
       <c r="E75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053005DPF</t>
+          <t xml:space="preserve">151CED</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>36.63</v>
+        <v>6.69</v>
       </c>
       <c r="D76" s="1">
-        <v>58</v>
+        <v>7</v>
       </c>
       <c r="E76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>7.28</v>
+        <v>21.4</v>
       </c>
       <c r="D77" s="1">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="E77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">15529F</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>83.16</v>
+        <v>284</v>
       </c>
       <c r="D78" s="1">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="E78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">1552A0</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>5.6</v>
+        <v>6.74</v>
       </c>
       <c r="D79" s="1">
-        <v>390</v>
+        <v>2</v>
       </c>
       <c r="E79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">1552A2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>21.5</v>
+        <v>25</v>
       </c>
       <c r="D80" s="1">
-        <v>111</v>
+        <v>3</v>
       </c>
       <c r="E80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15568E</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>217.8</v>
       </c>
       <c r="D81" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="E81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>5120</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15569C</t>
+        </is>
       </c>
       <c r="C82" s="1">
-        <v>6.59</v>
+        <v>21.3</v>
       </c>
       <c r="D82" s="1">
-        <v>1</v>
+        <v>105</v>
       </c>
       <c r="E82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>104068</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090033</t>
+        </is>
       </c>
       <c r="C83" s="1">
-        <v>27.72</v>
+        <v>6.93</v>
       </c>
       <c r="D83" s="1">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="E83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B84" s="1">
+        <v>194906</v>
       </c>
       <c r="C84" s="1">
-        <v>6.93</v>
+        <v>5.94</v>
       </c>
       <c r="D84" s="1">
-        <v>27</v>
+        <v>442</v>
       </c>
       <c r="E84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B85" s="1">
-        <v>989950211</v>
+        <v>194908</v>
       </c>
       <c r="C85" s="1">
-        <v>8.82</v>
+        <v>25.7</v>
       </c>
       <c r="D85" s="1">
-        <v>142</v>
+        <v>685</v>
       </c>
       <c r="E85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B86" s="1">
-        <v>194906</v>
+        <v>194849</v>
       </c>
       <c r="C86" s="1">
-        <v>5.94</v>
+        <v>5.75</v>
       </c>
       <c r="D86" s="1">
-        <v>575</v>
+        <v>138</v>
       </c>
       <c r="E86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>194908</v>
+        <v>213914</v>
       </c>
       <c r="C87" s="1">
-        <v>26.69</v>
-[...4 lines deleted...]
-        </is>
+        <v>20.79</v>
+      </c>
+      <c r="D87" s="1">
+        <v>53</v>
       </c>
       <c r="E87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B88" s="1">
-        <v>213914</v>
+        <v>150564</v>
       </c>
       <c r="C88" s="1">
-        <v>20.79</v>
+        <v>5.6</v>
       </c>
       <c r="D88" s="1">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="E88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B89" s="1">
-        <v>194877</v>
+        <v>150565</v>
       </c>
       <c r="C89" s="1">
-        <v>26.5</v>
+        <v>24.75</v>
       </c>
       <c r="D89" s="1">
-        <v>341</v>
+        <v>27</v>
       </c>
       <c r="E89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B90" s="1">
-        <v>150565</v>
+        <v>150943</v>
       </c>
       <c r="C90" s="1">
-        <v>25.5</v>
+        <v>5.55</v>
       </c>
       <c r="D90" s="1">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="E90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B91" s="1">
-        <v>150943</v>
+        <v>150944</v>
       </c>
       <c r="C91" s="1">
-        <v>5.65</v>
+        <v>27.13</v>
       </c>
       <c r="D91" s="1">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="E91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B92" s="1">
-        <v>150944</v>
+        <v>194875</v>
       </c>
       <c r="C92" s="1">
-        <v>27.53</v>
+        <v>5.1</v>
       </c>
       <c r="D92" s="1">
-        <v>24</v>
+        <v>147</v>
       </c>
       <c r="E92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B93" s="1">
         <v>194873</v>
       </c>
       <c r="C93" s="1">
-        <v>18.22</v>
+        <v>17.82</v>
       </c>
       <c r="D93" s="1">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="E93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B94" s="1">
+        <v>194872</v>
       </c>
       <c r="C94" s="1">
-        <v>36.04</v>
+        <v>22</v>
       </c>
       <c r="D94" s="1">
-        <v>38</v>
+        <v>798</v>
       </c>
       <c r="E94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B95" s="1">
-        <v>201553</v>
+        <v>194839</v>
       </c>
       <c r="C95" s="1">
-        <v>20.78</v>
+        <v>26.24</v>
       </c>
       <c r="D95" s="1">
-        <v>967</v>
+        <v>195</v>
       </c>
       <c r="E95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B96" s="1">
-        <v>181711</v>
+        <v>201553</v>
       </c>
       <c r="C96" s="1">
-        <v>6.34</v>
+        <v>20.78</v>
       </c>
       <c r="D96" s="1">
-        <v>236</v>
+        <v>346</v>
       </c>
       <c r="E96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B97" s="1">
-        <v>156812</v>
+        <v>181711</v>
       </c>
       <c r="C97" s="1">
-        <v>22.13</v>
+        <v>6.34</v>
       </c>
       <c r="D97" s="1">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="E97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B98" s="1">
-        <v>156715</v>
+        <v>166245</v>
       </c>
       <c r="C98" s="1">
-        <v>242.55</v>
+        <v>4.95</v>
       </c>
       <c r="D98" s="1">
-        <v>1</v>
+        <v>238</v>
       </c>
       <c r="E98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B99" s="1">
+        <v>156812</v>
       </c>
       <c r="C99" s="1">
-        <v>26.69</v>
+        <v>22.13</v>
       </c>
       <c r="D99" s="1">
-        <v>584</v>
+        <v>599</v>
       </c>
       <c r="E99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B100" s="1">
-        <v>106376</v>
+        <v>156715</v>
       </c>
       <c r="C100" s="1">
-        <v>8.42</v>
+        <v>242.55</v>
       </c>
       <c r="D100" s="1">
-        <v>207</v>
+        <v>1</v>
       </c>
       <c r="E100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B101" s="1">
+        <v>156713</v>
       </c>
       <c r="C101" s="1">
-        <v>12.28</v>
+        <v>780</v>
       </c>
       <c r="D101" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102784</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C102" s="1">
-        <v>6.44</v>
+        <v>25.74</v>
       </c>
       <c r="D102" s="1">
-        <v>163</v>
+        <v>376</v>
       </c>
       <c r="E102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989690511</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C103" s="1">
-        <v>10.9</v>
+        <v>72.8</v>
       </c>
       <c r="D103" s="1">
-        <v>416</v>
+        <v>2</v>
       </c>
       <c r="E103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B104" s="1">
+        <v>989690511</v>
       </c>
       <c r="C104" s="1">
-        <v>33.66</v>
+        <v>10.5</v>
       </c>
       <c r="D104" s="1">
-        <v>10</v>
+        <v>374</v>
       </c>
       <c r="E104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>601004384</v>
+        <v>601004346</v>
       </c>
       <c r="C105" s="1">
-        <v>19.31</v>
+        <v>4.5</v>
       </c>
       <c r="D105" s="1">
-        <v>722</v>
+        <v>73</v>
       </c>
       <c r="E105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B106" s="1">
-        <v>989950213</v>
+        <v>601004384</v>
       </c>
       <c r="C106" s="1">
-        <v>43.07</v>
+        <v>19.01</v>
       </c>
       <c r="D106" s="1">
-        <v>97</v>
+        <v>377</v>
       </c>
       <c r="E106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B107" s="1">
-        <v>206484</v>
+        <v>989950213</v>
       </c>
       <c r="C107" s="1">
-        <v>8.02</v>
+        <v>41.88</v>
       </c>
       <c r="D107" s="1">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="E107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B108" s="1">
-        <v>183106</v>
+        <v>206484</v>
       </c>
       <c r="C108" s="1">
-        <v>34.16</v>
+        <v>8.02</v>
       </c>
       <c r="D108" s="1">
-        <v>260</v>
+        <v>4</v>
       </c>
       <c r="E108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B109" s="1">
-        <v>198712</v>
+        <v>183106</v>
       </c>
       <c r="C109" s="1">
-        <v>6.84</v>
+        <v>34.16</v>
       </c>
       <c r="D109" s="1">
-        <v>36</v>
+        <v>204</v>
       </c>
       <c r="E109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B110" s="1">
-        <v>194776</v>
+        <v>198712</v>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>6.84</v>
       </c>
       <c r="D110" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="E110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B111" s="1">
-        <v>181712</v>
+        <v>194810</v>
       </c>
       <c r="C111" s="1">
-        <v>29.21</v>
+        <v>291.06</v>
       </c>
       <c r="D111" s="1">
-        <v>669</v>
+        <v>9</v>
       </c>
       <c r="E111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B112" s="1">
+        <v>194776</v>
       </c>
       <c r="C112" s="1">
-        <v>42.57</v>
+        <v>272.25</v>
       </c>
       <c r="D112" s="1">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="E112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B113" s="1">
-        <v>83212465856</v>
+        <v>181712</v>
       </c>
       <c r="C113" s="1">
-        <v>1250</v>
+        <v>28.62</v>
       </c>
       <c r="D113" s="1">
-        <v>1</v>
+        <v>441</v>
       </c>
       <c r="E113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M2</t>
+          <t xml:space="preserve">15BD3B</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>6.84</v>
+        <v>76.23</v>
       </c>
       <c r="D114" s="1">
-        <v>121</v>
+        <v>6</v>
       </c>
       <c r="E114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M2</t>
+          <t xml:space="preserve">GS55502M2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>8.32</v>
+        <v>6.84</v>
       </c>
       <c r="D115" s="1">
-        <v>91</v>
+        <v>690</v>
       </c>
       <c r="E115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213758</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
       </c>
       <c r="C116" s="1">
-        <v>7.88</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>28.22</v>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213683</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M2</t>
+        </is>
       </c>
       <c r="C117" s="1">
-        <v>26.24</v>
+        <v>7.92</v>
       </c>
       <c r="D117" s="1">
-        <v>952</v>
+        <v>153</v>
       </c>
       <c r="E117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B118" s="1">
+        <v>213758</v>
       </c>
       <c r="C118" s="1">
-        <v>9.31</v>
+        <v>7.88</v>
       </c>
       <c r="D118" s="1">
-        <v>29</v>
+        <v>7</v>
       </c>
       <c r="E118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B119" s="1">
+        <v>213683</v>
       </c>
       <c r="C119" s="1">
-        <v>7.92</v>
+        <v>26.24</v>
       </c>
       <c r="D119" s="1">
-        <v>47</v>
+        <v>243</v>
       </c>
       <c r="E119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B120" s="1">
+        <v>213698</v>
       </c>
       <c r="C120" s="1">
-        <v>41.39</v>
+        <v>28.07</v>
       </c>
       <c r="D120" s="1">
-        <v>101</v>
+        <v>243</v>
       </c>
       <c r="E120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B121" s="1">
+        <v>214027</v>
       </c>
       <c r="C121" s="1">
-        <v>9.71</v>
+        <v>6.87</v>
       </c>
       <c r="D121" s="1">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="E121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109102</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F8CF</t>
+        </is>
       </c>
       <c r="C122" s="1">
-        <v>8.57</v>
+        <v>7.92</v>
       </c>
       <c r="D122" s="1">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="E122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>154294</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F721</t>
+        </is>
       </c>
       <c r="C123" s="1">
-        <v>38.61</v>
+        <v>9.71</v>
       </c>
       <c r="D123" s="1">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="E123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B124" s="1">
+        <v>109102</v>
       </c>
       <c r="C124" s="1">
-        <v>26.5</v>
+        <v>8.57</v>
       </c>
       <c r="D124" s="1">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="E124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B125" s="1">
+        <v>213888</v>
       </c>
       <c r="C125" s="1">
-        <v>6.79</v>
+        <v>5.75</v>
       </c>
       <c r="D125" s="1">
-        <v>48</v>
+        <v>138</v>
       </c>
       <c r="E125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">15DBCD</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>26.24</v>
+        <v>25.5</v>
       </c>
       <c r="D126" s="1">
-        <v>159</v>
+        <v>93</v>
       </c>
       <c r="E126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBCF</t>
+          <t xml:space="preserve">GS55545M9</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>32.43</v>
+        <v>1044.45</v>
       </c>
       <c r="D127" s="1">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537EC</t>
+          <t xml:space="preserve">GS55545M4</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1197.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>32.67</v>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1000+</t>
+        </is>
       </c>
       <c r="E128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B129" s="1">
+        <v>601426766</v>
       </c>
       <c r="C129" s="1">
-        <v>1098.9</v>
+        <v>6.42</v>
       </c>
       <c r="D129" s="1">
-        <v>1</v>
+        <v>339</v>
       </c>
       <c r="E129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B130" s="1">
-        <v>214108</v>
+        <v>601425295</v>
       </c>
       <c r="C130" s="1">
-        <v>19.61</v>
+        <v>5.5</v>
       </c>
       <c r="D130" s="1">
-        <v>3</v>
+        <v>109</v>
       </c>
       <c r="E130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B131" s="1">
-        <v>214109</v>
+        <v>223519</v>
       </c>
       <c r="C131" s="1">
-        <v>18.81</v>
+        <v>6.93</v>
       </c>
       <c r="D131" s="1">
-        <v>121</v>
+        <v>207</v>
       </c>
       <c r="E131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFA6</t>
+          <t xml:space="preserve">15CF53</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>32.18</v>
+        <v>5.6</v>
       </c>
       <c r="D132" s="1">
-        <v>398</v>
+        <v>11</v>
       </c>
       <c r="E132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B133" s="1">
-        <v>109471</v>
+        <v>214108</v>
       </c>
       <c r="C133" s="1">
-        <v>31.19</v>
+        <v>19.51</v>
       </c>
       <c r="D133" s="1">
-        <v>181</v>
+        <v>227</v>
       </c>
       <c r="E133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B134" s="1">
+        <v>214109</v>
       </c>
       <c r="C134" s="1">
-        <v>103.95</v>
+        <v>18.81</v>
       </c>
       <c r="D134" s="1">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="E134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B135" s="1">
+        <v>600481162</v>
       </c>
       <c r="C135" s="1">
-        <v>20.3</v>
+        <v>4.95</v>
       </c>
       <c r="D135" s="1">
-        <v>118</v>
+        <v>268</v>
       </c>
       <c r="E135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B136" s="1">
-        <v>601425745</v>
+        <v>7711943687</v>
       </c>
       <c r="C136" s="1">
-        <v>20.7</v>
+        <v>31.19</v>
       </c>
       <c r="D136" s="1">
-        <v>605</v>
+        <v>341</v>
       </c>
       <c r="E136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B137" s="1">
-        <v>109470</v>
+        <v>109471</v>
       </c>
       <c r="C137" s="1">
-        <v>7.18</v>
+        <v>31.19</v>
       </c>
       <c r="D137" s="1">
-        <v>97</v>
+        <v>134</v>
       </c>
       <c r="E137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>216667</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1556А9</t>
+        </is>
       </c>
       <c r="C138" s="1">
-        <v>20.55</v>
+        <v>99.99</v>
       </c>
       <c r="D138" s="1">
-        <v>98</v>
+        <v>2</v>
       </c>
       <c r="E138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B139" s="1">
+        <v>600930660</v>
       </c>
       <c r="C139" s="1">
-        <v>1168.2</v>
+        <v>5.3</v>
       </c>
       <c r="D139" s="1">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="E139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M9</t>
+          <t xml:space="preserve">GS55545M6</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>960.3</v>
+        <v>321.75</v>
       </c>
       <c r="D140" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B141" s="1">
+        <v>216667</v>
       </c>
       <c r="C141" s="1">
-        <v>8.5</v>
+        <v>20.55</v>
       </c>
       <c r="D141" s="1">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="E141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B142" s="1">
+        <v>213685</v>
       </c>
       <c r="C142" s="1">
-        <v>7.63</v>
+        <v>21.39</v>
       </c>
       <c r="D142" s="1">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="E142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B143" s="1">
-        <v>602007278</v>
+        <v>214111</v>
       </c>
       <c r="C143" s="1">
-        <v>22.77</v>
+        <v>4.56</v>
       </c>
       <c r="D143" s="1">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="E143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151521</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">082009008DW1</t>
+        </is>
       </c>
       <c r="C144" s="1">
-        <v>5.55</v>
+        <v>9.09</v>
       </c>
       <c r="D144" s="1">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="E144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151525</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">157EC0</t>
+        </is>
       </c>
       <c r="C145" s="1">
-        <v>26.73</v>
+        <v>1150</v>
       </c>
       <c r="D145" s="1">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="E145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>104091</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M9</t>
+        </is>
       </c>
       <c r="C146" s="1">
-        <v>9.25</v>
+        <v>925.65</v>
       </c>
       <c r="D146" s="1">
-        <v>803</v>
+        <v>9</v>
       </c>
       <c r="E146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432507</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F60E</t>
+        </is>
       </c>
       <c r="C147" s="1">
-        <v>26.24</v>
+        <v>7.63</v>
       </c>
       <c r="D147" s="1">
-        <v>116</v>
+        <v>1</v>
       </c>
       <c r="E147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">15BD3D</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>30.3</v>
+        <v>707.85</v>
       </c>
       <c r="D148" s="1">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="E148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B149" s="1">
+        <v>151521</v>
       </c>
       <c r="C149" s="1">
-        <v>630</v>
+        <v>5.55</v>
       </c>
       <c r="D149" s="1">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B150" s="1">
+        <v>151525</v>
       </c>
       <c r="C150" s="1">
-        <v>960.3</v>
+        <v>26.73</v>
       </c>
       <c r="D150" s="1">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="E150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B151" s="1">
+        <v>104091</v>
       </c>
       <c r="C151" s="1">
-        <v>297</v>
+        <v>9.16</v>
       </c>
       <c r="D151" s="1">
-        <v>10</v>
+        <v>483</v>
       </c>
       <c r="E151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B152" s="1">
+        <v>601432491</v>
       </c>
       <c r="C152" s="1">
-        <v>217.8</v>
+        <v>5.55</v>
       </c>
       <c r="D152" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="E152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B153" s="1">
-        <v>601426384</v>
+        <v>7711943691</v>
       </c>
       <c r="C153" s="1">
-        <v>24.75</v>
-[...4 lines deleted...]
-        </is>
+        <v>29.41</v>
+      </c>
+      <c r="D153" s="1">
+        <v>10</v>
       </c>
       <c r="E153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F072</t>
+          <t xml:space="preserve">15F073</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>67.32</v>
+        <v>615</v>
       </c>
       <c r="D154" s="1">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183135</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C155" s="1">
-        <v>1350</v>
+        <v>20.5</v>
       </c>
       <c r="D155" s="1">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="E155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B156" s="1">
+        <v>213756</v>
       </c>
       <c r="C156" s="1">
-        <v>15.55</v>
+        <v>7.38</v>
       </c>
       <c r="D156" s="1">
-        <v>5</v>
+        <v>68</v>
       </c>
       <c r="E156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502B8</t>
+          <t xml:space="preserve">15568C</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>6.14</v>
+        <v>668.25</v>
       </c>
       <c r="D157" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="E157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214110</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC7</t>
+        </is>
       </c>
       <c r="C158" s="1">
-        <v>4.36</v>
+        <v>1030</v>
       </c>
       <c r="D158" s="1">
-        <v>106</v>
+        <v>5</v>
       </c>
       <c r="E158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B2</t>
+          <t xml:space="preserve">15DBC9</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>247.5</v>
+        <v>297</v>
       </c>
       <c r="D159" s="1">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>228901</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568E</t>
+        </is>
       </c>
       <c r="C160" s="1">
-        <v>79.4</v>
+        <v>217.8</v>
       </c>
       <c r="D160" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B161" s="1">
+        <v>194908</v>
       </c>
       <c r="C161" s="1">
-        <v>1850</v>
+        <v>25.7</v>
       </c>
       <c r="D161" s="1">
-        <v>2</v>
+        <v>414</v>
       </c>
       <c r="E161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B162" s="1">
+        <v>601426384</v>
       </c>
       <c r="C162" s="1">
-        <v>730</v>
+        <v>24.36</v>
       </c>
       <c r="D162" s="1">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="E162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B163" s="1">
+        <v>183135</v>
       </c>
       <c r="C163" s="1">
-        <v>190.08</v>
+        <v>1350</v>
       </c>
       <c r="D163" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B164" s="1">
-        <v>215822</v>
+        <v>214110</v>
       </c>
       <c r="C164" s="1">
-        <v>645</v>
+        <v>4.36</v>
       </c>
       <c r="D164" s="1">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="E164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B165" s="1">
-        <v>214112</v>
+        <v>228901</v>
       </c>
       <c r="C165" s="1">
-        <v>4.21</v>
+        <v>79.4</v>
       </c>
       <c r="D165" s="1">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="E165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F6EB</t>
+          <t xml:space="preserve">15B34A</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>44.55</v>
+        <v>720</v>
       </c>
       <c r="D166" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAPETROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAP0116</t>
+          <t xml:space="preserve">15F074</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>102.5</v>
+        <v>190</v>
       </c>
       <c r="D167" s="1">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="E167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VOLVO</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B168" s="1">
-        <v>156632</v>
+        <v>214120</v>
       </c>
       <c r="C168" s="1">
-        <v>885</v>
+        <v>16.24</v>
       </c>
       <c r="D168" s="1">
-        <v>7</v>
+        <v>217</v>
       </c>
       <c r="E168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B169" s="1">
-        <v>601883194</v>
+        <v>213905</v>
       </c>
       <c r="C169" s="1">
-        <v>4.95</v>
+        <v>6.19</v>
       </c>
       <c r="D169" s="1">
-        <v>228</v>
+        <v>17</v>
       </c>
       <c r="E169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B170" s="1">
-        <v>102208</v>
+        <v>213920</v>
       </c>
       <c r="C170" s="1">
-        <v>9.71</v>
+        <v>28.71</v>
       </c>
       <c r="D170" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B171" s="1">
+        <v>214112</v>
       </c>
       <c r="C171" s="1">
-        <v>21.74</v>
+        <v>4.2</v>
       </c>
       <c r="D171" s="1">
-        <v>120</v>
+        <v>277</v>
       </c>
       <c r="E171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194839</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6EB</t>
+        </is>
       </c>
       <c r="C172" s="1">
-        <v>26.34</v>
+        <v>44.55</v>
       </c>
       <c r="D172" s="1">
-        <v>392</v>
+        <v>7</v>
       </c>
       <c r="E172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B173" s="1">
+        <v>110801</v>
       </c>
       <c r="C173" s="1">
-        <v>76.23</v>
+        <v>83</v>
       </c>
       <c r="D173" s="1">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B174" s="1">
-        <v>215828</v>
+        <v>214145</v>
       </c>
       <c r="C174" s="1">
-        <v>66</v>
+        <v>8.42</v>
       </c>
       <c r="D174" s="1">
-        <v>7</v>
+        <v>63</v>
       </c>
       <c r="E174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B175" s="1">
-        <v>194793</v>
+        <v>601883194</v>
       </c>
       <c r="C175" s="1">
-        <v>932.58</v>
+        <v>4.95</v>
       </c>
       <c r="D175" s="1">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="E175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B176" s="1">
-        <v>201546</v>
+        <v>198712</v>
       </c>
       <c r="C176" s="1">
-        <v>700</v>
+        <v>6.84</v>
       </c>
       <c r="D176" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B177" s="1">
-        <v>83212465854</v>
+        <v>102870</v>
       </c>
       <c r="C177" s="1">
-        <v>10.7</v>
+        <v>27.92</v>
       </c>
       <c r="D177" s="1">
-        <v>113</v>
+        <v>198</v>
       </c>
       <c r="E177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>182883</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F075</t>
+        </is>
       </c>
       <c r="C178" s="1">
-        <v>300</v>
+        <v>16.42</v>
       </c>
       <c r="D178" s="1">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="E178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B179" s="1">
+        <v>215828</v>
       </c>
       <c r="C179" s="1">
-        <v>707.85</v>
+        <v>66</v>
       </c>
       <c r="D179" s="1">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B180" s="1">
+        <v>201553</v>
       </c>
       <c r="C180" s="1">
-        <v>23.76</v>
+        <v>20.78</v>
       </c>
       <c r="D180" s="1">
-        <v>3</v>
+        <v>55</v>
       </c>
       <c r="E180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B181" s="1">
-        <v>214120</v>
+        <v>104611</v>
       </c>
       <c r="C181" s="1">
-        <v>16.44</v>
+        <v>742</v>
       </c>
       <c r="D181" s="1">
-        <v>137</v>
+        <v>6</v>
       </c>
       <c r="E181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B182" s="1">
-        <v>213756</v>
+        <v>201555</v>
       </c>
       <c r="C182" s="1">
-        <v>7.38</v>
+        <v>4.79</v>
       </c>
       <c r="D182" s="1">
-        <v>84</v>
+        <v>558</v>
       </c>
       <c r="E182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B183" s="1">
-        <v>166254</v>
+        <v>194785</v>
       </c>
       <c r="C183" s="1">
-        <v>6.2</v>
+        <v>225</v>
       </c>
       <c r="D183" s="1">
-        <v>118</v>
+        <v>1</v>
       </c>
       <c r="E183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B184" s="1">
-        <v>213685</v>
+        <v>183103</v>
       </c>
       <c r="C184" s="1">
-        <v>21.39</v>
+        <v>7.28</v>
       </c>
       <c r="D184" s="1">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213836</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C185" s="1">
-        <v>22.77</v>
+        <v>4.4</v>
       </c>
       <c r="D185" s="1">
-        <v>2</v>
+        <v>359</v>
       </c>
       <c r="E185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B186" s="1">
-        <v>213905</v>
+        <v>214113</v>
       </c>
       <c r="C186" s="1">
-        <v>6.19</v>
+        <v>14.85</v>
       </c>
       <c r="D186" s="1">
-        <v>20</v>
+        <v>120</v>
       </c>
       <c r="E186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214027</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">154FE7</t>
+        </is>
       </c>
       <c r="C187" s="1">
-        <v>6.87</v>
+        <v>21.4</v>
       </c>
       <c r="D187" s="1">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="E187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B188" s="1">
-        <v>214145</v>
+        <v>231084</v>
       </c>
       <c r="C188" s="1">
-        <v>8.42</v>
+        <v>1500</v>
       </c>
       <c r="D188" s="1">
-        <v>85</v>
+        <v>9</v>
       </c>
       <c r="E188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465849</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M4</t>
+        </is>
       </c>
       <c r="C189" s="1">
-        <v>9.31</v>
+        <v>35.15</v>
       </c>
       <c r="D189" s="1">
-        <v>592</v>
+        <v>111</v>
       </c>
       <c r="E189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B190" s="1">
+        <v>214114</v>
       </c>
       <c r="C190" s="1">
-        <v>21.09</v>
+        <v>18.62</v>
       </c>
       <c r="D190" s="1">
-        <v>87</v>
+        <v>24</v>
       </c>
       <c r="E190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602045348</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-86076</t>
+        </is>
       </c>
       <c r="C191" s="1">
-        <v>5.15</v>
+        <v>7.28</v>
       </c>
       <c r="D191" s="1">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="E191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
-        <is>
-[...394 lines deleted...]
-      <c r="A212" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>