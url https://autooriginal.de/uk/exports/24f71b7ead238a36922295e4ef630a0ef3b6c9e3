--- v0 (2025-10-26)
+++ v1 (2025-12-29)
@@ -82,69 +82,69 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" />
     
     
     <Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
     
 </Relationships> 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
-    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="17.714286" style="1"/>
+    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
     <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="93.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="8.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">26.10.25 11:48</t>
+          <t xml:space="preserve">29.12.25 11:49</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">UAH</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -166,10863 +166,11392 @@
         <is>
           <t xml:space="preserve">Мін. к-ть</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Постачання, дн.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B3" s="1">
         <v>989920213</v>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Олива моторна MB 229.5 5W-40 5L</t>
         </is>
       </c>
       <c r="D3" s="1">
-        <v>1993</v>
+        <v>2021</v>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">053001DPF</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 1L</t>
         </is>
       </c>
       <c r="D4" s="1">
-        <v>418</v>
+        <v>388</v>
       </c>
       <c r="E4" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053005DPF</t>
+          <t xml:space="preserve">0W2005TFE</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 5L</t>
         </is>
       </c>
       <c r="D5" s="1">
-        <v>1827</v>
+        <v>2174</v>
       </c>
       <c r="E5" s="1">
-        <v>11</v>
-[...4 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="F5" s="1">
+        <v>1</v>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W2005TFE</t>
+          <t xml:space="preserve">0W3001DPF</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 1L</t>
         </is>
       </c>
       <c r="D6" s="1">
-        <v>2202</v>
+        <v>403</v>
       </c>
       <c r="E6" s="1">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W3001DPF</t>
+          <t xml:space="preserve">0W3005DPF</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 5L</t>
         </is>
       </c>
       <c r="D7" s="1">
-        <v>397</v>
+        <v>1902</v>
       </c>
       <c r="E7" s="1">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W3005DPF</t>
+          <t xml:space="preserve">08880-80835</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 5L</t>
         </is>
       </c>
       <c r="D8" s="1">
-        <v>1876</v>
+        <v>1665</v>
       </c>
       <c r="E8" s="1">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80835</t>
+          <t xml:space="preserve">08880-80836</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 1L</t>
         </is>
       </c>
       <c r="D9" s="1">
-        <v>1642</v>
-[...4 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="E9" s="1">
+        <v>21</v>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80836</t>
+          <t xml:space="preserve">08880-80845</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D10" s="1">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>1302</v>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80845</t>
+          <t xml:space="preserve">08880-80846</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D11" s="1">
-        <v>1284</v>
+        <v>297</v>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80846</t>
+          <t xml:space="preserve">08880-83388</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D12" s="1">
-        <v>293</v>
+        <v>353</v>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">08880-83389</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D13" s="1">
-        <v>351</v>
+        <v>1557</v>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83389</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
         </is>
       </c>
       <c r="D14" s="1">
-        <v>1547</v>
-[...4 lines deleted...]
-        </is>
+        <v>4150</v>
+      </c>
+      <c r="E14" s="1">
+        <v>26</v>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08886-81210</t>
+          <t xml:space="preserve">1505B2</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Toyota ATF WS FLUID 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
         </is>
       </c>
       <c r="D15" s="1">
-        <v>512</v>
+        <v>12351</v>
       </c>
       <c r="E15" s="1">
+        <v>23</v>
+      </c>
+      <c r="F15" s="1">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
         </is>
       </c>
       <c r="D16" s="1">
-        <v>4141</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>282</v>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B2</t>
+          <t xml:space="preserve">150B6A</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic M 5W-40 1L</t>
         </is>
       </c>
       <c r="D17" s="1">
-        <v>11691</v>
+        <v>317</v>
       </c>
       <c r="E17" s="1">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">151C11</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 208L</t>
         </is>
       </c>
       <c r="D18" s="1">
-        <v>291</v>
-[...9 lines deleted...]
-        </is>
+        <v>39274</v>
+      </c>
+      <c r="E18" s="1">
+        <v>9</v>
+      </c>
+      <c r="F18" s="1">
+        <v>1</v>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">150B6A</t>
+          <t xml:space="preserve">15568E</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic M 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
         </is>
       </c>
       <c r="D19" s="1">
-        <v>311</v>
+        <v>10869</v>
       </c>
       <c r="E19" s="1">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
         </is>
       </c>
       <c r="D20" s="1">
-        <v>1058</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>1081</v>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">1502BA</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 5L</t>
         </is>
       </c>
       <c r="D21" s="1">
-        <v>10716</v>
+        <v>1401</v>
       </c>
       <c r="E21" s="1">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B22" s="1">
+        <v>2195</v>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 4L</t>
         </is>
       </c>
       <c r="D22" s="1">
-        <v>1066</v>
+        <v>1779</v>
       </c>
       <c r="E22" s="1">
-        <v>85</v>
+        <v>2</v>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B23" s="1">
+        <v>9047</v>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 1L</t>
         </is>
       </c>
       <c r="D23" s="1">
-        <v>1408</v>
+        <v>492</v>
       </c>
       <c r="E23" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B24" s="1">
-        <v>2195</v>
+        <v>9089</v>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 4L</t>
         </is>
       </c>
       <c r="D24" s="1">
-        <v>1754</v>
+        <v>1828</v>
       </c>
       <c r="E24" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B25" s="1">
-        <v>9047</v>
+        <v>9510</v>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 1L</t>
         </is>
       </c>
       <c r="D25" s="1">
-        <v>510</v>
+        <v>480</v>
       </c>
       <c r="E25" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B26" s="1">
-        <v>9089</v>
+        <v>9511</v>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 5L</t>
         </is>
       </c>
       <c r="D26" s="1">
-        <v>1900</v>
+        <v>2174</v>
       </c>
       <c r="E26" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B27" s="1">
-        <v>9510</v>
+        <v>8972</v>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 1L</t>
         </is>
       </c>
       <c r="D27" s="1">
-        <v>473</v>
+        <v>672</v>
       </c>
       <c r="E27" s="1">
         <v>2</v>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B28" s="1">
-        <v>9511</v>
+        <v>105774</v>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна MT ATF VI 1L</t>
         </is>
       </c>
       <c r="D28" s="1">
-        <v>2144</v>
+        <v>460</v>
       </c>
       <c r="E28" s="1">
-        <v>5</v>
+        <v>49</v>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>8972</v>
+        <v>105782</v>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-80 1L</t>
         </is>
       </c>
       <c r="D29" s="1">
-        <v>663</v>
+        <v>402</v>
       </c>
       <c r="E29" s="1">
-        <v>4</v>
+        <v>93</v>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B30" s="1">
-        <v>105774</v>
+        <v>105785</v>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT ATF VI 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Multi CVTF 1 L</t>
         </is>
       </c>
       <c r="D30" s="1">
-        <v>452</v>
+        <v>509</v>
       </c>
       <c r="E30" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B31" s="1">
-        <v>105782</v>
+        <v>105880</v>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-80 1L</t>
+          <t xml:space="preserve">Олива моторна MT Scooter Expert 2T 1L</t>
         </is>
       </c>
       <c r="D31" s="1">
-        <v>429</v>
+        <v>329</v>
       </c>
       <c r="E31" s="1">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B32" s="1">
-        <v>105785</v>
+        <v>104092</v>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Multi CVTF 1 L</t>
+          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 4L</t>
         </is>
       </c>
       <c r="D32" s="1">
-        <v>527</v>
+        <v>1878</v>
       </c>
       <c r="E32" s="1">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B33" s="1">
-        <v>105880</v>
+        <v>102898</v>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT Scooter Expert 2T 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 5W-30 5L</t>
         </is>
       </c>
       <c r="D33" s="1">
-        <v>324</v>
-[...7 lines deleted...]
-        </is>
+        <v>1532</v>
+      </c>
+      <c r="E33" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F33" s="1">
+        <v>1</v>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B34" s="1">
-        <v>104068</v>
+        <v>102900</v>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 4L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 5W-30 60L</t>
         </is>
       </c>
       <c r="D34" s="1">
-        <v>1364</v>
+        <v>17291</v>
       </c>
       <c r="E34" s="1">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TEXTAR</t>
         </is>
       </c>
       <c r="B35" s="1">
-        <v>104092</v>
+        <v>96000200</v>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 4L</t>
+          <t xml:space="preserve">TEXTAR Brake Cleaner 500ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D35" s="1">
-        <v>1851</v>
+        <v>123</v>
       </c>
       <c r="E35" s="1">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102900</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-10</t>
+        </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 5W-30 60L</t>
+          <t xml:space="preserve">VICTOR REINZ 70 ml герметик силіконовий сірий</t>
         </is>
       </c>
       <c r="D36" s="1">
-        <v>17048</v>
+        <v>206</v>
       </c>
       <c r="E36" s="1">
-        <v>1</v>
+        <v>95</v>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR</t>
-[...3 lines deleted...]
-        <v>96000200</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-20</t>
+        </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">VICTOR REINZ 200 ml герметик силіконовий чорний</t>
         </is>
       </c>
       <c r="D37" s="1">
-        <v>121</v>
+        <v>694</v>
       </c>
       <c r="E37" s="1">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">VICTOR REINZ</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">70-31414-10</t>
+          <t xml:space="preserve">70-31415-00</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 70 ml герметик силіконовий сірий</t>
+          <t xml:space="preserve">VICTOR REINZ 300ml засіб для видалення герметика</t>
         </is>
       </c>
       <c r="D38" s="1">
-        <v>203</v>
+        <v>255</v>
       </c>
       <c r="E38" s="1">
-        <v>34</v>
+        <v>5</v>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">70-31414-20</t>
+          <t xml:space="preserve">KE90090033</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 200 ml герметик силіконовий чорний</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
         </is>
       </c>
       <c r="D39" s="1">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>314</v>
+      </c>
+      <c r="E39" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B40" s="1">
+        <v>989950211</v>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 300ml засіб для видалення герметика</t>
+          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 1L</t>
         </is>
       </c>
       <c r="D40" s="1">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>411</v>
+      </c>
+      <c r="E40" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B41" s="1">
+        <v>194906</v>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D41" s="1">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B42" s="1">
-        <v>989950211</v>
+        <v>194908</v>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D42" s="1">
-        <v>405</v>
+        <v>1332</v>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B43" s="1">
-        <v>194906</v>
+        <v>194849</v>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 1L</t>
         </is>
       </c>
       <c r="D43" s="1">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B44" s="1">
-        <v>194908</v>
+        <v>150564</v>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 1L</t>
         </is>
       </c>
       <c r="D44" s="1">
-        <v>1326</v>
-[...4 lines deleted...]
-        </is>
+        <v>280</v>
+      </c>
+      <c r="E44" s="1">
+        <v>75</v>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B45" s="1">
-        <v>150564</v>
+        <v>150565</v>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 5L</t>
         </is>
       </c>
       <c r="D45" s="1">
-        <v>276</v>
+        <v>1273</v>
       </c>
       <c r="E45" s="1">
-        <v>56</v>
-[...4 lines deleted...]
-        </is>
+        <v>20</v>
+      </c>
+      <c r="F45" s="1">
+        <v>1</v>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150565</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090032</t>
+        </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-40 1L</t>
         </is>
       </c>
       <c r="D46" s="1">
-        <v>1255</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>302</v>
+      </c>
+      <c r="E46" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150943</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090042</t>
+        </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-40 5L</t>
         </is>
       </c>
       <c r="D47" s="1">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>1287</v>
+      </c>
+      <c r="E47" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B48" s="1">
+        <v>194873</v>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
         </is>
       </c>
       <c r="D48" s="1">
-        <v>295</v>
+        <v>909</v>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B49" s="1">
+        <v>194872</v>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 5L</t>
         </is>
       </c>
       <c r="D49" s="1">
-        <v>1269</v>
+        <v>1098</v>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B50" s="1">
-        <v>194875</v>
+        <v>550042844</v>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 1L</t>
         </is>
       </c>
       <c r="D50" s="1">
-        <v>249</v>
-[...4 lines deleted...]
-        </is>
+        <v>336</v>
+      </c>
+      <c r="E50" s="1">
+        <v>1</v>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B51" s="1">
-        <v>194873</v>
+        <v>194839</v>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
         </is>
       </c>
       <c r="D51" s="1">
-        <v>868</v>
+        <v>1278</v>
       </c>
       <c r="E51" s="1">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>194872</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D63E</t>
+        </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 5L</t>
         </is>
       </c>
       <c r="D52" s="1">
-        <v>1094</v>
-[...4 lines deleted...]
-        </is>
+        <v>1771</v>
+      </c>
+      <c r="E52" s="1">
+        <v>1</v>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B53" s="1">
-        <v>550040655</v>
+        <v>201553</v>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
         </is>
       </c>
       <c r="D53" s="1">
-        <v>1508</v>
+        <v>1037</v>
       </c>
       <c r="E53" s="1">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B54" s="1">
-        <v>550042844</v>
+        <v>181711</v>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D54" s="1">
-        <v>332</v>
+        <v>317</v>
       </c>
       <c r="E54" s="1">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B55" s="1">
-        <v>194839</v>
+        <v>181712</v>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D55" s="1">
-        <v>1291</v>
-[...4 lines deleted...]
-        </is>
+        <v>1483</v>
+      </c>
+      <c r="E55" s="1">
+        <v>77</v>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B56" s="1">
+        <v>166245</v>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 1L</t>
         </is>
       </c>
       <c r="D56" s="1">
-        <v>1746</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>250</v>
+      </c>
+      <c r="E56" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B57" s="1">
-        <v>201553</v>
+        <v>156812</v>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
         </is>
       </c>
       <c r="D57" s="1">
-        <v>999</v>
+        <v>1105</v>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B58" s="1">
-        <v>181711</v>
+        <v>156715</v>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
         </is>
       </c>
       <c r="D58" s="1">
-        <v>317</v>
-[...4 lines deleted...]
-        </is>
+        <v>12104</v>
+      </c>
+      <c r="E58" s="1">
+        <v>2</v>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B59" s="1">
-        <v>181712</v>
+        <v>166252</v>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 1L</t>
         </is>
       </c>
       <c r="D59" s="1">
-        <v>1411</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>292</v>
+      </c>
+      <c r="E59" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>166245</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
         </is>
       </c>
       <c r="D60" s="1">
-        <v>246</v>
+        <v>1318</v>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156812</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
         </is>
       </c>
       <c r="D61" s="1">
-        <v>1048</v>
-[...4 lines deleted...]
-        </is>
+        <v>3533</v>
+      </c>
+      <c r="E61" s="1">
+        <v>17</v>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156715</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568C</t>
+        </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
         </is>
       </c>
       <c r="D62" s="1">
-        <v>11934</v>
+        <v>34032</v>
       </c>
       <c r="E62" s="1">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B63" s="1">
-        <v>166252</v>
+        <v>106376</v>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 1L</t>
         </is>
       </c>
       <c r="D63" s="1">
-        <v>288</v>
-[...4 lines deleted...]
-        </is>
+        <v>435</v>
+      </c>
+      <c r="E63" s="1">
+        <v>84</v>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B64" s="1">
+        <v>201555</v>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 1L</t>
         </is>
       </c>
       <c r="D64" s="1">
-        <v>1323</v>
+        <v>243</v>
       </c>
       <c r="E64" s="1">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B65" s="1">
+        <v>214082</v>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
         </is>
       </c>
       <c r="D65" s="1">
-        <v>3582</v>
-[...7 lines deleted...]
-        </is>
+        <v>285</v>
+      </c>
+      <c r="E65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">-1</t>
+        </is>
+      </c>
+      <c r="F65" s="1">
+        <v>1</v>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B66" s="1">
+        <v>183103</v>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 1L</t>
         </is>
       </c>
       <c r="D66" s="1">
-        <v>33555</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>369</v>
+      </c>
+      <c r="E66" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B67" s="1">
-        <v>83212365935</v>
+        <v>100093</v>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-12 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-90 1L</t>
         </is>
       </c>
       <c r="D67" s="1">
-        <v>561</v>
+        <v>425</v>
       </c>
       <c r="E67" s="1">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>106376</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08232P99C1LHE</t>
+        </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 1L</t>
         </is>
       </c>
       <c r="D68" s="1">
-        <v>429</v>
-[...4 lines deleted...]
-        </is>
+        <v>537</v>
+      </c>
+      <c r="E68" s="1">
+        <v>17</v>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B69" s="1">
-        <v>214082</v>
+        <v>520000120</v>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF 5W30 C3  1L</t>
         </is>
       </c>
       <c r="D69" s="1">
-        <v>281</v>
-[...4 lines deleted...]
-        </is>
+        <v>312</v>
+      </c>
+      <c r="E69" s="1">
+        <v>4</v>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B70" s="1">
-        <v>183103</v>
+        <v>510000151</v>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 1L</t>
         </is>
       </c>
       <c r="D70" s="1">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>322</v>
+      </c>
+      <c r="E70" s="1">
+        <v>2</v>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B71" s="1">
-        <v>100093</v>
+        <v>102784</v>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-90 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
         </is>
       </c>
       <c r="D71" s="1">
-        <v>415</v>
+        <v>319</v>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99C1LHE</t>
+          <t xml:space="preserve">15570E</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral EcoTronic F 5W-20 4L</t>
         </is>
       </c>
       <c r="D72" s="1">
-        <v>546</v>
+        <v>1373</v>
       </c>
       <c r="E72" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">TRW</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99K4LHE</t>
+          <t xml:space="preserve">PFB401</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda 0W-20 Type 2.0 4L</t>
+          <t xml:space="preserve">DOT-4 TRW Brake Fluid 1L</t>
         </is>
       </c>
       <c r="D73" s="1">
-        <v>2168</v>
+        <v>269</v>
       </c>
       <c r="E73" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>520000120</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFB450</t>
+        </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF 5W30 C3  1L</t>
+          <t xml:space="preserve">DOT-4 TRW Brake Fluid 0,5L</t>
         </is>
       </c>
       <c r="D74" s="1">
-        <v>307</v>
+        <v>136</v>
       </c>
       <c r="E74" s="1">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000151</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFC105</t>
+        </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 1L</t>
+          <t xml:space="preserve">TRW Brake Cleaner 500ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D75" s="1">
-        <v>317</v>
+        <v>117</v>
       </c>
       <c r="E75" s="1">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B76" s="1">
-        <v>102784</v>
+        <v>989690511</v>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
         </is>
       </c>
       <c r="D76" s="1">
-        <v>315</v>
+        <v>460</v>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B77" s="1">
+        <v>989080413</v>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral EcoTronic F 5W-20 4L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.14 5L</t>
         </is>
       </c>
       <c r="D77" s="1">
-        <v>1389</v>
+        <v>2100</v>
       </c>
       <c r="E77" s="1">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">HEPU</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08885-81001</t>
+          <t xml:space="preserve">P999</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Toyota LV 75W GL-4 1L</t>
+          <t xml:space="preserve">Антифриз HEPU G11 Синій 1,5L</t>
         </is>
       </c>
       <c r="D78" s="1">
-        <v>517</v>
+        <v>272</v>
       </c>
       <c r="E78" s="1">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B79" s="1">
+        <v>1989240309</v>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DOT-4 TRW Brake Fluid 1L</t>
+          <t xml:space="preserve">Рідина ГПК MB 345.0 1L</t>
         </is>
       </c>
       <c r="D79" s="1">
-        <v>265</v>
+        <v>1280</v>
       </c>
       <c r="E79" s="1">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B80" s="1">
+        <v>989920211</v>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DOT-4 TRW Brake Fluid 0,5L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
         </is>
       </c>
       <c r="D80" s="1">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E80" s="1">
+        <v>427</v>
+      </c>
+      <c r="E80" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F80" s="1">
         <v>24</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B81" s="1">
+        <v>989950213</v>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 5L</t>
         </is>
       </c>
       <c r="D81" s="1">
-        <v>115</v>
+        <v>2026</v>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B82" s="1">
-        <v>989690511</v>
+        <v>183106</v>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
         </is>
       </c>
       <c r="D82" s="1">
-        <v>490</v>
+        <v>1645</v>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B83" s="1">
+        <v>198712</v>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2 Brake Cleaner 600ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
         </is>
       </c>
       <c r="D83" s="1">
-        <v>107</v>
+        <v>331</v>
       </c>
       <c r="E83" s="1">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">P999</t>
+          <t xml:space="preserve">15D7E7</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз HEPU G11 Синій 1,5L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual FE 75W 1L</t>
         </is>
       </c>
       <c r="D84" s="1">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>394</v>
+      </c>
+      <c r="E84" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B85" s="1">
-        <v>1989240309</v>
+        <v>194810</v>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рідина ГПК MB 345.0 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 60L</t>
         </is>
       </c>
       <c r="D85" s="1">
-        <v>1262</v>
+        <v>15220</v>
       </c>
       <c r="E85" s="1">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B86" s="1">
-        <v>601004346</v>
+        <v>151453</v>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 4L</t>
         </is>
       </c>
       <c r="D86" s="1">
-        <v>222</v>
+        <v>1137</v>
       </c>
       <c r="E86" s="1">
-        <v>37</v>
+        <v>1</v>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>601004384</v>
+        <v>153678</v>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 5L</t>
         </is>
       </c>
       <c r="D87" s="1">
-        <v>950</v>
+        <v>1937</v>
       </c>
       <c r="E87" s="1">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B88" s="1">
-        <v>989920211</v>
+        <v>83212465849</v>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L</t>
         </is>
       </c>
       <c r="D88" s="1">
-        <v>421</v>
+        <v>448</v>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F88" s="1">
-        <v>24</v>
+      <c r="F88" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B89" s="1">
-        <v>989950213</v>
+        <v>83212465854</v>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 1L</t>
         </is>
       </c>
       <c r="D89" s="1">
-        <v>2071</v>
-[...4 lines deleted...]
-        </is>
+        <v>534</v>
+      </c>
+      <c r="E89" s="1">
+        <v>90</v>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B90" s="1">
-        <v>183106</v>
+        <v>153672</v>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 1L</t>
         </is>
       </c>
       <c r="D90" s="1">
-        <v>1654</v>
-[...4 lines deleted...]
-        </is>
+        <v>386</v>
+      </c>
+      <c r="E90" s="1">
+        <v>100</v>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B91" s="1">
-        <v>198712</v>
+        <v>151528</v>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 4L</t>
         </is>
       </c>
       <c r="D91" s="1">
-        <v>327</v>
+        <v>1102</v>
       </c>
       <c r="E91" s="1">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B92" s="1">
+        <v>83212465843</v>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual FE 75W 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 1L</t>
         </is>
       </c>
       <c r="D92" s="1">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>469</v>
+      </c>
+      <c r="E92" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B93" s="1">
-        <v>194810</v>
+        <v>83212465851</v>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 209L</t>
         </is>
       </c>
       <c r="D93" s="1">
-        <v>15007</v>
+        <v>55140</v>
       </c>
       <c r="E93" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B94" s="1">
-        <v>151453</v>
+        <v>601376436</v>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 4L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 4400 1L</t>
         </is>
       </c>
       <c r="D94" s="1">
-        <v>1121</v>
+        <v>336</v>
       </c>
       <c r="E94" s="1">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B95" s="1">
-        <v>153678</v>
+        <v>989680511</v>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.14 1L</t>
         </is>
       </c>
       <c r="D95" s="1">
-        <v>1910</v>
+        <v>472</v>
       </c>
       <c r="E95" s="1">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B96" s="1">
-        <v>83212465849</v>
+        <v>83212465845</v>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 209L</t>
         </is>
       </c>
       <c r="D96" s="1">
-        <v>446</v>
-[...4 lines deleted...]
-        </is>
+        <v>68174</v>
+      </c>
+      <c r="E96" s="1">
+        <v>1</v>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B97" s="1">
-        <v>83212465854</v>
+        <v>83212463697</v>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-20 TwinPower Turbo LL-17FE+ 1L</t>
         </is>
       </c>
       <c r="D97" s="1">
-        <v>527</v>
-[...4 lines deleted...]
-        </is>
+        <v>564</v>
+      </c>
+      <c r="E97" s="1">
+        <v>83</v>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153672</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M2</t>
+        </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D98" s="1">
-        <v>392</v>
+        <v>341</v>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151528</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D99" s="1">
-        <v>1116</v>
-[...7 lines deleted...]
-        </is>
+        <v>1470</v>
+      </c>
+      <c r="E99" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F99" s="1">
+        <v>1</v>
       </c>
       <c r="G99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465843</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M4</t>
+        </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
         </is>
       </c>
       <c r="D100" s="1">
-        <v>453</v>
+        <v>1715</v>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465851</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M2</t>
+        </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 209L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 1L (504.00/507.00)</t>
         </is>
       </c>
       <c r="D101" s="1">
-        <v>54367</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>399</v>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B102" s="1">
-        <v>601376436</v>
+        <v>213758</v>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 4400 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
         </is>
       </c>
       <c r="D102" s="1">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>393</v>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B103" s="1">
-        <v>989680511</v>
+        <v>213683</v>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.14 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
         </is>
       </c>
       <c r="D103" s="1">
-        <v>471</v>
-[...4 lines deleted...]
-        </is>
+        <v>1310</v>
+      </c>
+      <c r="E103" s="1">
+        <v>32</v>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B104" s="1">
-        <v>83212465845</v>
+        <v>213834</v>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 209L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 4L</t>
         </is>
       </c>
       <c r="D104" s="1">
-        <v>67218</v>
+        <v>1370</v>
       </c>
       <c r="E104" s="1">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>83212463697</v>
+        <v>213835</v>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-20 TwinPower Turbo LL-17FE+ 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 5L</t>
         </is>
       </c>
       <c r="D105" s="1">
-        <v>556</v>
+        <v>1282</v>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B106" s="1">
+        <v>214027</v>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC CVT MV 1L</t>
         </is>
       </c>
       <c r="D106" s="1">
-        <v>333</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="E106" s="1">
+        <v>16</v>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B107" s="1">
+        <v>214145</v>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
         </is>
       </c>
       <c r="D107" s="1">
-        <v>1452</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>420</v>
+      </c>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M2</t>
+          <t xml:space="preserve">S671090255</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 1L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 6 1L</t>
         </is>
       </c>
       <c r="D108" s="1">
-        <v>394</v>
+        <v>537</v>
       </c>
       <c r="E108" s="1">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55505M4</t>
+          <t xml:space="preserve">1537EE</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 1L (Land Rover)</t>
         </is>
       </c>
       <c r="D109" s="1">
-        <v>1767</v>
+        <v>371</v>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F109" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F109" s="1">
+        <v>1</v>
       </c>
       <c r="G109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M2</t>
+          <t xml:space="preserve">15AF7A</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 1L (504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
         </is>
       </c>
       <c r="D110" s="1">
-        <v>412</v>
+        <v>453</v>
       </c>
       <c r="E110" s="1">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213683</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15B13F</t>
+        </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional V 0W-20 1L</t>
         </is>
       </c>
       <c r="D111" s="1">
-        <v>1291</v>
-[...4 lines deleted...]
-        </is>
+        <v>470</v>
+      </c>
+      <c r="E111" s="1">
+        <v>53</v>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213698</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15C4ED</t>
+        </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
         </is>
       </c>
       <c r="D112" s="1">
-        <v>1377</v>
-[...4 lines deleted...]
-        </is>
+        <v>381</v>
+      </c>
+      <c r="E112" s="1">
+        <v>47</v>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B113" s="1">
-        <v>213834</v>
+        <v>213861</v>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 4L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Elfmatic G3 1L</t>
         </is>
       </c>
       <c r="D113" s="1">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>265</v>
+      </c>
+      <c r="E113" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213835</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS60577M2</t>
+        </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 1L</t>
         </is>
       </c>
       <c r="D114" s="1">
-        <v>1264</v>
+        <v>433</v>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214027</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS60577M4</t>
+        </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC CVT MV 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 5L</t>
         </is>
       </c>
       <c r="D115" s="1">
-        <v>336</v>
-[...7 lines deleted...]
-        </is>
+        <v>1952</v>
+      </c>
+      <c r="E115" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F115" s="1">
+        <v>1</v>
       </c>
       <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B116" s="1">
-        <v>214145</v>
+        <v>2989060311</v>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 1L</t>
         </is>
       </c>
       <c r="D116" s="1">
-        <v>415</v>
+        <v>1087</v>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZF</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B117" s="1">
+        <v>989210717</v>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 6 1L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 210L</t>
         </is>
       </c>
       <c r="D117" s="1">
-        <v>531</v>
+        <v>66867</v>
       </c>
       <c r="E117" s="1">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B118" s="1">
+        <v>109102</v>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 1L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
         </is>
       </c>
       <c r="D118" s="1">
-        <v>366</v>
-[...4 lines deleted...]
-        </is>
+        <v>440</v>
+      </c>
+      <c r="E118" s="1">
+        <v>72</v>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B119" s="1">
+        <v>213888</v>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 1L</t>
         </is>
       </c>
       <c r="D119" s="1">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>289</v>
+      </c>
+      <c r="E119" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B120" s="1">
+        <v>154294</v>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional V 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 5L</t>
         </is>
       </c>
       <c r="D120" s="1">
-        <v>463</v>
-[...4 lines deleted...]
-        </is>
+        <v>1865</v>
+      </c>
+      <c r="E120" s="1">
+        <v>41</v>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15C4ED</t>
+          <t xml:space="preserve">15DBC9</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
         </is>
       </c>
       <c r="D121" s="1">
-        <v>390</v>
+        <v>14722</v>
       </c>
       <c r="E121" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213861</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83515A6CDD7</t>
+        </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Elf Elfmatic G3 1L</t>
+          <t xml:space="preserve">Антифриз конц. BMW (синій) 1,5L (83512355290)</t>
         </is>
       </c>
       <c r="D122" s="1">
-        <v>266</v>
+        <v>532</v>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>216671</v>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CF54</t>
+        </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
         </is>
       </c>
       <c r="D123" s="1">
-        <v>234</v>
+        <v>1323</v>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS60577M4</t>
+          <t xml:space="preserve">15DBD0</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 5L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
         </is>
       </c>
       <c r="D124" s="1">
-        <v>1959</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>329</v>
+      </c>
+      <c r="E124" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B125" s="1">
-        <v>2989060311</v>
+        <v>550042826</v>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 4L</t>
         </is>
       </c>
       <c r="D125" s="1">
-        <v>1132</v>
+        <v>1198</v>
       </c>
       <c r="E125" s="1">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B126" s="1">
-        <v>989210717</v>
+        <v>550046305</v>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 210L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 1L</t>
         </is>
       </c>
       <c r="D126" s="1">
-        <v>65929</v>
+        <v>352</v>
       </c>
       <c r="E126" s="1">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109102</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537EC</t>
+        </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
         </is>
       </c>
       <c r="D127" s="1">
-        <v>451</v>
+        <v>59282</v>
       </c>
       <c r="E127" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213888</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M9</t>
+        </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 209L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D128" s="1">
-        <v>285</v>
-[...4 lines deleted...]
-        </is>
+        <v>54836</v>
+      </c>
+      <c r="E128" s="1">
+        <v>12</v>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>154294</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D129" s="1">
-        <v>1851</v>
-[...7 lines deleted...]
-        </is>
+        <v>1672</v>
+      </c>
+      <c r="E129" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F129" s="1">
+        <v>1</v>
       </c>
       <c r="G129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B130" s="1">
-        <v>601411212</v>
+        <v>223519</v>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 7134 FE 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 1L</t>
         </is>
       </c>
       <c r="D130" s="1">
-        <v>388</v>
+        <v>356</v>
       </c>
       <c r="E130" s="1">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC9</t>
+          <t xml:space="preserve">15CF53</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 1L</t>
         </is>
       </c>
       <c r="D131" s="1">
-        <v>14613</v>
-[...7 lines deleted...]
-        </is>
+        <v>285</v>
+      </c>
+      <c r="E131" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F131" s="1">
+        <v>1</v>
       </c>
       <c r="G131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B132" s="1">
+        <v>214108</v>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз конц. BMW (синій) 1,5L (83512355290)</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
         </is>
       </c>
       <c r="D132" s="1">
-        <v>524</v>
+        <v>979</v>
       </c>
       <c r="E132" s="1">
-        <v>78</v>
-[...4 lines deleted...]
-        </is>
+        <v>5</v>
+      </c>
+      <c r="F132" s="1">
+        <v>1</v>
       </c>
       <c r="G132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B133" s="1">
+        <v>213914</v>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
         </is>
       </c>
       <c r="D133" s="1">
-        <v>1329</v>
-[...4 lines deleted...]
-        </is>
+        <v>1038</v>
+      </c>
+      <c r="E133" s="1">
+        <v>1</v>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBD0</t>
+          <t xml:space="preserve">15DBC7</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 208L</t>
         </is>
       </c>
       <c r="D134" s="1">
-        <v>334</v>
+        <v>47673</v>
       </c>
       <c r="E134" s="1">
-        <v>21</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
+      </c>
+      <c r="F134" s="1">
+        <v>1</v>
       </c>
       <c r="G134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B135" s="1">
+        <v>154280</v>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 1L</t>
         </is>
       </c>
       <c r="D135" s="1">
-        <v>1291</v>
+        <v>406</v>
       </c>
       <c r="E135" s="1">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B136" s="1">
-        <v>601426384</v>
+        <v>601427060</v>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 4134 1L</t>
         </is>
       </c>
       <c r="D136" s="1">
-        <v>1231</v>
-[...4 lines deleted...]
-        </is>
+        <v>360</v>
+      </c>
+      <c r="E136" s="1">
+        <v>69</v>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601406928</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFA6</t>
+        </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна TITAN GT1 FLEX 23 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
         </is>
       </c>
       <c r="D137" s="1">
-        <v>328</v>
+        <v>1606</v>
       </c>
       <c r="E137" s="1">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B138" s="1">
-        <v>550042826</v>
+        <v>109471</v>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D138" s="1">
-        <v>1182</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1557</v>
+      </c>
+      <c r="E138" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B139" s="1">
-        <v>550046305</v>
+        <v>601883194</v>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 1L</t>
         </is>
       </c>
       <c r="D139" s="1">
-        <v>340</v>
+        <v>248</v>
       </c>
       <c r="E139" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B140" s="1">
+        <v>600930660</v>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-30 1L</t>
         </is>
       </c>
       <c r="D140" s="1">
-        <v>58451</v>
+        <v>255</v>
       </c>
       <c r="E140" s="1">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B141" s="1">
+        <v>108212</v>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-30 1L</t>
         </is>
       </c>
       <c r="D141" s="1">
-        <v>1649</v>
+        <v>331</v>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B142" s="1">
-        <v>601452215</v>
+        <v>601432859</v>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN F ECO B 5W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 5L</t>
         </is>
       </c>
       <c r="D142" s="1">
-        <v>1135</v>
+        <v>1310</v>
       </c>
       <c r="E142" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B143" s="1">
-        <v>601425295</v>
+        <v>989690513</v>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.15 5L</t>
         </is>
       </c>
       <c r="D143" s="1">
-        <v>254</v>
-[...4 lines deleted...]
-        </is>
+        <v>2214</v>
+      </c>
+      <c r="E143" s="1">
+        <v>14</v>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601883217</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15D5FD</t>
+        </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Professional D 0W-30 (Ford) 1L</t>
         </is>
       </c>
       <c r="D144" s="1">
-        <v>1121</v>
+        <v>411</v>
       </c>
       <c r="E144" s="1">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B145" s="1">
-        <v>214108</v>
+        <v>194811</v>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 208L</t>
         </is>
       </c>
       <c r="D145" s="1">
-        <v>955</v>
+        <v>48908</v>
       </c>
       <c r="E145" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B146" s="1">
-        <v>214109</v>
+        <v>109762</v>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
         </is>
       </c>
       <c r="D146" s="1">
-        <v>934</v>
+        <v>1705</v>
       </c>
       <c r="E146" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B147" s="1">
-        <v>213914</v>
+        <v>109776</v>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 5L</t>
         </is>
       </c>
       <c r="D147" s="1">
-        <v>999</v>
+        <v>1631</v>
       </c>
       <c r="E147" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B148" s="1">
-        <v>600481162</v>
+        <v>109474</v>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 208L</t>
         </is>
       </c>
       <c r="D148" s="1">
-        <v>246</v>
-[...4 lines deleted...]
-        </is>
+        <v>52396</v>
+      </c>
+      <c r="E148" s="1">
+        <v>1</v>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B149" s="1">
-        <v>154280</v>
+        <v>550046310</v>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 Diesel 10W-40 4L</t>
         </is>
       </c>
       <c r="D149" s="1">
-        <v>400</v>
+        <v>791</v>
       </c>
       <c r="E149" s="1">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B150" s="1">
-        <v>601427060</v>
+        <v>153685</v>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 4134 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 5L</t>
         </is>
       </c>
       <c r="D150" s="1">
-        <v>355</v>
-[...4 lines deleted...]
-        </is>
+        <v>2236</v>
+      </c>
+      <c r="E150" s="1">
+        <v>10</v>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B151" s="1">
-        <v>601425745</v>
+        <v>216667</v>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
         </is>
       </c>
       <c r="D151" s="1">
-        <v>1019</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>1026</v>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B152" s="1">
+        <v>153790</v>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 1L</t>
         </is>
       </c>
       <c r="D152" s="1">
-        <v>1584</v>
+        <v>460</v>
       </c>
       <c r="E152" s="1">
-        <v>98</v>
+        <v>7</v>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B153" s="1">
+        <v>214111</v>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Professional D 0W-30 (Ford) 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 1L</t>
         </is>
       </c>
       <c r="D153" s="1">
-        <v>1839</v>
+        <v>227</v>
       </c>
       <c r="E153" s="1">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109471</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DDEC</t>
+        </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual EP 80W 1L</t>
         </is>
       </c>
       <c r="D154" s="1">
-        <v>1535</v>
-[...4 lines deleted...]
-        </is>
+        <v>267</v>
+      </c>
+      <c r="E154" s="1">
+        <v>36</v>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B155" s="1">
-        <v>600930660</v>
+        <v>182883</v>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 60L</t>
         </is>
       </c>
       <c r="D155" s="1">
-        <v>251</v>
+        <v>14971</v>
       </c>
       <c r="E155" s="1">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B156" s="1">
-        <v>108212</v>
+        <v>550046307</v>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 5L</t>
         </is>
       </c>
       <c r="D156" s="1">
-        <v>327</v>
+        <v>1655</v>
       </c>
       <c r="E156" s="1">
-        <v>81</v>
+        <v>11</v>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432859</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">157EC0</t>
+        </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
         </is>
       </c>
       <c r="D157" s="1">
-        <v>1316</v>
+        <v>58294</v>
       </c>
       <c r="E157" s="1">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B158" s="1">
+        <v>2989060313</v>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 450ml з аплікатором</t>
+          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 5L</t>
         </is>
       </c>
       <c r="D158" s="1">
-        <v>282</v>
+        <v>4447</v>
       </c>
       <c r="E158" s="1">
-        <v>37</v>
+        <v>72</v>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15D5FD</t>
+          <t xml:space="preserve">153BFF</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Professional D 0W-30 (Ford) 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
         </is>
       </c>
       <c r="D159" s="1">
-        <v>405</v>
+        <v>361</v>
       </c>
       <c r="E159" s="1">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B160" s="1">
-        <v>194811</v>
+        <v>602007278</v>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 5L</t>
         </is>
       </c>
       <c r="D160" s="1">
-        <v>48222</v>
+        <v>1137</v>
       </c>
       <c r="E160" s="1">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B161" s="1">
-        <v>109762</v>
+        <v>8576</v>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 1L</t>
         </is>
       </c>
       <c r="D161" s="1">
-        <v>1681</v>
+        <v>539</v>
       </c>
       <c r="E161" s="1">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B162" s="1">
-        <v>109776</v>
+        <v>2509</v>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Промивка дизельних систем LIQUI MOLY DIESEL SPULUNG 0,5L</t>
         </is>
       </c>
       <c r="D162" s="1">
-        <v>1608</v>
+        <v>552</v>
       </c>
       <c r="E162" s="1">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>109474</v>
+        <v>151521</v>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D163" s="1">
-        <v>50431</v>
+        <v>272</v>
       </c>
       <c r="E163" s="1">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B164" s="1">
-        <v>109473</v>
+        <v>151525</v>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D164" s="1">
-        <v>16483</v>
+        <v>1331</v>
       </c>
       <c r="E164" s="1">
         <v>1</v>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B165" s="1">
-        <v>550046310</v>
+        <v>104091</v>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 Diesel 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
         </is>
       </c>
       <c r="D165" s="1">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>462</v>
+      </c>
+      <c r="E165" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B166" s="1">
-        <v>153685</v>
+        <v>109171</v>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 4L</t>
         </is>
       </c>
       <c r="D166" s="1">
-        <v>2265</v>
+        <v>1334</v>
       </c>
       <c r="E166" s="1">
-        <v>5</v>
+        <v>35</v>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B167" s="1">
-        <v>216667</v>
+        <v>110724</v>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 1L</t>
         </is>
       </c>
       <c r="D167" s="1">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>453</v>
+      </c>
+      <c r="E167" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B168" s="1">
-        <v>153790</v>
+        <v>110554</v>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 5L</t>
         </is>
       </c>
       <c r="D168" s="1">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2026</v>
+      </c>
+      <c r="E168" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B169" s="1">
-        <v>213685</v>
+        <v>602045348</v>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN F ECO B 5W-20 1L</t>
         </is>
       </c>
       <c r="D169" s="1">
-        <v>1019</v>
-[...4 lines deleted...]
-        </is>
+        <v>257</v>
+      </c>
+      <c r="E169" s="1">
+        <v>2</v>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B170" s="1">
+        <v>5139</v>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual EP 80W 1L</t>
+          <t xml:space="preserve">Захист дизельних систем LIQUI MOLY DIESEL-SYSTEMPFLEGE 0,25L</t>
         </is>
       </c>
       <c r="D170" s="1">
-        <v>268</v>
+        <v>322</v>
       </c>
       <c r="E170" s="1">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B171" s="1">
-        <v>182883</v>
+        <v>601432491</v>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 1L</t>
         </is>
       </c>
       <c r="D171" s="1">
-        <v>15246</v>
+        <v>287</v>
       </c>
       <c r="E171" s="1">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B172" s="1">
-        <v>550046307</v>
+        <v>601432507</v>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 5L</t>
         </is>
       </c>
       <c r="D172" s="1">
-        <v>1632</v>
+        <v>1310</v>
       </c>
       <c r="E172" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B173" s="1">
+        <v>601432828</v>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 1L</t>
         </is>
       </c>
       <c r="D173" s="1">
-        <v>57477</v>
+        <v>272</v>
       </c>
       <c r="E173" s="1">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B174" s="1">
-        <v>2989060313</v>
+        <v>600519186</v>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 5L</t>
+          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 205L</t>
         </is>
       </c>
       <c r="D174" s="1">
-        <v>4522</v>
+        <v>30689</v>
       </c>
       <c r="E174" s="1">
-        <v>70</v>
+        <v>1</v>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B175" s="1">
+        <v>601426940</v>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 6009 1L</t>
         </is>
       </c>
       <c r="D175" s="1">
-        <v>356</v>
+        <v>324</v>
       </c>
       <c r="E175" s="1">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B176" s="1">
-        <v>602007278</v>
+        <v>151519</v>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Mobil ATF LT 71141 1L</t>
         </is>
       </c>
       <c r="D176" s="1">
-        <v>1121</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>355</v>
+      </c>
+      <c r="E176" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>8576</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFCB</t>
+        </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 1L</t>
         </is>
       </c>
       <c r="D177" s="1">
-        <v>555</v>
+        <v>319</v>
       </c>
       <c r="E177" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>2509</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFCC</t>
+        </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Промивка дизельних систем LIQUI MOLY DIESEL SPULUNG 0,5L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
         </is>
       </c>
       <c r="D178" s="1">
-        <v>545</v>
+        <v>1512</v>
       </c>
       <c r="E178" s="1">
         <v>3</v>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B179" s="1">
-        <v>151521</v>
+        <v>450000115</v>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-IV 1L</t>
         </is>
       </c>
       <c r="D179" s="1">
-        <v>271</v>
+        <v>425</v>
       </c>
       <c r="E179" s="1">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151525</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F073</t>
+        </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
         </is>
       </c>
       <c r="D180" s="1">
-        <v>1312</v>
+        <v>31438</v>
       </c>
       <c r="E180" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109774</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
         </is>
       </c>
       <c r="D181" s="1">
-        <v>376</v>
+        <v>1053</v>
       </c>
       <c r="E181" s="1">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B182" s="1">
-        <v>8536</v>
+        <v>93165559</v>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 60L</t>
         </is>
       </c>
       <c r="D182" s="1">
-        <v>2533</v>
+        <v>13833</v>
       </c>
       <c r="E182" s="1">
-        <v>2</v>
-[...4 lines deleted...]
-        </is>
+        <v>9</v>
+      </c>
+      <c r="F182" s="1">
+        <v>1</v>
       </c>
       <c r="G182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B183" s="1">
-        <v>109171</v>
+        <v>93165555</v>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 2L</t>
         </is>
       </c>
       <c r="D183" s="1">
-        <v>1340</v>
+        <v>490</v>
       </c>
       <c r="E183" s="1">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B184" s="1">
-        <v>110724</v>
+        <v>93165556</v>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 4L</t>
         </is>
       </c>
       <c r="D184" s="1">
-        <v>446</v>
+        <v>984</v>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B185" s="1">
-        <v>110554</v>
+        <v>90513468</v>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 60L</t>
         </is>
       </c>
       <c r="D185" s="1">
-        <v>1998</v>
+        <v>9881</v>
       </c>
       <c r="E185" s="1">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B186" s="1">
-        <v>602045348</v>
+        <v>93165214</v>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN F ECO B 5W-20 1L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 2L</t>
         </is>
       </c>
       <c r="D186" s="1">
-        <v>254</v>
+        <v>354</v>
       </c>
       <c r="E186" s="1">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B187" s="1">
-        <v>5139</v>
+        <v>93165215</v>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Захист дизельних систем LIQUI MOLY DIESEL-SYSTEMPFLEGE 0,25L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 4L</t>
         </is>
       </c>
       <c r="D187" s="1">
-        <v>317</v>
+        <v>712</v>
       </c>
       <c r="E187" s="1">
-        <v>6</v>
+        <v>49</v>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B188" s="1">
-        <v>520000620</v>
+        <v>550052791</v>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF 5W30 C3  6L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 1L</t>
         </is>
       </c>
       <c r="D188" s="1">
-        <v>1657</v>
+        <v>335</v>
       </c>
       <c r="E188" s="1">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B189" s="1">
-        <v>601432491</v>
+        <v>550052835</v>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 4L</t>
         </is>
       </c>
       <c r="D189" s="1">
-        <v>264</v>
+        <v>1270</v>
       </c>
       <c r="E189" s="1">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B190" s="1">
-        <v>601432507</v>
+        <v>602003218</v>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 4L</t>
         </is>
       </c>
       <c r="D190" s="1">
-        <v>1291</v>
+        <v>964</v>
       </c>
       <c r="E190" s="1">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601432828</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F075</t>
+        </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
         </is>
       </c>
       <c r="D191" s="1">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>820</v>
+      </c>
+      <c r="E191" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B192" s="1">
-        <v>600519186</v>
+        <v>550046383</v>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 205L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D192" s="1">
-        <v>30259</v>
+        <v>311</v>
       </c>
       <c r="E192" s="1">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601426940</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 6009 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L</t>
         </is>
       </c>
       <c r="D193" s="1">
-        <v>320</v>
-[...4 lines deleted...]
-        </is>
+        <v>234</v>
+      </c>
+      <c r="E193" s="1">
+        <v>69</v>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B194" s="1">
-        <v>151519</v>
+        <v>601426384</v>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mobil ATF LT 71141 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
         </is>
       </c>
       <c r="D194" s="1">
-        <v>350</v>
-[...9 lines deleted...]
-        </is>
+        <v>1236</v>
+      </c>
+      <c r="E194" s="1">
+        <v>18</v>
+      </c>
+      <c r="F194" s="1">
+        <v>1</v>
       </c>
       <c r="G194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B195" s="1">
+        <v>550070413</v>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 5L</t>
         </is>
       </c>
       <c r="D195" s="1">
-        <v>315</v>
+        <v>932</v>
       </c>
       <c r="E195" s="1">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFCC</t>
+          <t xml:space="preserve">1595DA</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Supercar Titanium FST 10W-60 208L</t>
         </is>
       </c>
       <c r="D196" s="1">
-        <v>1491</v>
+        <v>89821</v>
       </c>
       <c r="E196" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>450000115</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F072</t>
+        </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-IV 1L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 20L</t>
         </is>
       </c>
       <c r="D197" s="1">
-        <v>419</v>
+        <v>3360</v>
       </c>
       <c r="E197" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B198" s="1">
+        <v>157411</v>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Mobil 10W-40 4L</t>
         </is>
       </c>
       <c r="D198" s="1">
-        <v>30997</v>
+        <v>630</v>
       </c>
       <c r="E198" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B199" s="1">
+        <v>510000141</v>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 1L</t>
         </is>
       </c>
       <c r="D199" s="1">
-        <v>1022</v>
+        <v>386</v>
       </c>
       <c r="E199" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B200" s="1">
-        <v>93165555</v>
+        <v>510000410</v>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 2L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 4L</t>
         </is>
       </c>
       <c r="D200" s="1">
-        <v>483</v>
+        <v>934</v>
       </c>
       <c r="E200" s="1">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B201" s="1">
-        <v>93165556</v>
+        <v>510000110</v>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 1L</t>
         </is>
       </c>
       <c r="D201" s="1">
-        <v>970</v>
+        <v>262</v>
       </c>
       <c r="E201" s="1">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B202" s="1">
-        <v>90513468</v>
+        <v>520000111</v>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 1L</t>
         </is>
       </c>
       <c r="D202" s="1">
-        <v>9742</v>
+        <v>267</v>
       </c>
       <c r="E202" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F202" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B203" s="1">
-        <v>93165214</v>
+        <v>109762</v>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 2L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
         </is>
       </c>
       <c r="D203" s="1">
-        <v>349</v>
+        <v>1705</v>
       </c>
       <c r="E203" s="1">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="F203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B204" s="1">
-        <v>93165215</v>
+        <v>520000411</v>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 4L</t>
         </is>
       </c>
       <c r="D204" s="1">
-        <v>702</v>
+        <v>1013</v>
       </c>
       <c r="E204" s="1">
-        <v>94</v>
+        <v>16</v>
       </c>
       <c r="F204" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B205" s="1">
-        <v>550052791</v>
+        <v>510000451</v>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 4L</t>
         </is>
       </c>
       <c r="D205" s="1">
-        <v>331</v>
+        <v>1191</v>
       </c>
       <c r="E205" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="F205" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B206" s="1">
-        <v>550052835</v>
+        <v>109761</v>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 1L</t>
         </is>
       </c>
       <c r="D206" s="1">
-        <v>1252</v>
+        <v>364</v>
       </c>
       <c r="E206" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F206" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B207" s="1">
-        <v>602003553</v>
+        <v>36311</v>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 1L</t>
         </is>
       </c>
       <c r="D207" s="1">
-        <v>1082</v>
+        <v>417</v>
       </c>
       <c r="E207" s="1">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="F207" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B208" s="1">
-        <v>602003218</v>
+        <v>36241</v>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 4L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 1L</t>
         </is>
       </c>
       <c r="D208" s="1">
-        <v>975</v>
+        <v>327</v>
       </c>
       <c r="E208" s="1">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F208" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B209" s="1">
-        <v>214244</v>
+        <v>550046268</v>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 9 FE 75W 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 4L</t>
         </is>
       </c>
       <c r="D209" s="1">
-        <v>334</v>
+        <v>1211</v>
       </c>
       <c r="E209" s="1">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="F209" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B210" s="1">
+        <v>602007292</v>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 1L</t>
         </is>
       </c>
       <c r="D210" s="1">
-        <v>808</v>
-[...4 lines deleted...]
-        </is>
+        <v>247</v>
+      </c>
+      <c r="E210" s="1">
+        <v>5</v>
       </c>
       <c r="F210" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046383</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DC45</t>
+        </is>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 208L</t>
         </is>
       </c>
       <c r="D211" s="1">
-        <v>306</v>
+        <v>76098</v>
       </c>
       <c r="E211" s="1">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="F211" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">1502B8</t>
         </is>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 1L</t>
         </is>
       </c>
       <c r="D212" s="1">
-        <v>231</v>
-[...4 lines deleted...]
-        </is>
+        <v>307</v>
+      </c>
+      <c r="E212" s="1">
+        <v>36</v>
       </c>
       <c r="F212" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G212" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B213" s="1">
-        <v>194877</v>
+        <v>550070412</v>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 1L</t>
         </is>
       </c>
       <c r="D213" s="1">
-        <v>1206</v>
+        <v>213</v>
       </c>
       <c r="E213" s="1">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>55</v>
+      </c>
+      <c r="F213" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G213" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B214" s="1">
-        <v>601426384</v>
+        <v>214110</v>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
         </is>
       </c>
       <c r="D214" s="1">
-        <v>1176</v>
-[...7 lines deleted...]
-        <v>12</v>
+        <v>212</v>
+      </c>
+      <c r="E214" s="1">
+        <v>52</v>
+      </c>
+      <c r="F214" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G214" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550070413</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L (promo)</t>
         </is>
       </c>
       <c r="D215" s="1">
-        <v>919</v>
-[...7 lines deleted...]
-        </is>
+        <v>218</v>
+      </c>
+      <c r="E215" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F215" s="1">
+        <v>24</v>
       </c>
       <c r="G215" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1595DA</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Supercar Titanium FST 10W-60 208L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L (promo)</t>
         </is>
       </c>
       <c r="D216" s="1">
-        <v>88561</v>
+        <v>1013</v>
       </c>
       <c r="E216" s="1">
-        <v>1</v>
-[...4 lines deleted...]
-        </is>
+        <v>56</v>
+      </c>
+      <c r="F216" s="1">
+        <v>8</v>
       </c>
       <c r="G216" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F074</t>
+          <t xml:space="preserve">15F76C</t>
         </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional EC 0W-20 1L</t>
         </is>
       </c>
       <c r="D217" s="1">
-        <v>9353</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>495</v>
+      </c>
+      <c r="E217" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F217" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G217" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B218" s="1">
+        <v>602008176</v>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  5L</t>
         </is>
       </c>
       <c r="D218" s="1">
-        <v>3361</v>
+        <v>1381</v>
       </c>
       <c r="E218" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F218" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G218" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B219" s="1">
-        <v>157411</v>
+        <v>112890</v>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 1L</t>
         </is>
       </c>
       <c r="D219" s="1">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>270</v>
+      </c>
+      <c r="E219" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F219" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G219" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B220" s="1">
-        <v>510000141</v>
+        <v>112892</v>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 5L</t>
         </is>
       </c>
       <c r="D220" s="1">
-        <v>400</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>1085</v>
+      </c>
+      <c r="E220" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F220" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G220" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000441</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F647</t>
+        </is>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 1L</t>
         </is>
       </c>
       <c r="D221" s="1">
-        <v>1469</v>
+        <v>314</v>
       </c>
       <c r="E221" s="1">
-        <v>7</v>
+        <v>32</v>
       </c>
       <c r="F221" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G221" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000410</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518203AA</t>
+        </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-20 5L</t>
         </is>
       </c>
       <c r="D222" s="1">
-        <v>955</v>
+        <v>1544</v>
       </c>
       <c r="E222" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="F222" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G222" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000110</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218057AC</t>
+        </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mopar ATF +4 0.946L</t>
         </is>
       </c>
       <c r="D223" s="1">
-        <v>256</v>
+        <v>361</v>
       </c>
       <c r="E223" s="1">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="F223" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G223" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B224" s="1">
-        <v>520000111</v>
+        <v>602007780</v>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  1L</t>
         </is>
       </c>
       <c r="D224" s="1">
-        <v>264</v>
+        <v>321</v>
       </c>
       <c r="E224" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G224" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109762</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090134</t>
+        </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 0W-20 1L</t>
         </is>
       </c>
       <c r="D225" s="1">
-        <v>1681</v>
+        <v>391</v>
       </c>
       <c r="E225" s="1">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G225" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B226" s="1">
-        <v>520000411</v>
+        <v>214120</v>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
         </is>
       </c>
       <c r="D226" s="1">
-        <v>989</v>
+        <v>811</v>
       </c>
       <c r="E226" s="1">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="F226" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G226" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B227" s="1">
-        <v>510000451</v>
+        <v>194785</v>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 60L</t>
         </is>
       </c>
       <c r="D227" s="1">
-        <v>1186</v>
+        <v>11228</v>
       </c>
       <c r="E227" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F227" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G227" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B228" s="1">
-        <v>109761</v>
+        <v>213905</v>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
         </is>
       </c>
       <c r="D228" s="1">
-        <v>344</v>
+        <v>309</v>
       </c>
       <c r="E228" s="1">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F228" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G228" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B229" s="1">
+        <v>214114</v>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 250ml з аплікатором</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 5L</t>
         </is>
       </c>
       <c r="D229" s="1">
-        <v>191</v>
+        <v>932</v>
       </c>
       <c r="E229" s="1">
-        <v>20</v>
+        <v>82</v>
       </c>
       <c r="F229" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G229" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD40600ML</t>
+          <t xml:space="preserve">15F6AB</t>
         </is>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 600ml з аплікатором</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 1L</t>
         </is>
       </c>
       <c r="D230" s="1">
-        <v>353</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>477</v>
+      </c>
+      <c r="E230" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F230" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G230" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36311</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6E6</t>
+        </is>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 1L</t>
         </is>
       </c>
       <c r="D231" s="1">
-        <v>412</v>
+        <v>456</v>
       </c>
       <c r="E231" s="1">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="F231" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G231" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36301</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F0BA</t>
+        </is>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax ATF DX-VI Mercon LV Multi 1L</t>
         </is>
       </c>
       <c r="D232" s="1">
-        <v>483</v>
+        <v>366</v>
       </c>
       <c r="E232" s="1">
-        <v>1</v>
+        <v>84</v>
       </c>
       <c r="F232" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G232" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36241</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F205</t>
+        </is>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 1L</t>
         </is>
       </c>
       <c r="D233" s="1">
-        <v>322</v>
+        <v>425</v>
       </c>
       <c r="E233" s="1">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F233" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G233" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046268</v>
+          <t xml:space="preserve">WD</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WD40150ML</t>
+        </is>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 4L</t>
+          <t xml:space="preserve">WD-40 150ml</t>
         </is>
       </c>
       <c r="D234" s="1">
-        <v>1194</v>
+        <v>147</v>
       </c>
       <c r="E234" s="1">
-        <v>56</v>
+        <v>29</v>
       </c>
       <c r="F234" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G234" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007292</v>
+          <t xml:space="preserve">FORD</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CF54</t>
+        </is>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D235" s="1">
-        <v>243</v>
-[...7 lines deleted...]
-        </is>
+        <v>1260</v>
+      </c>
+      <c r="E235" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F235" s="1">
+        <v>8</v>
       </c>
       <c r="G235" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DC45</t>
+          <t xml:space="preserve">15F64B</t>
         </is>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 208L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 5L</t>
         </is>
       </c>
       <c r="D236" s="1">
-        <v>75031</v>
+        <v>1423</v>
       </c>
       <c r="E236" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G236" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1502B8</t>
+          <t xml:space="preserve">15F7D2</t>
         </is>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 5L</t>
         </is>
       </c>
       <c r="D237" s="1">
-        <v>302</v>
+        <v>1174</v>
       </c>
       <c r="E237" s="1">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G237" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B238" s="1">
-        <v>550070412</v>
+        <v>157302</v>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 4L</t>
         </is>
       </c>
       <c r="D238" s="1">
-        <v>210</v>
+        <v>1038</v>
       </c>
       <c r="E238" s="1">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G238" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214110</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7111R</t>
+        </is>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
+          <t xml:space="preserve">Концентрат антифризу BARDAHL ХCL G12/G12+ 1L</t>
         </is>
       </c>
       <c r="D239" s="1">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="E239" s="1">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="F239" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G239" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B240" s="1">
+        <v>36243</v>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L (promo)</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 5L</t>
         </is>
       </c>
       <c r="D240" s="1">
-        <v>215</v>
-[...7 lines deleted...]
-        <v>24</v>
+        <v>1297</v>
+      </c>
+      <c r="E240" s="1">
+        <v>4</v>
+      </c>
+      <c r="F240" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G240" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B241" s="1">
+        <v>36313</v>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L (promo)</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 5L</t>
         </is>
       </c>
       <c r="D241" s="1">
-        <v>276</v>
+        <v>1770</v>
       </c>
       <c r="E241" s="1">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>4</v>
+      </c>
+      <c r="F241" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G241" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B242" s="1">
+        <v>36161</v>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L (promo)</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 1L</t>
         </is>
       </c>
       <c r="D242" s="1">
-        <v>999</v>
+        <v>371</v>
       </c>
       <c r="E242" s="1">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>7</v>
+      </c>
+      <c r="F242" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G242" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B243" s="1">
+        <v>36163</v>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional EC 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 5L</t>
         </is>
       </c>
       <c r="D243" s="1">
-        <v>488</v>
+        <v>1547</v>
       </c>
       <c r="E243" s="1">
-        <v>23</v>
+        <v>7</v>
       </c>
       <c r="F243" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G243" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B244" s="1">
-        <v>602008176</v>
+        <v>36303</v>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 5L</t>
         </is>
       </c>
       <c r="D244" s="1">
-        <v>1394</v>
+        <v>2168</v>
       </c>
       <c r="E244" s="1">
         <v>3</v>
       </c>
       <c r="F244" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G244" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B245" s="1">
-        <v>112890</v>
+        <v>35911</v>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 10W-40 MOTO 1L</t>
         </is>
       </c>
       <c r="D245" s="1">
-        <v>266</v>
+        <v>285</v>
       </c>
       <c r="E245" s="1">
-        <v>32</v>
+        <v>5</v>
       </c>
       <c r="F245" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G245" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B246" s="1">
-        <v>112892</v>
+        <v>35791</v>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 2T MOTO 1L</t>
         </is>
       </c>
       <c r="D246" s="1">
-        <v>1070</v>
-[...4 lines deleted...]
-        </is>
+        <v>305</v>
+      </c>
+      <c r="E246" s="1">
+        <v>4</v>
       </c>
       <c r="F246" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G246" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B247" s="1">
+        <v>34101</v>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 1L</t>
         </is>
       </c>
       <c r="D247" s="1">
-        <v>311</v>
+        <v>383</v>
       </c>
       <c r="E247" s="1">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F247" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G247" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOPAR</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B248" s="1">
+        <v>34103</v>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mopar ATF +4 0.946L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 5L</t>
         </is>
       </c>
       <c r="D248" s="1">
-        <v>371</v>
+        <v>1618</v>
       </c>
       <c r="E248" s="1">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F248" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G248" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B249" s="1">
-        <v>602007780</v>
+        <v>35941</v>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTС-M 10W-50 MOTO 1L</t>
         </is>
       </c>
       <c r="D249" s="1">
-        <v>319</v>
+        <v>500</v>
       </c>
       <c r="E249" s="1">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F249" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G249" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B250" s="1">
-        <v>602067340</v>
+        <v>36871</v>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 205L</t>
+          <t xml:space="preserve">Олива трансмісійна BARDAHL ATF 8G 1L</t>
         </is>
       </c>
       <c r="D250" s="1">
-        <v>32473</v>
+        <v>531</v>
       </c>
       <c r="E250" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F250" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G250" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B384</t>
+          <t xml:space="preserve">2007B</t>
         </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 10W-40 E6/E9 208L</t>
+          <t xml:space="preserve">Присадка BARDAHL FULL METAL 400ml</t>
         </is>
       </c>
       <c r="D251" s="1">
-        <v>35425</v>
+        <v>942</v>
       </c>
       <c r="E251" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F251" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G251" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090134</t>
+          <t xml:space="preserve">3216B</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 0W-20 1L</t>
+          <t xml:space="preserve">Присадка BARDAHL TURBO PROTECT 300ml</t>
         </is>
       </c>
       <c r="D252" s="1">
-        <v>388</v>
+        <v>622</v>
       </c>
       <c r="E252" s="1">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="F252" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G252" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>214120</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4451E</t>
+        </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
+          <t xml:space="preserve">Чистячий засіб для гальм і деталей BARDAHL 600ml</t>
         </is>
       </c>
       <c r="D253" s="1">
-        <v>799</v>
-[...4 lines deleted...]
-        </is>
+        <v>170</v>
+      </c>
+      <c r="E253" s="1">
+        <v>4</v>
       </c>
       <c r="F253" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G253" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B254" s="1">
-        <v>194785</v>
+        <v>157410</v>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Mobil 10W-40 1L</t>
         </is>
       </c>
       <c r="D254" s="1">
-        <v>11071</v>
+        <v>193</v>
       </c>
       <c r="E254" s="1">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F254" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G254" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B255" s="1">
-        <v>213905</v>
+        <v>700001644</v>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 1L</t>
         </is>
       </c>
       <c r="D255" s="1">
-        <v>301</v>
+        <v>361</v>
       </c>
       <c r="E255" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F255" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G255" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B256" s="1">
-        <v>214083</v>
+        <v>700001753</v>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 2L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 5L</t>
         </is>
       </c>
       <c r="D256" s="1">
-        <v>540</v>
+        <v>1301</v>
       </c>
       <c r="E256" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F256" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G256" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B257" s="1">
-        <v>214112</v>
+        <v>700001607</v>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 1L</t>
         </is>
       </c>
       <c r="D257" s="1">
-        <v>200</v>
+        <v>371</v>
       </c>
       <c r="E257" s="1">
-        <v>46</v>
+        <v>2</v>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G257" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B258" s="1">
-        <v>214114</v>
+        <v>700001581</v>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 4L</t>
         </is>
       </c>
       <c r="D258" s="1">
-        <v>1014</v>
+        <v>1413</v>
       </c>
       <c r="E258" s="1">
         <v>2</v>
       </c>
       <c r="F258" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G258" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B259" s="1">
+        <v>700001642</v>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 1L</t>
         </is>
       </c>
       <c r="D259" s="1">
-        <v>478</v>
-[...4 lines deleted...]
-        </is>
+        <v>249</v>
+      </c>
+      <c r="E259" s="1">
+        <v>1</v>
       </c>
       <c r="F259" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G259" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B260" s="1">
+        <v>700001580</v>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 4,5L</t>
         </is>
       </c>
       <c r="D260" s="1">
-        <v>468</v>
+        <v>1075</v>
       </c>
       <c r="E260" s="1">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="F260" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G260" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B261" s="1">
+        <v>700001746</v>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 5L</t>
         </is>
       </c>
       <c r="D261" s="1">
-        <v>424</v>
+        <v>766</v>
       </c>
       <c r="E261" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F261" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G261" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B262" s="1">
+        <v>700001641</v>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">K2 Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 1L</t>
         </is>
       </c>
       <c r="D262" s="1">
-        <v>96</v>
+        <v>210</v>
       </c>
       <c r="E262" s="1">
-        <v>48</v>
+        <v>1</v>
       </c>
       <c r="F262" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G262" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B263" s="1">
+        <v>700001576</v>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 150ml</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Plus 15W-40 20L</t>
         </is>
       </c>
       <c r="D263" s="1">
-        <v>145</v>
+        <v>3173</v>
       </c>
       <c r="E263" s="1">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="F263" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G263" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B264" s="1">
+        <v>700001583</v>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L (promo)</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Extreme 10W-40 20L</t>
         </is>
       </c>
       <c r="D264" s="1">
-        <v>1304</v>
-[...7 lines deleted...]
-        <v>4</v>
+        <v>4017</v>
+      </c>
+      <c r="E264" s="1">
+        <v>1</v>
+      </c>
+      <c r="F264" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G264" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B265" s="1">
+        <v>700001781</v>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Basic 10W-40 20L</t>
         </is>
       </c>
       <c r="D265" s="1">
-        <v>1413</v>
+        <v>3409</v>
       </c>
       <c r="E265" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F265" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G265" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B266" s="1">
+        <v>100001516</v>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 5L</t>
+          <t xml:space="preserve">Охолоджуюча рідина Petrygo Plus 1L</t>
         </is>
       </c>
       <c r="D266" s="1">
-        <v>1170</v>
+        <v>142</v>
       </c>
       <c r="E266" s="1">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F266" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G266" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B267" s="1">
-        <v>157302</v>
+        <v>700001683</v>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Rider 4T 10W-40 1L</t>
         </is>
       </c>
       <c r="D267" s="1">
-        <v>1048</v>
+        <v>257</v>
       </c>
       <c r="E267" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F267" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G267" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B268" s="1">
+        <v>700001487</v>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Концентрат антифризу BARDAHL ХCL G12/G12+ 1L</t>
+          <t xml:space="preserve">Олива гідравлічна L-HM/HLP 46 20L</t>
         </is>
       </c>
       <c r="D268" s="1">
-        <v>221</v>
+        <v>1802</v>
       </c>
       <c r="E268" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F268" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G268" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B269" s="1">
-        <v>36243</v>
+        <v>100000840</v>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 5L</t>
+          <t xml:space="preserve">Олива гідравлічна Hydrol L-HM/HLP 46 20L</t>
         </is>
       </c>
       <c r="D269" s="1">
-        <v>1279</v>
+        <v>2228</v>
       </c>
       <c r="E269" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F269" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G269" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B270" s="1">
-        <v>36313</v>
+        <v>100001367</v>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 5L</t>
+          <t xml:space="preserve">Олива гідравлічна Hydrol L-HV 46 20L</t>
         </is>
       </c>
       <c r="D270" s="1">
-        <v>1745</v>
+        <v>2528</v>
       </c>
       <c r="E270" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F270" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G270" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B271" s="1">
-        <v>36161</v>
+        <v>100000243</v>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hipol GL-4 80W-90 1L</t>
         </is>
       </c>
       <c r="D271" s="1">
-        <v>366</v>
+        <v>166</v>
       </c>
       <c r="E271" s="1">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F271" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G271" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B272" s="1">
-        <v>36163</v>
+        <v>100000247</v>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 80W-90 1L</t>
         </is>
       </c>
       <c r="D272" s="1">
-        <v>1526</v>
+        <v>183</v>
       </c>
       <c r="E272" s="1">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F272" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G272" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B273" s="1">
-        <v>36303</v>
+        <v>100000282</v>
       </c>
       <c r="C273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 85W-140 1L</t>
         </is>
       </c>
       <c r="D273" s="1">
-        <v>2138</v>
+        <v>233</v>
       </c>
       <c r="E273" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F273" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G273" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B274" s="1">
-        <v>35911</v>
+        <v>100001271</v>
       </c>
       <c r="C274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 10W-40 MOTO 1L</t>
+          <t xml:space="preserve">Мастило літієве Liten EP-2 400gr</t>
         </is>
       </c>
       <c r="D274" s="1">
-        <v>281</v>
+        <v>146</v>
       </c>
       <c r="E274" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F274" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G274" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B275" s="1">
-        <v>35791</v>
+        <v>100001270</v>
       </c>
       <c r="C275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 2T MOTO 1L</t>
+          <t xml:space="preserve">Мастило літієве Liten EP-2 4,5kg</t>
         </is>
       </c>
       <c r="D275" s="1">
-        <v>301</v>
+        <v>1020</v>
       </c>
       <c r="E275" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F275" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G275" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B276" s="1">
-        <v>34101</v>
+        <v>100000809</v>
       </c>
       <c r="C276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 1L</t>
+          <t xml:space="preserve">Мастило літієве Liten LT-43 9kg</t>
         </is>
       </c>
       <c r="D276" s="1">
-        <v>383</v>
+        <v>1845</v>
       </c>
       <c r="E276" s="1">
         <v>1</v>
       </c>
       <c r="F276" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G276" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B277" s="1">
-        <v>34103</v>
+        <v>100000589</v>
       </c>
       <c r="C277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 5L</t>
+          <t xml:space="preserve">Мастило літієве Liten LT-43 17kg</t>
         </is>
       </c>
       <c r="D277" s="1">
-        <v>1611</v>
+        <v>3638</v>
       </c>
       <c r="E277" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F277" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G277" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B278" s="1">
-        <v>35941</v>
+        <v>100001407</v>
       </c>
       <c r="C278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTС-M 10W-50 MOTO 1L</t>
+          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 1L</t>
         </is>
       </c>
       <c r="D278" s="1">
-        <v>493</v>
+        <v>122</v>
       </c>
       <c r="E278" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F278" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G278" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B279" s="1">
-        <v>36871</v>
+        <v>100001408</v>
       </c>
       <c r="C279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна BARDAHL ATF 8G 1L</t>
+          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 5L</t>
         </is>
       </c>
       <c r="D279" s="1">
-        <v>524</v>
+        <v>470</v>
       </c>
       <c r="E279" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F279" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G279" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B280" s="1">
+        <v>100001803</v>
       </c>
       <c r="C280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка BARDAHL FULL METAL 400ml</t>
+          <t xml:space="preserve">Охолоджуюча рідина Borygo G12+ червоний 10kg</t>
         </is>
       </c>
       <c r="D280" s="1">
-        <v>928</v>
+        <v>684</v>
       </c>
       <c r="E280" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F280" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G280" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B281" s="1">
+        <v>700000807</v>
       </c>
       <c r="C281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка BARDAHL TURBO PROTECT 300ml</t>
+          <t xml:space="preserve">Охолоджуюча рідина Borygo G12 зелений 10kg</t>
         </is>
       </c>
       <c r="D281" s="1">
-        <v>614</v>
+        <v>684</v>
       </c>
       <c r="E281" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F281" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G281" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ORLEN OIL</t>
+        </is>
+      </c>
+      <c r="B282" s="1">
+        <v>100000235</v>
       </c>
       <c r="C282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Чистячий засіб для гальм і деталей BARDAHL 600ml</t>
+          <t xml:space="preserve">Гальмівна рідина Orlen Oil DOT-4 0,5L</t>
         </is>
       </c>
       <c r="D282" s="1">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E282" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F282" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G282" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B283" s="1">
-        <v>157410</v>
+        <v>100000607</v>
       </c>
       <c r="C283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Trawol 10W-30 1L</t>
         </is>
       </c>
       <c r="D283" s="1">
-        <v>190</v>
+        <v>221</v>
       </c>
       <c r="E283" s="1">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="F283" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G283" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B284" s="1">
-        <v>700001644</v>
+        <v>100000101</v>
       </c>
       <c r="C284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil 2T Semisynthetic (C) 1L</t>
         </is>
       </c>
       <c r="D284" s="1">
-        <v>356</v>
+        <v>204</v>
       </c>
       <c r="E284" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F284" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G284" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B285" s="1">
-        <v>700001753</v>
+        <v>100000461</v>
       </c>
       <c r="C285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 5L</t>
+          <t xml:space="preserve">№705 Добавка до оливи-покращує властивості оливи/Oil Treatment 450ml</t>
         </is>
       </c>
       <c r="D285" s="1">
-        <v>1283</v>
+        <v>285</v>
       </c>
       <c r="E285" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G285" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B286" s="1">
-        <v>700001607</v>
+        <v>100001065</v>
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 1L</t>
+          <t xml:space="preserve">Олива компресорна Coralia VDL 100 20L</t>
         </is>
       </c>
       <c r="D286" s="1">
-        <v>366</v>
+        <v>3773</v>
       </c>
       <c r="E286" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G286" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B287" s="1">
-        <v>700001581</v>
+        <v>989920211</v>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
         </is>
       </c>
       <c r="D287" s="1">
-        <v>1393</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>450</v>
+      </c>
+      <c r="E287" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F287" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G287" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001642</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80845-BB</t>
+        </is>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 (BAG IN BOX) 5L</t>
         </is>
       </c>
       <c r="D288" s="1">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1282</v>
+      </c>
+      <c r="E288" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F288" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G288" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B289" s="1">
-        <v>700001580</v>
+        <v>102051</v>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 4,5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 5L</t>
         </is>
       </c>
       <c r="D289" s="1">
-        <v>1060</v>
+        <v>1581</v>
       </c>
       <c r="E289" s="1">
-        <v>2</v>
+        <v>61</v>
       </c>
       <c r="F289" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G289" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B290" s="1">
-        <v>700001746</v>
+        <v>102208</v>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 1L</t>
         </is>
       </c>
       <c r="D290" s="1">
-        <v>755</v>
+        <v>362</v>
       </c>
       <c r="E290" s="1">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="F290" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G290" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B291" s="1">
-        <v>700001641</v>
+        <v>102210</v>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 60L</t>
         </is>
       </c>
       <c r="D291" s="1">
-        <v>208</v>
+        <v>17466</v>
       </c>
       <c r="E291" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F291" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G291" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B292" s="1">
-        <v>700001576</v>
+        <v>102793</v>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Plus 15W-40 20L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 1L</t>
         </is>
       </c>
       <c r="D292" s="1">
-        <v>3129</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>448</v>
+      </c>
+      <c r="E292" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G292" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B293" s="1">
-        <v>700001583</v>
+        <v>102794</v>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Extreme 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 5L</t>
         </is>
       </c>
       <c r="D293" s="1">
-        <v>3960</v>
+        <v>2100</v>
       </c>
       <c r="E293" s="1">
-        <v>1</v>
+        <v>41</v>
       </c>
       <c r="F293" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G293" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B294" s="1">
-        <v>700001781</v>
+        <v>93165554</v>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Basic 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 1L</t>
         </is>
       </c>
       <c r="D294" s="1">
-        <v>3361</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>250</v>
+      </c>
+      <c r="E294" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F294" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G294" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B295" s="1">
-        <v>100001516</v>
+        <v>83290429576</v>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Petrygo Plus 1L</t>
+          <t xml:space="preserve">Рідина ГПК BMW Pentosin Titan CHF 11S 1L</t>
         </is>
       </c>
       <c r="D295" s="1">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>435</v>
+      </c>
+      <c r="E295" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F295" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G295" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B296" s="1">
-        <v>700001683</v>
+        <v>93165557</v>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Rider 4T 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 5L</t>
         </is>
       </c>
       <c r="D296" s="1">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1144</v>
+      </c>
+      <c r="E296" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F296" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G296" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B297" s="1">
-        <v>700001487</v>
+        <v>93165213</v>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна L-HM/HLP 46 20L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 1L</t>
         </is>
       </c>
       <c r="D297" s="1">
-        <v>1777</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>181</v>
+      </c>
+      <c r="E297" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F297" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G297" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B298" s="1">
-        <v>100000840</v>
+        <v>93165216</v>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна Hydrol L-HM/HLP 46 20L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 5L</t>
         </is>
       </c>
       <c r="D298" s="1">
-        <v>2196</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>813</v>
+      </c>
+      <c r="E298" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F298" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G298" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001367</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G052182A2</t>
+        </is>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна Hydrol L-HV 46 20L</t>
+          <t xml:space="preserve">Олива трансмісійна VAG ATF DSG 1L</t>
         </is>
       </c>
       <c r="D299" s="1">
-        <v>2492</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1173</v>
+      </c>
+      <c r="E299" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F299" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G299" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000243</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90099942</t>
+        </is>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-4 80W-90 1L</t>
+          <t xml:space="preserve">Моторне масло</t>
         </is>
       </c>
       <c r="D300" s="1">
-        <v>164</v>
+        <v>1339</v>
       </c>
       <c r="E300" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F300" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G300" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000247</v>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999-G12</t>
+        </is>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 80W-90 1L</t>
+          <t xml:space="preserve">Антифриз HEPU G12 Червоний 1,5L</t>
         </is>
       </c>
       <c r="D301" s="1">
-        <v>180</v>
+        <v>277</v>
       </c>
       <c r="E301" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F301" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G301" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000282</v>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">0W2001TFE</t>
+        </is>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 85W-140 1L</t>
+          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 1L</t>
         </is>
       </c>
       <c r="D302" s="1">
-        <v>229</v>
+        <v>451</v>
       </c>
       <c r="E302" s="1">
-        <v>3</v>
+        <v>66</v>
       </c>
       <c r="F302" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G302" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001271</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15667C</t>
+        </is>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten EP-2 400gr</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 1L</t>
         </is>
       </c>
       <c r="D303" s="1">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>470</v>
+      </c>
+      <c r="E303" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F303" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G303" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001270</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M6</t>
+        </is>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten EP-2 4,5kg</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 55L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D304" s="1">
-        <v>1005</v>
+        <v>16056</v>
       </c>
       <c r="E304" s="1">
         <v>1</v>
       </c>
       <c r="F304" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G304" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B305" s="1">
-        <v>100000809</v>
+        <v>223530</v>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten LT-43 9kg</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 5L</t>
         </is>
       </c>
       <c r="D305" s="1">
-        <v>1819</v>
+        <v>1754</v>
       </c>
       <c r="E305" s="1">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="F305" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G305" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B306" s="1">
-        <v>100000589</v>
+        <v>223502</v>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten LT-43 17kg</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 60L</t>
         </is>
       </c>
       <c r="D306" s="1">
-        <v>3587</v>
+        <v>17489</v>
       </c>
       <c r="E306" s="1">
+        <v>7</v>
+      </c>
+      <c r="F306" s="1">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G306" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001407</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1555F2</t>
+        </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic R 5W-30 4L</t>
         </is>
       </c>
       <c r="D307" s="1">
-        <v>120</v>
+        <v>1231</v>
       </c>
       <c r="E307" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F307" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G307" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B308" s="1">
-        <v>100001408</v>
+        <v>206484</v>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 5L</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D308" s="1">
-        <v>463</v>
+        <v>382</v>
       </c>
       <c r="E308" s="1">
-        <v>1</v>
+        <v>59</v>
       </c>
       <c r="F308" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G308" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B309" s="1">
-        <v>100001803</v>
+        <v>989940213</v>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo G12+ червоний 10kg</t>
+          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 5L</t>
         </is>
       </c>
       <c r="D309" s="1">
-        <v>675</v>
-[...7 lines deleted...]
-        </is>
+        <v>1977</v>
+      </c>
+      <c r="E309" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F309" s="1">
+        <v>1</v>
       </c>
       <c r="G309" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B310" s="1">
-        <v>700000807</v>
+        <v>989940211</v>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo G12 зелений 10kg</t>
+          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 1L</t>
         </is>
       </c>
       <c r="D310" s="1">
-        <v>674</v>
-[...1 lines deleted...]
-      <c r="E310" s="1">
+        <v>440</v>
+      </c>
+      <c r="E310" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F310" s="1">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G310" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B311" s="1">
-        <v>100000235</v>
+        <v>106377</v>
       </c>
       <c r="C311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівна рідина Orlen Oil DOT-4 0,5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 5L</t>
         </is>
       </c>
       <c r="D311" s="1">
-        <v>166</v>
+        <v>1647</v>
       </c>
       <c r="E311" s="1">
-        <v>2</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="F311" s="1">
+        <v>1</v>
       </c>
       <c r="G311" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B312" s="1">
-        <v>100000607</v>
+        <v>108534</v>
       </c>
       <c r="C312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Trawol 10W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 0W-20 1L</t>
         </is>
       </c>
       <c r="D312" s="1">
-        <v>218</v>
+        <v>420</v>
       </c>
       <c r="E312" s="1">
-        <v>2</v>
+        <v>31</v>
       </c>
       <c r="F312" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G312" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000101</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15669E</t>
+        </is>
       </c>
       <c r="C313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil 2T Semisynthetic (C) 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 5L</t>
         </is>
       </c>
       <c r="D313" s="1">
-        <v>201</v>
+        <v>2075</v>
       </c>
       <c r="E313" s="1">
-        <v>3</v>
-[...4 lines deleted...]
-        </is>
+        <v>57</v>
+      </c>
+      <c r="F313" s="1">
+        <v>1</v>
       </c>
       <c r="G313" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000461</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537BE</t>
+        </is>
       </c>
       <c r="C314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">№705 Добавка до оливи-покращує властивості оливи/Oil Treatment 450ml</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
         </is>
       </c>
       <c r="D314" s="1">
-        <v>295</v>
+        <v>485</v>
       </c>
       <c r="E314" s="1">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F314" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G314" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B315" s="1">
-        <v>100001065</v>
+        <v>109470</v>
       </c>
       <c r="C315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива компресорна Coralia VDL 100 20L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D315" s="1">
-        <v>3720</v>
+        <v>354</v>
       </c>
       <c r="E315" s="1">
-        <v>1</v>
+        <v>86</v>
       </c>
       <c r="F315" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G315" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989920211</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC5</t>
+        </is>
       </c>
       <c r="C316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 20L</t>
         </is>
       </c>
       <c r="D316" s="1">
-        <v>443</v>
-[...4 lines deleted...]
-        </is>
+        <v>4926</v>
+      </c>
+      <c r="E316" s="1">
+        <v>12</v>
       </c>
       <c r="F316" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G316" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B317" s="1">
+        <v>550046280</v>
       </c>
       <c r="C317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 (BAG IN BOX) 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-40 5L</t>
         </is>
       </c>
       <c r="D317" s="1">
-        <v>1264</v>
-[...4 lines deleted...]
-        </is>
+        <v>1334</v>
+      </c>
+      <c r="E317" s="1">
+        <v>16</v>
       </c>
       <c r="F317" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G317" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B318" s="1">
+        <v>989820717</v>
       </c>
       <c r="C318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 0W20 C5 1L</t>
+          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 210L</t>
         </is>
       </c>
       <c r="D318" s="1">
-        <v>544</v>
+        <v>66368</v>
       </c>
       <c r="E318" s="1">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="F318" s="1">
+        <v>1</v>
       </c>
       <c r="G318" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B319" s="1">
+        <v>3715</v>
       </c>
       <c r="C319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 0W20 C5 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 4L</t>
         </is>
       </c>
       <c r="D319" s="1">
-        <v>2461</v>
+        <v>2569</v>
       </c>
       <c r="E319" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F319" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G319" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0420W30C201K</t>
+          <t xml:space="preserve">S671090311</t>
         </is>
       </c>
       <c r="C320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 0W30 C2 1L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 8 20L</t>
         </is>
       </c>
       <c r="D320" s="1">
-        <v>531</v>
+        <v>13374</v>
       </c>
       <c r="E320" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F320" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G320" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0420W30C205K</t>
+          <t xml:space="preserve">15F911</t>
         </is>
       </c>
       <c r="C321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 0W30 C2 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 4L</t>
         </is>
       </c>
       <c r="D321" s="1">
-        <v>2440</v>
+        <v>1125</v>
       </c>
       <c r="E321" s="1">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F321" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G321" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B322" s="1">
+        <v>102261</v>
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 10W40 A3/B4 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 60L</t>
         </is>
       </c>
       <c r="D322" s="1">
-        <v>378</v>
+        <v>20210</v>
       </c>
       <c r="E322" s="1">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
+      </c>
+      <c r="F322" s="1">
+        <v>1</v>
       </c>
       <c r="G322" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP04210W40A3B405K</t>
+          <t xml:space="preserve">08232P99C4LPRO</t>
         </is>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 10W40 A3/B4 5L</t>
+          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 4L</t>
         </is>
       </c>
       <c r="D323" s="1">
-        <v>1675</v>
+        <v>1912</v>
       </c>
       <c r="E323" s="1">
         <v>12</v>
       </c>
       <c r="F323" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G323" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP04210W40A3B40MK</t>
+          <t xml:space="preserve">1552A2</t>
         </is>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 10W40 A3/B4 208L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic F 5W-30 4L</t>
         </is>
       </c>
       <c r="D324" s="1">
-        <v>64526</v>
+        <v>1248</v>
       </c>
       <c r="E324" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F324" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G324" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B325" s="1">
+        <v>105784</v>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 10W40 A3/B4 60L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Multi ATF 1L</t>
         </is>
       </c>
       <c r="D325" s="1">
-        <v>10865</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>386</v>
+      </c>
+      <c r="E325" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F325" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G325" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B326" s="1">
+        <v>103218</v>
       </c>
       <c r="C326" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MT ATF VI 60L</t>
         </is>
       </c>
       <c r="D326" s="1">
-        <v>429</v>
+        <v>20609</v>
       </c>
       <c r="E326" s="1">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F326" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G326" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B327" s="1">
+        <v>150944</v>
       </c>
       <c r="C327" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 5L</t>
         </is>
       </c>
       <c r="D327" s="1">
-        <v>1972</v>
+        <v>1374</v>
       </c>
       <c r="E327" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F327" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G327" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B328" s="1">
+        <v>550042845</v>
       </c>
       <c r="C328" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 208L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 5L</t>
         </is>
       </c>
       <c r="D328" s="1">
-        <v>76038</v>
+        <v>1458</v>
       </c>
       <c r="E328" s="1">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="F328" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G328" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B329" s="1">
+        <v>166254</v>
       </c>
       <c r="C329" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 60L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 1L</t>
         </is>
       </c>
       <c r="D329" s="1">
-        <v>22919</v>
-[...7 lines deleted...]
-        </is>
+        <v>310</v>
+      </c>
+      <c r="E329" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F329" s="1">
+        <v>1</v>
       </c>
       <c r="G329" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B330" s="1">
+        <v>5148</v>
       </c>
       <c r="C330" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 1L</t>
+          <t xml:space="preserve">Присадка для захисту дизельних сажових фільтрів LIQUI MOLY DIESEL PARTIKELFILTER SCHUTZ 0,25L</t>
         </is>
       </c>
       <c r="D330" s="1">
-        <v>431</v>
+        <v>276</v>
       </c>
       <c r="E330" s="1">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="F330" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G330" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0425W30C305K</t>
+          <t xml:space="preserve">08880-83886</t>
         </is>
       </c>
       <c r="C331" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 5L</t>
+          <t xml:space="preserve">Олива моторна Toyota AFE 0W-20 5L</t>
         </is>
       </c>
       <c r="D331" s="1">
-        <v>1921</v>
+        <v>1875</v>
       </c>
       <c r="E331" s="1">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="F331" s="1">
+        <v>1</v>
       </c>
       <c r="G331" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LP0425W30C30MK</t>
+          <t xml:space="preserve">08880-83885</t>
         </is>
       </c>
       <c r="C332" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 208L</t>
+          <t xml:space="preserve">Олива моторна Toyota AFE 0W-20 1L</t>
         </is>
       </c>
       <c r="D332" s="1">
-        <v>75754</v>
+        <v>467</v>
       </c>
       <c r="E332" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="F332" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G332" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B333" s="1">
+        <v>214113</v>
       </c>
       <c r="C333" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 60L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 4L</t>
         </is>
       </c>
       <c r="D333" s="1">
-        <v>22427</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>746</v>
+      </c>
+      <c r="E333" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F333" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G333" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ZF</t>
+        </is>
+      </c>
+      <c r="B334" s="1">
+        <v>550030472</v>
       </c>
       <c r="C334" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W40 A3/B4 1L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 8 1L</t>
         </is>
       </c>
       <c r="D334" s="1">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>746</v>
+      </c>
+      <c r="E334" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F334" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G334" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B335" s="1">
+        <v>550046306</v>
       </c>
       <c r="C335" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W40 A3/B4 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 4L</t>
         </is>
       </c>
       <c r="D335" s="1">
-        <v>1846</v>
+        <v>1339</v>
       </c>
       <c r="E335" s="1">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F335" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G335" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B336" s="1">
+        <v>102786</v>
       </c>
       <c r="C336" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W40 A3/B4 208L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 1L</t>
         </is>
       </c>
       <c r="D336" s="1">
-        <v>71632</v>
+        <v>396</v>
       </c>
       <c r="E336" s="1">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="F336" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G336" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KIA ORIGINAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B337" s="1">
+        <v>8578</v>
       </c>
       <c r="C337" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W40 A3/B4 60L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 4L</t>
         </is>
       </c>
       <c r="D337" s="1">
-        <v>21812</v>
+        <v>2125</v>
       </c>
       <c r="E337" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F337" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G337" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B338" s="1">
+        <v>8354</v>
       </c>
       <c r="C338" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00) promo</t>
+          <t xml:space="preserve">Присадка для гідрокомпенсаторів LIQUI MOLY HYDRO-STOSSEL-ADDITIV 0,3L</t>
         </is>
       </c>
       <c r="D338" s="1">
-        <v>308</v>
-[...7 lines deleted...]
-        <v>12</v>
+        <v>345</v>
+      </c>
+      <c r="E338" s="1">
+        <v>5</v>
+      </c>
+      <c r="F338" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G338" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B339" s="1">
-        <v>102051</v>
+        <v>601426766</v>
       </c>
       <c r="C339" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan SINTOPOID 75W-90 1L</t>
         </is>
       </c>
       <c r="D339" s="1">
-        <v>1584</v>
+        <v>364</v>
       </c>
       <c r="E339" s="1">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="F339" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G339" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102208</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15CFAB</t>
+        </is>
       </c>
       <c r="C340" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 1L</t>
         </is>
       </c>
       <c r="D340" s="1">
-        <v>351</v>
+        <v>379</v>
       </c>
       <c r="E340" s="1">
-        <v>89</v>
+        <v>20</v>
       </c>
       <c r="F340" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G340" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B341" s="1">
-        <v>102209</v>
+        <v>601846434</v>
       </c>
       <c r="C341" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan CVTF Flex 1L</t>
         </is>
       </c>
       <c r="D341" s="1">
-        <v>1510</v>
+        <v>420</v>
       </c>
       <c r="E341" s="1">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F341" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G341" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B342" s="1">
-        <v>102210</v>
+        <v>108214</v>
       </c>
       <c r="C342" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-30 5L</t>
         </is>
       </c>
       <c r="D342" s="1">
-        <v>17221</v>
+        <v>1497</v>
       </c>
       <c r="E342" s="1">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="F342" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G342" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102782</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15668E</t>
+        </is>
       </c>
       <c r="C343" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 4L</t>
         </is>
       </c>
       <c r="D343" s="1">
-        <v>329</v>
-[...4 lines deleted...]
-        </is>
+        <v>1653</v>
+      </c>
+      <c r="E343" s="1">
+        <v>32</v>
       </c>
       <c r="F343" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G343" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B344" s="1">
-        <v>102793</v>
+        <v>550052677</v>
       </c>
       <c r="C344" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-40 1L</t>
         </is>
       </c>
       <c r="D344" s="1">
-        <v>442</v>
+        <v>277</v>
       </c>
       <c r="E344" s="1">
-        <v>53</v>
+        <v>31</v>
       </c>
       <c r="F344" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G344" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102794</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15B19D</t>
+        </is>
       </c>
       <c r="C345" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 4L</t>
         </is>
       </c>
       <c r="D345" s="1">
-        <v>2071</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>1549</v>
+      </c>
+      <c r="E345" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F345" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G345" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102870</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M9</t>
+        </is>
       </c>
       <c r="C346" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 209L (502.00, 505.00)</t>
         </is>
       </c>
       <c r="D346" s="1">
-        <v>1374</v>
-[...4 lines deleted...]
-        </is>
+        <v>47920</v>
+      </c>
+      <c r="E346" s="1">
+        <v>3</v>
       </c>
       <c r="F346" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G346" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B347" s="1">
-        <v>93165554</v>
+        <v>601426964</v>
       </c>
       <c r="C347" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 6008 1L</t>
         </is>
       </c>
       <c r="D347" s="1">
-        <v>246</v>
-[...4 lines deleted...]
-        </is>
+        <v>341</v>
+      </c>
+      <c r="E347" s="1">
+        <v>26</v>
       </c>
       <c r="F347" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G347" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B348" s="1">
-        <v>83290429576</v>
+        <v>602010537</v>
       </c>
       <c r="C348" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рідина ГПК BMW Pentosin Titan CHF 11S 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan SINTOPOID LS 75W-140 1L</t>
         </is>
       </c>
       <c r="D348" s="1">
-        <v>439</v>
-[...4 lines deleted...]
-        </is>
+        <v>714</v>
+      </c>
+      <c r="E348" s="1">
+        <v>12</v>
       </c>
       <c r="F348" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G348" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B349" s="1">
-        <v>93165557</v>
+        <v>228901</v>
       </c>
       <c r="C349" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 3100 10W-40 20L</t>
         </is>
       </c>
       <c r="D349" s="1">
-        <v>1128</v>
-[...4 lines deleted...]
-        </is>
+        <v>3962</v>
+      </c>
+      <c r="E349" s="1">
+        <v>6</v>
       </c>
       <c r="F349" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G349" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165213</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518202AA</t>
+        </is>
       </c>
       <c r="C350" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-20 0.946L</t>
         </is>
       </c>
       <c r="D350" s="1">
-        <v>178</v>
-[...4 lines deleted...]
-        </is>
+        <v>314</v>
+      </c>
+      <c r="E350" s="1">
+        <v>12</v>
       </c>
       <c r="F350" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G350" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165216</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518204AA</t>
+        </is>
       </c>
       <c r="C351" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-30 0.946L</t>
         </is>
       </c>
       <c r="D351" s="1">
-        <v>804</v>
-[...4 lines deleted...]
-        </is>
+        <v>311</v>
+      </c>
+      <c r="E351" s="1">
+        <v>1</v>
       </c>
       <c r="F351" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G351" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">G052182A2</t>
+          <t xml:space="preserve">68518205AA</t>
         </is>
       </c>
       <c r="C352" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна VAG ATF DSG 1L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-30 5L</t>
         </is>
       </c>
       <c r="D352" s="1">
-        <v>1157</v>
-[...4 lines deleted...]
-        </is>
+        <v>1512</v>
+      </c>
+      <c r="E352" s="1">
+        <v>3</v>
       </c>
       <c r="F352" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G352" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B353" s="1">
+        <v>5160</v>
       </c>
       <c r="C353" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Моторне масло</t>
+          <t xml:space="preserve">Суперкомплекс для дизельних двигунів LIQUI MOLY SPEED DIESEL ZUSATZ 1L</t>
         </is>
       </c>
       <c r="D353" s="1">
-        <v>1320</v>
+        <v>746</v>
       </c>
       <c r="E353" s="1">
         <v>1</v>
       </c>
       <c r="F353" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G353" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B354" s="1">
+        <v>213920</v>
       </c>
       <c r="C354" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз HEPU G12 Червоний 1,5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 5L</t>
         </is>
       </c>
       <c r="D354" s="1">
-        <v>278</v>
+        <v>1433</v>
       </c>
       <c r="E354" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F354" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G354" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>108536</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6EB</t>
+        </is>
       </c>
       <c r="C355" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 0W-20 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 5L</t>
         </is>
       </c>
       <c r="D355" s="1">
-        <v>2071</v>
+        <v>2006</v>
       </c>
       <c r="E355" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F355" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G355" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109470</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F176</t>
+        </is>
       </c>
       <c r="C356" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax ATF DX III Multi 1L</t>
         </is>
       </c>
       <c r="D356" s="1">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>277</v>
+      </c>
+      <c r="E356" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F356" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G356" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B357" s="1">
-        <v>5120</v>
+        <v>2506</v>
       </c>
       <c r="C357" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка супер-дизель LIQUI MOLY SUPER DIESEL ADDITIV 0,25L</t>
+          <t xml:space="preserve">Очищувач системи охолодження LIQUI MOLY KUHLERREINIGER 0,3L</t>
         </is>
       </c>
       <c r="D357" s="1">
-        <v>324</v>
+        <v>293</v>
       </c>
       <c r="E357" s="1">
         <v>6</v>
       </c>
       <c r="F357" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G357" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B358" s="1">
-        <v>9952</v>
+        <v>214138</v>
       </c>
       <c r="C358" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Transmission Gear 9 FE 75W-80 20L</t>
         </is>
       </c>
       <c r="D358" s="1">
-        <v>2329</v>
+        <v>6388</v>
       </c>
       <c r="E358" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F358" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G358" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>8973</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F7CE</t>
+        </is>
       </c>
       <c r="C359" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 4L</t>
         </is>
       </c>
       <c r="D359" s="1">
-        <v>2679</v>
+        <v>912</v>
       </c>
       <c r="E359" s="1">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="F359" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G359" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>5148</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83215B65FA2</t>
+        </is>
       </c>
       <c r="C360" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка для захисту дизельних сажових фільтрів LIQUI MOLY DIESEL PARTIKELFILTER SCHUTZ 0,25L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 5L</t>
         </is>
       </c>
       <c r="D360" s="1">
-        <v>272</v>
+        <v>2174</v>
       </c>
       <c r="E360" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F360" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G360" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>8578</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F64A</t>
+        </is>
       </c>
       <c r="C361" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 4L</t>
         </is>
       </c>
       <c r="D361" s="1">
-        <v>2095</v>
+        <v>1236</v>
       </c>
       <c r="E361" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F361" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G361" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>8354</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F7CA</t>
+        </is>
       </c>
       <c r="C362" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка для гідрокомпенсаторів LIQUI MOLY HYDRO-STOSSEL-ADDITIV 0,3L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 1L</t>
         </is>
       </c>
       <c r="D362" s="1">
-        <v>340</v>
+        <v>265</v>
       </c>
       <c r="E362" s="1">
-        <v>6</v>
+        <v>47</v>
       </c>
       <c r="F362" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G362" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B363" s="1">
+        <v>157222</v>
+      </c>
+      <c r="C363" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 4L</t>
+        </is>
+      </c>
+      <c r="D363" s="1">
+        <v>1522</v>
+      </c>
+      <c r="E363" s="1">
+        <v>16</v>
+      </c>
+      <c r="F363" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G363" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MOBIL</t>
+        </is>
+      </c>
+      <c r="B364" s="1">
+        <v>153687</v>
+      </c>
+      <c r="C364" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 4L</t>
+        </is>
+      </c>
+      <c r="D364" s="1">
+        <v>1606</v>
+      </c>
+      <c r="E364" s="1">
+        <v>6</v>
+      </c>
+      <c r="F364" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G364" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B365" s="1">
+        <v>214146</v>
+      </c>
+      <c r="C365" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 20L</t>
+        </is>
+      </c>
+      <c r="D365" s="1">
+        <v>7870</v>
+      </c>
+      <c r="E365" s="1">
+        <v>2</v>
+      </c>
+      <c r="F365" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G365" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G060175A2</t>
+        </is>
+      </c>
+      <c r="C366" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива трансмісійна VAG Haldex 0,85L</t>
+        </is>
+      </c>
+      <c r="D366" s="1">
+        <v>1797</v>
+      </c>
+      <c r="E366" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F366" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G366" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
+        </is>
+      </c>
+      <c r="B367" s="1">
+        <v>48785</v>
+      </c>
+      <c r="C367" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива трансмісійна FEBI BILSTEIN 75W-85 (GL-5) 1L</t>
+        </is>
+      </c>
+      <c r="D367" s="1">
+        <v>674</v>
+      </c>
+      <c r="E367" s="1">
+        <v>7</v>
+      </c>
+      <c r="F367" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G367" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B368" s="1">
+        <v>5110</v>
+      </c>
+      <c r="C368" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Очищувач інжектора LIQUI MOLY INJECTION REINIGER 0,3L</t>
+        </is>
+      </c>
+      <c r="D368" s="1">
+        <v>309</v>
+      </c>
+      <c r="E368" s="1">
+        <v>6</v>
+      </c>
+      <c r="F368" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G368" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0002</t>
+        </is>
+      </c>
+      <c r="C369" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна MAPETROL CLASSIC 4T 10W-40 1L</t>
+        </is>
+      </c>
+      <c r="D369" s="1">
+        <v>271</v>
+      </c>
+      <c r="E369" s="1">
+        <v>1</v>
+      </c>
+      <c r="F369" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G369" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0164</t>
+        </is>
+      </c>
+      <c r="C370" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 9000 SN 5W-40 20L</t>
+        </is>
+      </c>
+      <c r="D370" s="1">
+        <v>4328</v>
+      </c>
+      <c r="E370" s="1">
+        <v>1</v>
+      </c>
+      <c r="F370" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G370" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0217</t>
+        </is>
+      </c>
+      <c r="C371" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL ATF CVT 1L</t>
+        </is>
+      </c>
+      <c r="D371" s="1">
+        <v>388</v>
+      </c>
+      <c r="E371" s="1">
+        <v>1</v>
+      </c>
+      <c r="F371" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G371" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0199</t>
+        </is>
+      </c>
+      <c r="C372" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL ATF MB 14 1L</t>
+        </is>
+      </c>
+      <c r="D372" s="1">
+        <v>356</v>
+      </c>
+      <c r="E372" s="1">
+        <v>1</v>
+      </c>
+      <c r="F372" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G372" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">YATO</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">YT-0712</t>
+        </is>
+      </c>
+      <c r="C373" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Насос для масла ручний</t>
+        </is>
+      </c>
+      <c r="D373" s="1">
+        <v>845</v>
+      </c>
+      <c r="E373" s="1">
+        <v>1</v>
+      </c>
+      <c r="F373" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G373" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999-GRN</t>
+        </is>
+      </c>
+      <c r="C374" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Антифриз HEPU G11 Зелений 1,5L</t>
+        </is>
+      </c>
+      <c r="D374" s="1">
+        <v>272</v>
+      </c>
+      <c r="E374" s="1">
+        <v>24</v>
+      </c>
+      <c r="F374" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G374" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
+      </c>
+      <c r="C375" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00) (promo)</t>
+        </is>
+      </c>
+      <c r="D375" s="1">
+        <v>1420</v>
+      </c>
+      <c r="E375" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F375" s="1">
+        <v>9</v>
+      </c>
+      <c r="G375" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B376" s="1">
+        <v>888013206</v>
+      </c>
+      <c r="C376" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 0W-20 1L</t>
+        </is>
+      </c>
+      <c r="D376" s="1">
+        <v>459</v>
+      </c>
+      <c r="E376" s="1">
+        <v>28</v>
+      </c>
+      <c r="F376" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G376" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B377" s="1">
+        <v>888013706</v>
+      </c>
+      <c r="C377" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 5W-30 1L</t>
+        </is>
+      </c>
+      <c r="D377" s="1">
+        <v>444</v>
+      </c>
+      <c r="E377" s="1">
+        <v>42</v>
+      </c>
+      <c r="F377" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G377" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B378" s="1">
+        <v>888013705</v>
+      </c>
+      <c r="C378" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 5W-30 4L</t>
+        </is>
+      </c>
+      <c r="D378" s="1">
+        <v>1597</v>
+      </c>
+      <c r="E378" s="1">
+        <v>35</v>
+      </c>
+      <c r="F378" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G378" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B379" s="1">
+        <v>888013205</v>
+      </c>
+      <c r="C379" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 0W-20 4L</t>
+        </is>
+      </c>
+      <c r="D379" s="1">
+        <v>1754</v>
+      </c>
+      <c r="E379" s="1">
+        <v>9</v>
+      </c>
+      <c r="F379" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G379" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B380" s="1">
+        <v>106352</v>
+      </c>
+      <c r="C380" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC 948B 5W-20 5L</t>
+        </is>
+      </c>
+      <c r="D380" s="1">
+        <v>1997</v>
+      </c>
+      <c r="E380" s="1">
+        <v>4</v>
+      </c>
+      <c r="F380" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G380" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B381" s="1">
+        <v>201541</v>
+      </c>
+      <c r="C381" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 60L</t>
+        </is>
+      </c>
+      <c r="D381" s="1">
+        <v>10779</v>
+      </c>
+      <c r="E381" s="1">
+        <v>2</v>
+      </c>
+      <c r="F381" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
+      </c>
+      <c r="G381" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>