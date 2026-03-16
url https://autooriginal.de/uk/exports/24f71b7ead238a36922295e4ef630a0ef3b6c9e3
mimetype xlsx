--- v1 (2025-12-29)
+++ v2 (2026-03-16)
@@ -82,69 +82,69 @@
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
     <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" />
     
     
     <Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
     
 </Relationships> 
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" hidden="0" bestFit="1" customWidth="1" width="13.714286" style="1"/>
-    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="14.714286" style="1"/>
-    <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="93.714286" style="1"/>
+    <col min="2" max="2" hidden="0" bestFit="1" customWidth="1" width="16.714286" style="1"/>
+    <col min="3" max="3" hidden="0" bestFit="1" customWidth="1" width="96.714286" style="1"/>
     <col min="4" max="4" hidden="0" bestFit="1" customWidth="1" width="8.714286" style="1"/>
     <col min="5" max="5" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="6" max="6" hidden="0" bestFit="1" customWidth="1" width="9.714286" style="1"/>
     <col min="7" max="7" hidden="0" bestFit="1" customWidth="1" width="15.714286" style="1"/>
     <col min="8" max="8" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
     <col min="9" max="9" hidden="0" bestFit="1" customWidth="1" width="0.000000" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Дата</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">29.12.25 11:49</t>
+          <t xml:space="preserve">16.03.26 11:50</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Валюта:</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">UAH</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Виробник</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Артикул</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
@@ -158,11400 +158,9780 @@
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Наявність</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Мін. к-ть</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Постачання, дн.</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B3" s="1">
-        <v>989920213</v>
+        <v>989940213</v>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 5L</t>
         </is>
       </c>
       <c r="D3" s="1">
-        <v>2021</v>
+        <v>1998</v>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G3" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">053001DPF</t>
+          <t xml:space="preserve">0W2001TFE</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 1L</t>
         </is>
       </c>
       <c r="D4" s="1">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>421</v>
+      </c>
+      <c r="E4" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G4" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">0W2005TFE</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 5L</t>
         </is>
       </c>
       <c r="D5" s="1">
-        <v>2174</v>
+        <v>2079</v>
       </c>
       <c r="E5" s="1">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>31</v>
+      </c>
+      <c r="F5" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G5" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">0W3001DPF</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 1L</t>
         </is>
       </c>
       <c r="D6" s="1">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="E6" s="1">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G6" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">0W3005DPF</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">Олива моторна Mazda Original Oil Supra DPF 0W-30 5L</t>
         </is>
       </c>
       <c r="D7" s="1">
-        <v>1902</v>
+        <v>1927</v>
       </c>
       <c r="E7" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G7" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80835</t>
+          <t xml:space="preserve">08880-80845</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D8" s="1">
-        <v>1665</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>1318</v>
+      </c>
+      <c r="E8" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G8" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80836</t>
+          <t xml:space="preserve">08880-80846</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota Synthetic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D9" s="1">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>305</v>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G9" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80845</t>
+          <t xml:space="preserve">1505B1</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
         </is>
       </c>
       <c r="D10" s="1">
-        <v>1302</v>
-[...4 lines deleted...]
-        </is>
+        <v>4258</v>
+      </c>
+      <c r="E10" s="1">
+        <v>13</v>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G10" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80846</t>
+          <t xml:space="preserve">1505B2</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
         </is>
       </c>
       <c r="D11" s="1">
-        <v>297</v>
-[...9 lines deleted...]
-        </is>
+        <v>12673</v>
+      </c>
+      <c r="E11" s="1">
+        <v>14</v>
+      </c>
+      <c r="F11" s="1">
+        <v>1</v>
       </c>
       <c r="G11" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83388</t>
+          <t xml:space="preserve">1505B4</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
         </is>
       </c>
       <c r="D12" s="1">
-        <v>353</v>
+        <v>284</v>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G12" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-83389</t>
+          <t xml:space="preserve">150B6A</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic M 5W-40 1L</t>
         </is>
       </c>
       <c r="D13" s="1">
-        <v>1557</v>
-[...4 lines deleted...]
-        </is>
+        <v>317</v>
+      </c>
+      <c r="E13" s="1">
+        <v>37</v>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G13" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B1</t>
+          <t xml:space="preserve">151CED</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 1L</t>
         </is>
       </c>
       <c r="D14" s="1">
-        <v>4150</v>
+        <v>343</v>
       </c>
       <c r="E14" s="1">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G14" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B2</t>
+          <t xml:space="preserve">151CEE</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic R 5W-30 1L</t>
         </is>
       </c>
       <c r="D15" s="1">
-        <v>12351</v>
+        <v>315</v>
       </c>
       <c r="E15" s="1">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>21</v>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G15" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1505B4</t>
+          <t xml:space="preserve">154FE7</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L</t>
         </is>
       </c>
       <c r="D16" s="1">
-        <v>282</v>
+        <v>1096</v>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G16" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">150B6A</t>
+          <t xml:space="preserve">1555F2</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic M 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic R 5W-30 4L</t>
         </is>
       </c>
       <c r="D17" s="1">
-        <v>317</v>
+        <v>1263</v>
       </c>
       <c r="E17" s="1">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G17" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">151C11</t>
+          <t xml:space="preserve">1555F7</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic J 5W-30 4L</t>
         </is>
       </c>
       <c r="D18" s="1">
-        <v>39274</v>
+        <v>1217</v>
       </c>
       <c r="E18" s="1">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G18" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15568E</t>
+          <t xml:space="preserve">15569C</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
         </is>
       </c>
       <c r="D19" s="1">
-        <v>10869</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1091</v>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G19" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15569C</t>
+          <t xml:space="preserve">15F7EF</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C3 5W-30 1L</t>
         </is>
       </c>
       <c r="D20" s="1">
-        <v>1081</v>
-[...4 lines deleted...]
-        </is>
+        <v>441</v>
+      </c>
+      <c r="E20" s="1">
+        <v>32</v>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G20" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B21" s="1">
+        <v>9089</v>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 4L</t>
         </is>
       </c>
       <c r="D21" s="1">
-        <v>1401</v>
+        <v>2003</v>
       </c>
       <c r="E21" s="1">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G21" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B22" s="1">
-        <v>2195</v>
+        <v>9510</v>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 1L</t>
         </is>
       </c>
       <c r="D22" s="1">
-        <v>1779</v>
+        <v>492</v>
       </c>
       <c r="E22" s="1">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G22" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B23" s="1">
-        <v>9047</v>
+        <v>9511</v>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 5L</t>
         </is>
       </c>
       <c r="D23" s="1">
-        <v>492</v>
+        <v>2231</v>
       </c>
       <c r="E23" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G23" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B24" s="1">
-        <v>9089</v>
+        <v>9952</v>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-30 5L</t>
         </is>
       </c>
       <c r="D24" s="1">
-        <v>1828</v>
+        <v>2434</v>
       </c>
       <c r="E24" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G24" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B25" s="1">
-        <v>9510</v>
+        <v>3715</v>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 4L</t>
         </is>
       </c>
       <c r="D25" s="1">
-        <v>480</v>
+        <v>2629</v>
       </c>
       <c r="E25" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G25" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B26" s="1">
-        <v>9511</v>
+        <v>8972</v>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 1L</t>
         </is>
       </c>
       <c r="D26" s="1">
-        <v>2174</v>
+        <v>685</v>
       </c>
       <c r="E26" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G26" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B27" s="1">
-        <v>8972</v>
+        <v>8973</v>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 5L</t>
         </is>
       </c>
       <c r="D27" s="1">
-        <v>672</v>
+        <v>3194</v>
       </c>
       <c r="E27" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G27" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B28" s="1">
-        <v>105774</v>
+        <v>105782</v>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT ATF VI 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-80 1L</t>
         </is>
       </c>
       <c r="D28" s="1">
-        <v>460</v>
+        <v>424</v>
       </c>
       <c r="E28" s="1">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G28" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B29" s="1">
-        <v>105782</v>
+        <v>105785</v>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-80 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MT Multi CVTF 1 L</t>
         </is>
       </c>
       <c r="D29" s="1">
-        <v>402</v>
+        <v>495</v>
       </c>
       <c r="E29" s="1">
-        <v>93</v>
+        <v>51</v>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G29" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B30" s="1">
-        <v>105785</v>
+        <v>105880</v>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Multi CVTF 1 L</t>
+          <t xml:space="preserve">Олива моторна MT Scooter Expert 2T 1L</t>
         </is>
       </c>
       <c r="D30" s="1">
-        <v>509</v>
+        <v>353</v>
       </c>
       <c r="E30" s="1">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G30" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B31" s="1">
-        <v>105880</v>
+        <v>106044</v>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT Scooter Expert 2T 1L</t>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC RBS0-2AE 0W-20 1L</t>
         </is>
       </c>
       <c r="D31" s="1">
-        <v>329</v>
+        <v>472</v>
       </c>
       <c r="E31" s="1">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G31" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B32" s="1">
-        <v>104092</v>
+        <v>104068</v>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 4L</t>
+          <t xml:space="preserve">Олива моторна MT 5100 10W-40 4T 4L</t>
         </is>
       </c>
       <c r="D32" s="1">
-        <v>1878</v>
+        <v>1420</v>
       </c>
       <c r="E32" s="1">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G32" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TEXTAR</t>
         </is>
       </c>
       <c r="B33" s="1">
-        <v>102898</v>
+        <v>96000200</v>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 5W-30 5L</t>
+          <t xml:space="preserve">TEXTAR Brake Cleaner 500ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D33" s="1">
-        <v>1532</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>125</v>
+      </c>
+      <c r="E33" s="1">
+        <v>32</v>
+      </c>
+      <c r="F33" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G33" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102900</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-10</t>
+        </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 5W-30 60L</t>
+          <t xml:space="preserve">VICTOR REINZ 70 ml герметик силіконовий сірий</t>
         </is>
       </c>
       <c r="D34" s="1">
-        <v>17291</v>
+        <v>211</v>
       </c>
       <c r="E34" s="1">
-        <v>1</v>
+        <v>83</v>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G34" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR</t>
-[...3 lines deleted...]
-        <v>96000200</v>
+          <t xml:space="preserve">VICTOR REINZ</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">70-31414-20</t>
+        </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TEXTAR Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">VICTOR REINZ 200 ml герметик силіконовий чорний</t>
         </is>
       </c>
       <c r="D35" s="1">
-        <v>123</v>
+        <v>685</v>
       </c>
       <c r="E35" s="1">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G35" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">70-31414-10</t>
+          <t xml:space="preserve">KE90090033</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 70 ml герметик силіконовий сірий</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
         </is>
       </c>
       <c r="D36" s="1">
-        <v>206</v>
+        <v>322</v>
       </c>
       <c r="E36" s="1">
-        <v>95</v>
+        <v>41</v>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G36" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
+          <t xml:space="preserve">NISSAN</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">70-31414-20</t>
+          <t xml:space="preserve">KE90090043</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 200 ml герметик силіконовий чорний</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-30 5L</t>
         </is>
       </c>
       <c r="D37" s="1">
-        <v>694</v>
+        <v>1420</v>
       </c>
       <c r="E37" s="1">
-        <v>14</v>
+        <v>82</v>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G37" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B38" s="1">
+        <v>989950211</v>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VICTOR REINZ 300ml засіб для видалення герметика</t>
+          <t xml:space="preserve">Олива моторна MB 229.52 5W-30 1L</t>
         </is>
       </c>
       <c r="D38" s="1">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>433</v>
+      </c>
+      <c r="E38" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G38" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B39" s="1">
+        <v>194906</v>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
         </is>
       </c>
       <c r="D39" s="1">
-        <v>314</v>
+        <v>300</v>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G39" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B40" s="1">
-        <v>989950211</v>
+        <v>194908</v>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D40" s="1">
-        <v>411</v>
+        <v>1316</v>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G40" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B41" s="1">
-        <v>194906</v>
+        <v>194849</v>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 1L</t>
         </is>
       </c>
       <c r="D41" s="1">
-        <v>294</v>
-[...4 lines deleted...]
-        </is>
+        <v>297</v>
+      </c>
+      <c r="E41" s="1">
+        <v>2</v>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G41" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B42" s="1">
-        <v>194908</v>
+        <v>194877</v>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 5L</t>
         </is>
       </c>
       <c r="D42" s="1">
-        <v>1332</v>
+        <v>1357</v>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G42" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B43" s="1">
-        <v>194849</v>
+        <v>150564</v>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 1L</t>
         </is>
       </c>
       <c r="D43" s="1">
         <v>287</v>
       </c>
-      <c r="E43" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E43" s="1">
+        <v>17</v>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G43" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B44" s="1">
-        <v>150564</v>
+        <v>150943</v>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 1L</t>
         </is>
       </c>
       <c r="D44" s="1">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="E44" s="1">
-        <v>75</v>
+        <v>21</v>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G44" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>150565</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090042</t>
+        </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 5W-40 5L</t>
         </is>
       </c>
       <c r="D45" s="1">
-        <v>1273</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>1288</v>
+      </c>
+      <c r="E45" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F45" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G45" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B46" s="1">
+        <v>194875</v>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 1L</t>
         </is>
       </c>
       <c r="D46" s="1">
-        <v>302</v>
-[...4 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="E46" s="1">
+        <v>32</v>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G46" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B47" s="1">
+        <v>194873</v>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
         </is>
       </c>
       <c r="D47" s="1">
-        <v>1287</v>
+        <v>913</v>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G47" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B48" s="1">
-        <v>194873</v>
+        <v>194839</v>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
         </is>
       </c>
       <c r="D48" s="1">
-        <v>909</v>
-[...4 lines deleted...]
-        </is>
+        <v>1311</v>
+      </c>
+      <c r="E48" s="1">
+        <v>38</v>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G48" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B49" s="1">
-        <v>194872</v>
+        <v>201553</v>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
         </is>
       </c>
       <c r="D49" s="1">
-        <v>1098</v>
-[...4 lines deleted...]
-        </is>
+        <v>1196</v>
+      </c>
+      <c r="E49" s="1">
+        <v>1</v>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G49" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B50" s="1">
-        <v>550042844</v>
+        <v>181712</v>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D50" s="1">
-        <v>336</v>
+        <v>1465</v>
       </c>
       <c r="E50" s="1">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G50" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B51" s="1">
-        <v>194839</v>
+        <v>156812</v>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
         </is>
       </c>
       <c r="D51" s="1">
-        <v>1278</v>
+        <v>1133</v>
       </c>
       <c r="E51" s="1">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G51" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B52" s="1">
+        <v>156715</v>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
         </is>
       </c>
       <c r="D52" s="1">
-        <v>1771</v>
+        <v>12419</v>
       </c>
       <c r="E52" s="1">
         <v>1</v>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G52" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B53" s="1">
-        <v>201553</v>
+        <v>166252</v>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 TURBO D 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 1L</t>
         </is>
       </c>
       <c r="D53" s="1">
-        <v>1037</v>
+        <v>300</v>
       </c>
       <c r="E53" s="1">
-        <v>3</v>
+        <v>68</v>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G53" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181711</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1529F9</t>
+        </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
         </is>
       </c>
       <c r="D54" s="1">
-        <v>317</v>
+        <v>1318</v>
       </c>
       <c r="E54" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G54" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>181712</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15568C</t>
+        </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo L LIFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
         </is>
       </c>
       <c r="D55" s="1">
-        <v>1483</v>
+        <v>34215</v>
       </c>
       <c r="E55" s="1">
-        <v>77</v>
+        <v>9</v>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G55" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B56" s="1">
-        <v>166245</v>
+        <v>83212365935</v>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-12 1L</t>
         </is>
       </c>
       <c r="D56" s="1">
-        <v>250</v>
+        <v>558</v>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G56" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B57" s="1">
-        <v>156812</v>
+        <v>214082</v>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
         </is>
       </c>
       <c r="D57" s="1">
-        <v>1105</v>
+        <v>289</v>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G57" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>156715</v>
+          <t xml:space="preserve">ZF</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">S671090311</t>
+        </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 Energy 5W-40 60L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 8 20L</t>
         </is>
       </c>
       <c r="D58" s="1">
-        <v>12104</v>
+        <v>13722</v>
       </c>
       <c r="E58" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G58" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B59" s="1">
-        <v>166252</v>
+        <v>183103</v>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 1L</t>
         </is>
       </c>
       <c r="D59" s="1">
-        <v>292</v>
-[...4 lines deleted...]
-        </is>
+        <v>373</v>
+      </c>
+      <c r="E59" s="1">
+        <v>41</v>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G59" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">VAG</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1529F9</t>
+          <t xml:space="preserve">G060175A2</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 5L</t>
+          <t xml:space="preserve">Олива трансмісійна VAG для муфти Haldex 0,85L</t>
         </is>
       </c>
       <c r="D60" s="1">
-        <v>1318</v>
-[...4 lines deleted...]
-        </is>
+        <v>1690</v>
+      </c>
+      <c r="E60" s="1">
+        <v>62</v>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G60" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">HONDA</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15BCD2</t>
+          <t xml:space="preserve">08232P99C1LHE</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 1L</t>
         </is>
       </c>
       <c r="D61" s="1">
-        <v>3533</v>
+        <v>550</v>
       </c>
       <c r="E61" s="1">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G61" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B62" s="1">
+        <v>520000120</v>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF Diesel 5W30 C3  1L</t>
         </is>
       </c>
       <c r="D62" s="1">
-        <v>34032</v>
+        <v>310</v>
       </c>
       <c r="E62" s="1">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G62" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B63" s="1">
-        <v>106376</v>
+        <v>510000151</v>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 1L</t>
         </is>
       </c>
       <c r="D63" s="1">
-        <v>435</v>
+        <v>330</v>
       </c>
       <c r="E63" s="1">
-        <v>84</v>
+        <v>2</v>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G63" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B64" s="1">
-        <v>201555</v>
+        <v>102784</v>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
         </is>
       </c>
       <c r="D64" s="1">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>335</v>
+      </c>
+      <c r="E64" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G64" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214082</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15570E</t>
+        </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Gear 8 75W-80 1L</t>
+          <t xml:space="preserve">Олива моторна Aral EcoTronic F 5W-20 4L</t>
         </is>
       </c>
       <c r="D65" s="1">
-        <v>285</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>1319</v>
+      </c>
+      <c r="E65" s="1">
+        <v>10</v>
+      </c>
+      <c r="F65" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G65" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>183103</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFB401</t>
+        </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 1L</t>
+          <t xml:space="preserve">DOT-4 TRW Brake Fluid 1L</t>
         </is>
       </c>
       <c r="D66" s="1">
-        <v>369</v>
-[...4 lines deleted...]
-        </is>
+        <v>259</v>
+      </c>
+      <c r="E66" s="1">
+        <v>22</v>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G66" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>100093</v>
+          <t xml:space="preserve">TRW</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">PFB450</t>
+        </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Gear 75W-90 1L</t>
+          <t xml:space="preserve">DOT-4 TRW Brake Fluid 0,5L</t>
         </is>
       </c>
       <c r="D67" s="1">
-        <v>425</v>
+        <v>139</v>
       </c>
       <c r="E67" s="1">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G67" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
+        </is>
+      </c>
+      <c r="B68" s="1">
+        <v>48785</v>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна FEBI BILSTEIN 75W-85 (GL-5) 1L</t>
         </is>
       </c>
       <c r="D68" s="1">
-        <v>537</v>
+        <v>646</v>
       </c>
       <c r="E68" s="1">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G68" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>520000120</v>
+          <t xml:space="preserve">K2</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">W105</t>
+        </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF 5W30 C3  1L</t>
+          <t xml:space="preserve">K2 Brake Cleaner 600ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D69" s="1">
-        <v>312</v>
+        <v>111</v>
       </c>
       <c r="E69" s="1">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G69" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B70" s="1">
-        <v>510000151</v>
+        <v>989080413</v>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.14 5L</t>
         </is>
       </c>
       <c r="D70" s="1">
-        <v>322</v>
+        <v>2155</v>
       </c>
       <c r="E70" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G70" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102784</v>
+          <t xml:space="preserve">HEPU</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">P999</t>
+        </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS 5W-40 1L</t>
+          <t xml:space="preserve">Антифриз HEPU G11 Синій 1,5L</t>
         </is>
       </c>
       <c r="D71" s="1">
-        <v>319</v>
-[...4 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="E71" s="1">
+        <v>16</v>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G71" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B72" s="1">
+        <v>989920211</v>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral EcoTronic F 5W-20 4L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
         </is>
       </c>
       <c r="D72" s="1">
-        <v>1373</v>
+        <v>447</v>
       </c>
       <c r="E72" s="1">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G72" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B73" s="1">
+        <v>989950213</v>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DOT-4 TRW Brake Fluid 1L</t>
+          <t xml:space="preserve">Олива моторна MB 229.52 5W-30 5L</t>
         </is>
       </c>
       <c r="D73" s="1">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>1977</v>
+      </c>
+      <c r="E73" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G73" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MAZDA</t>
+        </is>
+      </c>
+      <c r="B74" s="1">
+        <v>206484</v>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">DOT-4 TRW Brake Fluid 0,5L</t>
+          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D74" s="1">
-        <v>136</v>
+        <v>388</v>
       </c>
       <c r="E74" s="1">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G74" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B75" s="1">
+        <v>183106</v>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TRW Brake Cleaner 500ml очисник гальмівної системи</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
         </is>
       </c>
       <c r="D75" s="1">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>1676</v>
+      </c>
+      <c r="E75" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G75" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989690511</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F1DE</t>
+        </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.15 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual FE 75W 1L</t>
         </is>
       </c>
       <c r="D76" s="1">
-        <v>460</v>
+        <v>401</v>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G76" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B77" s="1">
-        <v>989080413</v>
+        <v>5148</v>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.14 5L</t>
+          <t xml:space="preserve">Присадка для захисту дизельних сажових фільтрів LIQUI MOLY DIESEL PARTIKELFILTER SCHUTZ 0,25L</t>
         </is>
       </c>
       <c r="D77" s="1">
-        <v>2100</v>
+        <v>283</v>
       </c>
       <c r="E77" s="1">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G77" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B78" s="1">
+        <v>194810</v>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз HEPU G11 Синій 1,5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 60L</t>
         </is>
       </c>
       <c r="D78" s="1">
-        <v>272</v>
+        <v>14447</v>
       </c>
       <c r="E78" s="1">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G78" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B79" s="1">
-        <v>1989240309</v>
+        <v>201541</v>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рідина ГПК MB 345.0 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 60L</t>
         </is>
       </c>
       <c r="D79" s="1">
-        <v>1280</v>
+        <v>11060</v>
       </c>
       <c r="E79" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G79" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B80" s="1">
-        <v>989920211</v>
+        <v>153678</v>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 5L</t>
         </is>
       </c>
       <c r="D80" s="1">
-        <v>427</v>
-[...7 lines deleted...]
-        <v>24</v>
+        <v>1927</v>
+      </c>
+      <c r="E80" s="1">
+        <v>5</v>
+      </c>
+      <c r="F80" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G80" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B81" s="1">
-        <v>989950213</v>
+        <v>83212465849</v>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L</t>
         </is>
       </c>
       <c r="D81" s="1">
-        <v>2026</v>
+        <v>448</v>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G81" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B82" s="1">
-        <v>183106</v>
+        <v>153672</v>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 1L</t>
         </is>
       </c>
       <c r="D82" s="1">
-        <v>1645</v>
-[...4 lines deleted...]
-        </is>
+        <v>396</v>
+      </c>
+      <c r="E82" s="1">
+        <v>78</v>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G82" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B83" s="1">
-        <v>198712</v>
+        <v>151528</v>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC DCT MV 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 4L</t>
         </is>
       </c>
       <c r="D83" s="1">
-        <v>331</v>
+        <v>1131</v>
       </c>
       <c r="E83" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G83" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B84" s="1">
+        <v>83212465843</v>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual FE 75W 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 1L</t>
         </is>
       </c>
       <c r="D84" s="1">
-        <v>394</v>
+        <v>459</v>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G84" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B85" s="1">
-        <v>194810</v>
+        <v>83212465851</v>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 209L</t>
         </is>
       </c>
       <c r="D85" s="1">
-        <v>15220</v>
+        <v>55707</v>
       </c>
       <c r="E85" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G85" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B86" s="1">
-        <v>151453</v>
+        <v>989680511</v>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 XE 5W-30 4L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.14 1L</t>
         </is>
       </c>
       <c r="D86" s="1">
-        <v>1137</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>457</v>
+      </c>
+      <c r="E86" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G86" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B87" s="1">
-        <v>153678</v>
+        <v>83212463697</v>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-20 TwinPower Turbo LL-17FE+ 1L</t>
         </is>
       </c>
       <c r="D87" s="1">
-        <v>1937</v>
+        <v>573</v>
       </c>
       <c r="E87" s="1">
-        <v>14</v>
+        <v>93</v>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G87" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465849</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55502M4</t>
+        </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
         </is>
       </c>
       <c r="D88" s="1">
-        <v>448</v>
+        <v>1445</v>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G88" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212465854</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M2</t>
+        </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 1L (505.00/505.01)</t>
         </is>
       </c>
       <c r="D89" s="1">
-        <v>534</v>
+        <v>406</v>
       </c>
       <c r="E89" s="1">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G89" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>153672</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55505M4</t>
+        </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 FS 0W-40 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
         </is>
       </c>
       <c r="D90" s="1">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>1737</v>
+      </c>
+      <c r="E90" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G90" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>151528</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M2</t>
+        </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 1L (504.00/507.00)</t>
         </is>
       </c>
       <c r="D91" s="1">
-        <v>1102</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>396</v>
+      </c>
+      <c r="E91" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G91" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B92" s="1">
-        <v>83212465843</v>
+        <v>213758</v>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
         </is>
       </c>
       <c r="D92" s="1">
-        <v>469</v>
-[...4 lines deleted...]
-        </is>
+        <v>403</v>
+      </c>
+      <c r="E92" s="1">
+        <v>2</v>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G92" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B93" s="1">
-        <v>83212465851</v>
+        <v>213835</v>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 209L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 5L</t>
         </is>
       </c>
       <c r="D93" s="1">
-        <v>55140</v>
+        <v>1316</v>
       </c>
       <c r="E93" s="1">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G93" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B94" s="1">
-        <v>601376436</v>
+        <v>214113</v>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 4400 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 4L</t>
         </is>
       </c>
       <c r="D94" s="1">
-        <v>336</v>
+        <v>735</v>
       </c>
       <c r="E94" s="1">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G94" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B95" s="1">
-        <v>989680511</v>
+        <v>214145</v>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.14 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
         </is>
       </c>
       <c r="D95" s="1">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>431</v>
+      </c>
+      <c r="E95" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G95" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B96" s="1">
-        <v>83212465845</v>
+        <v>106377</v>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-01 209L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 5L</t>
         </is>
       </c>
       <c r="D96" s="1">
-        <v>68174</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1688</v>
+      </c>
+      <c r="E96" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G96" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...3 lines deleted...]
-        <v>83212463697</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F6B2</t>
+        </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BMW 0W-20 TwinPower Turbo LL-17FE+ 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
         </is>
       </c>
       <c r="D97" s="1">
-        <v>564</v>
+        <v>464</v>
       </c>
       <c r="E97" s="1">
-        <v>83</v>
+        <v>8</v>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G97" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M2</t>
+          <t xml:space="preserve">15F6D0</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 1L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional V 0W-20 1L</t>
         </is>
       </c>
       <c r="D98" s="1">
-        <v>341</v>
-[...4 lines deleted...]
-        </is>
+        <v>492</v>
+      </c>
+      <c r="E98" s="1">
+        <v>53</v>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G98" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55502M4</t>
+          <t xml:space="preserve">15F8CF</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special G 5L (502.00/505.00)</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
         </is>
       </c>
       <c r="D99" s="1">
-        <v>1470</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>391</v>
+      </c>
+      <c r="E99" s="1">
+        <v>8</v>
+      </c>
+      <c r="F99" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G99" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B100" s="1">
+        <v>213861</v>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 5W-40 Special D 5L (505.00/505.01)</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Elfmatic G3 1L</t>
         </is>
       </c>
       <c r="D100" s="1">
-        <v>1715</v>
+        <v>272</v>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G100" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B101" s="1">
+        <v>108536</v>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 1L (504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 0W-20 5L</t>
         </is>
       </c>
       <c r="D101" s="1">
-        <v>399</v>
-[...4 lines deleted...]
-        </is>
+        <v>2096</v>
+      </c>
+      <c r="E101" s="1">
+        <v>20</v>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G101" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>213758</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS60577M2</t>
+        </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDE LDS ATF 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 1L</t>
         </is>
       </c>
       <c r="D102" s="1">
-        <v>393</v>
-[...4 lines deleted...]
-        </is>
+        <v>426</v>
+      </c>
+      <c r="E102" s="1">
+        <v>39</v>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G102" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B103" s="1">
-        <v>213683</v>
+        <v>2989060311</v>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 1L</t>
         </is>
       </c>
       <c r="D103" s="1">
-        <v>1310</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>964</v>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G103" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B104" s="1">
-        <v>213834</v>
+        <v>109102</v>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo First 0W-30 4L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
         </is>
       </c>
       <c r="D104" s="1">
-        <v>1370</v>
+        <v>439</v>
       </c>
       <c r="E104" s="1">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G104" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B105" s="1">
-        <v>213835</v>
+        <v>213888</v>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 9000 NFC 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 1L</t>
         </is>
       </c>
       <c r="D105" s="1">
-        <v>1282</v>
-[...4 lines deleted...]
-        </is>
+        <v>294</v>
+      </c>
+      <c r="E105" s="1">
+        <v>5</v>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G105" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B106" s="1">
-        <v>214027</v>
+        <v>550030472</v>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total FLUIDMATIC CVT MV 1L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 8 1L</t>
         </is>
       </c>
       <c r="D106" s="1">
-        <v>343</v>
+        <v>758</v>
       </c>
       <c r="E106" s="1">
-        <v>16</v>
+        <v>67</v>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G106" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
-[...3 lines deleted...]
-        <v>214145</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC9</t>
+        </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Total Traxium Dual 9 FE 75W-90 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
         </is>
       </c>
       <c r="D107" s="1">
-        <v>420</v>
-[...4 lines deleted...]
-        </is>
+        <v>15207</v>
+      </c>
+      <c r="E107" s="1">
+        <v>45</v>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G107" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZF</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">S671090255</t>
+          <t xml:space="preserve">83515A6CDD7</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 6 1L</t>
+          <t xml:space="preserve">Антифриз конц. BMW (синій) 1,5L (83512355290)</t>
         </is>
       </c>
       <c r="D108" s="1">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>545</v>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G108" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537EE</t>
+          <t xml:space="preserve">15CF54</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 1L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
         </is>
       </c>
       <c r="D109" s="1">
-        <v>371</v>
+        <v>1306</v>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F109" s="1">
-        <v>1</v>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G109" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15AF7A</t>
+          <t xml:space="preserve">15DBD0</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 0W-30 1L (Volvo)</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
         </is>
       </c>
       <c r="D110" s="1">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>335</v>
+      </c>
+      <c r="E110" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G110" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15B13F</t>
+          <t xml:space="preserve">15DBCD</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional V 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L</t>
         </is>
       </c>
       <c r="D111" s="1">
-        <v>470</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>1306</v>
+      </c>
+      <c r="E111" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G111" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15C4ED</t>
+          <t xml:space="preserve">15DBCF</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Е 5W-20 (Ford) 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 5L</t>
         </is>
       </c>
       <c r="D112" s="1">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>1724</v>
+      </c>
+      <c r="E112" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G112" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213861</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DBC5</t>
+        </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Elf Elfmatic G3 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 20L</t>
         </is>
       </c>
       <c r="D113" s="1">
-        <v>265</v>
-[...4 lines deleted...]
-        </is>
+        <v>5069</v>
+      </c>
+      <c r="E113" s="1">
+        <v>39</v>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G113" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B114" s="1">
+        <v>550046305</v>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 1L</t>
         </is>
       </c>
       <c r="D114" s="1">
-        <v>433</v>
-[...4 lines deleted...]
-        </is>
+        <v>355</v>
+      </c>
+      <c r="E114" s="1">
+        <v>11</v>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G114" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B115" s="1">
+        <v>550046306</v>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-20 Longlife IV 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 4L</t>
         </is>
       </c>
       <c r="D115" s="1">
-        <v>1952</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>1318</v>
+      </c>
+      <c r="E115" s="1">
+        <v>4</v>
+      </c>
+      <c r="F115" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G115" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>2989060311</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1537EC</t>
+        </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
         </is>
       </c>
       <c r="D116" s="1">
-        <v>1087</v>
-[...4 lines deleted...]
-        </is>
+        <v>60827</v>
+      </c>
+      <c r="E116" s="1">
+        <v>4</v>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G116" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989210717</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 210L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D117" s="1">
-        <v>66867</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1673</v>
+      </c>
+      <c r="E117" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G117" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B118" s="1">
-        <v>109102</v>
+        <v>601426766</v>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-20 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan SINTOPOID 75W-90 1L</t>
         </is>
       </c>
       <c r="D118" s="1">
-        <v>440</v>
-[...7 lines deleted...]
-        </is>
+        <v>305</v>
+      </c>
+      <c r="E118" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F118" s="1">
+        <v>24</v>
       </c>
       <c r="G118" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B119" s="1">
-        <v>213888</v>
+        <v>601425295</v>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 1L</t>
         </is>
       </c>
       <c r="D119" s="1">
-        <v>289</v>
-[...4 lines deleted...]
-        </is>
+        <v>282</v>
+      </c>
+      <c r="E119" s="1">
+        <v>97</v>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G119" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B120" s="1">
-        <v>154294</v>
+        <v>223519</v>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 1L</t>
         </is>
       </c>
       <c r="D120" s="1">
-        <v>1865</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>355</v>
+      </c>
+      <c r="E120" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G120" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">FORD</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC9</t>
+          <t xml:space="preserve">15CF53</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 1L</t>
         </is>
       </c>
       <c r="D121" s="1">
-        <v>14722</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>287</v>
+      </c>
+      <c r="E121" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">-1</t>
+        </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G121" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOTAL</t>
+        </is>
+      </c>
+      <c r="B122" s="1">
+        <v>214108</v>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз конц. BMW (синій) 1,5L (83512355290)</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
         </is>
       </c>
       <c r="D122" s="1">
-        <v>532</v>
-[...4 lines deleted...]
-        </is>
+        <v>989</v>
+      </c>
+      <c r="E122" s="1">
+        <v>95</v>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G122" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B123" s="1">
+        <v>213914</v>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
         </is>
       </c>
       <c r="D123" s="1">
-        <v>1323</v>
-[...4 lines deleted...]
-        </is>
+        <v>1052</v>
+      </c>
+      <c r="E123" s="1">
+        <v>19</v>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G123" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBD0</t>
+          <t xml:space="preserve">15DBC7</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 208L</t>
         </is>
       </c>
       <c r="D124" s="1">
-        <v>329</v>
-[...4 lines deleted...]
-        </is>
+        <v>50945</v>
+      </c>
+      <c r="E124" s="1">
+        <v>4</v>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G124" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B125" s="1">
-        <v>550042826</v>
+        <v>7711943685</v>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C3 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 1L</t>
         </is>
       </c>
       <c r="D125" s="1">
-        <v>1198</v>
+        <v>389</v>
       </c>
       <c r="E125" s="1">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G125" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B126" s="1">
-        <v>550046305</v>
+        <v>601427060</v>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 4134 1L</t>
         </is>
       </c>
       <c r="D126" s="1">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="E126" s="1">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G126" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B127" s="1">
+        <v>550046280</v>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional C1 5W-30 208L (Land Rover)</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-40 5L</t>
         </is>
       </c>
       <c r="D127" s="1">
-        <v>59282</v>
+        <v>1344</v>
       </c>
       <c r="E127" s="1">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G127" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B128" s="1">
+        <v>7711943687</v>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 209L(504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
         </is>
       </c>
       <c r="D128" s="1">
-        <v>54836</v>
+        <v>1597</v>
       </c>
       <c r="E128" s="1">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G128" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GS55545M4</t>
+          <t xml:space="preserve">15D5FF</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec D 0W-30 (Ford) 5L</t>
         </is>
       </c>
       <c r="D129" s="1">
-        <v>1672</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>1914</v>
+      </c>
+      <c r="E129" s="1">
+        <v>6</v>
+      </c>
+      <c r="F129" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G129" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B130" s="1">
-        <v>223519</v>
+        <v>109471</v>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D130" s="1">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>1572</v>
+      </c>
+      <c r="E130" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G130" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B131" s="1">
+        <v>601846434</v>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan CVTF Flex 1L</t>
         </is>
       </c>
       <c r="D131" s="1">
-        <v>285</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>431</v>
+      </c>
+      <c r="E131" s="1">
+        <v>20</v>
+      </c>
+      <c r="F131" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G131" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B132" s="1">
-        <v>214108</v>
+        <v>108212</v>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-30 1L</t>
         </is>
       </c>
       <c r="D132" s="1">
-        <v>979</v>
+        <v>340</v>
       </c>
       <c r="E132" s="1">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100</v>
+      </c>
+      <c r="F132" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G132" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B133" s="1">
-        <v>213914</v>
+        <v>601432859</v>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 SXR 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 5L</t>
         </is>
       </c>
       <c r="D133" s="1">
-        <v>1038</v>
+        <v>1344</v>
       </c>
       <c r="E133" s="1">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G133" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC7</t>
+          <t xml:space="preserve">WD40450ML</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 208L</t>
+          <t xml:space="preserve">WD-40 450ml з аплікатором</t>
         </is>
       </c>
       <c r="D134" s="1">
-        <v>47673</v>
+        <v>338</v>
       </c>
       <c r="E134" s="1">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>33</v>
+      </c>
+      <c r="F134" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G134" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B135" s="1">
-        <v>154280</v>
+        <v>989690513</v>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MB 236.15 5L</t>
         </is>
       </c>
       <c r="D135" s="1">
-        <v>406</v>
+        <v>2271</v>
       </c>
       <c r="E135" s="1">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G135" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>601427060</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M6</t>
+        </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 4134 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 55L(504.00/507.00)</t>
         </is>
       </c>
       <c r="D136" s="1">
-        <v>360</v>
+        <v>16474</v>
       </c>
       <c r="E136" s="1">
-        <v>69</v>
+        <v>6</v>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G136" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15CFA6</t>
+          <t xml:space="preserve">15F60B</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN720 5W-30 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec D 0W-30 (Ford) 1L</t>
         </is>
       </c>
       <c r="D137" s="1">
-        <v>1606</v>
+        <v>421</v>
       </c>
       <c r="E137" s="1">
-        <v>46</v>
+        <v>17</v>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G137" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B138" s="1">
-        <v>109471</v>
+        <v>194811</v>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 208L</t>
         </is>
       </c>
       <c r="D138" s="1">
-        <v>1557</v>
-[...4 lines deleted...]
-        </is>
+        <v>48155</v>
+      </c>
+      <c r="E138" s="1">
+        <v>8</v>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G138" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B139" s="1">
-        <v>601883194</v>
+        <v>109776</v>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 5L</t>
         </is>
       </c>
       <c r="D139" s="1">
-        <v>248</v>
+        <v>1623</v>
       </c>
       <c r="E139" s="1">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G139" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B140" s="1">
-        <v>600930660</v>
+        <v>550046310</v>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 Diesel 10W-40 4L</t>
         </is>
       </c>
       <c r="D140" s="1">
-        <v>255</v>
+        <v>804</v>
       </c>
       <c r="E140" s="1">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G140" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B141" s="1">
-        <v>108212</v>
+        <v>216667</v>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
         </is>
       </c>
       <c r="D141" s="1">
-        <v>331</v>
-[...4 lines deleted...]
-        </is>
+        <v>1052</v>
+      </c>
+      <c r="E141" s="1">
+        <v>42</v>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G141" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B142" s="1">
-        <v>601432859</v>
+        <v>214111</v>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 1L</t>
         </is>
       </c>
       <c r="D142" s="1">
-        <v>1310</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>224</v>
+      </c>
+      <c r="E142" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G142" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989690513</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F13C</t>
+        </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB 236.15 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual EP 80W 1L</t>
         </is>
       </c>
       <c r="D143" s="1">
-        <v>2214</v>
+        <v>274</v>
       </c>
       <c r="E143" s="1">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G143" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B144" s="1">
+        <v>888013206</v>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Professional D 0W-30 (Ford) 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 0W-20 1L</t>
         </is>
       </c>
       <c r="D144" s="1">
-        <v>411</v>
+        <v>457</v>
       </c>
       <c r="E144" s="1">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G144" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B145" s="1">
-        <v>194811</v>
+        <v>888013705</v>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech FE 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 5W-30 4L</t>
         </is>
       </c>
       <c r="D145" s="1">
-        <v>48908</v>
+        <v>1639</v>
       </c>
       <c r="E145" s="1">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G145" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109762</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F617</t>
+        </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 4L</t>
         </is>
       </c>
       <c r="D146" s="1">
-        <v>1705</v>
+        <v>1590</v>
       </c>
       <c r="E146" s="1">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G146" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B147" s="1">
-        <v>109776</v>
+        <v>550046307</v>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 5L</t>
         </is>
       </c>
       <c r="D147" s="1">
-        <v>1631</v>
+        <v>1673</v>
       </c>
       <c r="E147" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G147" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109474</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">157EC0</t>
+        </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
         </is>
       </c>
       <c r="D148" s="1">
-        <v>52396</v>
+        <v>59035</v>
       </c>
       <c r="E148" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G148" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B149" s="1">
-        <v>550046310</v>
+        <v>2989060313</v>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 Diesel 10W-40 4L</t>
+          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 5L</t>
         </is>
       </c>
       <c r="D149" s="1">
-        <v>791</v>
+        <v>4562</v>
       </c>
       <c r="E149" s="1">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G149" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B150" s="1">
-        <v>153685</v>
+        <v>223530</v>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 5L</t>
         </is>
       </c>
       <c r="D150" s="1">
-        <v>2236</v>
+        <v>1623</v>
       </c>
       <c r="E150" s="1">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G150" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B151" s="1">
-        <v>216667</v>
+        <v>8576</v>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 1L</t>
         </is>
       </c>
       <c r="D151" s="1">
-        <v>1026</v>
-[...4 lines deleted...]
-        </is>
+        <v>583</v>
+      </c>
+      <c r="E151" s="1">
+        <v>12</v>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G151" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B152" s="1">
-        <v>153790</v>
+        <v>888013205</v>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 1 ESP X2 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota SP/GF6A 0W-20 4L</t>
         </is>
       </c>
       <c r="D152" s="1">
-        <v>460</v>
+        <v>1787</v>
       </c>
       <c r="E152" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G152" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B153" s="1">
-        <v>214111</v>
+        <v>2509</v>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Diesel 10W-40 1L</t>
+          <t xml:space="preserve">Промивка дизельних систем LIQUI MOLY DIESEL SPULUNG 0,5L</t>
         </is>
       </c>
       <c r="D153" s="1">
-        <v>227</v>
+        <v>553</v>
       </c>
       <c r="E153" s="1">
-        <v>65</v>
+        <v>5</v>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G153" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B154" s="1">
+        <v>5160</v>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Manual EP 80W 1L</t>
+          <t xml:space="preserve">Суперкомплекс для дизельних двигунів LIQUI MOLY SPEED DIESEL ZUSATZ 1L</t>
         </is>
       </c>
       <c r="D154" s="1">
-        <v>267</v>
+        <v>665</v>
       </c>
       <c r="E154" s="1">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G154" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">ELF</t>
         </is>
       </c>
       <c r="B155" s="1">
-        <v>182883</v>
+        <v>223502</v>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz Ineo ECS 5W-30 60L</t>
+          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 60L</t>
         </is>
       </c>
       <c r="D155" s="1">
-        <v>14971</v>
+        <v>17387</v>
       </c>
       <c r="E155" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G155" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B156" s="1">
-        <v>550046307</v>
+        <v>104091</v>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra ECT C2/C3 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
         </is>
       </c>
       <c r="D156" s="1">
-        <v>1655</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>469</v>
+      </c>
+      <c r="E156" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G156" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B157" s="1">
+        <v>109774</v>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional LL-03 5W-30 208L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CESS GEN2 5W-40 1L</t>
         </is>
       </c>
       <c r="D157" s="1">
-        <v>58294</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>384</v>
+      </c>
+      <c r="E157" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G157" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B158" s="1">
-        <v>2989060313</v>
+        <v>8536</v>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MB ATF 236.17 5L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 5L</t>
         </is>
       </c>
       <c r="D158" s="1">
-        <v>4447</v>
+        <v>2383</v>
       </c>
       <c r="E158" s="1">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G158" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MT</t>
+        </is>
+      </c>
+      <c r="B159" s="1">
+        <v>108813</v>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A5 5W-30 1L (Ford)</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 1L</t>
         </is>
       </c>
       <c r="D159" s="1">
-        <v>361</v>
+        <v>441</v>
       </c>
       <c r="E159" s="1">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G159" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B160" s="1">
-        <v>602007278</v>
+        <v>110554</v>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 5L</t>
         </is>
       </c>
       <c r="D160" s="1">
-        <v>1137</v>
+        <v>2079</v>
       </c>
       <c r="E160" s="1">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G160" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B161" s="1">
-        <v>8576</v>
+        <v>5139</v>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY MOLYGEN NEW GENERATION 5W-40 1L</t>
+          <t xml:space="preserve">Захист дизельних систем LIQUI MOLY DIESEL-SYSTEMPFLEGE 0,25L</t>
         </is>
       </c>
       <c r="D161" s="1">
-        <v>539</v>
+        <v>335</v>
       </c>
       <c r="E161" s="1">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G161" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B162" s="1">
-        <v>2509</v>
+        <v>520000620</v>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Промивка дизельних систем LIQUI MOLY DIESEL SPULUNG 0,5L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia  Premium DPF Diesel 5W30 C3  6L</t>
         </is>
       </c>
       <c r="D162" s="1">
-        <v>552</v>
+        <v>1754</v>
       </c>
       <c r="E162" s="1">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G162" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B163" s="1">
-        <v>151521</v>
+        <v>601432491</v>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 1L</t>
         </is>
       </c>
       <c r="D163" s="1">
-        <v>272</v>
+        <v>294</v>
       </c>
       <c r="E163" s="1">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G163" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B164" s="1">
-        <v>151525</v>
+        <v>601426940</v>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 6009 1L</t>
         </is>
       </c>
       <c r="D164" s="1">
-        <v>1331</v>
+        <v>333</v>
       </c>
       <c r="E164" s="1">
-        <v>1</v>
+        <v>89</v>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G164" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B165" s="1">
-        <v>104091</v>
+        <v>151519</v>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 7100 10W-40 4T 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mobil ATF LT 71141 1L</t>
         </is>
       </c>
       <c r="D165" s="1">
-        <v>462</v>
-[...4 lines deleted...]
-        </is>
+        <v>364</v>
+      </c>
+      <c r="E165" s="1">
+        <v>53</v>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G165" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B166" s="1">
-        <v>109171</v>
+        <v>7711943689</v>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 1L</t>
         </is>
       </c>
       <c r="D166" s="1">
-        <v>1334</v>
+        <v>327</v>
       </c>
       <c r="E166" s="1">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G166" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B167" s="1">
-        <v>110724</v>
+        <v>450000115</v>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-IV 1L</t>
         </is>
       </c>
       <c r="D167" s="1">
-        <v>453</v>
-[...4 lines deleted...]
-        </is>
+        <v>432</v>
+      </c>
+      <c r="E167" s="1">
+        <v>22</v>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G167" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B168" s="1">
-        <v>110554</v>
+        <v>450000100</v>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-CLEAN 0W-20 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-III 1L</t>
         </is>
       </c>
       <c r="D168" s="1">
-        <v>2026</v>
-[...4 lines deleted...]
-        </is>
+        <v>347</v>
+      </c>
+      <c r="E168" s="1">
+        <v>9</v>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G168" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B169" s="1">
-        <v>602045348</v>
+        <v>450000400</v>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN F ECO B 5W-20 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-III 4L</t>
         </is>
       </c>
       <c r="D169" s="1">
-        <v>257</v>
+        <v>1350</v>
       </c>
       <c r="E169" s="1">
         <v>2</v>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G169" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>5139</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F078</t>
+        </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Захист дизельних систем LIQUI MOLY DIESEL-SYSTEMPFLEGE 0,25L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
         </is>
       </c>
       <c r="D170" s="1">
-        <v>322</v>
+        <v>1050</v>
       </c>
       <c r="E170" s="1">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G170" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B171" s="1">
-        <v>601432491</v>
+        <v>93165559</v>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 60L</t>
         </is>
       </c>
       <c r="D171" s="1">
-        <v>287</v>
+        <v>14193</v>
       </c>
       <c r="E171" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G171" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B172" s="1">
-        <v>601432507</v>
+        <v>93165555</v>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 34 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 2L</t>
         </is>
       </c>
       <c r="D172" s="1">
-        <v>1310</v>
+        <v>502</v>
       </c>
       <c r="E172" s="1">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G172" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B173" s="1">
-        <v>601432828</v>
+        <v>90513468</v>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-1 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 60L</t>
         </is>
       </c>
       <c r="D173" s="1">
-        <v>272</v>
+        <v>10088</v>
       </c>
       <c r="E173" s="1">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G173" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B174" s="1">
-        <v>600519186</v>
+        <v>93165214</v>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SYN MC 10W-40 205L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 2L</t>
         </is>
       </c>
       <c r="D174" s="1">
-        <v>30689</v>
+        <v>360</v>
       </c>
       <c r="E174" s="1">
-        <v>1</v>
+        <v>81</v>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G174" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B175" s="1">
-        <v>601426940</v>
+        <v>93165215</v>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Titan ATF 6009 1L</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 4L</t>
         </is>
       </c>
       <c r="D175" s="1">
-        <v>324</v>
+        <v>730</v>
       </c>
       <c r="E175" s="1">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G175" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B176" s="1">
-        <v>151519</v>
+        <v>550052791</v>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mobil ATF LT 71141 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 1L</t>
         </is>
       </c>
       <c r="D176" s="1">
-        <v>355</v>
-[...4 lines deleted...]
-        </is>
+        <v>338</v>
+      </c>
+      <c r="E176" s="1">
+        <v>4</v>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G176" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B177" s="1">
+        <v>550052835</v>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 4L</t>
         </is>
       </c>
       <c r="D177" s="1">
-        <v>319</v>
+        <v>1263</v>
       </c>
       <c r="E177" s="1">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G177" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">TITAN</t>
+        </is>
+      </c>
+      <c r="B178" s="1">
+        <v>602003553</v>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol GTX RN-SPEC RN710 5W-40 (Renault) 5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 4L</t>
         </is>
       </c>
       <c r="D178" s="1">
-        <v>1512</v>
+        <v>1136</v>
       </c>
       <c r="E178" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G178" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">ZF</t>
         </is>
       </c>
       <c r="B179" s="1">
-        <v>450000115</v>
+        <v>550043841</v>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia ATF SP-IV 1L</t>
+          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 9 1L</t>
         </is>
       </c>
       <c r="D179" s="1">
-        <v>425</v>
+        <v>822</v>
       </c>
       <c r="E179" s="1">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G179" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F073</t>
+          <t xml:space="preserve">15F075</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 208L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
         </is>
       </c>
       <c r="D180" s="1">
-        <v>31438</v>
+        <v>841</v>
       </c>
       <c r="E180" s="1">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G180" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B181" s="1">
+        <v>550046383</v>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 1L</t>
         </is>
       </c>
       <c r="D181" s="1">
-        <v>1053</v>
+        <v>310</v>
       </c>
       <c r="E181" s="1">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G181" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165559</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F076</t>
+        </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L</t>
         </is>
       </c>
       <c r="D182" s="1">
-        <v>13833</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>226</v>
+      </c>
+      <c r="E182" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F182" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G182" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B183" s="1">
-        <v>93165555</v>
+        <v>601426964</v>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 2L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan ATF 6008 1L</t>
         </is>
       </c>
       <c r="D183" s="1">
-        <v>490</v>
+        <v>345</v>
       </c>
       <c r="E183" s="1">
-        <v>32</v>
+        <v>90</v>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G183" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B184" s="1">
-        <v>93165556</v>
+        <v>550070413</v>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 5L</t>
         </is>
       </c>
       <c r="D184" s="1">
-        <v>984</v>
-[...4 lines deleted...]
-        </is>
+        <v>938</v>
+      </c>
+      <c r="E184" s="1">
+        <v>9</v>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G184" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B185" s="1">
-        <v>90513468</v>
+        <v>157411</v>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Mobil 10W-40 4L</t>
         </is>
       </c>
       <c r="D185" s="1">
-        <v>9881</v>
+        <v>628</v>
       </c>
       <c r="E185" s="1">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G185" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B186" s="1">
-        <v>93165214</v>
+        <v>510000141</v>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 2L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 1L</t>
         </is>
       </c>
       <c r="D186" s="1">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="E186" s="1">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G186" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B187" s="1">
-        <v>93165215</v>
+        <v>510000441</v>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 4L</t>
         </is>
       </c>
       <c r="D187" s="1">
-        <v>712</v>
+        <v>1552</v>
       </c>
       <c r="E187" s="1">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G187" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B188" s="1">
-        <v>550052791</v>
+        <v>510000410</v>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 4L</t>
         </is>
       </c>
       <c r="D188" s="1">
-        <v>335</v>
+        <v>971</v>
       </c>
       <c r="E188" s="1">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G188" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B189" s="1">
-        <v>550052835</v>
+        <v>510000110</v>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX8 Synthetic 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 1L</t>
         </is>
       </c>
       <c r="D189" s="1">
-        <v>1270</v>
+        <v>258</v>
       </c>
       <c r="E189" s="1">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G189" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B190" s="1">
-        <v>602003218</v>
+        <v>520000111</v>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-40 SL 4L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 1L</t>
         </is>
       </c>
       <c r="D190" s="1">
-        <v>964</v>
+        <v>272</v>
       </c>
       <c r="E190" s="1">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G190" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B191" s="1">
+        <v>520000411</v>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 4L</t>
         </is>
       </c>
       <c r="D191" s="1">
-        <v>820</v>
-[...4 lines deleted...]
-        </is>
+        <v>1040</v>
+      </c>
+      <c r="E191" s="1">
+        <v>9</v>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G191" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
         </is>
       </c>
       <c r="B192" s="1">
-        <v>550046383</v>
+        <v>510000451</v>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 4L</t>
         </is>
       </c>
       <c r="D192" s="1">
-        <v>311</v>
+        <v>1222</v>
       </c>
       <c r="E192" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G192" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">WD40250ML</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L</t>
+          <t xml:space="preserve">WD-40 250ml з аплікатором</t>
         </is>
       </c>
       <c r="D193" s="1">
-        <v>234</v>
+        <v>199</v>
       </c>
       <c r="E193" s="1">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G193" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B194" s="1">
-        <v>601426384</v>
+        <v>36311</v>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 1L</t>
         </is>
       </c>
       <c r="D194" s="1">
-        <v>1236</v>
+        <v>428</v>
       </c>
       <c r="E194" s="1">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
+      </c>
+      <c r="F194" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G194" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B195" s="1">
-        <v>550070413</v>
+        <v>36301</v>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 1L</t>
         </is>
       </c>
       <c r="D195" s="1">
-        <v>932</v>
+        <v>486</v>
       </c>
       <c r="E195" s="1">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G195" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B196" s="1">
+        <v>36241</v>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Supercar Titanium FST 10W-60 208L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 1L</t>
         </is>
       </c>
       <c r="D196" s="1">
-        <v>89821</v>
+        <v>335</v>
       </c>
       <c r="E196" s="1">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G196" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">SHELL</t>
+        </is>
+      </c>
+      <c r="B197" s="1">
+        <v>550046268</v>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 4L</t>
         </is>
       </c>
       <c r="D197" s="1">
-        <v>3360</v>
+        <v>1242</v>
       </c>
       <c r="E197" s="1">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G197" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>157411</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15DC45</t>
+        </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 10W-40 4L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 208L</t>
         </is>
       </c>
       <c r="D198" s="1">
-        <v>630</v>
+        <v>78081</v>
       </c>
       <c r="E198" s="1">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G198" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">SHELL</t>
         </is>
       </c>
       <c r="B199" s="1">
-        <v>510000141</v>
+        <v>550070412</v>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Turbo SYN Gasoline 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 1L</t>
         </is>
       </c>
       <c r="D199" s="1">
-        <v>386</v>
+        <v>218</v>
       </c>
       <c r="E199" s="1">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G199" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000410</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F76C</t>
+        </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional EC 0W-20 1L</t>
         </is>
       </c>
       <c r="D200" s="1">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>502</v>
+      </c>
+      <c r="E200" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G200" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B201" s="1">
-        <v>510000110</v>
+        <v>602010537</v>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Super Extra Gasoline 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Titan SINTOPOID LS 75W-140 1L</t>
         </is>
       </c>
       <c r="D201" s="1">
-        <v>262</v>
+        <v>710</v>
       </c>
       <c r="E201" s="1">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G201" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B202" s="1">
-        <v>520000111</v>
+        <v>602008176</v>
       </c>
       <c r="C202" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  5L</t>
         </is>
       </c>
       <c r="D202" s="1">
-        <v>267</v>
+        <v>1417</v>
       </c>
       <c r="E202" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F202" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G202" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B203" s="1">
-        <v>109762</v>
+        <v>112890</v>
       </c>
       <c r="C203" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 1L</t>
         </is>
       </c>
       <c r="D203" s="1">
-        <v>1705</v>
+        <v>277</v>
       </c>
       <c r="E203" s="1">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="F203" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G203" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B204" s="1">
-        <v>520000411</v>
+        <v>109471</v>
       </c>
       <c r="C204" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LS Diesel 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D204" s="1">
-        <v>1013</v>
-[...7 lines deleted...]
-        </is>
+        <v>1506</v>
+      </c>
+      <c r="E204" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F204" s="1">
+        <v>12</v>
       </c>
       <c r="G204" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HYUNDAI/KIA</t>
-[...3 lines deleted...]
-        <v>510000451</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F7CE</t>
+        </is>
       </c>
       <c r="C205" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Hyundai/Kia Premium LF Gasoline 5W-20 4L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 4L</t>
         </is>
       </c>
       <c r="D205" s="1">
-        <v>1191</v>
+        <v>964</v>
       </c>
       <c r="E205" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F205" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G205" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B206" s="1">
-        <v>109761</v>
+        <v>228901</v>
       </c>
       <c r="C206" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN GEN2 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total RUBIA OPTIMA 3100 10W-40 20L</t>
         </is>
       </c>
       <c r="D206" s="1">
-        <v>364</v>
+        <v>4066</v>
       </c>
       <c r="E206" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F206" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G206" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36311</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68518202AA</t>
+        </is>
       </c>
       <c r="C207" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-20 0.946L</t>
         </is>
       </c>
       <c r="D207" s="1">
-        <v>417</v>
+        <v>322</v>
       </c>
       <c r="E207" s="1">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F207" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G207" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36241</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218057AC</t>
+        </is>
       </c>
       <c r="C208" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mopar ATF +4 0.946L</t>
         </is>
       </c>
       <c r="D208" s="1">
-        <v>327</v>
+        <v>365</v>
       </c>
       <c r="E208" s="1">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F208" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G208" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B209" s="1">
-        <v>550046268</v>
+        <v>602007780</v>
       </c>
       <c r="C209" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  1L</t>
         </is>
       </c>
       <c r="D209" s="1">
-        <v>1211</v>
+        <v>329</v>
       </c>
       <c r="E209" s="1">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="F209" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G209" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007292</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090134</t>
+        </is>
       </c>
       <c r="C210" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 FLEX 3 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 0W-20 1L</t>
         </is>
       </c>
       <c r="D210" s="1">
-        <v>247</v>
+        <v>401</v>
       </c>
       <c r="E210" s="1">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="F210" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G210" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B211" s="1">
+        <v>214120</v>
       </c>
       <c r="C211" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 208L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
         </is>
       </c>
       <c r="D211" s="1">
-        <v>76098</v>
+        <v>832</v>
       </c>
       <c r="E211" s="1">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="F211" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G211" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B212" s="1">
+        <v>213905</v>
       </c>
       <c r="C212" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 1L</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
         </is>
       </c>
       <c r="D212" s="1">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="E212" s="1">
-        <v>36</v>
+        <v>2</v>
       </c>
       <c r="F212" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G212" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B213" s="1">
-        <v>550070412</v>
+        <v>214112</v>
       </c>
       <c r="C213" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix HX7 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 1L</t>
         </is>
       </c>
       <c r="D213" s="1">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E213" s="1">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="F213" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G213" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B214" s="1">
-        <v>214110</v>
+        <v>214114</v>
       </c>
       <c r="C214" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 5L</t>
         </is>
       </c>
       <c r="D214" s="1">
-        <v>212</v>
+        <v>941</v>
       </c>
       <c r="E214" s="1">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="F214" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G214" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F076</t>
+          <t xml:space="preserve">15F6AB</t>
         </is>
       </c>
       <c r="C215" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral BlueTronic II 10W-40 1L (promo)</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 1L</t>
         </is>
       </c>
       <c r="D215" s="1">
-        <v>218</v>
-[...7 lines deleted...]
-        <v>24</v>
+        <v>490</v>
+      </c>
+      <c r="E215" s="1">
+        <v>84</v>
+      </c>
+      <c r="F215" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G215" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">154FE7</t>
+          <t xml:space="preserve">15F6E6</t>
         </is>
       </c>
       <c r="C216" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic 5W-40 4L (promo)</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 1L</t>
         </is>
       </c>
       <c r="D216" s="1">
-        <v>1013</v>
+        <v>468</v>
       </c>
       <c r="E216" s="1">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>22</v>
+      </c>
+      <c r="F216" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G216" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15F76C</t>
+          <t xml:space="preserve">15F176</t>
         </is>
       </c>
       <c r="C217" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional EC 0W-20 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Castrol Transmax ATF DX III Multi 1L</t>
         </is>
       </c>
       <c r="D217" s="1">
-        <v>495</v>
+        <v>282</v>
       </c>
       <c r="E217" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F217" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G217" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602008176</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90090144</t>
+        </is>
       </c>
       <c r="C218" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  5L</t>
+          <t xml:space="preserve">Олива моторна NISSAN 0W-20 5L</t>
         </is>
       </c>
       <c r="D218" s="1">
-        <v>1381</v>
+        <v>1886</v>
       </c>
       <c r="E218" s="1">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F218" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G218" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B219" s="1">
-        <v>112890</v>
+        <v>2506</v>
       </c>
       <c r="C219" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 1L</t>
+          <t xml:space="preserve">Очищувач системи охолодження LIQUI MOLY KUHLERREINIGER 0,3L</t>
         </is>
       </c>
       <c r="D219" s="1">
-        <v>270</v>
-[...4 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="E219" s="1">
+        <v>4</v>
       </c>
       <c r="F219" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G219" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>112892</v>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">83215B65FA2</t>
+        </is>
       </c>
       <c r="C220" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 4100 SYN-nergy SPEC 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 5L</t>
         </is>
       </c>
       <c r="D220" s="1">
-        <v>1085</v>
+        <v>2167</v>
       </c>
       <c r="E220" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F220" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G220" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">LIQUI MOLY</t>
+        </is>
+      </c>
+      <c r="B221" s="1">
+        <v>5110</v>
       </c>
       <c r="C221" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 1L</t>
+          <t xml:space="preserve">Очищувач інжектора LIQUI MOLY INJECTION REINIGER 0,3L</t>
         </is>
       </c>
       <c r="D221" s="1">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="E221" s="1">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="F221" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G221" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOPAR</t>
+          <t xml:space="preserve">K2</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">68518203AA</t>
+          <t xml:space="preserve">W104</t>
         </is>
       </c>
       <c r="C222" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-20 5L</t>
+          <t xml:space="preserve">K2 Brake Cleaner 500ml очисник гальмівної системи</t>
         </is>
       </c>
       <c r="D222" s="1">
-        <v>1544</v>
+        <v>100</v>
       </c>
       <c r="E222" s="1">
-        <v>6</v>
+        <v>82</v>
       </c>
       <c r="F222" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G222" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOPAR</t>
+          <t xml:space="preserve">WD</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">68218057AC</t>
+          <t xml:space="preserve">WD40150ML</t>
         </is>
       </c>
       <c r="C223" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Mopar ATF +4 0.946L</t>
+          <t xml:space="preserve">WD-40 150ml</t>
         </is>
       </c>
       <c r="D223" s="1">
-        <v>361</v>
+        <v>151</v>
       </c>
       <c r="E223" s="1">
-        <v>6</v>
+        <v>61</v>
       </c>
       <c r="F223" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G223" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TITAN</t>
-[...3 lines deleted...]
-        <v>602007780</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">16051C</t>
+        </is>
       </c>
       <c r="C224" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Titan GT1 LONGLIFE III 0W-30  1L</t>
+          <t xml:space="preserve">Олива моторна Castrol Vecton Long Drain 5W-30 E6/E9 208L</t>
         </is>
       </c>
       <c r="D224" s="1">
-        <v>321</v>
+        <v>48078</v>
       </c>
       <c r="E224" s="1">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F224" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G224" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90090134</t>
+          <t xml:space="preserve">MAP0167</t>
         </is>
       </c>
       <c r="C225" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна NISSAN 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 20L</t>
         </is>
       </c>
       <c r="D225" s="1">
-        <v>391</v>
+        <v>3151</v>
       </c>
       <c r="E225" s="1">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="F225" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G225" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>214120</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0168</t>
+        </is>
       </c>
       <c r="C226" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 700 STI 10W-40 4L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 60L</t>
         </is>
       </c>
       <c r="D226" s="1">
-        <v>811</v>
+        <v>9933</v>
       </c>
       <c r="E226" s="1">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F226" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G226" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B227" s="1">
-        <v>194785</v>
+        <v>157222</v>
       </c>
       <c r="C227" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution 900 NF 5W-40 60L</t>
+          <t xml:space="preserve">Олива моторна Mobil 1 ESP 5W-30 4L</t>
         </is>
       </c>
       <c r="D227" s="1">
-        <v>11228</v>
+        <v>1562</v>
       </c>
       <c r="E227" s="1">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F227" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G227" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>213905</v>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">7111R</t>
+        </is>
       </c>
       <c r="C228" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 1L</t>
+          <t xml:space="preserve">Концентрат антифризу BARDAHL ХCL G12/G12+ 1L</t>
         </is>
       </c>
       <c r="D228" s="1">
-        <v>309</v>
+        <v>219</v>
       </c>
       <c r="E228" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F228" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G228" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOTAL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B229" s="1">
-        <v>214114</v>
+        <v>36243</v>
       </c>
       <c r="C229" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Total Quartz 7000 Energy 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 5L</t>
         </is>
       </c>
       <c r="D229" s="1">
-        <v>932</v>
+        <v>1331</v>
       </c>
       <c r="E229" s="1">
-        <v>82</v>
+        <v>4</v>
       </c>
       <c r="F229" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G229" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B230" s="1">
+        <v>36313</v>
       </c>
       <c r="C230" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional E 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 5L</t>
         </is>
       </c>
       <c r="D230" s="1">
-        <v>477</v>
-[...4 lines deleted...]
-        </is>
+        <v>1744</v>
+      </c>
+      <c r="E230" s="1">
+        <v>3</v>
       </c>
       <c r="F230" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G230" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B231" s="1">
+        <v>36161</v>
       </c>
       <c r="C231" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge C5 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 1L</t>
         </is>
       </c>
       <c r="D231" s="1">
-        <v>456</v>
+        <v>381</v>
       </c>
       <c r="E231" s="1">
-        <v>33</v>
+        <v>6</v>
       </c>
       <c r="F231" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G231" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B232" s="1">
+        <v>36163</v>
       </c>
       <c r="C232" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax ATF DX-VI Mercon LV Multi 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 5L</t>
         </is>
       </c>
       <c r="D232" s="1">
-        <v>366</v>
+        <v>1588</v>
       </c>
       <c r="E232" s="1">
-        <v>84</v>
+        <v>2</v>
       </c>
       <c r="F232" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G232" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B233" s="1">
+        <v>36303</v>
       </c>
       <c r="C233" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Castrol Transmax Dual 1L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 5L</t>
         </is>
       </c>
       <c r="D233" s="1">
-        <v>425</v>
+        <v>2112</v>
       </c>
       <c r="E233" s="1">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="F233" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G233" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B234" s="1">
+        <v>35911</v>
       </c>
       <c r="C234" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">WD-40 150ml</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 10W-40 MOTO 1L</t>
         </is>
       </c>
       <c r="D234" s="1">
-        <v>147</v>
+        <v>292</v>
       </c>
       <c r="E234" s="1">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="F234" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G234" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">FORD</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B235" s="1">
+        <v>35791</v>
       </c>
       <c r="C235" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Ford Motorcraft A5 5W-30 5L (promo)</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 2T MOTO 1L</t>
         </is>
       </c>
       <c r="D235" s="1">
-        <v>1260</v>
-[...7 lines deleted...]
-        <v>8</v>
+        <v>313</v>
+      </c>
+      <c r="E235" s="1">
+        <v>2</v>
+      </c>
+      <c r="F235" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G235" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B236" s="1">
+        <v>34101</v>
       </c>
       <c r="C236" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A3/B4 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 1L</t>
         </is>
       </c>
       <c r="D236" s="1">
-        <v>1423</v>
+        <v>378</v>
       </c>
       <c r="E236" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F236" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G236" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BARDAHL</t>
+        </is>
+      </c>
+      <c r="B237" s="1">
+        <v>34103</v>
       </c>
       <c r="C237" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec A/B 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 5L</t>
         </is>
       </c>
       <c r="D237" s="1">
-        <v>1174</v>
+        <v>1605</v>
       </c>
       <c r="E237" s="1">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F237" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G237" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
+          <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
       <c r="B238" s="1">
-        <v>157302</v>
+        <v>35941</v>
       </c>
       <c r="C238" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil Super 3000 X1 5W-40 4L</t>
+          <t xml:space="preserve">Олива моторна BARDAHL XTС-M 10W-50 MOTO 1L</t>
         </is>
       </c>
       <c r="D238" s="1">
-        <v>1038</v>
+        <v>513</v>
       </c>
       <c r="E238" s="1">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="F238" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G238" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
-      <c r="B239" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="B239" s="1">
+        <v>36871</v>
       </c>
       <c r="C239" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Концентрат антифризу BARDAHL ХCL G12/G12+ 1L</t>
+          <t xml:space="preserve">Олива трансмісійна BARDAHL ATF 8G 1L</t>
         </is>
       </c>
       <c r="D239" s="1">
-        <v>224</v>
+        <v>545</v>
       </c>
       <c r="E239" s="1">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F239" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G239" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
-      <c r="B240" s="1">
-        <v>36243</v>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">2007B</t>
+        </is>
       </c>
       <c r="C240" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 10W-40 5L</t>
+          <t xml:space="preserve">Присадка BARDAHL FULL METAL 400ml</t>
         </is>
       </c>
       <c r="D240" s="1">
-        <v>1297</v>
+        <v>966</v>
       </c>
       <c r="E240" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F240" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G240" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">BARDAHL</t>
         </is>
       </c>
-      <c r="B241" s="1">
-        <v>36313</v>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">4451E</t>
+        </is>
       </c>
       <c r="C241" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-30 5L</t>
+          <t xml:space="preserve">Чистячий засіб для гальм і деталей BARDAHL 600ml</t>
         </is>
       </c>
       <c r="D241" s="1">
-        <v>1770</v>
+        <v>174</v>
       </c>
       <c r="E241" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F241" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G241" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B242" s="1">
-        <v>36161</v>
+        <v>700001746</v>
       </c>
       <c r="C242" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 5L</t>
         </is>
       </c>
       <c r="D242" s="1">
-        <v>371</v>
+        <v>786</v>
       </c>
       <c r="E242" s="1">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F242" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G242" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B243" s="1">
-        <v>36163</v>
+        <v>700001641</v>
       </c>
       <c r="C243" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTC 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 1L</t>
         </is>
       </c>
       <c r="D243" s="1">
-        <v>1547</v>
+        <v>206</v>
       </c>
       <c r="E243" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F243" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G243" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B244" s="1">
-        <v>36303</v>
+        <v>100000243</v>
       </c>
       <c r="C244" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTEC 5W-30 С3 5L</t>
+          <t xml:space="preserve">Олива трансмісійна Hipol GL-4 80W-90 1L</t>
         </is>
       </c>
       <c r="D244" s="1">
-        <v>2168</v>
+        <v>165</v>
       </c>
       <c r="E244" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F244" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G244" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B245" s="1">
-        <v>35911</v>
+        <v>100000247</v>
       </c>
       <c r="C245" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 10W-40 MOTO 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 80W-90 1L</t>
         </is>
       </c>
       <c r="D245" s="1">
-        <v>285</v>
+        <v>179</v>
       </c>
       <c r="E245" s="1">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F245" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G245" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B246" s="1">
-        <v>35791</v>
+        <v>100001271</v>
       </c>
       <c r="C246" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTM-M 2T MOTO 1L</t>
+          <t xml:space="preserve">Мастило літієве Liten EP-2 400gr</t>
         </is>
       </c>
       <c r="D246" s="1">
-        <v>305</v>
+        <v>150</v>
       </c>
       <c r="E246" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F246" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G246" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>34101</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">GS55545M4</t>
+        </is>
       </c>
       <c r="C247" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 1L</t>
+          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 5L(504.00/507.00) (promo)</t>
         </is>
       </c>
       <c r="D247" s="1">
-        <v>383</v>
-[...7 lines deleted...]
-        </is>
+        <v>1621</v>
+      </c>
+      <c r="E247" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F247" s="1">
+        <v>30</v>
       </c>
       <c r="G247" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>34103</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0002</t>
+        </is>
       </c>
       <c r="C248" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTRA 5W-30 C3 5L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL CLASSIC 4T 10W-40 1L</t>
         </is>
       </c>
       <c r="D248" s="1">
-        <v>1618</v>
+        <v>278</v>
       </c>
       <c r="E248" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F248" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G248" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>35941</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0029</t>
+        </is>
       </c>
       <c r="C249" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна BARDAHL XTС-M 10W-50 MOTO 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C4 5W-30 1L</t>
         </is>
       </c>
       <c r="D249" s="1">
-        <v>500</v>
+        <v>324</v>
       </c>
       <c r="E249" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F249" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G249" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
-[...3 lines deleted...]
-        <v>36871</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0023</t>
+        </is>
       </c>
       <c r="C250" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна BARDAHL ATF 8G 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 1L</t>
         </is>
       </c>
       <c r="D250" s="1">
-        <v>531</v>
+        <v>315</v>
       </c>
       <c r="E250" s="1">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F250" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G250" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">2007B</t>
+          <t xml:space="preserve">MAP0164</t>
         </is>
       </c>
       <c r="C251" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка BARDAHL FULL METAL 400ml</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 9000 SN 5W-40 20L</t>
         </is>
       </c>
       <c r="D251" s="1">
-        <v>942</v>
+        <v>4441</v>
       </c>
       <c r="E251" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F251" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G251" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">3216B</t>
+          <t xml:space="preserve">MAP0026</t>
         </is>
       </c>
       <c r="C252" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Присадка BARDAHL TURBO PROTECT 300ml</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C3 5W-40 1L</t>
         </is>
       </c>
       <c r="D252" s="1">
-        <v>622</v>
+        <v>277</v>
       </c>
       <c r="E252" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F252" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G252" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BARDAHL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">4451E</t>
+          <t xml:space="preserve">MAP0217</t>
         </is>
       </c>
       <c r="C253" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Чистячий засіб для гальм і деталей BARDAHL 600ml</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL ATF CVT 1L</t>
         </is>
       </c>
       <c r="D253" s="1">
-        <v>170</v>
+        <v>398</v>
       </c>
       <c r="E253" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F253" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G253" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MOBIL</t>
-[...3 lines deleted...]
-        <v>157410</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0199</t>
+        </is>
       </c>
       <c r="C254" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mobil 10W-40 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL ATF MB 14 1L</t>
         </is>
       </c>
       <c r="D254" s="1">
-        <v>193</v>
+        <v>365</v>
       </c>
       <c r="E254" s="1">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F254" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G254" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001644</v>
+          <t xml:space="preserve">HONDA</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08232P99C4LPRO</t>
+        </is>
       </c>
       <c r="C255" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 4L</t>
         </is>
       </c>
       <c r="D255" s="1">
-        <v>361</v>
+        <v>1962</v>
       </c>
       <c r="E255" s="1">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F255" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G255" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B256" s="1">
-        <v>700001753</v>
+        <v>989920211</v>
       </c>
       <c r="C256" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XD 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
         </is>
       </c>
       <c r="D256" s="1">
-        <v>1301</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>447</v>
+      </c>
+      <c r="E256" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F256" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G256" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001607</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80845-BB</t>
+        </is>
       </c>
       <c r="C257" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 (BAG IN BOX) 5L</t>
         </is>
       </c>
       <c r="D257" s="1">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1235</v>
+      </c>
+      <c r="E257" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F257" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G257" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001581</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30A5B501K</t>
+        </is>
       </c>
       <c r="C258" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil MaxExpert XF 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 1L</t>
         </is>
       </c>
       <c r="D258" s="1">
-        <v>1413</v>
+        <v>431</v>
       </c>
       <c r="E258" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F258" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G258" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001642</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30A5B505K</t>
+        </is>
       </c>
       <c r="C259" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 A5/B5 5L</t>
         </is>
       </c>
       <c r="D259" s="1">
-        <v>249</v>
+        <v>1759</v>
       </c>
       <c r="E259" s="1">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="F259" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G259" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001580</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30C301K</t>
+        </is>
       </c>
       <c r="C260" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Synthetic 5W-40 4,5L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 1L</t>
         </is>
       </c>
       <c r="D260" s="1">
-        <v>1075</v>
+        <v>431</v>
       </c>
       <c r="E260" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F260" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G260" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001746</v>
+          <t xml:space="preserve">KIA ORIGINAL</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">LP0425W30C305K</t>
+        </is>
       </c>
       <c r="C261" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна KIA ORIGINAL OIL 5W30 C3 5L</t>
         </is>
       </c>
       <c r="D261" s="1">
-        <v>766</v>
+        <v>1736</v>
       </c>
       <c r="E261" s="1">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="F261" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G261" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B262" s="1">
-        <v>700001641</v>
+        <v>157060</v>
       </c>
       <c r="C262" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Classic Semisynthetic 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Delvac Modern Super Defense 10W-40 20L</t>
         </is>
       </c>
       <c r="D262" s="1">
-        <v>210</v>
+        <v>3610</v>
       </c>
       <c r="E262" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F262" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G262" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700001576</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-80845</t>
+        </is>
       </c>
       <c r="C263" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Plus 15W-40 20L</t>
+          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D263" s="1">
-        <v>3173</v>
-[...7 lines deleted...]
-        </is>
+        <v>1296</v>
+      </c>
+      <c r="E263" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F263" s="1">
+        <v>12</v>
       </c>
       <c r="G263" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">FEBI BILSTEIN</t>
         </is>
       </c>
       <c r="B264" s="1">
-        <v>700001583</v>
+        <v>46161</v>
       </c>
       <c r="C264" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Extreme 10W-40 20L</t>
+          <t xml:space="preserve">Рідина гідравлічна FEBI BILSTEIN Hydraulic Fluid (зелена) 1L</t>
         </is>
       </c>
       <c r="D264" s="1">
-        <v>4017</v>
+        <v>379</v>
       </c>
       <c r="E264" s="1">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F264" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G264" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B265" s="1">
-        <v>700001781</v>
+        <v>989920213</v>
       </c>
       <c r="C265" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Ultor Basic 10W-40 20L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 5L (promo)</t>
         </is>
       </c>
       <c r="D265" s="1">
-        <v>3409</v>
+        <v>1895</v>
       </c>
       <c r="E265" s="1">
-        <v>1</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F265" s="1">
+        <v>8</v>
       </c>
       <c r="G265" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001516</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G052910M4</t>
+        </is>
       </c>
       <c r="C266" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Petrygo Plus 1L</t>
+          <t xml:space="preserve">VAG AdBlue 10L</t>
         </is>
       </c>
       <c r="D266" s="1">
-        <v>142</v>
+        <v>1281</v>
       </c>
       <c r="E266" s="1">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="F266" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G266" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B267" s="1">
-        <v>700001683</v>
+        <v>102210</v>
       </c>
       <c r="C267" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Rider 4T 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 60L</t>
         </is>
       </c>
       <c r="D267" s="1">
-        <v>257</v>
+        <v>17921</v>
       </c>
       <c r="E267" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F267" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G267" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B268" s="1">
-        <v>700001487</v>
+        <v>102261</v>
       </c>
       <c r="C268" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна L-HM/HLP 46 20L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 60L</t>
         </is>
       </c>
       <c r="D268" s="1">
-        <v>1802</v>
+        <v>20737</v>
       </c>
       <c r="E268" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F268" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G268" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B269" s="1">
-        <v>100000840</v>
+        <v>102262</v>
       </c>
       <c r="C269" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна Hydrol L-HM/HLP 46 20L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 208L</t>
         </is>
       </c>
       <c r="D269" s="1">
-        <v>2228</v>
+        <v>63489</v>
       </c>
       <c r="E269" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F269" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G269" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B270" s="1">
-        <v>100001367</v>
+        <v>102786</v>
       </c>
       <c r="C270" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива гідравлічна Hydrol L-HV 46 20L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 1L</t>
         </is>
       </c>
       <c r="D270" s="1">
-        <v>2528</v>
+        <v>381</v>
       </c>
       <c r="E270" s="1">
-        <v>1</v>
+        <v>82</v>
       </c>
       <c r="F270" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G270" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B271" s="1">
-        <v>100000243</v>
+        <v>102793</v>
       </c>
       <c r="C271" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-4 80W-90 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 1L</t>
         </is>
       </c>
       <c r="D271" s="1">
-        <v>166</v>
+        <v>460</v>
       </c>
       <c r="E271" s="1">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="F271" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G271" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B272" s="1">
-        <v>100000247</v>
+        <v>83290429576</v>
       </c>
       <c r="C272" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 80W-90 1L</t>
+          <t xml:space="preserve">Рідина ГПК BMW Pentosin Titan CHF 11S 1L</t>
         </is>
       </c>
       <c r="D272" s="1">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>441</v>
+      </c>
+      <c r="E272" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F272" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G272" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B273" s="1">
-        <v>100000282</v>
+        <v>93165557</v>
       </c>
       <c r="C273" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Hipol GL-5 85W-140 1L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 5L</t>
         </is>
       </c>
       <c r="D273" s="1">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1166</v>
+      </c>
+      <c r="E273" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F273" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G273" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B274" s="1">
-        <v>100001271</v>
+        <v>93165213</v>
       </c>
       <c r="C274" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten EP-2 400gr</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 1L</t>
         </is>
       </c>
       <c r="D274" s="1">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>182</v>
+      </c>
+      <c r="E274" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F274" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G274" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">GM</t>
         </is>
       </c>
       <c r="B275" s="1">
-        <v>100001270</v>
+        <v>93165216</v>
       </c>
       <c r="C275" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten EP-2 4,5kg</t>
+          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 5L</t>
         </is>
       </c>
       <c r="D275" s="1">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>834</v>
+      </c>
+      <c r="E275" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F275" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G275" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000809</v>
+          <t xml:space="preserve">VAG</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">G052182A2</t>
+        </is>
       </c>
       <c r="C276" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten LT-43 9kg</t>
+          <t xml:space="preserve">Олива трансмісійна VAG ATF DSG 1L</t>
         </is>
       </c>
       <c r="D276" s="1">
-        <v>1845</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1154</v>
+      </c>
+      <c r="E276" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F276" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G276" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000589</v>
+          <t xml:space="preserve">NISSAN</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">KE90099942</t>
+        </is>
       </c>
       <c r="C277" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Мастило літієве Liten LT-43 17kg</t>
+          <t xml:space="preserve">Моторне масло</t>
         </is>
       </c>
       <c r="D277" s="1">
-        <v>3638</v>
+        <v>1373</v>
       </c>
       <c r="E277" s="1">
         <v>1</v>
       </c>
       <c r="F277" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G277" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100001407</v>
+          <t xml:space="preserve">ARAL</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15BCD2</t>
+        </is>
       </c>
       <c r="C278" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 1L</t>
+          <t xml:space="preserve">Олива моторна Aral Turboral 10W-40 20L</t>
         </is>
       </c>
       <c r="D278" s="1">
-        <v>122</v>
+        <v>3625</v>
       </c>
       <c r="E278" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F278" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G278" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">BMW</t>
         </is>
       </c>
       <c r="B279" s="1">
-        <v>100001408</v>
+        <v>83212465854</v>
       </c>
       <c r="C279" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo Start 5L</t>
+          <t xml:space="preserve">Олива моторна BMW 0W-30 TwinPower Turbo LL-04 1L</t>
         </is>
       </c>
       <c r="D279" s="1">
-        <v>470</v>
+        <v>538</v>
       </c>
       <c r="E279" s="1">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="F279" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G279" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B280" s="1">
-        <v>100001803</v>
+        <v>213698</v>
       </c>
       <c r="C280" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo G12+ червоний 10kg</t>
+          <t xml:space="preserve">Олива моторна Total Quartz Ineo MC3 5W-30 5L</t>
         </is>
       </c>
       <c r="D280" s="1">
-        <v>684</v>
+        <v>1438</v>
       </c>
       <c r="E280" s="1">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="F280" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G280" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>700000807</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">15F721</t>
+        </is>
       </c>
       <c r="C281" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Охолоджуюча рідина Borygo G12 зелений 10kg</t>
+          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
         </is>
       </c>
       <c r="D281" s="1">
-        <v>684</v>
+        <v>497</v>
       </c>
       <c r="E281" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F281" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G281" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B282" s="1">
-        <v>100000235</v>
+        <v>601883194</v>
       </c>
       <c r="C282" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Гальмівна рідина Orlen Oil DOT-4 0,5L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 FLEX C23 5W-30 1L</t>
         </is>
       </c>
       <c r="D282" s="1">
-        <v>168</v>
+        <v>254</v>
       </c>
       <c r="E282" s="1">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F282" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G282" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000607</v>
+          <t xml:space="preserve">HYUNDAI/KIA</t>
+        </is>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">043005L1A0</t>
+        </is>
       </c>
       <c r="C283" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil Trawol 10W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Hyundai/Kia MTF 75W-90 GL-4 1L</t>
         </is>
       </c>
       <c r="D283" s="1">
-        <v>221</v>
+        <v>283</v>
       </c>
       <c r="E283" s="1">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="F283" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G283" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
+          <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B284" s="1">
-        <v>100000101</v>
+        <v>106377</v>
       </c>
       <c r="C284" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Orlen Oil 2T Semisynthetic (C) 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D284" s="1">
-        <v>204</v>
-[...7 lines deleted...]
-        </is>
+        <v>1639</v>
+      </c>
+      <c r="E284" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F284" s="1">
+        <v>12</v>
       </c>
       <c r="G284" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ORLEN OIL</t>
-[...3 lines deleted...]
-        <v>100000461</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0155</t>
+        </is>
       </c>
       <c r="C285" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">№705 Добавка до оливи-покращує властивості оливи/Oil Treatment 450ml</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C3 5W-40 20L</t>
         </is>
       </c>
       <c r="D285" s="1">
-        <v>285</v>
+        <v>4707</v>
       </c>
       <c r="E285" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F285" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G285" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">ORLEN OIL</t>
         </is>
       </c>
       <c r="B286" s="1">
-        <v>100001065</v>
+        <v>100000607</v>
       </c>
       <c r="C286" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива компресорна Coralia VDL 100 20L</t>
+          <t xml:space="preserve">Олива моторна Orlen Oil Trawol 10W-30 1L</t>
         </is>
       </c>
       <c r="D286" s="1">
-        <v>3773</v>
+        <v>218</v>
       </c>
       <c r="E286" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F286" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G286" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989920211</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0021</t>
+        </is>
       </c>
       <c r="C287" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 1L</t>
         </is>
       </c>
       <c r="D287" s="1">
-        <v>450</v>
-[...4 lines deleted...]
-        </is>
+        <v>211</v>
+      </c>
+      <c r="E287" s="1">
+        <v>8</v>
       </c>
       <c r="F287" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G287" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">TOYOTA</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08880-80845-BB</t>
+          <t xml:space="preserve">MAP0022</t>
         </is>
       </c>
       <c r="C288" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Toyota FE 5W-30 (BAG IN BOX) 5L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 4L</t>
         </is>
       </c>
       <c r="D288" s="1">
-        <v>1282</v>
-[...4 lines deleted...]
-        </is>
+        <v>717</v>
+      </c>
+      <c r="E288" s="1">
+        <v>8</v>
       </c>
       <c r="F288" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G288" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102051</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0115</t>
+        </is>
       </c>
       <c r="C289" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 5L</t>
         </is>
       </c>
       <c r="D289" s="1">
-        <v>1581</v>
+        <v>1462</v>
       </c>
       <c r="E289" s="1">
-        <v>61</v>
+        <v>5</v>
       </c>
       <c r="F289" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G289" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">MOBIL</t>
         </is>
       </c>
       <c r="B290" s="1">
-        <v>102208</v>
+        <v>151525</v>
       </c>
       <c r="C290" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна Mobil Super3000 X1 Formula FE 5W-30 5L</t>
         </is>
       </c>
       <c r="D290" s="1">
-        <v>362</v>
+        <v>1369</v>
       </c>
       <c r="E290" s="1">
-        <v>48</v>
+        <v>7</v>
       </c>
       <c r="F290" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G290" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102210</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0116</t>
+        </is>
       </c>
       <c r="C291" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT SPECIFIC RN0720 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 20L</t>
         </is>
       </c>
       <c r="D291" s="1">
-        <v>17466</v>
+        <v>5249</v>
       </c>
       <c r="E291" s="1">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F291" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G291" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">MT</t>
         </is>
       </c>
       <c r="B292" s="1">
-        <v>102793</v>
+        <v>102051</v>
       </c>
       <c r="C292" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN 5W-40 5L</t>
         </is>
       </c>
       <c r="D292" s="1">
-        <v>448</v>
-[...4 lines deleted...]
-        </is>
+        <v>1623</v>
+      </c>
+      <c r="E292" s="1">
+        <v>57</v>
       </c>
       <c r="F292" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G292" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B293" s="1">
-        <v>102794</v>
+        <v>214110</v>
       </c>
       <c r="C293" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-NERGY 0W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 1L</t>
         </is>
       </c>
       <c r="D293" s="1">
-        <v>2100</v>
+        <v>224</v>
       </c>
       <c r="E293" s="1">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="F293" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G293" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B294" s="1">
-        <v>93165554</v>
+        <v>2195</v>
       </c>
       <c r="C294" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4100 5W-40 4L</t>
         </is>
       </c>
       <c r="D294" s="1">
-        <v>250</v>
-[...4 lines deleted...]
-        </is>
+        <v>1835</v>
+      </c>
+      <c r="E294" s="1">
+        <v>3</v>
       </c>
       <c r="F294" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G294" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">BMW</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B295" s="1">
-        <v>83290429576</v>
+        <v>5120</v>
       </c>
       <c r="C295" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Рідина ГПК BMW Pentosin Titan CHF 11S 1L</t>
+          <t xml:space="preserve">Присадка супер-дизель LIQUI MOLY SUPER DIESEL ADDITIV 0,25L</t>
         </is>
       </c>
       <c r="D295" s="1">
-        <v>435</v>
-[...4 lines deleted...]
-        </is>
+        <v>333</v>
+      </c>
+      <c r="E295" s="1">
+        <v>6</v>
       </c>
       <c r="F295" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G295" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
         </is>
       </c>
       <c r="B296" s="1">
-        <v>93165557</v>
+        <v>989940211</v>
       </c>
       <c r="C296" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 1L</t>
         </is>
       </c>
       <c r="D296" s="1">
-        <v>1144</v>
+        <v>452</v>
       </c>
       <c r="E296" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
       <c r="F296" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G296" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B297" s="1">
-        <v>93165213</v>
+        <v>600930660</v>
       </c>
       <c r="C297" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 1L</t>
+          <t xml:space="preserve">Олива моторна Titan SUPERSYN 5W-30 1L</t>
         </is>
       </c>
       <c r="D297" s="1">
-        <v>181</v>
-[...4 lines deleted...]
-        </is>
+        <v>272</v>
+      </c>
+      <c r="E297" s="1">
+        <v>12</v>
       </c>
       <c r="F297" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G297" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">GM</t>
-[...3 lines deleted...]
-        <v>93165216</v>
+          <t xml:space="preserve">CASTROL</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1502B8</t>
+        </is>
       </c>
       <c r="C298" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна GM Semy Synthetic 10W-40 5L</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel DPF 5W-40 1L</t>
         </is>
       </c>
       <c r="D298" s="1">
-        <v>813</v>
-[...4 lines deleted...]
-        </is>
+        <v>315</v>
+      </c>
+      <c r="E298" s="1">
+        <v>84</v>
       </c>
       <c r="F298" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G298" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">G052182A2</t>
+          <t xml:space="preserve">15DBCD</t>
         </is>
       </c>
       <c r="C299" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна VAG ATF DSG 1L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 4L (promo)</t>
         </is>
       </c>
       <c r="D299" s="1">
-        <v>1173</v>
-[...9 lines deleted...]
-        </is>
+        <v>1242</v>
+      </c>
+      <c r="E299" s="1">
+        <v>31</v>
+      </c>
+      <c r="F299" s="1">
+        <v>4</v>
       </c>
       <c r="G299" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">NISSAN</t>
+          <t xml:space="preserve">CASTROL</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">KE90099942</t>
+          <t xml:space="preserve">15F911</t>
         </is>
       </c>
       <c r="C300" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Моторне масло</t>
+          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel DPF 5W-40 4L</t>
         </is>
       </c>
       <c r="D300" s="1">
-        <v>1339</v>
+        <v>1131</v>
       </c>
       <c r="E300" s="1">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F300" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G300" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HEPU</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">P999-G12</t>
+          <t xml:space="preserve">68518204AA</t>
         </is>
       </c>
       <c r="C301" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Антифриз HEPU G12 Червоний 1,5L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-30 0.946L</t>
         </is>
       </c>
       <c r="D301" s="1">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="E301" s="1">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F301" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G301" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">0W2001TFE</t>
+          <t xml:space="preserve">68518205AA</t>
         </is>
       </c>
       <c r="C302" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Supra-X 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Mopar MaxPro 5W-30 5L</t>
         </is>
       </c>
       <c r="D302" s="1">
-        <v>451</v>
+        <v>1511</v>
       </c>
       <c r="E302" s="1">
-        <v>66</v>
+        <v>7</v>
       </c>
       <c r="F302" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G302" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">BMW</t>
+        </is>
+      </c>
+      <c r="B303" s="1">
+        <v>83212465849</v>
       </c>
       <c r="C303" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна BMW 5W-30 TwinPower Turbo LL-04 1L (promo)</t>
         </is>
       </c>
       <c r="D303" s="1">
-        <v>470</v>
+        <v>425</v>
       </c>
       <c r="E303" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F303" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F303" s="1">
+        <v>24</v>
       </c>
       <c r="G303" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">VAG</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">ELF</t>
+        </is>
+      </c>
+      <c r="B304" s="1">
+        <v>213920</v>
       </c>
       <c r="C304" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна VAG 0W-30 LongLife III 55L(504.00/507.00)</t>
+          <t xml:space="preserve">Олива моторна Elf Evolution Full-Tech LLX 5W-30 5L</t>
         </is>
       </c>
       <c r="D304" s="1">
-        <v>16056</v>
+        <v>1470</v>
       </c>
       <c r="E304" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F304" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G304" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>223530</v>
+          <t xml:space="preserve">WD</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">WD40600ML</t>
+        </is>
       </c>
       <c r="C305" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 5L</t>
+          <t xml:space="preserve">WD-40 600ml</t>
         </is>
       </c>
       <c r="D305" s="1">
-        <v>1754</v>
+        <v>403</v>
       </c>
       <c r="E305" s="1">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F305" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G305" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ELF</t>
-[...3 lines deleted...]
-        <v>223502</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0044</t>
+        </is>
       </c>
       <c r="C306" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна Elf Tranself NFX 75W 60L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 7000 SN 10W-40 5L</t>
         </is>
       </c>
       <c r="D306" s="1">
-        <v>17489</v>
+        <v>898</v>
       </c>
       <c r="E306" s="1">
         <v>7</v>
       </c>
-      <c r="F306" s="1">
-        <v>1</v>
+      <c r="F306" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G306" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MAPETROL</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1555F2</t>
+          <t xml:space="preserve">MAP0117</t>
         </is>
       </c>
       <c r="C307" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic R 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM LL III 5W-30 60L</t>
         </is>
       </c>
       <c r="D307" s="1">
-        <v>1231</v>
+        <v>16078</v>
       </c>
       <c r="E307" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F307" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G307" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MAZDA</t>
-[...3 lines deleted...]
-        <v>206484</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0165</t>
+        </is>
       </c>
       <c r="C308" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Mazda Original Oil Ultra 5W-30 1L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM 9000 SN 5W-40 60L</t>
         </is>
       </c>
       <c r="D308" s="1">
-        <v>382</v>
+        <v>13517</v>
       </c>
       <c r="E308" s="1">
-        <v>59</v>
+        <v>1</v>
       </c>
       <c r="F308" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G308" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989940213</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0253</t>
+        </is>
       </c>
       <c r="C309" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 5L</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL MULTI VEHICLE GL 5 75W-80 1L</t>
         </is>
       </c>
       <c r="D309" s="1">
-        <v>1977</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>404</v>
+      </c>
+      <c r="E309" s="1">
+        <v>12</v>
+      </c>
+      <c r="F309" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G309" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989940211</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0247</t>
+        </is>
       </c>
       <c r="C310" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MB 229.51 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна MAPETROL MULTI VEHICLE GL 4/5 75W-90 1L</t>
         </is>
       </c>
       <c r="D310" s="1">
-        <v>440</v>
-[...7 lines deleted...]
-        <v>1</v>
+        <v>395</v>
+      </c>
+      <c r="E310" s="1">
+        <v>12</v>
+      </c>
+      <c r="F310" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G310" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">LIQUI MOLY</t>
         </is>
       </c>
       <c r="B311" s="1">
-        <v>106377</v>
+        <v>21469</v>
       </c>
       <c r="C311" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 5L</t>
+          <t xml:space="preserve">Присадка для дизельного палива багатофункціональна Liqui Moly Multifunktionsadditiv Diesel 0,25L</t>
         </is>
       </c>
       <c r="D311" s="1">
-        <v>1647</v>
+        <v>414</v>
       </c>
       <c r="E311" s="1">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="F311" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G311" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TOTAL</t>
         </is>
       </c>
       <c r="B312" s="1">
-        <v>108534</v>
+        <v>214109</v>
       </c>
       <c r="C312" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 ECO-LITE 0W-20 1L</t>
+          <t xml:space="preserve">Олива моторна Total Quartz 7000 10W-40 5L</t>
         </is>
       </c>
       <c r="D312" s="1">
-        <v>420</v>
+        <v>964</v>
       </c>
       <c r="E312" s="1">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="F312" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G312" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">MAZDA</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15669E</t>
+          <t xml:space="preserve">053001DPF</t>
         </is>
       </c>
       <c r="C313" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge LL 5W-30 5L</t>
+          <t xml:space="preserve">Олива моторна Mazda ULTRA DPF 5W-30 1L</t>
         </is>
       </c>
       <c r="D313" s="1">
-        <v>2075</v>
+        <v>388</v>
       </c>
       <c r="E313" s="1">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>85</v>
+      </c>
+      <c r="F313" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G313" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
+          <t xml:space="preserve">HEPU</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">1537BE</t>
+          <t xml:space="preserve">P999-G12</t>
         </is>
       </c>
       <c r="C314" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Edge Professional A5 5W-30 1L (Land Rover)</t>
+          <t xml:space="preserve">Антифриз HEPU G12 Червоний 1,5L</t>
         </is>
       </c>
       <c r="D314" s="1">
-        <v>485</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>279</v>
+      </c>
+      <c r="E314" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F314" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G314" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>109470</v>
+          <t xml:space="preserve">MOPAR</t>
+        </is>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">68218925AB</t>
+        </is>
       </c>
       <c r="C315" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN EFE 5W-30 1L</t>
+          <t xml:space="preserve">Олива трансмісійна Mopar 8 &amp; 9 Speed ATF 0.946L</t>
         </is>
       </c>
       <c r="D315" s="1">
-        <v>354</v>
+        <v>812</v>
       </c>
       <c r="E315" s="1">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F315" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G315" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
+          <t xml:space="preserve">MOPAR</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">15DBC5</t>
+          <t xml:space="preserve">05191184AA</t>
         </is>
       </c>
       <c r="C316" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 20L</t>
+          <t xml:space="preserve">Олива трансмісійна Mopar CVTF +4 0.946L</t>
         </is>
       </c>
       <c r="D316" s="1">
-        <v>4926</v>
+        <v>426</v>
       </c>
       <c r="E316" s="1">
         <v>12</v>
       </c>
       <c r="F316" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G316" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">SHELL</t>
-[...3 lines deleted...]
-        <v>550046280</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0156</t>
+        </is>
       </c>
       <c r="C317" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Shell Helix Ultra 5W-40 5L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM C3 5W-40 60L</t>
         </is>
       </c>
       <c r="D317" s="1">
-        <v>1334</v>
+        <v>13671</v>
       </c>
       <c r="E317" s="1">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F317" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G317" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MERCEDES-BENZ</t>
-[...3 lines deleted...]
-        <v>989820717</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0030</t>
+        </is>
       </c>
       <c r="C318" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна МВ 229.52 5W-30 210L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM SP GF-6A 5W-30 1L</t>
         </is>
       </c>
       <c r="D318" s="1">
-        <v>66368</v>
+        <v>273</v>
       </c>
       <c r="E318" s="1">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>12</v>
+      </c>
+      <c r="F318" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G318" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">LIQUI MOLY</t>
-[...3 lines deleted...]
-        <v>3715</v>
+          <t xml:space="preserve">MAPETROL</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">MAP0135</t>
+        </is>
       </c>
       <c r="C319" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна LIQUI MOLY TOP TEC 4200 5W-30 NEW GENERATION 4L</t>
+          <t xml:space="preserve">Олива моторна MAPETROL PREMIUM SP GF-6A 5W-30 5L</t>
         </is>
       </c>
       <c r="D319" s="1">
-        <v>2569</v>
+        <v>1275</v>
       </c>
       <c r="E319" s="1">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F319" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G319" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ZF</t>
+          <t xml:space="preserve">ARAL</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">S671090311</t>
+          <t xml:space="preserve">15DBCF</t>
         </is>
       </c>
       <c r="C320" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна LifeGuardFluid 8 20L</t>
+          <t xml:space="preserve">Олива моторна Aral SuperTronic K 5W-30 5L(promo)</t>
         </is>
       </c>
       <c r="D320" s="1">
-        <v>13374</v>
-[...7 lines deleted...]
-        </is>
+        <v>1639</v>
+      </c>
+      <c r="E320" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F320" s="1">
+        <v>8</v>
       </c>
       <c r="G320" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">CASTROL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">MERCEDES-BENZ</t>
+        </is>
+      </c>
+      <c r="B321" s="1">
+        <v>989630813</v>
       </c>
       <c r="C321" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Castrol Magnatec Diesel 5W-40 DPF 4L</t>
+          <t xml:space="preserve">Олива моторна MB 229.5 5W-40 5L</t>
         </is>
       </c>
       <c r="D321" s="1">
-        <v>1125</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>1977</v>
+      </c>
+      <c r="E321" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F321" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G321" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
-[...3 lines deleted...]
-        <v>102261</v>
+          <t xml:space="preserve">TOYOTA</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">08880-86076</t>
+        </is>
       </c>
       <c r="C322" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна MT 8100 X-CLEAN+ 5W-30 60L</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 1L</t>
         </is>
       </c>
       <c r="D322" s="1">
-        <v>20210</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>358</v>
+      </c>
+      <c r="E322" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
+      </c>
+      <c r="F322" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve"/>
+        </is>
       </c>
       <c r="G322" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">HONDA</t>
+          <t xml:space="preserve">TOYOTA</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">08232P99C4LPRO</t>
+          <t xml:space="preserve">08880-86074</t>
         </is>
       </c>
       <c r="C323" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Honda HFS-E 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна Toyota PFE 5W-30 5L</t>
         </is>
       </c>
       <c r="D323" s="1">
-        <v>1912</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>1547</v>
+      </c>
+      <c r="E323" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F323" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G323" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">ARAL</t>
-[...5 lines deleted...]
-        </is>
+          <t xml:space="preserve">GM</t>
+        </is>
+      </c>
+      <c r="B324" s="1">
+        <v>93165690</v>
       </c>
       <c r="C324" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива моторна Aral HighTronic F 5W-30 4L</t>
+          <t xml:space="preserve">Олива моторна GM Dexos 2 5W-30 1L</t>
         </is>
       </c>
       <c r="D324" s="1">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>254</v>
+      </c>
+      <c r="E324" s="1" t="inlineStr">
+        <is>
+          <t xml:space="preserve">100+</t>
+        </is>
       </c>
       <c r="F324" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
       <c r="G324" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">MT</t>
+          <t xml:space="preserve">TITAN</t>
         </is>
       </c>
       <c r="B325" s="1">
-        <v>105784</v>
+        <v>601426384</v>
       </c>
       <c r="C325" s="1" t="inlineStr">
         <is>
-          <t xml:space="preserve">Олива трансмісійна MT Multi ATF 1L</t>
+          <t xml:space="preserve">Олива моторна Titan GT1 PRO C-3 5W-30 5L (promo)</t>
         </is>
       </c>
       <c r="D325" s="1">
-        <v>386</v>
+        <v>1224</v>
       </c>
       <c r="E325" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve">100+</t>
         </is>
       </c>
-      <c r="F325" s="1" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F325" s="1">
+        <v>9</v>
       </c>
       <c r="G325" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="1" t="inlineStr">
-        <is>
-[...1676 lines deleted...]
-      <c r="A382" s="1" t="inlineStr">
         <is>
           <t xml:space="preserve"/>
         </is>
       </c>
     </row>
   </sheetData>
     None
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>